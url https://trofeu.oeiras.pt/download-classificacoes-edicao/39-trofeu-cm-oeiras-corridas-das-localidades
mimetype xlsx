--- v0 (2025-12-07)
+++ v1 (2026-03-09)
@@ -110,51 +110,51 @@
   <si>
     <t>MANEL PEDRO</t>
   </si>
   <si>
     <t>Associação de Moradores 18 de Maio</t>
   </si>
   <si>
     <t xml:space="preserve">GABRIEL FERREIRA </t>
   </si>
   <si>
     <t xml:space="preserve">Carolina  Andrade</t>
   </si>
   <si>
     <t>Sport Ponto Come</t>
   </si>
   <si>
     <t>Martim Monteiro</t>
   </si>
   <si>
     <t>Manuel Monteiro Fernandes</t>
   </si>
   <si>
     <t>Antonio Monteiro Fernandes</t>
   </si>
   <si>
-    <t>Vasco Carvalho</t>
+    <t>Pedro Campos</t>
   </si>
   <si>
     <t>Rui Carvalhinho</t>
   </si>
   <si>
     <t>Duarte Pereira</t>
   </si>
   <si>
     <t>Eli Brassel</t>
   </si>
   <si>
     <t>GONÇALO PATINHO</t>
   </si>
   <si>
     <t>Diogo Ibraímo</t>
   </si>
   <si>
     <t>Tanveer Kaur</t>
   </si>
   <si>
     <t xml:space="preserve">Gonçalo  Quintelas </t>
   </si>
   <si>
     <t>-</t>
   </si>
@@ -578,51 +578,51 @@
   <si>
     <t>SARA RIBAS</t>
   </si>
   <si>
     <t>Melany Reis</t>
   </si>
   <si>
     <t>Diana Pedro</t>
   </si>
   <si>
     <t>ÍRIS ALMEIDA</t>
   </si>
   <si>
     <t xml:space="preserve">Carolina Coelho </t>
   </si>
   <si>
     <t>MARTA MARTINS</t>
   </si>
   <si>
     <t>SANDRA REIS</t>
   </si>
   <si>
     <t>Maria Beatriz Mendes</t>
   </si>
   <si>
-    <t>GABRIELA BARROS</t>
+    <t xml:space="preserve">RITA  MACHADO</t>
   </si>
   <si>
     <t xml:space="preserve">JOANA  SANTOS</t>
   </si>
   <si>
     <t>SERENA MONTEIRO</t>
   </si>
   <si>
     <t>Maria Madalena Monteiro Fernandes</t>
   </si>
   <si>
     <t>PAULO JORGE MARTINS</t>
   </si>
   <si>
     <t xml:space="preserve">JOANA  FONTINHA</t>
   </si>
   <si>
     <t xml:space="preserve">ANA  AMORIM</t>
   </si>
   <si>
     <t>Sauda Nuengniyom</t>
   </si>
   <si>
     <t xml:space="preserve">Raquel  Vitorino</t>
   </si>
@@ -836,51 +836,51 @@
   <si>
     <t>Rita Silva</t>
   </si>
   <si>
     <t>Margarida Valente</t>
   </si>
   <si>
     <t>LAURA CAROLA</t>
   </si>
   <si>
     <t xml:space="preserve">Inês  Moreira</t>
   </si>
   <si>
     <t>JÚLIA SANTOS</t>
   </si>
   <si>
     <t xml:space="preserve">Mariana  Monteiro Fernandes</t>
   </si>
   <si>
     <t>Juniores - Masculinos</t>
   </si>
   <si>
     <t>EDSON CARVALHO</t>
   </si>
   <si>
-    <t>DUARTE TALEIGO</t>
+    <t>ANA DIAS</t>
   </si>
   <si>
     <t>DEUS KAPUNGA</t>
   </si>
   <si>
     <t>Salvador Alves</t>
   </si>
   <si>
     <t xml:space="preserve">JORGE  BETTENCOURT DA SILVA</t>
   </si>
   <si>
     <t>Tomas Catalão</t>
   </si>
   <si>
     <t>José Frazão</t>
   </si>
   <si>
     <t>EDILSON COSTA</t>
   </si>
   <si>
     <t>Pedro Gomes</t>
   </si>
   <si>
     <t>Diogo Carvalhinho</t>
   </si>
@@ -926,51 +926,51 @@
   <si>
     <t>Sub 23 - Masculinos</t>
   </si>
   <si>
     <t>TIAGO SABINO</t>
   </si>
   <si>
     <t>VALTER GOMES</t>
   </si>
   <si>
     <t xml:space="preserve">ALEXANDRE  PEREIRA</t>
   </si>
   <si>
     <t>TOMÁS ESTEVES</t>
   </si>
   <si>
     <t xml:space="preserve">LUÍS TEIXEIRA </t>
   </si>
   <si>
     <t>MIGUEL REBELO</t>
   </si>
   <si>
     <t>JOÃO REBELO</t>
   </si>
   <si>
-    <t>DIOGO CORREIA</t>
+    <t>AGOSTINHO MATOS</t>
   </si>
   <si>
     <t xml:space="preserve">João  Revés</t>
   </si>
   <si>
     <t>TIAGO SILVA</t>
   </si>
   <si>
     <t>Pedro Sousa</t>
   </si>
   <si>
     <t>Vasco Barreiros</t>
   </si>
   <si>
     <t>GONÇALO MENDES</t>
   </si>
   <si>
     <t>Simão Augusto</t>
   </si>
   <si>
     <t>João Pinto</t>
   </si>
   <si>
     <t>KMT-Associação Moreira Team</t>
   </si>
@@ -1007,69 +1007,69 @@
   <si>
     <t xml:space="preserve">SOFIA GONÇALVES </t>
   </si>
   <si>
     <t>NAZARE ROBERTSON</t>
   </si>
   <si>
     <t xml:space="preserve">Marta  Raposo</t>
   </si>
   <si>
     <t>Valejas Atlético Clube</t>
   </si>
   <si>
     <t>BÁRBARA NEIVA</t>
   </si>
   <si>
     <t>ANA CORREIA</t>
   </si>
   <si>
     <t>Seniores - Masculinos</t>
   </si>
   <si>
     <t>FILIPE REBELO</t>
   </si>
   <si>
-    <t>DIOGO BATISTA</t>
+    <t>GONÇALO GONÇALVES</t>
   </si>
   <si>
     <t>JOSÉ CARVALHO</t>
   </si>
   <si>
     <t>NUNO CARRAÇA</t>
   </si>
   <si>
     <t>ANTÓNIO BONÉ</t>
   </si>
   <si>
     <t xml:space="preserve">SALVADOR BOURA </t>
   </si>
   <si>
     <t>Cristiano Cibrão</t>
   </si>
   <si>
-    <t>José Marcos</t>
+    <t xml:space="preserve">Cláudia  Borralho</t>
   </si>
   <si>
     <t>Tiago Pádua</t>
   </si>
   <si>
     <t>Carlos Gomes</t>
   </si>
   <si>
     <t>Rui Almeida</t>
   </si>
   <si>
     <t xml:space="preserve">Francisco  Val</t>
   </si>
   <si>
     <t xml:space="preserve">DIOGO   MORGADO</t>
   </si>
   <si>
     <t>Pedro Lourenço</t>
   </si>
   <si>
     <t>ANA GOMES</t>
   </si>
   <si>
     <t xml:space="preserve">VASCO MARTA </t>
   </si>
@@ -1100,51 +1100,51 @@
   <si>
     <t xml:space="preserve">JOÃO   PEREIRA</t>
   </si>
   <si>
     <t xml:space="preserve">ANDRÉ   PERDIGÃO</t>
   </si>
   <si>
     <t>Samuel Tembe</t>
   </si>
   <si>
     <t>SOFIA VAZ</t>
   </si>
   <si>
     <t>Davide Barbosa</t>
   </si>
   <si>
     <t xml:space="preserve">Luís  Castro</t>
   </si>
   <si>
     <t xml:space="preserve">João  Antunes</t>
   </si>
   <si>
     <t>Rogério Chaves</t>
   </si>
   <si>
-    <t xml:space="preserve">Rui  Pessoa </t>
+    <t>Anderson Dias</t>
   </si>
   <si>
     <t>JOAO BRITO</t>
   </si>
   <si>
     <t>Andreia Teles</t>
   </si>
   <si>
     <t>Ricardo Rodrigues</t>
   </si>
   <si>
     <t xml:space="preserve">Leonardo  Ventura</t>
   </si>
   <si>
     <t>Jorge Lourenço</t>
   </si>
   <si>
     <t xml:space="preserve">TIAGO   SILVA</t>
   </si>
   <si>
     <t>Carlos Ferreira</t>
   </si>
   <si>
     <t>GMCJamor</t>
   </si>
@@ -1652,51 +1652,51 @@
   <si>
     <t xml:space="preserve">Bruno  Gomes</t>
   </si>
   <si>
     <t>NUNO CORREIA</t>
   </si>
   <si>
     <t>Ricardo Nascimento</t>
   </si>
   <si>
     <t>João Pardal</t>
   </si>
   <si>
     <t xml:space="preserve">Nuno  Meia-Onça</t>
   </si>
   <si>
     <t>Paulo Reis</t>
   </si>
   <si>
     <t>Eduardo Coelho</t>
   </si>
   <si>
     <t>ADRC Mata de Benfica</t>
   </si>
   <si>
-    <t>Nuno Ricardo</t>
+    <t>Sandra Segura</t>
   </si>
   <si>
     <t>Dário Palma</t>
   </si>
   <si>
     <t xml:space="preserve">Carlos  Quaresma</t>
   </si>
   <si>
     <t>Luís Santos</t>
   </si>
   <si>
     <t>Paulo Vilhena</t>
   </si>
   <si>
     <t>CARLOS SIMOES</t>
   </si>
   <si>
     <t>Rodolfo Simoes</t>
   </si>
   <si>
     <t>Ricardo Afonso</t>
   </si>
   <si>
     <t>Bruno Marques</t>
   </si>
@@ -1925,51 +1925,51 @@
   <si>
     <t xml:space="preserve">Vítor  Paulino</t>
   </si>
   <si>
     <t>EVELINO MAGALHÃES</t>
   </si>
   <si>
     <t>João Sayanda</t>
   </si>
   <si>
     <t>Carlos Luiz</t>
   </si>
   <si>
     <t>José Ferreira</t>
   </si>
   <si>
     <t>VÂNIA VALÉRIO</t>
   </si>
   <si>
     <t>André Santos</t>
   </si>
   <si>
     <t>CARLOS CARDOSO</t>
   </si>
   <si>
-    <t xml:space="preserve">Luis  Menezes</t>
+    <t xml:space="preserve">Luis  Meneses</t>
   </si>
   <si>
     <t>António Silva</t>
   </si>
   <si>
     <t>CRISPIANO MAGRO</t>
   </si>
   <si>
     <t>LUÍS SANTOS</t>
   </si>
   <si>
     <t>Artur Alves</t>
   </si>
   <si>
     <t>João Neves</t>
   </si>
   <si>
     <t>José Sousa</t>
   </si>
   <si>
     <t>JOAO CURVELO</t>
   </si>
   <si>
     <t>Sérgio Pires</t>
   </si>
@@ -2060,51 +2060,51 @@
   <si>
     <t>RUI ANTUNES</t>
   </si>
   <si>
     <t>Alvaro Ferreira</t>
   </si>
   <si>
     <t>Carlos Casal</t>
   </si>
   <si>
     <t>Miguel Reis</t>
   </si>
   <si>
     <t>FERNANDO CARDIA</t>
   </si>
   <si>
     <t>Pedro Machado</t>
   </si>
   <si>
     <t xml:space="preserve">Pedro  Gomes </t>
   </si>
   <si>
     <t>Sergio Carvalho</t>
   </si>
   <si>
-    <t>MIGUEL PINTO</t>
+    <t>MILA ALEXANDRA HELD</t>
   </si>
   <si>
     <t>ARTUR COTA</t>
   </si>
   <si>
     <t>Mark Brassel</t>
   </si>
   <si>
     <t>Nuno Ibraimo</t>
   </si>
   <si>
     <t>Nelson Tembe</t>
   </si>
   <si>
     <t>Januário Coelho</t>
   </si>
   <si>
     <t xml:space="preserve">Mario  Batista</t>
   </si>
   <si>
     <t>Ricardo Andorinho</t>
   </si>
   <si>
     <t>Helder Rijo</t>
   </si>
@@ -2258,120 +2258,120 @@
   <si>
     <t xml:space="preserve">ALEXANDRA   SOUSA</t>
   </si>
   <si>
     <t>Ana Esgaio</t>
   </si>
   <si>
     <t>Carla Alves</t>
   </si>
   <si>
     <t>Fabiola Landeiro</t>
   </si>
   <si>
     <t>Sandra Alves</t>
   </si>
   <si>
     <t xml:space="preserve">BEATRIZ   MATIAS</t>
   </si>
   <si>
     <t xml:space="preserve">SILVIA  TAVARES</t>
   </si>
   <si>
     <t>Yukie Santos</t>
   </si>
   <si>
-    <t>ANDREA FRADINHO</t>
+    <t>FRANCISCO NUNES</t>
   </si>
   <si>
     <t xml:space="preserve">Mariana  Borges</t>
   </si>
   <si>
     <t xml:space="preserve">Ana  Pimenta</t>
   </si>
   <si>
     <t xml:space="preserve">ELISABETE   PORTELADA</t>
   </si>
   <si>
     <t>Cristina Oliveira</t>
   </si>
   <si>
     <t>Lucinda Espada</t>
   </si>
   <si>
     <t>Sílvia Moreira</t>
   </si>
   <si>
     <t>Goreti Borges</t>
   </si>
   <si>
     <t xml:space="preserve">SUSANA  FREAZA</t>
   </si>
   <si>
     <t>Ana Costa</t>
   </si>
   <si>
     <t>M 50</t>
   </si>
   <si>
     <t>Hélder Rebelo</t>
   </si>
   <si>
     <t xml:space="preserve">PEDRO PRETO </t>
   </si>
   <si>
     <t>SÉRGIO PAIVA</t>
   </si>
   <si>
     <t>Paulo Martins</t>
   </si>
   <si>
-    <t>NATACHA FAUSTINO</t>
-[...2 lines deleted...]
-    <t>Filipe Rebelo</t>
+    <t>AEVERTON OLIVEIRA</t>
+  </si>
+  <si>
+    <t>Joaquim Amaral</t>
   </si>
   <si>
     <t>GONÇALO COSTA</t>
   </si>
   <si>
     <t xml:space="preserve">FERNANDO   MIRANDA</t>
   </si>
   <si>
     <t xml:space="preserve">Dinis  Ribas </t>
   </si>
   <si>
     <t xml:space="preserve">JOAQUIM   SANTOS</t>
   </si>
   <si>
     <t>Artur Santiago</t>
   </si>
   <si>
     <t xml:space="preserve">Rui Oliveira </t>
   </si>
   <si>
-    <t>FRANCISCO MOTA</t>
+    <t>Gustavo Monteiro</t>
   </si>
   <si>
     <t xml:space="preserve">CARLOS   SILVA</t>
   </si>
   <si>
     <t>Luis Barata</t>
   </si>
   <si>
     <t>Dinis Morais</t>
   </si>
   <si>
     <t>João Narra</t>
   </si>
   <si>
     <t>SEBASTIÃO BARATA</t>
   </si>
   <si>
     <t>Paulo Tomás</t>
   </si>
   <si>
     <t xml:space="preserve">José  Raposo</t>
   </si>
   <si>
     <t>Filipe Sebastião</t>
   </si>
@@ -2999,51 +2999,51 @@
   <si>
     <t>Lúcio Morais</t>
   </si>
   <si>
     <t>Carlos Santos</t>
   </si>
   <si>
     <t xml:space="preserve">ARETINO   MOTA</t>
   </si>
   <si>
     <t xml:space="preserve">ALCINDO   ALMEIDA</t>
   </si>
   <si>
     <t>José Santos</t>
   </si>
   <si>
     <t>Fernando Rosa</t>
   </si>
   <si>
     <t>José Miranda</t>
   </si>
   <si>
     <t>Flamino Santos</t>
   </si>
   <si>
-    <t xml:space="preserve">Carlos  Silva</t>
+    <t xml:space="preserve">Ana  Sobral</t>
   </si>
   <si>
     <t>Henrique Freire</t>
   </si>
   <si>
     <t>Fernando Sousa</t>
   </si>
   <si>
     <t>João Carvalhinho</t>
   </si>
   <si>
     <t>José Silva</t>
   </si>
   <si>
     <t>Carlos Fernandes</t>
   </si>
   <si>
     <t>JOSÉ RODRIGUES</t>
   </si>
   <si>
     <t xml:space="preserve">PEDRO   GOMES</t>
   </si>
   <si>
     <t>Manuel Araújo</t>
   </si>
@@ -3161,51 +3161,51 @@
   <si>
     <t>Abílio Silva</t>
   </si>
   <si>
     <t xml:space="preserve">LUÍS   PETISCA</t>
   </si>
   <si>
     <t xml:space="preserve">Jacinto  Pereira</t>
   </si>
   <si>
     <t>João Moacho</t>
   </si>
   <si>
     <t>José Machado</t>
   </si>
   <si>
     <t>F 65</t>
   </si>
   <si>
     <t>Maria Alice Machado</t>
   </si>
   <si>
     <t xml:space="preserve">ESTER  LOPES</t>
   </si>
   <si>
-    <t xml:space="preserve">ALDA  LUIS</t>
+    <t>CAROLINA NUNES</t>
   </si>
   <si>
     <t>EKATERINA KHRAMENKOVA</t>
   </si>
   <si>
     <t>Filomena Moura</t>
   </si>
   <si>
     <t>M 70</t>
   </si>
   <si>
     <t xml:space="preserve">MARIO   GONÇALVES</t>
   </si>
   <si>
     <t>Ventura Saraiva</t>
   </si>
   <si>
     <t>José Marques</t>
   </si>
   <si>
     <t xml:space="preserve">MÁRIO   GOMES</t>
   </si>
   <si>
     <t>Armando Correia</t>
   </si>