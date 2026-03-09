--- v0 (2025-10-26)
+++ v1 (2026-03-09)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Atletas" sheetId="1" r:id="rId1"/>
     <sheet name="Colectivo" sheetId="2" r:id="rId3"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1631" uniqueCount="1631">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1632" uniqueCount="1632">
   <si>
     <t>40º Troféu CM Oeiras - 40º Troféu CM Oeiras - 40º Troféu CM Oeiras</t>
   </si>
   <si>
     <t>Benjamins A - Masculinos</t>
   </si>
   <si>
     <t>Posição</t>
   </si>
   <si>
     <t>Dorsal</t>
   </si>
   <si>
     <t>Atleta</t>
   </si>
   <si>
     <t>Clube/Equipa</t>
   </si>
   <si>
     <t>Pontos</t>
   </si>
   <si>
     <t>Nº Participações</t>
   </si>
   <si>
@@ -176,3533 +176,3539 @@
   <si>
     <t>Pedro Cascão</t>
   </si>
   <si>
     <t xml:space="preserve"> Atlético Clube de Porto Salvo</t>
   </si>
   <si>
     <t>Miguel Silva</t>
   </si>
   <si>
     <t>André Verissimo</t>
   </si>
   <si>
     <t>GMCJamor</t>
   </si>
   <si>
     <t xml:space="preserve">Gabriel   Ferreira</t>
   </si>
   <si>
     <t>Gil Leão Fernandes</t>
   </si>
   <si>
     <t>FRANCISCO MACHADO</t>
   </si>
   <si>
+    <t>Lourenço Ribeiro</t>
+  </si>
+  <si>
+    <t>David Cascão</t>
+  </si>
+  <si>
+    <t>Rodrigo Candeias</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Gonçalo  Barata</t>
+  </si>
+  <si>
+    <t>Martim Monteiro</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LEONARDO  MADUREIRA</t>
+  </si>
+  <si>
+    <t>GUILHERME CARRONDO</t>
+  </si>
+  <si>
+    <t>Guilherme Cameira</t>
+  </si>
+  <si>
+    <t>JAIME BACALHAU</t>
+  </si>
+  <si>
+    <t>Wilson Gueba</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Lourenço Rodrigues </t>
+  </si>
+  <si>
+    <t>Dinis Pedroso</t>
+  </si>
+  <si>
+    <t>GONÇALO RAMOS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DUARTE   PENA</t>
+  </si>
+  <si>
+    <t>Linda-a-Pastora Sporting Clube</t>
+  </si>
+  <si>
+    <t>KRISTIAN MAJOR</t>
+  </si>
+  <si>
+    <t>RODRIGO TRALHÃO</t>
+  </si>
+  <si>
+    <t>Benjamins B - Femininos</t>
+  </si>
+  <si>
+    <t xml:space="preserve">REGINA    FREDERICO</t>
+  </si>
+  <si>
+    <t>MATILDE NOGUEIRA</t>
+  </si>
+  <si>
+    <t>Rita Dias</t>
+  </si>
+  <si>
+    <t>Carminho Cabrita</t>
+  </si>
+  <si>
+    <t>Leonor Santos</t>
+  </si>
+  <si>
+    <t>Maria Marinho</t>
+  </si>
+  <si>
+    <t>Maria Bica</t>
+  </si>
+  <si>
+    <t>MARIA INÊS CABRAL</t>
+  </si>
+  <si>
+    <t>Isabella Teixeira</t>
+  </si>
+  <si>
+    <t>Joana Fernandes</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MARIA     FERNANDES</t>
+  </si>
+  <si>
+    <t>Joana Santos</t>
+  </si>
+  <si>
+    <t>Grupo Recreativo Cultural e Desportivo de Leião</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Matilde  Neves</t>
+  </si>
+  <si>
+    <t>FRANCESCA BOTTAZZI</t>
+  </si>
+  <si>
+    <t>MADALENA ANTUNES</t>
+  </si>
+  <si>
+    <t>Maria Araújo</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Rita  Zambujo</t>
+  </si>
+  <si>
+    <t>Madalena Paiva</t>
+  </si>
+  <si>
+    <t>Anabela Soares</t>
+  </si>
+  <si>
+    <t>Alissia Soares</t>
+  </si>
+  <si>
+    <t>Débora Mendes</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Carmen  Brito </t>
+  </si>
+  <si>
+    <t>Diana Pinto</t>
+  </si>
+  <si>
+    <t>Giovana Marques</t>
+  </si>
+  <si>
+    <t>ALEXANDRA ALMEIDA</t>
+  </si>
+  <si>
+    <t>Maria Coutinho</t>
+  </si>
+  <si>
+    <t>Academia Recreativa de Linda-a-Velha</t>
+  </si>
+  <si>
+    <t>Daniela Mendes</t>
+  </si>
+  <si>
+    <t>INÊS AGUIAR</t>
+  </si>
+  <si>
+    <t>Zoé Veiga</t>
+  </si>
+  <si>
+    <t>Laura Silva</t>
+  </si>
+  <si>
+    <t>Jassiel Oliveira</t>
+  </si>
+  <si>
+    <t>Carolina Gardete</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> WLF</t>
+  </si>
+  <si>
+    <t>Diana Corrales</t>
+  </si>
+  <si>
+    <t>Grupo Recreativo e Desportivo “Os Fixes”</t>
+  </si>
+  <si>
+    <t>MATILDE LEIRIA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Matilde  Rodrigues</t>
+  </si>
+  <si>
+    <t>Associação de Moradores 18 de Maio</t>
+  </si>
+  <si>
+    <t>Maria Silva</t>
+  </si>
+  <si>
+    <t>Leonor Alves</t>
+  </si>
+  <si>
+    <t>CLARA MALHEIRO</t>
+  </si>
+  <si>
+    <t>Mariana Ribeiro</t>
+  </si>
+  <si>
+    <t>Letícia Jelínek Matias</t>
+  </si>
+  <si>
+    <t>Gabriela Ribeiro Fernandes</t>
+  </si>
+  <si>
+    <t>Isaac De Oliveira</t>
+  </si>
+  <si>
+    <t>Camilly Sobrinho</t>
+  </si>
+  <si>
+    <t>Joana Martins </t>
+  </si>
+  <si>
+    <t>KEILA MENDES</t>
+  </si>
+  <si>
+    <t>Madalena Almeida</t>
+  </si>
+  <si>
+    <t>Alice Pack</t>
+  </si>
+  <si>
+    <t>Sociedade de Instrução Musical e Escolar Cruz Quebradense (SIMECQ)</t>
+  </si>
+  <si>
+    <t>Matilde Rocha</t>
+  </si>
+  <si>
+    <t>Letícia Silva</t>
+  </si>
+  <si>
+    <t>MATILDE CORREIA</t>
+  </si>
+  <si>
+    <t>Luísa Ribeiro</t>
+  </si>
+  <si>
+    <t>LEONOR GUEDES</t>
+  </si>
+  <si>
+    <t>Mia Moreira</t>
+  </si>
+  <si>
+    <t>CAROLINA FIGUEIREDO</t>
+  </si>
+  <si>
+    <t>LARISSA ALVES</t>
+  </si>
+  <si>
+    <t>LEONOR LEHRFELD</t>
+  </si>
+  <si>
+    <t>MARIANA TEIXEIRA</t>
+  </si>
+  <si>
+    <t>Infantis - Masculinos</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Leonardo  Borrego</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DIOGO     MUGARRO</t>
+  </si>
+  <si>
+    <t xml:space="preserve">RAFAEL    SARAIVA</t>
+  </si>
+  <si>
+    <t>Filipe Maravilha</t>
+  </si>
+  <si>
+    <t>Rafael Inácio</t>
+  </si>
+  <si>
+    <t>MIGUEL RAMOS</t>
+  </si>
+  <si>
+    <t>IAROMIR SEMENOV</t>
+  </si>
+  <si>
+    <t>João M. Arroz</t>
+  </si>
+  <si>
+    <t>DIOGO RODRIGUES</t>
+  </si>
+  <si>
+    <t>Rodrigo Neves</t>
+  </si>
+  <si>
+    <t>Pedro Correia</t>
+  </si>
+  <si>
+    <t>Luís Silva</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tiago  Nunes</t>
+  </si>
+  <si>
+    <t>Guilherme Perpétua</t>
+  </si>
+  <si>
+    <t>Pedro Carvalhinho</t>
+  </si>
+  <si>
+    <t>Guilherme Candeias</t>
+  </si>
+  <si>
+    <t>VASCO FARIA</t>
+  </si>
+  <si>
+    <t>LUIS VALENTE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Gustavo  Silva</t>
+  </si>
+  <si>
+    <t>Gabriel Cai</t>
+  </si>
+  <si>
+    <t>PEDRO SILVA CASTRO NUNES</t>
+  </si>
+  <si>
+    <t>Enzo Sanches</t>
+  </si>
+  <si>
+    <t>Gustavo Pina</t>
+  </si>
+  <si>
+    <t>luis Ferreira</t>
+  </si>
+  <si>
+    <t>SANTIAGO EVORA</t>
+  </si>
+  <si>
+    <t>Bernardo Martins</t>
+  </si>
+  <si>
+    <t>Gabriel Pina</t>
+  </si>
+  <si>
+    <t>Tomás Costa</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Santiago  Martins</t>
+  </si>
+  <si>
+    <t>Mauro Dias</t>
+  </si>
+  <si>
+    <t>Matheus Silva</t>
+  </si>
+  <si>
+    <t>Giovani Monteiro</t>
+  </si>
+  <si>
+    <t>Afonso Canaveira</t>
+  </si>
+  <si>
+    <t>Infantis - Femininos</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DIANA     PEDRO</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAROLINA  MADUREIRA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MATILDE   FERREIRA</t>
+  </si>
+  <si>
+    <t>CAROLINA SEIXAL</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Serena  Silva</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MARIA BEATRIZ  MENDES</t>
+  </si>
+  <si>
+    <t>MADALENA ROCHA</t>
+  </si>
+  <si>
+    <t>Beatriz Ferreira</t>
+  </si>
+  <si>
+    <t>MARTA MARTINS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LARA      PEREIRA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GABRIELA  BARROS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MADALENA  FRANCISCO</t>
+  </si>
+  <si>
+    <t>Ana Rodrigues</t>
+  </si>
+  <si>
+    <t>Lara Correia</t>
+  </si>
+  <si>
+    <t>Matilde Ferreira</t>
+  </si>
+  <si>
+    <t>SANDRA REIS</t>
+  </si>
+  <si>
+    <t>RITA ALCOBIA</t>
+  </si>
+  <si>
+    <t>Eduarda Guimarães</t>
+  </si>
+  <si>
+    <t>DIANA SEGURO VIEIRA</t>
+  </si>
+  <si>
+    <t>Laura Gomes</t>
+  </si>
+  <si>
+    <t>INÊS BAPTISTA</t>
+  </si>
+  <si>
+    <t>Margarida Lopes</t>
+  </si>
+  <si>
+    <t>Inês Pereira</t>
+  </si>
+  <si>
+    <t>MADALENA MARTINS</t>
+  </si>
+  <si>
+    <t>Rita Bota</t>
+  </si>
+  <si>
+    <t>Sofia Campanudo</t>
+  </si>
+  <si>
+    <t>LEONOR PACHECO</t>
+  </si>
+  <si>
+    <t>Helena Figueiredo</t>
+  </si>
+  <si>
+    <t>Maria Joana H. Gromicho Serol</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MATILDE   GARCIA</t>
+  </si>
+  <si>
+    <t>Veronika Juvzhenko</t>
+  </si>
+  <si>
+    <t>Sofia Mileu</t>
+  </si>
+  <si>
+    <t>Sub 16 - Masculinos</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JOÃO  Magalhães</t>
+  </si>
+  <si>
+    <t>Alexandre Simões</t>
+  </si>
+  <si>
+    <t>Grupo Recreativo e Desportivo da Ribeira da Lage</t>
+  </si>
+  <si>
+    <t>Iniciados - Masculinos</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DIOGO     BRANDÃO</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DIOGO     PINTO</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tomás  Pereira</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tiago  Vasco</t>
+  </si>
+  <si>
+    <t>RAFAEL ALVES</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tiago  Cadete</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ANDRÉ  COSTA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Alexandre  Fevereiro</t>
+  </si>
+  <si>
+    <t>Rodrigo Trigo</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Julian  Santos </t>
+  </si>
+  <si>
+    <t>Martim Warrell</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PEDRO     SAYANDA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AFONSO   ANTUNES</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Henrique  Lomba</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hugo  Sousa</t>
+  </si>
+  <si>
+    <t>Tiago Oliveira</t>
+  </si>
+  <si>
+    <t>Pedro Lira</t>
+  </si>
+  <si>
+    <t>Afonso Catalão</t>
+  </si>
+  <si>
+    <t>Alexandre Lopes</t>
+  </si>
+  <si>
+    <t>Pedro Costa</t>
+  </si>
+  <si>
+    <t>José Chambel</t>
+  </si>
+  <si>
+    <t>Vasco Pinheiro</t>
+  </si>
+  <si>
+    <t>Duarte Guerreiro</t>
+  </si>
+  <si>
+    <t>MARTIM CORREIA</t>
+  </si>
+  <si>
+    <t>Dinis Gardete</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tiago  Francisco </t>
+  </si>
+  <si>
+    <t>Ingleses FC</t>
+  </si>
+  <si>
+    <t>SHAYAN DHANJI</t>
+  </si>
+  <si>
+    <t>Patrick Semedo</t>
+  </si>
+  <si>
+    <t>Rúben Sousa</t>
+  </si>
+  <si>
+    <t>AMA – MACIEIRA ATLETISMO</t>
+  </si>
+  <si>
+    <t>Daniel Cristóbal</t>
+  </si>
+  <si>
+    <t>Guilherme Pombinho</t>
+  </si>
+  <si>
+    <t>Iniciados - Femininos</t>
+  </si>
+  <si>
+    <t>Rita Kneissler</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SARA      RIBAS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Álvaro  Martins</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ARIANA    LOPES</t>
+  </si>
+  <si>
+    <t>Melany Reis</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Carolina Coelho </t>
+  </si>
+  <si>
+    <t>Matilde Duarte</t>
+  </si>
+  <si>
+    <t>CLARA TOMÉ</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ÍRIS      ALMEIDA</t>
+  </si>
+  <si>
+    <t>Catarina Faria</t>
+  </si>
+  <si>
+    <t>CONSTANÇA CRUZINHA</t>
+  </si>
+  <si>
+    <t>Inês Fernandes</t>
+  </si>
+  <si>
+    <t>Mariana Resende</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Diana  Nunes</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JOANA  FONTINHA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Raquel  Vitorino</t>
+  </si>
+  <si>
+    <t>Joana Silva</t>
+  </si>
+  <si>
+    <t>Carolina Bachi</t>
+  </si>
+  <si>
+    <t>LAURA FERNANDES</t>
+  </si>
+  <si>
+    <t>Matilde Cecílio</t>
+  </si>
+  <si>
+    <t>Mafalda Silva</t>
+  </si>
+  <si>
+    <t>António Alves</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MARIA     RODRIGUES</t>
+  </si>
+  <si>
+    <t>Beatriz Simões</t>
+  </si>
+  <si>
+    <t>Juvenis - Masculinos</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SANTIAGO  AGATÃO</t>
+  </si>
+  <si>
+    <t>GUILHERME FILIPE</t>
+  </si>
+  <si>
+    <t>Santinho Kneissler</t>
+  </si>
+  <si>
+    <t>RAFAEL SANTOS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MICAEL    ESCALEIRA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Luca  Robinson</t>
+  </si>
+  <si>
+    <t>FRANCISCO AZEVEDO</t>
+  </si>
+  <si>
+    <t>Mateus Pires</t>
+  </si>
+  <si>
+    <t>Tomás Pais</t>
+  </si>
+  <si>
+    <t>Rodrigo Viegas</t>
+  </si>
+  <si>
+    <t xml:space="preserve">António   Crisóstomo</t>
+  </si>
+  <si>
+    <t xml:space="preserve">João  Silva</t>
+  </si>
+  <si>
+    <t>Bruno Sousa</t>
+  </si>
+  <si>
+    <t>GUSTAVO MARTINS</t>
+  </si>
+  <si>
+    <t>RODRIGO LUIZ</t>
+  </si>
+  <si>
+    <t>Gustavo Paiva</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Lucas  Crisóstomo</t>
+  </si>
+  <si>
+    <t>Shuncheng Ke</t>
+  </si>
+  <si>
+    <t>Ricardo Piedade</t>
+  </si>
+  <si>
+    <t>ANDRÉ MORAIS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AFONSO    GODINHO</t>
+  </si>
+  <si>
+    <t>Luís Almeida</t>
+  </si>
+  <si>
+    <t>JOAO VAZ</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Alvaro  Conde</t>
+  </si>
+  <si>
+    <t>Afonso Monteiro</t>
+  </si>
+  <si>
+    <t>TIAGO RAMOS</t>
+  </si>
+  <si>
+    <t>Diego Silva</t>
+  </si>
+  <si>
+    <t>Artemi Murphy</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MANUEL   MAGALHÃES</t>
+  </si>
+  <si>
+    <t>Hugo Rocha</t>
+  </si>
+  <si>
+    <t>Gustavo Alves</t>
+  </si>
+  <si>
+    <t>FRANCISCO ANTUNES</t>
+  </si>
+  <si>
+    <t>David Neves</t>
+  </si>
+  <si>
+    <t>Tiago Nuno</t>
+  </si>
+  <si>
+    <t>Juvenis - Femininos</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CÁTIA     KHVAS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LEONOR    SIMÕES</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Carmen  Sá</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MARIANA   FRANCISCO</t>
+  </si>
+  <si>
+    <t>Rita Silva</t>
+  </si>
+  <si>
+    <t>Catarina Espada</t>
+  </si>
+  <si>
+    <t>Inês Dias</t>
+  </si>
+  <si>
+    <t>Mariana Nave</t>
+  </si>
+  <si>
+    <t>Maria Constança Lázaro Moreira</t>
+  </si>
+  <si>
+    <t>Inês Mileu</t>
+  </si>
+  <si>
+    <t>Mariana Pinto</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DANIELA   PEDRO</t>
+  </si>
+  <si>
+    <t>Catarina Rodrigues</t>
+  </si>
+  <si>
+    <t>Mariana Machado</t>
+  </si>
+  <si>
+    <t>Beatriz Almeida</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Inês  Moreira</t>
+  </si>
+  <si>
+    <t>Ana Pires</t>
+  </si>
+  <si>
+    <t>Juniores - Masculinos</t>
+  </si>
+  <si>
+    <t>EVANDRO PIRES</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JOEL      BARROS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MIGUEL    AGUIAR</t>
+  </si>
+  <si>
+    <t>Salvador Alves</t>
+  </si>
+  <si>
+    <t>Afonso Antunes</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DUARTE    PINTO</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ANDRÉ     SOUSA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MIGUEL    SAYANDA</t>
+  </si>
+  <si>
+    <t>Tomás Catalão</t>
+  </si>
+  <si>
+    <t>Gonçalo Magalhaes</t>
+  </si>
+  <si>
+    <t>PAULO BARROCAS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Cláudio  Revés</t>
+  </si>
+  <si>
+    <t>Pedro Rijo</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Miguel  Serôdio </t>
+  </si>
+  <si>
+    <t>José Frazão</t>
+  </si>
+  <si>
+    <t>Tomás Santos</t>
+  </si>
+  <si>
+    <t>Diogo Maio</t>
+  </si>
+  <si>
+    <t xml:space="preserve">André  Dias</t>
+  </si>
+  <si>
+    <t>PODEROSO KAPUNGA</t>
+  </si>
+  <si>
+    <t>Juniores - Femininos</t>
+  </si>
+  <si>
+    <t>BEATRIZ BAPTISTA</t>
+  </si>
+  <si>
+    <t>Silvania Costa</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAROLINA  COSTA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PETRA     SANTOS</t>
+  </si>
+  <si>
+    <t>MARISA SALVADOR</t>
+  </si>
+  <si>
+    <t>Catarina Belchior</t>
+  </si>
+  <si>
+    <t>Carolina Silva</t>
+  </si>
+  <si>
+    <t>Sub 23 - Masculinos</t>
+  </si>
+  <si>
+    <t xml:space="preserve">VALTER    GOMES</t>
+  </si>
+  <si>
+    <t xml:space="preserve">TOMÁS     ESTEVES</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JOSÉ      CARLOS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EDSON     CARVALHO</t>
+  </si>
+  <si>
+    <t>ALEXANDRE PEREIRA</t>
+  </si>
+  <si>
+    <t>DAVID DOS SANTOS</t>
+  </si>
+  <si>
+    <t>DEUS KAPUNGA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DIOGO     CORREIA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">TIAGO     SABINO</t>
+  </si>
+  <si>
+    <t>Pedro Sousa</t>
+  </si>
+  <si>
+    <t>MIGUEL REBELO</t>
+  </si>
+  <si>
+    <t>Gonçalo Gomes</t>
+  </si>
+  <si>
+    <t>Bernardo Tavares</t>
+  </si>
+  <si>
+    <t>Diogo Carvalho</t>
+  </si>
+  <si>
+    <t>António Madeira</t>
+  </si>
+  <si>
+    <t>JOÃO LEMOS</t>
+  </si>
+  <si>
+    <t>André Ramalho</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Miguel  Santos</t>
+  </si>
+  <si>
+    <t>Francisco Goveia</t>
+  </si>
+  <si>
+    <t xml:space="preserve">André  Luís</t>
+  </si>
+  <si>
+    <t>CASA DO BENFICA EM ALGUEIRÃO MEM MARTINS - SINTRA</t>
+  </si>
+  <si>
+    <t>Vinícius Santos</t>
+  </si>
+  <si>
+    <t>JOÃO CORREIA</t>
+  </si>
+  <si>
+    <t>MANUEL PINHEIRO</t>
+  </si>
+  <si>
+    <t>Sub 23 - Femininos</t>
+  </si>
+  <si>
+    <t xml:space="preserve">TATIANA   MOURA</t>
+  </si>
+  <si>
+    <t>Rita Bacelar</t>
+  </si>
+  <si>
+    <t>Sofia Gonçalves</t>
+  </si>
+  <si>
+    <t xml:space="preserve">INÊS      PINTO</t>
+  </si>
+  <si>
+    <t>MARIA SANTOS</t>
+  </si>
+  <si>
+    <t>JOYCELENE BARROS</t>
+  </si>
+  <si>
+    <t>NATACHA FAUSTINO</t>
+  </si>
+  <si>
+    <t>Carolina Azevedo</t>
+  </si>
+  <si>
+    <t>Mafalda Bação</t>
+  </si>
+  <si>
+    <t>Daniela Almeida</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5639 - Dados removidos </t>
+  </si>
+  <si>
+    <t>Gonçalo Moreira</t>
+  </si>
+  <si>
+    <t>Joana Bastos</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Leonor  Santos</t>
+  </si>
+  <si>
+    <t>Maria Plyasova</t>
+  </si>
+  <si>
+    <t>Seniores - Masculinos</t>
+  </si>
+  <si>
+    <t>FILIPE REBELO</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DIOGO     BATISTA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Cláudia  Borralho</t>
+  </si>
+  <si>
+    <t>Diogo Vicente</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Diogo Jacinto </t>
+  </si>
+  <si>
+    <t>ANTÓNIO BONÉ</t>
+  </si>
+  <si>
+    <t>Simão Augusto</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nuno  Carraça</t>
+  </si>
+  <si>
+    <t>JOSÉ CARVALHO</t>
+  </si>
+  <si>
+    <t>ANTÓNIO GAMA DA SILVA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JOÃO   PEREIRA</t>
+  </si>
+  <si>
+    <t>Tiago Pádua</t>
+  </si>
+  <si>
+    <t>Natanael Guerreiro</t>
+  </si>
+  <si>
+    <t>Carlos Gomes</t>
+  </si>
+  <si>
+    <t>ANA GOMES</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LUÍS TEIXEIRA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">André  Viseu</t>
+  </si>
+  <si>
+    <t>SOFIA VAZ</t>
+  </si>
+  <si>
+    <t>Mariana Oliveira</t>
+  </si>
+  <si>
+    <t xml:space="preserve">João  Revés</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Gonçalo  Silva </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Daniel  Moreira</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hugo   Correia</t>
+  </si>
+  <si>
+    <t xml:space="preserve">VASCO MARTA </t>
+  </si>
+  <si>
+    <t>Pedro Jogo</t>
+  </si>
+  <si>
+    <t>TIAGO SILVA</t>
+  </si>
+  <si>
+    <t>Paulo Arrenega</t>
+  </si>
+  <si>
+    <t>MIGUEL COSTA</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> DESPORTIVO MONTE REAL</t>
+  </si>
+  <si>
+    <t>Fábio Querido</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SALVADOR BOURA </t>
+  </si>
+  <si>
+    <t>ANDRÉ FERREIRA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Francisco  Val</t>
+  </si>
+  <si>
+    <t>SÉRGIO MARTINS</t>
+  </si>
+  <si>
+    <t>Frederico Sousa</t>
+  </si>
+  <si>
+    <t xml:space="preserve">RICARDO   ALBUQUERQUE</t>
+  </si>
+  <si>
+    <t>Henrique Cruz</t>
+  </si>
+  <si>
+    <t>João Albuquerque</t>
+  </si>
+  <si>
+    <t>Carlos Ferreira</t>
+  </si>
+  <si>
+    <t>Francisco Lopes</t>
+  </si>
+  <si>
+    <t>Duarte Alves</t>
+  </si>
+  <si>
+    <t>David Pereira</t>
+  </si>
+  <si>
+    <t>Carla Almeida</t>
+  </si>
+  <si>
+    <t>Sérgio Pinto</t>
+  </si>
+  <si>
+    <t>Joshua Stern</t>
+  </si>
+  <si>
+    <t>Rúben Franco</t>
+  </si>
+  <si>
+    <t>ADRC Mata de Benfica</t>
+  </si>
+  <si>
+    <t>Ruben Mendonça</t>
+  </si>
+  <si>
+    <t>ANTÓNIO CARINHAS</t>
+  </si>
+  <si>
+    <t>Vicente Esteves</t>
+  </si>
+  <si>
+    <t>GABRIEL SOUZA</t>
+  </si>
+  <si>
+    <t>Tomás Peixoto</t>
+  </si>
+  <si>
+    <t>AlphaDen Wolves OCR</t>
+  </si>
+  <si>
+    <t>José Santos</t>
+  </si>
+  <si>
+    <t>Tiago Ferreira</t>
+  </si>
+  <si>
+    <t>Marcos Estrela</t>
+  </si>
+  <si>
+    <t>Jaime Lopes</t>
+  </si>
+  <si>
+    <t>HUGO SILVEIRA</t>
+  </si>
+  <si>
+    <t>Amir Aníbal</t>
+  </si>
+  <si>
+    <t>Rogério Chaves</t>
+  </si>
+  <si>
+    <t>Andreia Teles</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Lucas  Dutra</t>
+  </si>
+  <si>
+    <t>Tiago Romão</t>
+  </si>
+  <si>
+    <t>Pedro Lourenço</t>
+  </si>
+  <si>
+    <t>António Martins</t>
+  </si>
+  <si>
+    <t>André Ribeiro</t>
+  </si>
+  <si>
+    <t>Sérgio Correia</t>
+  </si>
+  <si>
+    <t>João Rocha</t>
+  </si>
+  <si>
+    <t>THIAGO MARINS</t>
+  </si>
+  <si>
+    <t>Miguel Barroqueiro</t>
+  </si>
+  <si>
+    <t xml:space="preserve">José  Cavaco </t>
+  </si>
+  <si>
+    <t>Davide Barbosa</t>
+  </si>
+  <si>
+    <t xml:space="preserve">João  Antunes</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Henrique  Sousa </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Fábio  Gomes </t>
+  </si>
+  <si>
+    <t>BRUNO SABIDO</t>
+  </si>
+  <si>
+    <t>Duarte Antunes</t>
+  </si>
+  <si>
+    <t>William Salvador</t>
+  </si>
+  <si>
+    <t>VITOR HUGO</t>
+  </si>
+  <si>
+    <t>João Pires</t>
+  </si>
+  <si>
+    <t>Sérgio Reis</t>
+  </si>
+  <si>
+    <t>Pedro Côrte-Real</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Brar Momme  Rickmers</t>
+  </si>
+  <si>
+    <t>Miriam Sousa</t>
+  </si>
+  <si>
+    <t>Paulo Ruiz</t>
+  </si>
+  <si>
+    <t xml:space="preserve">João  Lima</t>
+  </si>
+  <si>
+    <t>João Pinheiro</t>
+  </si>
+  <si>
+    <t>Tiago Freitas</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Pedro  Marques</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Daniel  Rosário</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Henrique   Serra</t>
+  </si>
+  <si>
+    <t>ANDRE ABREU</t>
+  </si>
+  <si>
+    <t>David Moutinho</t>
+  </si>
+  <si>
+    <t>Ângelo Barandas</t>
+  </si>
+  <si>
+    <t>Miguel Freitas</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SAEED  ANWAR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hugo  Martins</t>
+  </si>
+  <si>
+    <t>Tiago Valente</t>
+  </si>
+  <si>
+    <t>Pedro Pereira</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Gonçalo  Santos</t>
+  </si>
+  <si>
+    <t>Seniores - Femininos</t>
+  </si>
+  <si>
+    <t>KCÉNIA BOUGROVA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ANA REBELO </t>
+  </si>
+  <si>
+    <t>Rita Santos</t>
+  </si>
+  <si>
+    <t>SARA MARINHO</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SARA      MONTEIRO</t>
+  </si>
+  <si>
+    <t>BÁRBARA ABREU</t>
+  </si>
+  <si>
+    <t>Sara Fernandes</t>
+  </si>
+  <si>
+    <t>Jessara Xavier</t>
+  </si>
+  <si>
+    <t>Catarina Borges</t>
+  </si>
+  <si>
+    <t>CATARINA CARREIRA</t>
+  </si>
+  <si>
+    <t>Beatriz Pedro</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Claúdia  Jerónimo</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Inês  Dias</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Beatriz  Chaves</t>
+  </si>
+  <si>
+    <t>Francisca Cambra</t>
+  </si>
+  <si>
+    <t>Bruno Carvalho</t>
+  </si>
+  <si>
+    <t>Sandra Protásio</t>
+  </si>
+  <si>
+    <t>Associação Académica de Coimbra</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Marta  Raposo</t>
+  </si>
+  <si>
+    <t>Rita Rodrigues</t>
+  </si>
+  <si>
+    <t>Aliona Gutu</t>
+  </si>
+  <si>
+    <t>Sofia Cruz</t>
+  </si>
+  <si>
+    <t>Tetiana Buga</t>
+  </si>
+  <si>
+    <t>Monica Domingos</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Claudia   Dias</t>
+  </si>
+  <si>
+    <t>PATRICIA PEREIRA</t>
+  </si>
+  <si>
+    <t>Mara Afonso</t>
+  </si>
+  <si>
+    <t>ANA FRUTUOSO</t>
+  </si>
+  <si>
+    <t>Artemisa Mendes</t>
+  </si>
+  <si>
+    <t>Tuxa Negri</t>
+  </si>
+  <si>
+    <t>Daniela Bragança</t>
+  </si>
+  <si>
+    <t>Inês Guerreiro</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mariana  Gil</t>
+  </si>
+  <si>
+    <t>CÁTIA FIDALGO</t>
+  </si>
+  <si>
+    <t>Anabela Félix</t>
+  </si>
+  <si>
+    <t>Rute Louro</t>
+  </si>
+  <si>
+    <t>Letícia Reis</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sara  Flora</t>
+  </si>
+  <si>
+    <t>Elisa Reis</t>
+  </si>
+  <si>
+    <t>Alice Rodrigues</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ana Marta  Moradias</t>
+  </si>
+  <si>
+    <t>Soraia Paraíso</t>
+  </si>
+  <si>
+    <t>LILIANA CORREIA</t>
+  </si>
+  <si>
+    <t>Beatriz David</t>
+  </si>
+  <si>
+    <t>Clara Guedes</t>
+  </si>
+  <si>
+    <t>Mariya Ishchenko</t>
+  </si>
+  <si>
+    <t>Carlota Simões</t>
+  </si>
+  <si>
+    <t>Márcia José</t>
+  </si>
+  <si>
+    <t>Margarida Roque</t>
+  </si>
+  <si>
+    <t>Raissa Damasceno</t>
+  </si>
+  <si>
+    <t>Filipa Gomes da Costa</t>
+  </si>
+  <si>
+    <t xml:space="preserve">TELMA SILVA </t>
+  </si>
+  <si>
+    <t>4315 - Dados removidos apagou - sofiadefatima96@gmail.com, data - 12/19/2023 22:01:40</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Glória  Dias</t>
+  </si>
+  <si>
+    <t>Sunshine Guillano</t>
+  </si>
+  <si>
+    <t>David Cavaleiro</t>
+  </si>
+  <si>
+    <t>M 35</t>
+  </si>
+  <si>
+    <t>RODRIGO DUARTE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JOSÉ   CAMACHO</t>
+  </si>
+  <si>
+    <t>JOSÉ CARLOS TEODORO</t>
+  </si>
+  <si>
+    <t>Tiago Graça</t>
+  </si>
+  <si>
+    <t>CLÁUDIA SOUSA</t>
+  </si>
+  <si>
+    <t>Nuno Quintela</t>
+  </si>
+  <si>
+    <t>Hugo Evaristo</t>
+  </si>
+  <si>
+    <t>Tiago Vasconcelos</t>
+  </si>
+  <si>
+    <t>JOSÉ VASCO</t>
+  </si>
+  <si>
+    <t>André Oliveira</t>
+  </si>
+  <si>
+    <t>Ivandro Moreira</t>
+  </si>
+  <si>
+    <t>AgualvaRunners</t>
+  </si>
+  <si>
+    <t>Diogo Inácio</t>
+  </si>
+  <si>
+    <t xml:space="preserve">VÍTOR   TEIXEIRA</t>
+  </si>
+  <si>
+    <t>Luis Miranda</t>
+  </si>
+  <si>
+    <t>Bruno Ferreira</t>
+  </si>
+  <si>
+    <t>Tiago Cardoso</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ANDRÉ   PERDIGÃO</t>
+  </si>
+  <si>
+    <t>David Eiras</t>
+  </si>
+  <si>
+    <t>Tiago Andrade</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Diogo  Santos</t>
+  </si>
+  <si>
+    <t>David Caroço Nunes</t>
+  </si>
+  <si>
+    <t>Tramagal Sport União</t>
+  </si>
+  <si>
+    <t>João Vale</t>
+  </si>
+  <si>
+    <t>Machel Carvalho</t>
+  </si>
+  <si>
+    <t>Orlando Couceiro</t>
+  </si>
+  <si>
+    <t>Paulo Morgado</t>
+  </si>
+  <si>
+    <t>Márcio Mateus</t>
+  </si>
+  <si>
+    <t>André Pires</t>
+  </si>
+  <si>
+    <t>Carlos Pinho</t>
+  </si>
+  <si>
+    <t>TELMO JORGE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hugo  Pereira</t>
+  </si>
+  <si>
+    <t>Miguel Sousa</t>
+  </si>
+  <si>
+    <t xml:space="preserve">João  Miranda</t>
+  </si>
+  <si>
+    <t>Tomás Ascensão</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Vasco Damásio </t>
+  </si>
+  <si>
+    <t xml:space="preserve">MIGUEL   PENA</t>
+  </si>
+  <si>
+    <t>Tiago Carvalhinho</t>
+  </si>
+  <si>
+    <t>Gonçalo Faria</t>
+  </si>
+  <si>
+    <t>Edney Escórcio</t>
+  </si>
+  <si>
+    <t>Luís Barracho</t>
+  </si>
+  <si>
+    <t>JOÃO SANTOS</t>
+  </si>
+  <si>
+    <t>Paulo Ramos</t>
+  </si>
+  <si>
+    <t>Ricardo Ribeiro</t>
+  </si>
+  <si>
+    <t>Gonçalo Lousa</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sergio  Ladeira </t>
+  </si>
+  <si>
+    <t>Nelson Moreira</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ricardo  Gomes</t>
+  </si>
+  <si>
+    <t>Pedro Serra</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Diogo  Silva</t>
+  </si>
+  <si>
+    <t>António Matas</t>
+  </si>
+  <si>
+    <t>Andre Leandro</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NÚCLEO ATLETISMO ZONA ABÓBODA </t>
+  </si>
+  <si>
+    <t>RUI TAVARES</t>
+  </si>
+  <si>
+    <t xml:space="preserve">João  Ferreira</t>
+  </si>
+  <si>
+    <t>Cláudia Fernandes</t>
+  </si>
+  <si>
+    <t>PEDRO SANTOS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Pedro  Ferreira</t>
+  </si>
+  <si>
+    <t>João Santos</t>
+  </si>
+  <si>
+    <t>Steven Santos</t>
+  </si>
+  <si>
+    <t>JOÂO SILVA</t>
+  </si>
+  <si>
+    <t>Marco Damas</t>
+  </si>
+  <si>
+    <t>Jorge Lourenço</t>
+  </si>
+  <si>
+    <t>João Marques</t>
+  </si>
+  <si>
+    <t>Adriano Oliveira</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Gonçalo  Palmeiro</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Fábio  Martins</t>
+  </si>
+  <si>
+    <t>F 35</t>
+  </si>
+  <si>
+    <t>Inês Clemente</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Carla  Almeida</t>
+  </si>
+  <si>
+    <t>Ana Coutinho</t>
+  </si>
+  <si>
+    <t>Steve Gabadinho</t>
+  </si>
+  <si>
+    <t>Rita Raimundo</t>
+  </si>
+  <si>
+    <t>TÂNIA PINTO</t>
+  </si>
+  <si>
+    <t>CARLA PEREIRA</t>
+  </si>
+  <si>
+    <t>Ana Mendes</t>
+  </si>
+  <si>
+    <t>Carla Jesus</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mónica  Carvalho</t>
+  </si>
+  <si>
+    <t>ÁGNES KOPPÁNYI</t>
+  </si>
+  <si>
+    <t>Célia Lopes</t>
+  </si>
+  <si>
+    <t>JOANA TRANCA</t>
+  </si>
+  <si>
+    <t>Rosa Ribeiro</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Catarina  Couto </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mariana  Fraga</t>
+  </si>
+  <si>
+    <t>Catia Reis</t>
+  </si>
+  <si>
+    <t>MONICA PEREIRA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Carlos  Carvalho</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Licínia  Rego</t>
+  </si>
+  <si>
+    <t>Associação de Pára-quedistas Tejo-Norte</t>
+  </si>
+  <si>
+    <t>Marta Sanchez</t>
+  </si>
+  <si>
+    <t>Sandra Lima</t>
+  </si>
+  <si>
+    <t>Jaqueline Piva</t>
+  </si>
+  <si>
+    <t>LILIANA JORGE</t>
+  </si>
+  <si>
+    <t>Nelma Craveiro</t>
+  </si>
+  <si>
+    <t>Andreia Amaro</t>
+  </si>
+  <si>
+    <t>INÊS RAIMUNDO</t>
+  </si>
+  <si>
+    <t>INES MARTINS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">4403 - Dados removidos </t>
+  </si>
+  <si>
+    <t>Evelina Kocharova</t>
+  </si>
+  <si>
+    <t>Ana Hassanali</t>
+  </si>
+  <si>
+    <t>FILIPA RELVAS</t>
+  </si>
+  <si>
+    <t>Mafalda Santos</t>
+  </si>
+  <si>
+    <t>Ana Santos</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Vania  Faria</t>
+  </si>
+  <si>
+    <t>M 40</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ANDRÉ   CORVO</t>
+  </si>
+  <si>
+    <t>André Ferreira</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SÉRGIO   MALHEIRO</t>
+  </si>
+  <si>
+    <t>CARLOS TIAGO</t>
+  </si>
+  <si>
+    <t>JOEL PENA</t>
+  </si>
+  <si>
+    <t>MIGUEL LANÇA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">RUI   SILVA</t>
+  </si>
+  <si>
+    <t>Nuno Graça</t>
+  </si>
+  <si>
+    <t>EMERSON ROSA</t>
+  </si>
+  <si>
+    <t>João Pereira</t>
+  </si>
+  <si>
+    <t>Bruno Pinto</t>
+  </si>
+  <si>
+    <t>João Silva</t>
+  </si>
+  <si>
+    <t>TIAGO SOUSA</t>
+  </si>
+  <si>
+    <t>Mauro Fonseca</t>
+  </si>
+  <si>
+    <t>Nelson Antunes</t>
+  </si>
+  <si>
+    <t>HELDER GROSSO</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PAULO VELEZ </t>
+  </si>
+  <si>
+    <t>Paulo Rocha</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Vinicius  Guedes</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Marco  Alves </t>
+  </si>
+  <si>
+    <t>Hércules Baptista</t>
+  </si>
+  <si>
+    <t>Leandro Rodrigues</t>
+  </si>
+  <si>
+    <t>Rui Santos</t>
+  </si>
+  <si>
+    <t>Ricardo Nobre</t>
+  </si>
+  <si>
+    <t>Francisco Peixoto</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MIGUEL   SEQUEIRA</t>
+  </si>
+  <si>
+    <t>PEDRO RODRIGUES</t>
+  </si>
+  <si>
+    <t>Ricardo Pascoal</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nuno  Dantas</t>
+  </si>
+  <si>
+    <t>Nuno Louro</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5698 - Dados removidos </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Carlos  Marinho </t>
+  </si>
+  <si>
+    <t>Helder Rosário</t>
+  </si>
+  <si>
+    <t>Francisco Teixeira</t>
+  </si>
+  <si>
+    <t>Bruno Oliveira</t>
+  </si>
+  <si>
+    <t>PEDRO SANGUINO</t>
+  </si>
+  <si>
+    <t>PAULO MAURICIO</t>
+  </si>
+  <si>
+    <t>Tiago Santos</t>
+  </si>
+  <si>
+    <t>Pedro Ferreira</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nuno  Meia-Onça</t>
+  </si>
+  <si>
+    <t>Eduardo Coelho</t>
+  </si>
+  <si>
+    <t>Luis Semedo</t>
+  </si>
+  <si>
+    <t>João Tomaz</t>
+  </si>
+  <si>
+    <t>TIAGO OLIVEIRA</t>
+  </si>
+  <si>
+    <t>Filipe Paulo</t>
+  </si>
+  <si>
+    <t>GONÇALO PEDRO</t>
+  </si>
+  <si>
+    <t>Bruno Amaro</t>
+  </si>
+  <si>
+    <t>Hugo Simões</t>
+  </si>
+  <si>
+    <t>Rui Henriques</t>
+  </si>
+  <si>
+    <t>Federação da Família para a Paz Mundial e Unificação</t>
+  </si>
+  <si>
+    <t>Ricardo Afonso</t>
+  </si>
+  <si>
+    <t>DIOGO ALMEIDA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ricardo  Carvalho</t>
+  </si>
+  <si>
+    <t>Mário Anselmo</t>
+  </si>
+  <si>
+    <t>Fernanda Paulo</t>
+  </si>
+  <si>
+    <t>Dário Palma</t>
+  </si>
+  <si>
+    <t>Pedro Marques</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ricardo  Ferreira</t>
+  </si>
+  <si>
+    <t>RENATO LUIS</t>
+  </si>
+  <si>
+    <t>Paulo Gomes</t>
+  </si>
+  <si>
+    <t>Walkandrun.pt-Seaside</t>
+  </si>
+  <si>
+    <t>TIAGO RODRIGUES</t>
+  </si>
+  <si>
+    <t>Bruno Dias</t>
+  </si>
+  <si>
+    <t>Jorge Ramos</t>
+  </si>
+  <si>
+    <t>Bruno Ornelas</t>
+  </si>
+  <si>
+    <t>Sérgio Santos</t>
+  </si>
+  <si>
+    <t>RUI ALEGRE</t>
+  </si>
+  <si>
+    <t>Renato Correia</t>
+  </si>
+  <si>
+    <t>José Correia</t>
+  </si>
+  <si>
+    <t>ANDRÉ SEQUEIRA</t>
+  </si>
+  <si>
+    <t>Wilson da Luz</t>
+  </si>
+  <si>
+    <t>Nuno Curto</t>
+  </si>
+  <si>
+    <t>Ricardo Santos</t>
+  </si>
+  <si>
+    <t>Nuno Silva</t>
+  </si>
+  <si>
+    <t>Mário Rodrigues</t>
+  </si>
+  <si>
+    <t>Luís Correia</t>
+  </si>
+  <si>
+    <t>Frederico Barreiros</t>
+  </si>
+  <si>
+    <t>Sérgio Aureliano</t>
+  </si>
+  <si>
+    <t>José Gouveia</t>
+  </si>
+  <si>
+    <t>João Gomes</t>
+  </si>
+  <si>
+    <t>Daniel Inça</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Miguel  Simões</t>
+  </si>
+  <si>
+    <t>Hugo Pacheco</t>
+  </si>
+  <si>
+    <t>Paulo Paula</t>
+  </si>
+  <si>
+    <t>AGOSTINHO MATOS</t>
+  </si>
+  <si>
+    <t>João Martinho</t>
+  </si>
+  <si>
+    <t>Germano Louro</t>
+  </si>
+  <si>
+    <t>José Ferreira</t>
+  </si>
+  <si>
+    <t>Hugo Reis</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Carlos  Isaac</t>
+  </si>
+  <si>
+    <t xml:space="preserve">José  Ribeiro</t>
+  </si>
+  <si>
+    <t>Christophe Moreau</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Simão  Ortega</t>
+  </si>
+  <si>
+    <t>Bruno Loureiro</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Vítor  Mendes</t>
+  </si>
+  <si>
+    <t>Maik Lapa</t>
+  </si>
+  <si>
+    <t>Nelson Diogo</t>
+  </si>
+  <si>
+    <t>Bruno Barroso</t>
+  </si>
+  <si>
+    <t>Miguel Ramalho</t>
+  </si>
+  <si>
+    <t>Paulo Vilhena</t>
+  </si>
+  <si>
+    <t>Nuno Barata</t>
+  </si>
+  <si>
+    <t>Nuno Borralho</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Duarte  Teixeira</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Duarte  Costa</t>
+  </si>
+  <si>
+    <t>Patrick Simões</t>
+  </si>
+  <si>
+    <t>EVANDRO LOPEZ</t>
+  </si>
+  <si>
+    <t>PEDRO BELO</t>
+  </si>
+  <si>
+    <t>HENRIQUE VENTURA</t>
+  </si>
+  <si>
+    <t>Edgar Cristeta</t>
+  </si>
+  <si>
+    <t>AGOSTINHO SEMEDO</t>
+  </si>
+  <si>
+    <t>Eduardo Quaresma</t>
+  </si>
+  <si>
+    <t>João Lourenço</t>
+  </si>
+  <si>
+    <t>Alvaro Neto</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Marco  Pinto</t>
+  </si>
+  <si>
+    <t>Sandro Costa</t>
+  </si>
+  <si>
+    <t>JOSÉ SANTOS</t>
+  </si>
+  <si>
+    <t>F 40</t>
+  </si>
+  <si>
+    <t>RITA ROSA</t>
+  </si>
+  <si>
+    <t>MARINA DOMIMGUES</t>
+  </si>
+  <si>
+    <t xml:space="preserve">RITA ROSA </t>
+  </si>
+  <si>
+    <t>Sandra Conceição</t>
+  </si>
+  <si>
+    <t>MARIANA FODOR</t>
+  </si>
+  <si>
+    <t>Cátea Ramos</t>
+  </si>
+  <si>
+    <t>MARTA MOTA</t>
+  </si>
+  <si>
+    <t>INÊS INFANTE</t>
+  </si>
+  <si>
+    <t>HELENA CARDOSO</t>
+  </si>
+  <si>
+    <t>Suelen Almeida</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Diana  Guimarães</t>
+  </si>
+  <si>
+    <t>Rodrigo Tavares</t>
+  </si>
+  <si>
+    <t>Vera Carmo</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Rute  Ribeiro</t>
+  </si>
+  <si>
+    <t>EUGÉNIA TEIXEIRA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ana  Maia Marques</t>
+  </si>
+  <si>
+    <t>Rita Pasadas</t>
+  </si>
+  <si>
+    <t>MARTA AMARO</t>
+  </si>
+  <si>
+    <t>Sandrina Cunha</t>
+  </si>
+  <si>
+    <t>Maria Coronha</t>
+  </si>
+  <si>
+    <t>Eva Silva</t>
+  </si>
+  <si>
+    <t>Ana Sobral</t>
+  </si>
+  <si>
+    <t>Maria Magalhães</t>
+  </si>
+  <si>
+    <t>Isabel Gomez</t>
+  </si>
+  <si>
+    <t>Sandra Enes</t>
+  </si>
+  <si>
+    <t>Odilia Gomes</t>
+  </si>
+  <si>
+    <t>RITA ANTUNES</t>
+  </si>
+  <si>
+    <t>Andreia Craveiro</t>
+  </si>
+  <si>
+    <t>MARISA ABREU</t>
+  </si>
+  <si>
+    <t>FILIPA QUINTAS</t>
+  </si>
+  <si>
+    <t>Sara Rosa</t>
+  </si>
+  <si>
+    <t>ANA BATISTA</t>
+  </si>
+  <si>
+    <t>Filipa Severino</t>
+  </si>
+  <si>
+    <t>Carla Alves</t>
+  </si>
+  <si>
+    <t>Cíntia Nunes</t>
+  </si>
+  <si>
+    <t>Vanessa Estévez</t>
+  </si>
+  <si>
+    <t>Maria Jesus</t>
+  </si>
+  <si>
+    <t>Sofia Antunes</t>
+  </si>
+  <si>
+    <t>LIA MOREIRA</t>
+  </si>
+  <si>
+    <t>Ana Cunha</t>
+  </si>
+  <si>
+    <t>Sara Silva</t>
+  </si>
+  <si>
+    <t>Elsa Carrilho</t>
+  </si>
+  <si>
+    <t>Filipa Mendes</t>
+  </si>
+  <si>
+    <t>Catarina Ferreira</t>
+  </si>
+  <si>
+    <t>LEONOR GARCIA</t>
+  </si>
+  <si>
+    <t>Marina Baptista</t>
+  </si>
+  <si>
+    <t>Ana Duarte</t>
+  </si>
+  <si>
+    <t>Vera Toubarro</t>
+  </si>
+  <si>
+    <t>SANDRA PAULICO</t>
+  </si>
+  <si>
+    <t>Marta Andrade</t>
+  </si>
+  <si>
+    <t>VERA LOPES</t>
+  </si>
+  <si>
+    <t>Susana Mendes</t>
+  </si>
+  <si>
+    <t>Ana Marques</t>
+  </si>
+  <si>
+    <t>SANDRA SANTOS</t>
+  </si>
+  <si>
+    <t>Sara Carvalhinho</t>
+  </si>
+  <si>
+    <t>Tânia Tomaz</t>
+  </si>
+  <si>
+    <t>DORA TABORDA</t>
+  </si>
+  <si>
+    <t>Sofia Pereira</t>
+  </si>
+  <si>
+    <t>Marta Duarte</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ana  Silva</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PATRICIA  COSTA</t>
+  </si>
+  <si>
+    <t>Márcia Ramos</t>
+  </si>
+  <si>
+    <t>Maria Almeida</t>
+  </si>
+  <si>
+    <t>Elisabete Nunes</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Elisabete  Graça </t>
+  </si>
+  <si>
+    <t xml:space="preserve">4 sapatilhas </t>
+  </si>
+  <si>
+    <t>Milene Batista</t>
+  </si>
+  <si>
+    <t>INES COSTA</t>
+  </si>
+  <si>
+    <t>sandra francisco</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Helena  Dias</t>
+  </si>
+  <si>
+    <t>Tânia Rodrigues</t>
+  </si>
+  <si>
+    <t>Marta Arneiro</t>
+  </si>
+  <si>
+    <t>Marta Peixoto</t>
+  </si>
+  <si>
+    <t>ELISABETE SILVA</t>
+  </si>
+  <si>
+    <t>ALEXANDRA MARQUES</t>
+  </si>
+  <si>
+    <t>Helena Santos</t>
+  </si>
+  <si>
+    <t>Vera Sousa</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Victória  Ascensão</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Inês  Valente</t>
+  </si>
+  <si>
+    <t>CELIA GARCIA</t>
+  </si>
+  <si>
+    <t>Rita Dray</t>
+  </si>
+  <si>
+    <t>Adelia Cabral</t>
+  </si>
+  <si>
+    <t>M 45</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ARTUR   PEREIRA</t>
+  </si>
+  <si>
+    <t>Luís Brito</t>
+  </si>
+  <si>
+    <t>João Castanheira</t>
+  </si>
+  <si>
+    <t>JOÃO PIRES</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HUGO   DOMINGOS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HUGO   GONÇALVES</t>
+  </si>
+  <si>
+    <t>JOÃO LOPES</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Marco  Veloso</t>
+  </si>
+  <si>
+    <t>Nuno Tintim</t>
+  </si>
+  <si>
+    <t>LUIS FILIPE</t>
+  </si>
+  <si>
+    <t>PEDRO BURRICA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NUNO FERNANDES </t>
+  </si>
+  <si>
+    <t>João Guterres</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JORGE   PINHO</t>
+  </si>
+  <si>
+    <t>Jorge Nunes</t>
+  </si>
+  <si>
+    <t>Bruno Afonso</t>
+  </si>
+  <si>
+    <t>ANTÓNIO RODRIGUES</t>
+  </si>
+  <si>
+    <t xml:space="preserve">RICARDO   REIS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5187 - Dados removidos </t>
+  </si>
+  <si>
+    <t>Nuno Santos</t>
+  </si>
+  <si>
+    <t>Tiago Rocha</t>
+  </si>
+  <si>
+    <t>Artur Alves</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nuno  Oliveira</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PEDRO  CAVILHAS</t>
+  </si>
+  <si>
+    <t>RUI ALVES</t>
+  </si>
+  <si>
+    <t>PAULO MARTINS</t>
+  </si>
+  <si>
+    <t>Bruno Pereira</t>
+  </si>
+  <si>
+    <t>Ricardo Nuno</t>
+  </si>
+  <si>
+    <t>Luís Godinho</t>
+  </si>
+  <si>
+    <t>JOSE CRUZ</t>
+  </si>
+  <si>
+    <t>Emanuel Oliveira</t>
+  </si>
+  <si>
+    <t xml:space="preserve">RUI   DUARTE</t>
+  </si>
+  <si>
+    <t>JOSÉ BORGES</t>
+  </si>
+  <si>
+    <t>BRUNO OLIVEIRA</t>
+  </si>
+  <si>
+    <t>Rui Cunha</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nuno  Carrilho</t>
+  </si>
+  <si>
+    <t>LUIS PINTO</t>
+  </si>
+  <si>
+    <t>RICARDO PEDRO</t>
+  </si>
+  <si>
+    <t>Jorge Paredes</t>
+  </si>
+  <si>
+    <t>Rui Silva</t>
+  </si>
+  <si>
+    <t xml:space="preserve">RICARDO   LANCEIRO</t>
+  </si>
+  <si>
+    <t>JOÃO AGUIAR</t>
+  </si>
+  <si>
+    <t>Nelson Mileu</t>
+  </si>
+  <si>
+    <t>Luís Nogueira</t>
+  </si>
+  <si>
+    <t>Paulo Serra</t>
+  </si>
+  <si>
+    <t>Rui Ferreira</t>
+  </si>
+  <si>
+    <t>SEBASTIAN FODOR</t>
+  </si>
+  <si>
+    <t>Sérgio Pires</t>
+  </si>
+  <si>
+    <t>EVELINO MAGALHÃES</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PEDRO   VITORINO</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mario  Batista</t>
+  </si>
+  <si>
+    <t>Nuno Cordeiro</t>
+  </si>
+  <si>
+    <t>Paulo Sousa</t>
+  </si>
+  <si>
+    <t>João Monjardino</t>
+  </si>
+  <si>
+    <t>João Sayanda</t>
+  </si>
+  <si>
+    <t>Bruno Raposo</t>
+  </si>
+  <si>
+    <t>Eduardo Poças</t>
+  </si>
+  <si>
+    <t>Marco Moura</t>
+  </si>
+  <si>
+    <t>Luís Figueira</t>
+  </si>
+  <si>
+    <t>Luis Neves</t>
+  </si>
+  <si>
+    <t>Pedro Raposo</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Luis  Menezes</t>
+  </si>
+  <si>
+    <t>José Sousa</t>
+  </si>
+  <si>
+    <t>Carlos Luiz</t>
+  </si>
+  <si>
+    <t>Gonçalo Santos</t>
+  </si>
+  <si>
+    <t>Luis Pinto</t>
+  </si>
+  <si>
+    <t>JOAO LOPES</t>
+  </si>
+  <si>
+    <t>Pedro Antunes</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ANTÓNIO   ORLANDO</t>
+  </si>
+  <si>
+    <t>CARLOS CARDOSO</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ricardo  Reis</t>
+  </si>
+  <si>
+    <t>Nuno Alves</t>
+  </si>
+  <si>
+    <t>HUMBERTO AFONSO</t>
+  </si>
+  <si>
+    <t>Filipe Cameira</t>
+  </si>
+  <si>
+    <t>Bernardo Salavessa</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Luís  Braz</t>
+  </si>
+  <si>
+    <t>RUI ANTUNES</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Pedro  Gomes </t>
+  </si>
+  <si>
+    <t xml:space="preserve">João  Paiva</t>
+  </si>
+  <si>
+    <t>Paulo Caçador</t>
+  </si>
+  <si>
+    <t>MILA ALEXANDRA HELD</t>
+  </si>
+  <si>
+    <t>Fernando Palma</t>
+  </si>
+  <si>
+    <t>Sandra Segura</t>
+  </si>
+  <si>
+    <t>Martin Stoermer</t>
+  </si>
+  <si>
+    <t>JOÂO COCHARRO</t>
+  </si>
+  <si>
+    <t>Pedro Machado</t>
+  </si>
+  <si>
+    <t>Mário Lima</t>
+  </si>
+  <si>
+    <t>Miguel Reis</t>
+  </si>
+  <si>
+    <t>Ricardo Cascão</t>
+  </si>
+  <si>
+    <t>Paulo Reis</t>
+  </si>
+  <si>
+    <t>Hugo Casqueiro</t>
+  </si>
+  <si>
+    <t>Gilberto Loth</t>
+  </si>
+  <si>
+    <t>Milton Perpétua</t>
+  </si>
+  <si>
+    <t>Hugo Silva</t>
+  </si>
+  <si>
+    <t>JOÂO CARVALHO</t>
+  </si>
+  <si>
+    <t>JOAO CURVELO</t>
+  </si>
+  <si>
+    <t xml:space="preserve">RAFAEL  MENDES</t>
+  </si>
+  <si>
+    <t>Joao Ferreira</t>
+  </si>
+  <si>
+    <t>CRISPIANO MAGRO</t>
+  </si>
+  <si>
+    <t>Fernando Silva</t>
+  </si>
+  <si>
+    <t>António Lavajo</t>
+  </si>
+  <si>
+    <t>Bruno Veríssimo</t>
+  </si>
+  <si>
+    <t>Pedro M. Bica</t>
+  </si>
+  <si>
+    <t>BRUNO PATINHO</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Henrique Jose  Carvalho Matias</t>
+  </si>
+  <si>
+    <t>Pedro Fernandes</t>
+  </si>
+  <si>
+    <t>Rui Raposo</t>
+  </si>
+  <si>
+    <t>NUNO MILHEIRO</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JOÃO  PEIXOTO</t>
+  </si>
+  <si>
+    <t>Alexandre Joaquim</t>
+  </si>
+  <si>
+    <t>RODRIGO SANTOS</t>
+  </si>
+  <si>
+    <t>Rui Corveira</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Jorge  Marques</t>
+  </si>
+  <si>
+    <t xml:space="preserve">André  Ramires</t>
+  </si>
+  <si>
+    <t>David José Moutinho</t>
+  </si>
+  <si>
+    <t>Pedro Rodrigues</t>
+  </si>
+  <si>
+    <t>Mário Pinheiro</t>
+  </si>
+  <si>
+    <t>Nuno Falé</t>
+  </si>
+  <si>
+    <t>Renato Gomes</t>
+  </si>
+  <si>
+    <t>Ricardo Miranda</t>
+  </si>
+  <si>
+    <t>Luís Guerra</t>
+  </si>
+  <si>
+    <t>Gaetano Manzo</t>
+  </si>
+  <si>
+    <t>NUNO CORREIA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LUÍS ROSA </t>
+  </si>
+  <si>
+    <t>Bernardo Ratilal</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Jose Fernandes </t>
+  </si>
+  <si>
+    <t>Sergio Antunes</t>
+  </si>
+  <si>
+    <t>Hugo Ferreira</t>
+  </si>
+  <si>
+    <t>João Neves</t>
+  </si>
+  <si>
+    <t>Gil Monteiro</t>
+  </si>
+  <si>
+    <t>Bruno A. Sousa</t>
+  </si>
+  <si>
+    <t>SÉRGIO SOUSA</t>
+  </si>
+  <si>
+    <t>Jaime Abreu</t>
+  </si>
+  <si>
+    <t>Miguel Meireles</t>
+  </si>
+  <si>
+    <t>Cascais Pandilha Redux</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Pedro  Patacho</t>
+  </si>
+  <si>
+    <t>Desporto Oeiras</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Vasco  Prazeres</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CARLOS ALVES </t>
+  </si>
+  <si>
+    <t xml:space="preserve">VÍTOR   SANTOS</t>
+  </si>
+  <si>
+    <t>Ricardo Tavares</t>
+  </si>
+  <si>
+    <t>Emanuel Pequeno</t>
+  </si>
+  <si>
+    <t>Filipe Silva</t>
+  </si>
+  <si>
+    <t>Pedro Sequeira</t>
+  </si>
+  <si>
+    <t>Pedro Domingos</t>
+  </si>
+  <si>
+    <t>Ricardo Faria</t>
+  </si>
+  <si>
+    <t>Carlos Casal</t>
+  </si>
+  <si>
+    <t>Nuno Ibraimo</t>
+  </si>
+  <si>
+    <t>JOSE MARTINS</t>
+  </si>
+  <si>
+    <t>Gonçalo Loureiro</t>
+  </si>
+  <si>
+    <t>Sérgio Pombinho</t>
+  </si>
+  <si>
+    <t>Diogo Vidigal</t>
+  </si>
+  <si>
+    <t>F 45</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PATRÍCIA   MATOS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CÉLIA  SILVA</t>
+  </si>
+  <si>
+    <t>ANA ALMEIDA</t>
+  </si>
+  <si>
+    <t>Marisa Silva</t>
+  </si>
+  <si>
+    <t>VANDA MURTEIRA</t>
+  </si>
+  <si>
+    <t>Carla Freitas</t>
+  </si>
+  <si>
+    <t>Goreti Borges</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SOFIA  RIBEIRO</t>
+  </si>
+  <si>
+    <t>Ana Bigode</t>
+  </si>
+  <si>
+    <t>Rute Queiroz</t>
+  </si>
+  <si>
+    <t>Maria Maçanita</t>
+  </si>
+  <si>
+    <t>Fabíola Landeiro</t>
+  </si>
+  <si>
+    <t>Lara Sayanda</t>
+  </si>
+  <si>
+    <t>Ana Rocha</t>
+  </si>
+  <si>
+    <t>Meirevone Ferreira</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BEATRIZ   MATIAS</t>
+  </si>
+  <si>
+    <t>SOFIA ALEIXO</t>
+  </si>
+  <si>
+    <t>SÓNIA SEQUEIRA</t>
+  </si>
+  <si>
+    <t>SUSANA RAPOSO</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Eva  Jeronimo</t>
+  </si>
+  <si>
+    <t>Ana Raposo</t>
+  </si>
+  <si>
+    <t>SONIA AGUIAR</t>
+  </si>
+  <si>
+    <t>Paula Leitão</t>
+  </si>
+  <si>
+    <t>Cristina Dias</t>
+  </si>
+  <si>
+    <t>Sandra Lopes</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mariana  Borges</t>
+  </si>
+  <si>
+    <t>Elisabete Filipe</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JOANA   PIÇARRA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MARINA   PANTALIÃO</t>
+  </si>
+  <si>
+    <t>Cristina Oliveira</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ana  Serra</t>
+  </si>
+  <si>
+    <t>Alexandra Pinto</t>
+  </si>
+  <si>
+    <t>CARLA MOCHILA</t>
+  </si>
+  <si>
+    <t>ANA NETO</t>
+  </si>
+  <si>
+    <t>SÓNIA PALMELA</t>
+  </si>
+  <si>
+    <t>CARLA ALVES</t>
+  </si>
+  <si>
+    <t>Fernanda Ferreira</t>
+  </si>
+  <si>
+    <t>Marisa Bettencourt</t>
+  </si>
+  <si>
+    <t>Elizabeth Alves</t>
+  </si>
+  <si>
+    <t>ANA ESGAIO</t>
+  </si>
+  <si>
+    <t>Maria Veiga</t>
+  </si>
+  <si>
+    <t>Fátima Cruzeiro</t>
+  </si>
+  <si>
+    <t>Manuela Ferreira</t>
+  </si>
+  <si>
+    <t>Gi Colaço</t>
+  </si>
+  <si>
+    <t>Olga Palma</t>
+  </si>
+  <si>
+    <t>Rebecca Coutinho</t>
+  </si>
+  <si>
+    <t>Maria Gamito</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Clara  Cardoso</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PATRICIA  ALMEIDA</t>
+  </si>
+  <si>
+    <t>Sandra Silva</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ALEXANDRA   FERREIRA</t>
+  </si>
+  <si>
+    <t>Lucia Silva</t>
+  </si>
+  <si>
+    <t>Gina Correia</t>
+  </si>
+  <si>
+    <t>Ana Sofia Pereira</t>
+  </si>
+  <si>
+    <t>Tania Pinto</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Helena  Nogueira</t>
+  </si>
+  <si>
+    <t>RITA PEREIRA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ALEXANDRA   SOUSA</t>
+  </si>
+  <si>
+    <t>Helder Cotrim</t>
+  </si>
+  <si>
+    <t>Sandra Alves</t>
+  </si>
+  <si>
+    <t>Rita Marques</t>
+  </si>
+  <si>
+    <t>Margarida Ribeiro</t>
+  </si>
+  <si>
+    <t>Iolanda Feliciano</t>
+  </si>
+  <si>
+    <t>Jorge De Sousa</t>
+  </si>
+  <si>
+    <t>Ana Coelho</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SILVIA  TAVARES</t>
+  </si>
+  <si>
+    <t>Augusta Azevedo</t>
+  </si>
+  <si>
+    <t>Hanna de Sousa</t>
+  </si>
+  <si>
+    <t>Ana Freitas</t>
+  </si>
+  <si>
+    <t>Cláudia Gonçalves</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ANA   FRUTUOSO</t>
+  </si>
+  <si>
+    <t>Patrícia Oliveira</t>
+  </si>
+  <si>
+    <t>Natália Nascimento</t>
+  </si>
+  <si>
+    <t>Sandra Dias</t>
+  </si>
+  <si>
+    <t>jacinta SÃO PEDRO</t>
+  </si>
+  <si>
+    <t>Maria Raimundo</t>
+  </si>
+  <si>
+    <t>Carla Santareno</t>
+  </si>
+  <si>
+    <t>Carla Nicomédio</t>
+  </si>
+  <si>
+    <t>MARIA AROUCA</t>
+  </si>
+  <si>
+    <t>SANDRA AMARO PINTO</t>
+  </si>
+  <si>
+    <t>Luísa Madeira</t>
+  </si>
+  <si>
+    <t>Nádia Tomé</t>
+  </si>
+  <si>
+    <t>Carla Lopes</t>
+  </si>
+  <si>
+    <t>SANDRA LOPES</t>
+  </si>
+  <si>
+    <t>Claudia Milheiro</t>
+  </si>
+  <si>
+    <t>Cristela Faustino</t>
+  </si>
+  <si>
+    <t>Flávia Santos</t>
+  </si>
+  <si>
+    <t>Sandra Ferreira</t>
+  </si>
+  <si>
+    <t>RENATA ALBERNAZ</t>
+  </si>
+  <si>
+    <t>Sofia Cordeiro</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Beatriz Rute  Figueiredo</t>
+  </si>
+  <si>
+    <t>Sílvia Moreira</t>
+  </si>
+  <si>
+    <t>Fátima Barreto</t>
+  </si>
+  <si>
+    <t>Ana Teixeira</t>
+  </si>
+  <si>
+    <t>Rita Pereira</t>
+  </si>
+  <si>
+    <t>Sandra Lameira</t>
+  </si>
+  <si>
+    <t>M 50</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SÉRGIO    PAIVA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PEDRO PRETO </t>
+  </si>
+  <si>
+    <t>AEVERTON OLIVEIRA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Joao  Borrego</t>
+  </si>
+  <si>
+    <t>Francisco Pedro</t>
+  </si>
+  <si>
+    <t>Joaquim Amaral</t>
+  </si>
+  <si>
+    <t>PEDRO MAGALHÃES</t>
+  </si>
+  <si>
+    <t>PAULO JORGE MARTINS</t>
+  </si>
+  <si>
+    <t>JOSÉ GOMES TEIXEIRA</t>
+  </si>
+  <si>
+    <t>Romário Almeida</t>
+  </si>
+  <si>
+    <t>João Bogalheiro</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CARLOS   SILVA</t>
+  </si>
+  <si>
+    <t>João Narra</t>
+  </si>
+  <si>
+    <t>Luís Coelho</t>
+  </si>
+  <si>
+    <t>LUIS LIMA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Dinis  Ribas </t>
+  </si>
+  <si>
+    <t>DINIS MORAIS</t>
+  </si>
+  <si>
+    <t>GONÇALO COSTA</t>
+  </si>
+  <si>
+    <t>Paulo Silva</t>
+  </si>
+  <si>
+    <t>JOSÉ ALVES</t>
+  </si>
+  <si>
+    <t>Miguel David</t>
+  </si>
+  <si>
+    <t>Luis Monteiro</t>
+  </si>
+  <si>
+    <t>Raúl Azevedo</t>
+  </si>
+  <si>
+    <t>António Canto</t>
+  </si>
+  <si>
+    <t>JORGE PAREDES</t>
+  </si>
+  <si>
+    <t xml:space="preserve">João  Paulo</t>
+  </si>
+  <si>
+    <t>PEDRO ESTEVES</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ORLANDO  CORREIA</t>
+  </si>
+  <si>
+    <t>Rui Cleto</t>
+  </si>
+  <si>
+    <t>Amigos do Atletismo de Mafra</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BENTO   QUARESMA</t>
+  </si>
+  <si>
+    <t>Nuno Morgado</t>
+  </si>
+  <si>
+    <t>Nuno Duarte</t>
+  </si>
+  <si>
+    <t>Paulo Tomás</t>
+  </si>
+  <si>
+    <t>Gustavo Monteiro</t>
+  </si>
+  <si>
+    <t>Henrique Ferreira</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PEDRO   CANELAS</t>
+  </si>
+  <si>
+    <t>JULIO FERREIRA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">RUI   OLIVEIRA</t>
+  </si>
+  <si>
+    <t>LUÍS CARVALHO</t>
+  </si>
+  <si>
+    <t>Inês Sousa</t>
+  </si>
+  <si>
+    <t>Mário Porfírio</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Daniel  Morais</t>
+  </si>
+  <si>
+    <t>DAVID ALMEIDA</t>
+  </si>
+  <si>
+    <t>FILIPE FILIPE</t>
+  </si>
+  <si>
+    <t>João Arroz</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JOÃO   RODRIGUES</t>
+  </si>
+  <si>
+    <t>Miguel Lourenço</t>
+  </si>
+  <si>
+    <t>Francisco Laneta</t>
+  </si>
+  <si>
+    <t>Carlos Gonçalves</t>
+  </si>
+  <si>
+    <t>Luis Barata</t>
+  </si>
+  <si>
+    <t xml:space="preserve">José  Raposo</t>
+  </si>
+  <si>
+    <t>Etienne Lopes</t>
+  </si>
+  <si>
+    <t>João Revés</t>
+  </si>
+  <si>
+    <t>Filipe Ribeiro</t>
+  </si>
+  <si>
+    <t>Rui Vaz</t>
+  </si>
+  <si>
+    <t>Miguel Moradias</t>
+  </si>
+  <si>
+    <t xml:space="preserve">RICARDO   FARIA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DOMINGOS   GATO</t>
+  </si>
+  <si>
+    <t>Carlos Carvalho</t>
+  </si>
+  <si>
+    <t>Paulo Lopes</t>
+  </si>
+  <si>
+    <t>Manuel Correia</t>
+  </si>
+  <si>
+    <t>Ricardo Rodrigues</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Orlando  Silva</t>
+  </si>
+  <si>
+    <t xml:space="preserve">VÍTOR   CANTO</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Carlos  Pena</t>
+  </si>
+  <si>
+    <t>Rodrigo Ferreira</t>
+  </si>
+  <si>
+    <t>Carlos Coelho</t>
+  </si>
+  <si>
+    <t>Rui Correia</t>
+  </si>
+  <si>
+    <t>Rui Amaral</t>
+  </si>
+  <si>
+    <t>Pedro Andrade</t>
+  </si>
+  <si>
+    <t>Daniel Estrela</t>
+  </si>
+  <si>
+    <t>Leonor Moura</t>
+  </si>
+  <si>
+    <t>Ana Lúcia Rebelo</t>
+  </si>
+  <si>
+    <t xml:space="preserve">João  Maral </t>
+  </si>
+  <si>
+    <t>Maralvaiketo</t>
+  </si>
+  <si>
+    <t>SEBASTIÃO BARATA</t>
+  </si>
+  <si>
+    <t>António Nobre</t>
+  </si>
+  <si>
+    <t>JORGE LEONARDO</t>
+  </si>
+  <si>
+    <t>PAULO CORDEIRO</t>
+  </si>
+  <si>
+    <t>Luis Pinheiro</t>
+  </si>
+  <si>
+    <t>José Ruivo</t>
+  </si>
+  <si>
+    <t>Rui Lacerda</t>
+  </si>
+  <si>
+    <t>Paulo Espirito-Santo</t>
+  </si>
+  <si>
+    <t>Nelson Tembe</t>
+  </si>
+  <si>
+    <t>ANDRÉ LIMA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Miguel  Azevedo</t>
+  </si>
+  <si>
+    <t>Helder Pereira</t>
+  </si>
+  <si>
+    <t>JOAQUIM CARDOSO</t>
+  </si>
+  <si>
+    <t>Manoel Cardoso</t>
+  </si>
+  <si>
+    <t>Carlos Valente</t>
+  </si>
+  <si>
+    <t>LUÍS SANTOS</t>
+  </si>
+  <si>
+    <t>Sergio Filipe</t>
+  </si>
+  <si>
+    <t>Ricardo Esteves</t>
+  </si>
+  <si>
+    <t>Antonio Trigueiro</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Vasco  Jesus</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Vasco  Ascensão</t>
+  </si>
+  <si>
+    <t>MARCELO CERDEIRA</t>
+  </si>
+  <si>
+    <t>João Martins</t>
+  </si>
+  <si>
+    <t>Pedro Teixeira</t>
+  </si>
+  <si>
+    <t>pedro serras</t>
+  </si>
+  <si>
+    <t>Paulo Correia</t>
+  </si>
+  <si>
+    <t>Rogério Fernandes</t>
+  </si>
+  <si>
+    <t>Nuno Almeida</t>
+  </si>
+  <si>
+    <t>Delfim Mendonça</t>
+  </si>
+  <si>
+    <t>FERNANDO CARDIA</t>
+  </si>
+  <si>
+    <t>Rogério Luís</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Rui  Pastor</t>
+  </si>
+  <si>
+    <t>PASTOR RACING</t>
+  </si>
+  <si>
+    <t>Tomás Wiborg</t>
+  </si>
+  <si>
+    <t>António Almeida</t>
+  </si>
+  <si>
+    <t>Artur Santiago</t>
+  </si>
+  <si>
+    <t>Gonçalo Cristóvão</t>
+  </si>
+  <si>
+    <t>JOSÉ MATOS</t>
+  </si>
+  <si>
+    <t>Ismael Maiato</t>
+  </si>
+  <si>
     <t xml:space="preserve">Rodrigo  Santos</t>
   </si>
   <si>
-    <t>David Cascão</t>
-[...3478 lines deleted...]
-  <si>
     <t>José Alves</t>
   </si>
   <si>
     <t>Carlos Carracha</t>
   </si>
   <si>
     <t>Ricardo Figueiredo</t>
   </si>
   <si>
     <t>Paulo Cópio</t>
   </si>
   <si>
     <t>Nuno Lopes</t>
   </si>
   <si>
     <t>Luís Rodrigues</t>
   </si>
   <si>
     <t>Luis Coelho</t>
   </si>
   <si>
     <t>MARCOS PIMENTA</t>
   </si>
   <si>
     <t>Jose Antonio</t>
@@ -3716,69 +3722,69 @@
   <si>
     <t>Rodrigo Ascensão</t>
   </si>
   <si>
     <t>João Cristovão</t>
   </si>
   <si>
     <t>João Manuel Anjos</t>
   </si>
   <si>
     <t>Jorge Bento</t>
   </si>
   <si>
     <t>Luís Simão e Sousa</t>
   </si>
   <si>
     <t>Fernando Gil</t>
   </si>
   <si>
     <t>F 50</t>
   </si>
   <si>
     <t>ALEXANDRA PORTELA</t>
   </si>
   <si>
-    <t>CLÁUDIA BORRALHO</t>
+    <t>VENCEDORA CAPUNGA</t>
   </si>
   <si>
     <t xml:space="preserve">ANA RUTE  PEREIRA</t>
   </si>
   <si>
     <t xml:space="preserve">Cristina  Henriques</t>
   </si>
   <si>
     <t xml:space="preserve">SANDRA  FERNANDES</t>
   </si>
   <si>
     <t>Fernanda Murteira</t>
   </si>
   <si>
     <t>Maria Ryder</t>
   </si>
   <si>
-    <t xml:space="preserve">Ana  Santos</t>
+    <t>Ana Cleto</t>
   </si>
   <si>
     <t xml:space="preserve">ANABELA SALAZAR </t>
   </si>
   <si>
     <t>Sandra Bação</t>
   </si>
   <si>
     <t>ANA LETRA</t>
   </si>
   <si>
     <t>Isabel Antunes</t>
   </si>
   <si>
     <t>Susana Gomes</t>
   </si>
   <si>
     <t>Eugénia Ribeiro</t>
   </si>
   <si>
     <t xml:space="preserve">Gracinda  Fernandes</t>
   </si>
   <si>
     <t>Celeste Almeida</t>
   </si>
@@ -3806,51 +3812,51 @@
   <si>
     <t>Celeste Oliveira</t>
   </si>
   <si>
     <t xml:space="preserve">RITA   MINA</t>
   </si>
   <si>
     <t xml:space="preserve">PAULA   SARAIVA</t>
   </si>
   <si>
     <t>Natasha Dias</t>
   </si>
   <si>
     <t>Fabiana Zunfrilli</t>
   </si>
   <si>
     <t>Cidália Borges</t>
   </si>
   <si>
     <t>Isabel Silva</t>
   </si>
   <si>
     <t>Licínia Rego</t>
   </si>
   <si>
-    <t>Isabel Costa</t>
+    <t>MARIA PEIXOTO</t>
   </si>
   <si>
     <t>ROSA MARQUES</t>
   </si>
   <si>
     <t>Ana Ferreira</t>
   </si>
   <si>
     <t>Maria Cristina Oliveira</t>
   </si>
   <si>
     <t>Ana Cristina Viegas</t>
   </si>
   <si>
     <t>Elizabete Santos</t>
   </si>
   <si>
     <t>Fernanda Santinha</t>
   </si>
   <si>
     <t>Carla Rato</t>
   </si>
   <si>
     <t xml:space="preserve">SÓNIA   CASON</t>
   </si>
@@ -4361,51 +4367,51 @@
   <si>
     <t>Carlos Santos</t>
   </si>
   <si>
     <t>Carlos Marques</t>
   </si>
   <si>
     <t xml:space="preserve">RICARDO   TAPADA</t>
   </si>
   <si>
     <t>Nuno Galvão</t>
   </si>
   <si>
     <t>Henrique Freire</t>
   </si>
   <si>
     <t>Vítor Revés</t>
   </si>
   <si>
     <t xml:space="preserve">JOSÉ   PAJINHA</t>
   </si>
   <si>
     <t>Fernando Rosa</t>
   </si>
   <si>
-    <t xml:space="preserve">Carlos A  P Silva</t>
+    <t xml:space="preserve">Ana  Sobral</t>
   </si>
   <si>
     <t>Vitor Rocha</t>
   </si>
   <si>
     <t>JOÃO CARVALHINHO</t>
   </si>
   <si>
     <t>Manuel Araújo</t>
   </si>
   <si>
     <t>JOSÉ MAIO</t>
   </si>
   <si>
     <t>Pedro Matos</t>
   </si>
   <si>
     <t>Luís Baptista</t>
   </si>
   <si>
     <t xml:space="preserve">ANTÓNIO  ALVES</t>
   </si>
   <si>
     <t>Lúcio Morais</t>
   </si>
@@ -4665,53 +4671,50 @@
     <t>Abílio Silva</t>
   </si>
   <si>
     <t>André Wiborg</t>
   </si>
   <si>
     <t xml:space="preserve">ANTÓNIO   ALMEIDA</t>
   </si>
   <si>
     <t xml:space="preserve">Joaquim  Branco</t>
   </si>
   <si>
     <t>Celestino Oliveira</t>
   </si>
   <si>
     <t>Martin Cura</t>
   </si>
   <si>
     <t xml:space="preserve">HENRIQUE   ROMÃO</t>
   </si>
   <si>
     <t>António Vale</t>
   </si>
   <si>
     <t>Luís Reis</t>
-  </si>
-[...1 lines deleted...]
-    <t>Domingos Penedo</t>
   </si>
   <si>
     <t>Henrique Vilhena</t>
   </si>
   <si>
     <t>F 65</t>
   </si>
   <si>
     <t>Lurdes Romero</t>
   </si>
   <si>
     <t>EKATERINA KHRAMENKOVA</t>
   </si>
   <si>
     <t>Maria Alice Machado</t>
   </si>
   <si>
     <t xml:space="preserve">Alda  Sebastião</t>
   </si>
   <si>
     <t>Ana Silva</t>
   </si>
   <si>
     <t xml:space="preserve">ESTER  LOPES</t>
   </si>
@@ -26878,11064 +26881,11064 @@
       </c>
       <c r="B1142" s="1">
         <v>753</v>
       </c>
       <c r="C1142" s="1" t="s">
         <v>1104</v>
       </c>
       <c r="D1142" s="1" t="s">
         <v>20</v>
       </c>
       <c r="E1142" s="1">
         <v>95</v>
       </c>
       <c r="F1142" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="1143">
       <c r="A1143" s="1">
         <v>3</v>
       </c>
       <c r="B1143" s="1">
         <v>350</v>
       </c>
       <c r="C1143" s="1" t="s">
-        <v>380</v>
+        <v>1105</v>
       </c>
       <c r="D1143" s="1" t="s">
         <v>70</v>
       </c>
       <c r="E1143" s="1">
         <v>75</v>
       </c>
       <c r="F1143" s="1">
         <v>8</v>
       </c>
     </row>
     <row r="1144">
       <c r="A1144" s="1">
         <v>4</v>
       </c>
       <c r="B1144" s="1">
         <v>1392</v>
       </c>
       <c r="C1144" s="1" t="s">
-        <v>1105</v>
+        <v>1106</v>
       </c>
       <c r="D1144" s="1" t="s">
         <v>20</v>
       </c>
       <c r="E1144" s="1">
         <v>66</v>
       </c>
       <c r="F1144" s="1">
         <v>9</v>
       </c>
     </row>
     <row r="1145">
       <c r="A1145" s="1">
         <v>5</v>
       </c>
       <c r="B1145" s="1">
         <v>781</v>
       </c>
       <c r="C1145" s="1" t="s">
-        <v>1106</v>
+        <v>1107</v>
       </c>
       <c r="D1145" s="1" t="s">
         <v>20</v>
       </c>
       <c r="E1145" s="1">
         <v>60</v>
       </c>
       <c r="F1145" s="1">
         <v>4</v>
       </c>
     </row>
     <row r="1146">
       <c r="A1146" s="1">
         <v>6</v>
       </c>
       <c r="B1146" s="1">
         <v>752</v>
       </c>
       <c r="C1146" s="1" t="s">
-        <v>1107</v>
+        <v>1108</v>
       </c>
       <c r="D1146" s="1" t="s">
         <v>20</v>
       </c>
       <c r="E1146" s="1">
         <v>55</v>
       </c>
       <c r="F1146" s="1">
         <v>9</v>
       </c>
     </row>
     <row r="1147">
       <c r="A1147" s="1">
         <v>7</v>
       </c>
       <c r="B1147" s="1">
         <v>340</v>
       </c>
       <c r="C1147" s="1" t="s">
-        <v>1108</v>
+        <v>1109</v>
       </c>
       <c r="D1147" s="1" t="s">
         <v>70</v>
       </c>
       <c r="E1147" s="1">
         <v>51</v>
       </c>
       <c r="F1147" s="1">
         <v>5</v>
       </c>
     </row>
     <row r="1148">
       <c r="A1148" s="1">
         <v>8</v>
       </c>
       <c r="B1148" s="1">
         <v>1057</v>
       </c>
       <c r="C1148" s="1" t="s">
-        <v>1109</v>
+        <v>1110</v>
       </c>
       <c r="D1148" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E1148" s="1">
         <v>49</v>
       </c>
       <c r="F1148" s="1">
         <v>8</v>
       </c>
     </row>
     <row r="1149">
       <c r="A1149" s="1">
         <v>9</v>
       </c>
       <c r="B1149" s="1">
         <v>1107</v>
       </c>
       <c r="C1149" s="1" t="s">
-        <v>1110</v>
+        <v>1111</v>
       </c>
       <c r="D1149" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E1149" s="1">
         <v>46</v>
       </c>
       <c r="F1149" s="1">
         <v>6</v>
       </c>
     </row>
     <row r="1150">
       <c r="A1150" s="1">
         <v>10</v>
       </c>
       <c r="B1150" s="1">
         <v>933</v>
       </c>
       <c r="C1150" s="1" t="s">
-        <v>1111</v>
+        <v>1112</v>
       </c>
       <c r="D1150" s="1" t="s">
         <v>713</v>
       </c>
       <c r="E1150" s="1">
         <v>43</v>
       </c>
       <c r="F1150" s="1">
         <v>5</v>
       </c>
     </row>
     <row r="1151">
       <c r="A1151" s="1">
         <v>11</v>
       </c>
       <c r="B1151" s="1">
         <v>587</v>
       </c>
       <c r="C1151" s="1" t="s">
         <v>693</v>
       </c>
       <c r="D1151" s="1" t="s">
         <v>86</v>
       </c>
       <c r="E1151" s="1">
         <v>37</v>
       </c>
       <c r="F1151" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="1152">
       <c r="A1152" s="1">
         <v>12</v>
       </c>
       <c r="B1152" s="1">
         <v>1488</v>
       </c>
       <c r="C1152" s="1" t="s">
-        <v>1112</v>
+        <v>1113</v>
       </c>
       <c r="D1152" s="1" t="s">
         <v>559</v>
       </c>
       <c r="E1152" s="1">
         <v>36</v>
       </c>
       <c r="F1152" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="1153">
       <c r="A1153" s="1">
         <v>13</v>
       </c>
       <c r="B1153" s="1">
         <v>352</v>
       </c>
       <c r="C1153" s="1" t="s">
-        <v>1113</v>
+        <v>1114</v>
       </c>
       <c r="D1153" s="1" t="s">
         <v>70</v>
       </c>
       <c r="E1153" s="1">
         <v>35</v>
       </c>
       <c r="F1153" s="1">
         <v>9</v>
       </c>
     </row>
     <row r="1154">
       <c r="A1154" s="1">
         <v>14</v>
       </c>
       <c r="B1154" s="1">
         <v>730</v>
       </c>
       <c r="C1154" s="1" t="s">
-        <v>1114</v>
+        <v>1115</v>
       </c>
       <c r="D1154" s="1" t="s">
         <v>126</v>
       </c>
       <c r="E1154" s="1">
         <v>34</v>
       </c>
       <c r="F1154" s="1">
         <v>9</v>
       </c>
     </row>
     <row r="1155">
       <c r="A1155" s="1">
         <v>14</v>
       </c>
       <c r="B1155" s="1">
         <v>1529</v>
       </c>
       <c r="C1155" s="1" t="s">
-        <v>1115</v>
+        <v>1116</v>
       </c>
       <c r="D1155" s="1" t="s">
         <v>86</v>
       </c>
       <c r="E1155" s="1">
         <v>34</v>
       </c>
       <c r="F1155" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="1156">
       <c r="A1156" s="1">
         <v>15</v>
       </c>
       <c r="B1156" s="1">
         <v>1300</v>
       </c>
       <c r="C1156" s="1" t="s">
-        <v>1116</v>
+        <v>1117</v>
       </c>
       <c r="D1156" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E1156" s="1">
         <v>31</v>
       </c>
       <c r="F1156" s="1">
         <v>8</v>
       </c>
     </row>
     <row r="1157">
       <c r="A1157" s="1">
         <v>16</v>
       </c>
       <c r="B1157" s="1">
         <v>668</v>
       </c>
       <c r="C1157" s="1" t="s">
-        <v>1117</v>
+        <v>1118</v>
       </c>
       <c r="D1157" s="1" t="s">
         <v>22</v>
       </c>
       <c r="E1157" s="1">
         <v>29</v>
       </c>
       <c r="F1157" s="1">
         <v>7</v>
       </c>
     </row>
     <row r="1158">
       <c r="A1158" s="1">
         <v>17</v>
       </c>
       <c r="B1158" s="1">
         <v>1065</v>
       </c>
       <c r="C1158" s="1" t="s">
-        <v>1118</v>
+        <v>1119</v>
       </c>
       <c r="D1158" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E1158" s="1">
         <v>25</v>
       </c>
       <c r="F1158" s="1">
         <v>9</v>
       </c>
     </row>
     <row r="1159">
       <c r="A1159" s="1">
         <v>18</v>
       </c>
       <c r="B1159" s="1">
         <v>1049</v>
       </c>
       <c r="C1159" s="1" t="s">
-        <v>1119</v>
+        <v>1120</v>
       </c>
       <c r="D1159" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E1159" s="1">
         <v>22</v>
       </c>
       <c r="F1159" s="1">
         <v>7</v>
       </c>
     </row>
     <row r="1160">
       <c r="A1160" s="1">
         <v>19</v>
       </c>
       <c r="B1160" s="1">
         <v>1632</v>
       </c>
       <c r="C1160" s="1" t="s">
-        <v>1120</v>
+        <v>1121</v>
       </c>
       <c r="D1160" s="1" t="s">
         <v>600</v>
       </c>
       <c r="E1160" s="1">
         <v>21</v>
       </c>
       <c r="F1160" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="1161">
       <c r="A1161" s="1">
         <v>20</v>
       </c>
       <c r="B1161" s="1">
         <v>1054</v>
       </c>
       <c r="C1161" s="1" t="s">
-        <v>1121</v>
+        <v>1122</v>
       </c>
       <c r="D1161" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E1161" s="1">
         <v>20</v>
       </c>
       <c r="F1161" s="1">
         <v>7</v>
       </c>
     </row>
     <row r="1162">
       <c r="A1162" s="1">
         <v>20</v>
       </c>
       <c r="B1162" s="1">
         <v>1534</v>
       </c>
       <c r="C1162" s="1" t="s">
-        <v>1122</v>
+        <v>1123</v>
       </c>
       <c r="D1162" s="1" t="s">
         <v>86</v>
       </c>
       <c r="E1162" s="1">
         <v>20</v>
       </c>
       <c r="F1162" s="1">
         <v>4</v>
       </c>
     </row>
     <row r="1163">
       <c r="A1163" s="1">
         <v>21</v>
       </c>
       <c r="B1163" s="1">
         <v>81</v>
       </c>
       <c r="C1163" s="1" t="s">
-        <v>1123</v>
+        <v>1124</v>
       </c>
       <c r="D1163" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E1163" s="1">
         <v>19</v>
       </c>
       <c r="F1163" s="1">
         <v>6</v>
       </c>
     </row>
     <row r="1164">
       <c r="A1164" s="1">
         <v>22</v>
       </c>
       <c r="B1164" s="1">
         <v>1530</v>
       </c>
       <c r="C1164" s="1" t="s">
-        <v>1124</v>
+        <v>1125</v>
       </c>
       <c r="D1164" s="1" t="s">
         <v>86</v>
       </c>
       <c r="E1164" s="1">
         <v>18</v>
       </c>
       <c r="F1164" s="1">
         <v>7</v>
       </c>
     </row>
     <row r="1165">
       <c r="A1165" s="1">
         <v>23</v>
       </c>
       <c r="B1165" s="1">
         <v>676</v>
       </c>
       <c r="C1165" s="1" t="s">
-        <v>1125</v>
+        <v>1126</v>
       </c>
       <c r="D1165" s="1" t="s">
         <v>22</v>
       </c>
       <c r="E1165" s="1">
         <v>17</v>
       </c>
       <c r="F1165" s="1">
         <v>8</v>
       </c>
     </row>
     <row r="1166">
       <c r="A1166" s="1">
         <v>23</v>
       </c>
       <c r="B1166" s="1">
         <v>1207</v>
       </c>
       <c r="C1166" s="1" t="s">
-        <v>1126</v>
+        <v>1127</v>
       </c>
       <c r="D1166" s="1" t="s">
         <v>207</v>
       </c>
       <c r="E1166" s="1">
         <v>17</v>
       </c>
       <c r="F1166" s="1">
         <v>9</v>
       </c>
     </row>
     <row r="1167">
       <c r="A1167" s="1">
         <v>23</v>
       </c>
       <c r="B1167" s="1">
         <v>675</v>
       </c>
       <c r="C1167" s="1" t="s">
-        <v>1127</v>
+        <v>1128</v>
       </c>
       <c r="D1167" s="1" t="s">
         <v>22</v>
       </c>
       <c r="E1167" s="1">
         <v>17</v>
       </c>
       <c r="F1167" s="1">
         <v>9</v>
       </c>
     </row>
     <row r="1168">
       <c r="A1168" s="1">
         <v>23</v>
       </c>
       <c r="B1168" s="1">
         <v>1301</v>
       </c>
       <c r="C1168" s="1" t="s">
-        <v>1128</v>
+        <v>1129</v>
       </c>
       <c r="D1168" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E1168" s="1">
         <v>17</v>
       </c>
       <c r="F1168" s="1">
         <v>9</v>
       </c>
     </row>
     <row r="1169">
       <c r="A1169" s="1">
         <v>24</v>
       </c>
       <c r="B1169" s="1">
         <v>351</v>
       </c>
       <c r="C1169" s="1" t="s">
-        <v>1129</v>
+        <v>1130</v>
       </c>
       <c r="D1169" s="1" t="s">
         <v>70</v>
       </c>
       <c r="E1169" s="1">
         <v>16</v>
       </c>
       <c r="F1169" s="1">
         <v>7</v>
       </c>
     </row>
     <row r="1170">
       <c r="A1170" s="1">
         <v>24</v>
       </c>
       <c r="B1170" s="1">
         <v>357</v>
       </c>
       <c r="C1170" s="1" t="s">
-        <v>1130</v>
+        <v>1131</v>
       </c>
       <c r="D1170" s="1" t="s">
-        <v>1131</v>
+        <v>1132</v>
       </c>
       <c r="E1170" s="1">
         <v>16</v>
       </c>
       <c r="F1170" s="1">
         <v>4</v>
       </c>
     </row>
     <row r="1171">
       <c r="A1171" s="1">
         <v>25</v>
       </c>
       <c r="B1171" s="1">
         <v>344</v>
       </c>
       <c r="C1171" s="1" t="s">
-        <v>1132</v>
+        <v>1133</v>
       </c>
       <c r="D1171" s="1" t="s">
         <v>70</v>
       </c>
       <c r="E1171" s="1">
         <v>15</v>
       </c>
       <c r="F1171" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="1172">
       <c r="A1172" s="1">
         <v>25</v>
       </c>
       <c r="B1172" s="1">
         <v>1315</v>
       </c>
       <c r="C1172" s="1" t="s">
-        <v>1133</v>
+        <v>1134</v>
       </c>
       <c r="D1172" s="1" t="s">
         <v>52</v>
       </c>
       <c r="E1172" s="1">
         <v>15</v>
       </c>
       <c r="F1172" s="1">
         <v>8</v>
       </c>
     </row>
     <row r="1173">
       <c r="A1173" s="1">
         <v>26</v>
       </c>
       <c r="B1173" s="1">
         <v>34</v>
       </c>
       <c r="C1173" s="1" t="s">
-        <v>1134</v>
+        <v>1135</v>
       </c>
       <c r="D1173" s="1" t="s">
         <v>18</v>
       </c>
       <c r="E1173" s="1">
         <v>14</v>
       </c>
       <c r="F1173" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="1174">
       <c r="A1174" s="1">
         <v>26</v>
       </c>
       <c r="B1174" s="1">
         <v>104</v>
       </c>
       <c r="C1174" s="1" t="s">
-        <v>1135</v>
+        <v>1136</v>
       </c>
       <c r="D1174" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E1174" s="1">
         <v>14</v>
       </c>
       <c r="F1174" s="1">
         <v>5</v>
       </c>
     </row>
     <row r="1175">
       <c r="A1175" s="1">
         <v>26</v>
       </c>
       <c r="B1175" s="1">
         <v>759</v>
       </c>
       <c r="C1175" s="1" t="s">
-        <v>1136</v>
+        <v>1137</v>
       </c>
       <c r="D1175" s="1" t="s">
         <v>20</v>
       </c>
       <c r="E1175" s="1">
         <v>14</v>
       </c>
       <c r="F1175" s="1">
         <v>7</v>
       </c>
     </row>
     <row r="1176">
       <c r="A1176" s="1">
         <v>26</v>
       </c>
       <c r="B1176" s="1">
         <v>708</v>
       </c>
       <c r="C1176" s="1" t="s">
-        <v>1137</v>
+        <v>1138</v>
       </c>
       <c r="D1176" s="1" t="s">
         <v>126</v>
       </c>
       <c r="E1176" s="1">
         <v>14</v>
       </c>
       <c r="F1176" s="1">
         <v>8</v>
       </c>
     </row>
     <row r="1177">
       <c r="A1177" s="1">
         <v>26</v>
       </c>
       <c r="B1177" s="1">
         <v>345</v>
       </c>
       <c r="C1177" s="1" t="s">
-        <v>1138</v>
+        <v>1139</v>
       </c>
       <c r="D1177" s="1" t="s">
         <v>70</v>
       </c>
       <c r="E1177" s="1">
         <v>14</v>
       </c>
       <c r="F1177" s="1">
         <v>6</v>
       </c>
     </row>
     <row r="1178">
       <c r="A1178" s="1">
         <v>27</v>
       </c>
       <c r="B1178" s="1">
         <v>782</v>
       </c>
       <c r="C1178" s="1" t="s">
-        <v>1139</v>
+        <v>1140</v>
       </c>
       <c r="D1178" s="1" t="s">
         <v>113</v>
       </c>
       <c r="E1178" s="1">
         <v>12</v>
       </c>
       <c r="F1178" s="1">
         <v>7</v>
       </c>
     </row>
     <row r="1179">
       <c r="A1179" s="1">
         <v>27</v>
       </c>
       <c r="B1179" s="1">
         <v>338</v>
       </c>
       <c r="C1179" s="1" t="s">
-        <v>1140</v>
+        <v>1141</v>
       </c>
       <c r="D1179" s="1" t="s">
         <v>70</v>
       </c>
       <c r="E1179" s="1">
         <v>12</v>
       </c>
       <c r="F1179" s="1">
         <v>4</v>
       </c>
     </row>
     <row r="1180">
       <c r="A1180" s="1">
         <v>27</v>
       </c>
       <c r="B1180" s="1">
         <v>1769</v>
       </c>
       <c r="C1180" s="1" t="s">
-        <v>1141</v>
+        <v>1142</v>
       </c>
       <c r="D1180" s="1" t="s">
         <v>70</v>
       </c>
       <c r="E1180" s="1">
         <v>12</v>
       </c>
       <c r="F1180" s="1">
         <v>4</v>
       </c>
     </row>
     <row r="1181">
       <c r="A1181" s="1">
         <v>28</v>
       </c>
       <c r="B1181" s="1">
         <v>305</v>
       </c>
       <c r="C1181" s="1" t="s">
-        <v>1142</v>
+        <v>1143</v>
       </c>
       <c r="D1181" s="1" t="s">
         <v>86</v>
       </c>
       <c r="E1181" s="1">
         <v>11</v>
       </c>
       <c r="F1181" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="1182">
       <c r="A1182" s="1">
         <v>29</v>
       </c>
       <c r="B1182" s="1">
         <v>1140</v>
       </c>
       <c r="C1182" s="1" t="s">
-        <v>1143</v>
+        <v>1144</v>
       </c>
       <c r="D1182" s="1" t="s">
         <v>29</v>
       </c>
       <c r="E1182" s="1">
         <v>10</v>
       </c>
       <c r="F1182" s="1">
         <v>5</v>
       </c>
     </row>
     <row r="1183">
       <c r="A1183" s="1">
         <v>29</v>
       </c>
       <c r="B1183" s="1">
         <v>420</v>
       </c>
       <c r="C1183" s="1" t="s">
-        <v>1144</v>
+        <v>1145</v>
       </c>
       <c r="D1183" s="1" t="s">
         <v>86</v>
       </c>
       <c r="E1183" s="1">
         <v>10</v>
       </c>
       <c r="F1183" s="1">
         <v>9</v>
       </c>
     </row>
     <row r="1184">
       <c r="A1184" s="1">
         <v>29</v>
       </c>
       <c r="B1184" s="1">
         <v>348</v>
       </c>
       <c r="C1184" s="1" t="s">
-        <v>1145</v>
+        <v>1146</v>
       </c>
       <c r="D1184" s="1" t="s">
         <v>70</v>
       </c>
       <c r="E1184" s="1">
         <v>10</v>
       </c>
       <c r="F1184" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="1185">
       <c r="A1185" s="1">
         <v>30</v>
       </c>
       <c r="B1185" s="1">
         <v>897</v>
       </c>
       <c r="C1185" s="1" t="s">
-        <v>1146</v>
+        <v>1147</v>
       </c>
       <c r="D1185" s="1" t="s">
         <v>70</v>
       </c>
       <c r="E1185" s="1">
         <v>9</v>
       </c>
       <c r="F1185" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="1186">
       <c r="A1186" s="1">
         <v>30</v>
       </c>
       <c r="B1186" s="1">
         <v>20</v>
       </c>
       <c r="C1186" s="1" t="s">
-        <v>1147</v>
+        <v>1148</v>
       </c>
       <c r="D1186" s="1" t="s">
         <v>18</v>
       </c>
       <c r="E1186" s="1">
         <v>9</v>
       </c>
       <c r="F1186" s="1">
         <v>9</v>
       </c>
     </row>
     <row r="1187">
       <c r="A1187" s="1">
         <v>30</v>
       </c>
       <c r="B1187" s="1">
         <v>341</v>
       </c>
       <c r="C1187" s="1" t="s">
-        <v>1148</v>
+        <v>1149</v>
       </c>
       <c r="D1187" s="1" t="s">
         <v>70</v>
       </c>
       <c r="E1187" s="1">
         <v>9</v>
       </c>
       <c r="F1187" s="1">
         <v>6</v>
       </c>
     </row>
     <row r="1188">
       <c r="A1188" s="1">
         <v>30</v>
       </c>
       <c r="B1188" s="1">
         <v>1593</v>
       </c>
       <c r="C1188" s="1" t="s">
-        <v>1149</v>
+        <v>1150</v>
       </c>
       <c r="D1188" s="1" t="s">
         <v>126</v>
       </c>
       <c r="E1188" s="1">
         <v>9</v>
       </c>
       <c r="F1188" s="1">
         <v>9</v>
       </c>
     </row>
     <row r="1189">
       <c r="A1189" s="1">
         <v>30</v>
       </c>
       <c r="B1189" s="1">
         <v>1179</v>
       </c>
       <c r="C1189" s="1" t="s">
-        <v>1150</v>
+        <v>1151</v>
       </c>
       <c r="D1189" s="1" t="s">
         <v>207</v>
       </c>
       <c r="E1189" s="1">
         <v>9</v>
       </c>
       <c r="F1189" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="1190">
       <c r="A1190" s="1">
         <v>31</v>
       </c>
       <c r="B1190" s="1">
         <v>9</v>
       </c>
       <c r="C1190" s="1" t="s">
-        <v>1151</v>
+        <v>1152</v>
       </c>
       <c r="D1190" s="1" t="s">
         <v>18</v>
       </c>
       <c r="E1190" s="1">
         <v>8</v>
       </c>
       <c r="F1190" s="1">
         <v>8</v>
       </c>
     </row>
     <row r="1191">
       <c r="A1191" s="1">
         <v>31</v>
       </c>
       <c r="B1191" s="1">
         <v>1028</v>
       </c>
       <c r="C1191" s="1" t="s">
-        <v>1152</v>
+        <v>1153</v>
       </c>
       <c r="D1191" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E1191" s="1">
         <v>8</v>
       </c>
       <c r="F1191" s="1">
         <v>7</v>
       </c>
     </row>
     <row r="1192">
       <c r="A1192" s="1">
         <v>31</v>
       </c>
       <c r="B1192" s="1">
         <v>1280</v>
       </c>
       <c r="C1192" s="1" t="s">
-        <v>1153</v>
+        <v>1154</v>
       </c>
       <c r="D1192" s="1" t="s">
         <v>9</v>
       </c>
       <c r="E1192" s="1">
         <v>8</v>
       </c>
       <c r="F1192" s="1">
         <v>7</v>
       </c>
     </row>
     <row r="1193">
       <c r="A1193" s="1">
         <v>31</v>
       </c>
       <c r="B1193" s="1">
         <v>15</v>
       </c>
       <c r="C1193" s="1" t="s">
-        <v>1154</v>
+        <v>1155</v>
       </c>
       <c r="D1193" s="1" t="s">
         <v>18</v>
       </c>
       <c r="E1193" s="1">
         <v>8</v>
       </c>
       <c r="F1193" s="1">
         <v>8</v>
       </c>
     </row>
     <row r="1194">
       <c r="A1194" s="1">
         <v>31</v>
       </c>
       <c r="B1194" s="1">
         <v>273</v>
       </c>
       <c r="C1194" s="1" t="s">
-        <v>1155</v>
+        <v>1156</v>
       </c>
       <c r="D1194" s="1" t="s">
         <v>86</v>
       </c>
       <c r="E1194" s="1">
         <v>8</v>
       </c>
       <c r="F1194" s="1">
         <v>8</v>
       </c>
     </row>
     <row r="1195">
       <c r="A1195" s="1">
         <v>31</v>
       </c>
       <c r="B1195" s="1">
         <v>705</v>
       </c>
       <c r="C1195" s="1" t="s">
-        <v>1156</v>
+        <v>1157</v>
       </c>
       <c r="D1195" s="1" t="s">
         <v>126</v>
       </c>
       <c r="E1195" s="1">
         <v>8</v>
       </c>
       <c r="F1195" s="1">
         <v>8</v>
       </c>
     </row>
     <row r="1196">
       <c r="A1196" s="1">
         <v>31</v>
       </c>
       <c r="B1196" s="1">
         <v>670</v>
       </c>
       <c r="C1196" s="1" t="s">
-        <v>1157</v>
+        <v>1158</v>
       </c>
       <c r="D1196" s="1" t="s">
         <v>22</v>
       </c>
       <c r="E1196" s="1">
         <v>8</v>
       </c>
       <c r="F1196" s="1">
         <v>8</v>
       </c>
     </row>
     <row r="1197">
       <c r="A1197" s="1">
         <v>31</v>
       </c>
       <c r="B1197" s="1">
         <v>843</v>
       </c>
       <c r="C1197" s="1" t="s">
-        <v>1158</v>
+        <v>1159</v>
       </c>
       <c r="D1197" s="1" t="s">
         <v>126</v>
       </c>
       <c r="E1197" s="1">
         <v>8</v>
       </c>
       <c r="F1197" s="1">
         <v>8</v>
       </c>
     </row>
     <row r="1198">
       <c r="A1198" s="1">
         <v>31</v>
       </c>
       <c r="B1198" s="1">
         <v>337</v>
       </c>
       <c r="C1198" s="1" t="s">
-        <v>1159</v>
+        <v>1160</v>
       </c>
       <c r="D1198" s="1" t="s">
         <v>70</v>
       </c>
       <c r="E1198" s="1">
         <v>8</v>
       </c>
       <c r="F1198" s="1">
         <v>8</v>
       </c>
     </row>
     <row r="1199">
       <c r="A1199" s="1">
         <v>31</v>
       </c>
       <c r="B1199" s="1">
         <v>195</v>
       </c>
       <c r="C1199" s="1" t="s">
-        <v>1160</v>
+        <v>1161</v>
       </c>
       <c r="D1199" s="1" t="s">
         <v>70</v>
       </c>
       <c r="E1199" s="1">
         <v>8</v>
       </c>
       <c r="F1199" s="1">
         <v>7</v>
       </c>
     </row>
     <row r="1200">
       <c r="A1200" s="1">
         <v>31</v>
       </c>
       <c r="B1200" s="1">
         <v>8</v>
       </c>
       <c r="C1200" s="1" t="s">
-        <v>1161</v>
+        <v>1162</v>
       </c>
       <c r="D1200" s="1" t="s">
         <v>18</v>
       </c>
       <c r="E1200" s="1">
         <v>8</v>
       </c>
       <c r="F1200" s="1">
         <v>8</v>
       </c>
     </row>
     <row r="1201">
       <c r="A1201" s="1">
         <v>31</v>
       </c>
       <c r="B1201" s="1">
         <v>1329</v>
       </c>
       <c r="C1201" s="1" t="s">
         <v>454</v>
       </c>
       <c r="D1201" s="1" t="s">
         <v>52</v>
       </c>
       <c r="E1201" s="1">
         <v>8</v>
       </c>
       <c r="F1201" s="1">
         <v>8</v>
       </c>
     </row>
     <row r="1202">
       <c r="A1202" s="1">
         <v>31</v>
       </c>
       <c r="B1202" s="1">
         <v>1171</v>
       </c>
       <c r="C1202" s="1" t="s">
-        <v>1162</v>
+        <v>1163</v>
       </c>
       <c r="D1202" s="1" t="s">
         <v>207</v>
       </c>
       <c r="E1202" s="1">
         <v>8</v>
       </c>
       <c r="F1202" s="1">
         <v>4</v>
       </c>
     </row>
     <row r="1203">
       <c r="A1203" s="1">
         <v>32</v>
       </c>
       <c r="B1203" s="1">
         <v>1091</v>
       </c>
       <c r="C1203" s="1" t="s">
-        <v>1163</v>
+        <v>1164</v>
       </c>
       <c r="D1203" s="1" t="s">
         <v>110</v>
       </c>
       <c r="E1203" s="1">
         <v>7</v>
       </c>
       <c r="F1203" s="1">
         <v>7</v>
       </c>
     </row>
     <row r="1204">
       <c r="A1204" s="1">
         <v>32</v>
       </c>
       <c r="B1204" s="1">
         <v>609</v>
       </c>
       <c r="C1204" s="1" t="s">
-        <v>1164</v>
+        <v>1165</v>
       </c>
       <c r="D1204" s="1" t="s">
         <v>86</v>
       </c>
       <c r="E1204" s="1">
         <v>7</v>
       </c>
       <c r="F1204" s="1">
         <v>7</v>
       </c>
     </row>
     <row r="1205">
       <c r="A1205" s="1">
         <v>32</v>
       </c>
       <c r="B1205" s="1">
         <v>721</v>
       </c>
       <c r="C1205" s="1" t="s">
-        <v>1165</v>
+        <v>1166</v>
       </c>
       <c r="D1205" s="1" t="s">
         <v>126</v>
       </c>
       <c r="E1205" s="1">
         <v>7</v>
       </c>
       <c r="F1205" s="1">
         <v>7</v>
       </c>
     </row>
     <row r="1206">
       <c r="A1206" s="1">
         <v>32</v>
       </c>
       <c r="B1206" s="1">
         <v>353</v>
       </c>
       <c r="C1206" s="1" t="s">
-        <v>1166</v>
+        <v>1167</v>
       </c>
       <c r="D1206" s="1" t="s">
         <v>70</v>
       </c>
       <c r="E1206" s="1">
         <v>7</v>
       </c>
       <c r="F1206" s="1">
         <v>7</v>
       </c>
     </row>
     <row r="1207">
       <c r="A1207" s="1">
         <v>32</v>
       </c>
       <c r="B1207" s="1">
         <v>1079</v>
       </c>
       <c r="C1207" s="1" t="s">
-        <v>1167</v>
+        <v>1168</v>
       </c>
       <c r="D1207" s="1" t="s">
         <v>110</v>
       </c>
       <c r="E1207" s="1">
         <v>7</v>
       </c>
       <c r="F1207" s="1">
         <v>7</v>
       </c>
     </row>
     <row r="1208">
       <c r="A1208" s="1">
         <v>32</v>
       </c>
       <c r="B1208" s="1">
         <v>1492</v>
       </c>
       <c r="C1208" s="1" t="s">
-        <v>1168</v>
+        <v>1169</v>
       </c>
       <c r="D1208" s="1" t="s">
         <v>126</v>
       </c>
       <c r="E1208" s="1">
         <v>7</v>
       </c>
       <c r="F1208" s="1">
         <v>7</v>
       </c>
     </row>
     <row r="1209">
       <c r="A1209" s="1">
         <v>32</v>
       </c>
       <c r="B1209" s="1">
         <v>1741</v>
       </c>
       <c r="C1209" s="1" t="s">
-        <v>1169</v>
+        <v>1170</v>
       </c>
       <c r="D1209" s="1" t="s">
         <v>636</v>
       </c>
       <c r="E1209" s="1">
         <v>7</v>
       </c>
       <c r="F1209" s="1">
         <v>6</v>
       </c>
     </row>
     <row r="1210">
       <c r="A1210" s="1">
         <v>33</v>
       </c>
       <c r="B1210" s="1">
         <v>1123</v>
       </c>
       <c r="C1210" s="1" t="s">
-        <v>1170</v>
+        <v>1171</v>
       </c>
       <c r="D1210" s="1" t="s">
         <v>29</v>
       </c>
       <c r="E1210" s="1">
         <v>6</v>
       </c>
       <c r="F1210" s="1">
         <v>4</v>
       </c>
     </row>
     <row r="1211">
       <c r="A1211" s="1">
         <v>33</v>
       </c>
       <c r="B1211" s="1">
         <v>1587</v>
       </c>
       <c r="C1211" s="1" t="s">
-        <v>1171</v>
+        <v>1172</v>
       </c>
       <c r="D1211" s="1" t="s">
         <v>113</v>
       </c>
       <c r="E1211" s="1">
         <v>6</v>
       </c>
       <c r="F1211" s="1">
         <v>6</v>
       </c>
     </row>
     <row r="1212">
       <c r="A1212" s="1">
         <v>33</v>
       </c>
       <c r="B1212" s="1">
         <v>1591</v>
       </c>
       <c r="C1212" s="1" t="s">
         <v>488</v>
       </c>
       <c r="D1212" s="1" t="s">
         <v>113</v>
       </c>
       <c r="E1212" s="1">
         <v>6</v>
       </c>
       <c r="F1212" s="1">
         <v>6</v>
       </c>
     </row>
     <row r="1213">
       <c r="A1213" s="1">
         <v>33</v>
       </c>
       <c r="B1213" s="1">
         <v>1116</v>
       </c>
       <c r="C1213" s="1" t="s">
-        <v>1172</v>
+        <v>1173</v>
       </c>
       <c r="D1213" s="1" t="s">
         <v>29</v>
       </c>
       <c r="E1213" s="1">
         <v>6</v>
       </c>
       <c r="F1213" s="1">
         <v>4</v>
       </c>
     </row>
     <row r="1214">
       <c r="A1214" s="1">
         <v>33</v>
       </c>
       <c r="B1214" s="1">
         <v>1647</v>
       </c>
       <c r="C1214" s="1" t="s">
-        <v>1173</v>
+        <v>1174</v>
       </c>
       <c r="D1214" s="1" t="s">
         <v>18</v>
       </c>
       <c r="E1214" s="1">
         <v>6</v>
       </c>
       <c r="F1214" s="1">
         <v>6</v>
       </c>
     </row>
     <row r="1215">
       <c r="A1215" s="1">
         <v>33</v>
       </c>
       <c r="B1215" s="1">
         <v>1467</v>
       </c>
       <c r="C1215" s="1" t="s">
-        <v>1174</v>
+        <v>1175</v>
       </c>
       <c r="D1215" s="1" t="s">
         <v>52</v>
       </c>
       <c r="E1215" s="1">
         <v>6</v>
       </c>
       <c r="F1215" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="1216">
       <c r="A1216" s="1">
         <v>33</v>
       </c>
       <c r="B1216" s="1">
         <v>2020</v>
       </c>
       <c r="C1216" s="1" t="s">
-        <v>1175</v>
+        <v>1176</v>
       </c>
       <c r="D1216" s="1" t="s">
         <v>24</v>
       </c>
       <c r="E1216" s="1">
         <v>6</v>
       </c>
       <c r="F1216" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="1217">
       <c r="A1217" s="1">
         <v>34</v>
       </c>
       <c r="B1217" s="1">
         <v>905</v>
       </c>
       <c r="C1217" s="1" t="s">
-        <v>1176</v>
+        <v>1177</v>
       </c>
       <c r="D1217" s="1" t="s">
-        <v>1177</v>
+        <v>1178</v>
       </c>
       <c r="E1217" s="1">
         <v>5</v>
       </c>
       <c r="F1217" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="1218">
       <c r="A1218" s="1">
         <v>34</v>
       </c>
       <c r="B1218" s="1">
         <v>794</v>
       </c>
       <c r="C1218" s="1" t="s">
-        <v>1178</v>
+        <v>1179</v>
       </c>
       <c r="D1218" s="1" t="s">
         <v>113</v>
       </c>
       <c r="E1218" s="1">
         <v>5</v>
       </c>
       <c r="F1218" s="1">
         <v>4</v>
       </c>
     </row>
     <row r="1219">
       <c r="A1219" s="1">
         <v>34</v>
       </c>
       <c r="B1219" s="1">
         <v>1317</v>
       </c>
       <c r="C1219" s="1" t="s">
-        <v>1179</v>
+        <v>1180</v>
       </c>
       <c r="D1219" s="1" t="s">
         <v>29</v>
       </c>
       <c r="E1219" s="1">
         <v>5</v>
       </c>
       <c r="F1219" s="1">
         <v>5</v>
       </c>
     </row>
     <row r="1220">
       <c r="A1220" s="1">
         <v>34</v>
       </c>
       <c r="B1220" s="1">
         <v>1518</v>
       </c>
       <c r="C1220" s="1" t="s">
-        <v>1180</v>
+        <v>1181</v>
       </c>
       <c r="D1220" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E1220" s="1">
         <v>5</v>
       </c>
       <c r="F1220" s="1">
         <v>4</v>
       </c>
     </row>
     <row r="1221">
       <c r="A1221" s="1">
         <v>34</v>
       </c>
       <c r="B1221" s="1">
         <v>1520</v>
       </c>
       <c r="C1221" s="1" t="s">
-        <v>1181</v>
+        <v>1182</v>
       </c>
       <c r="D1221" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E1221" s="1">
         <v>5</v>
       </c>
       <c r="F1221" s="1">
         <v>6</v>
       </c>
     </row>
     <row r="1222">
       <c r="A1222" s="1">
         <v>34</v>
       </c>
       <c r="B1222" s="1">
         <v>1745</v>
       </c>
       <c r="C1222" s="1" t="s">
-        <v>1182</v>
+        <v>1183</v>
       </c>
       <c r="D1222" s="1" t="s">
         <v>126</v>
       </c>
       <c r="E1222" s="1">
         <v>5</v>
       </c>
       <c r="F1222" s="1">
         <v>5</v>
       </c>
     </row>
     <row r="1223">
       <c r="A1223" s="1">
         <v>34</v>
       </c>
       <c r="B1223" s="1">
         <v>76</v>
       </c>
       <c r="C1223" s="1" t="s">
-        <v>1183</v>
+        <v>1184</v>
       </c>
       <c r="D1223" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E1223" s="1">
         <v>5</v>
       </c>
       <c r="F1223" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="1224">
       <c r="A1224" s="1">
         <v>34</v>
       </c>
       <c r="B1224" s="1">
         <v>1977</v>
       </c>
       <c r="C1224" s="1" t="s">
-        <v>1184</v>
+        <v>1185</v>
       </c>
       <c r="D1224" s="1" t="s">
         <v>24</v>
       </c>
       <c r="E1224" s="1">
         <v>5</v>
       </c>
       <c r="F1224" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="1225">
       <c r="A1225" s="1">
         <v>35</v>
       </c>
       <c r="B1225" s="1">
         <v>324</v>
       </c>
       <c r="C1225" s="1" t="s">
-        <v>1185</v>
+        <v>1186</v>
       </c>
       <c r="D1225" s="1" t="s">
         <v>86</v>
       </c>
       <c r="E1225" s="1">
         <v>4</v>
       </c>
       <c r="F1225" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="1226">
       <c r="A1226" s="1">
         <v>35</v>
       </c>
       <c r="B1226" s="1">
         <v>97</v>
       </c>
       <c r="C1226" s="1" t="s">
-        <v>1186</v>
+        <v>1187</v>
       </c>
       <c r="D1226" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E1226" s="1">
         <v>4</v>
       </c>
       <c r="F1226" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="1227">
       <c r="A1227" s="1">
         <v>35</v>
       </c>
       <c r="B1227" s="1">
         <v>346</v>
       </c>
       <c r="C1227" s="1" t="s">
-        <v>1187</v>
+        <v>1188</v>
       </c>
       <c r="D1227" s="1" t="s">
         <v>70</v>
       </c>
       <c r="E1227" s="1">
         <v>4</v>
       </c>
       <c r="F1227" s="1">
         <v>4</v>
       </c>
     </row>
     <row r="1228">
       <c r="A1228" s="1">
         <v>35</v>
       </c>
       <c r="B1228" s="1">
         <v>1503</v>
       </c>
       <c r="C1228" s="1" t="s">
-        <v>1188</v>
+        <v>1189</v>
       </c>
       <c r="D1228" s="1" t="s">
         <v>24</v>
       </c>
       <c r="E1228" s="1">
         <v>4</v>
       </c>
       <c r="F1228" s="1">
         <v>4</v>
       </c>
     </row>
     <row r="1229">
       <c r="A1229" s="1">
         <v>35</v>
       </c>
       <c r="B1229" s="1">
         <v>1669</v>
       </c>
       <c r="C1229" s="1" t="s">
-        <v>1189</v>
+        <v>1190</v>
       </c>
       <c r="D1229" s="1" t="s">
         <v>113</v>
       </c>
       <c r="E1229" s="1">
         <v>4</v>
       </c>
       <c r="F1229" s="1">
         <v>4</v>
       </c>
     </row>
     <row r="1230">
       <c r="A1230" s="1">
         <v>35</v>
       </c>
       <c r="B1230" s="1">
         <v>1604</v>
       </c>
       <c r="C1230" s="1" t="s">
-        <v>1190</v>
+        <v>1191</v>
       </c>
       <c r="D1230" s="1" t="s">
         <v>47</v>
       </c>
       <c r="E1230" s="1">
         <v>4</v>
       </c>
       <c r="F1230" s="1">
         <v>4</v>
       </c>
     </row>
     <row r="1231">
       <c r="A1231" s="1">
         <v>35</v>
       </c>
       <c r="B1231" s="1">
         <v>916</v>
       </c>
       <c r="C1231" s="1" t="s">
-        <v>1191</v>
+        <v>1192</v>
       </c>
       <c r="D1231" s="1" t="s">
         <v>126</v>
       </c>
       <c r="E1231" s="1">
         <v>4</v>
       </c>
       <c r="F1231" s="1">
         <v>4</v>
       </c>
     </row>
     <row r="1232">
       <c r="A1232" s="1">
         <v>35</v>
       </c>
       <c r="B1232" s="1">
         <v>610</v>
       </c>
       <c r="C1232" s="1" t="s">
-        <v>1192</v>
+        <v>1193</v>
       </c>
       <c r="D1232" s="1" t="s">
         <v>86</v>
       </c>
       <c r="E1232" s="1">
         <v>4</v>
       </c>
       <c r="F1232" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="1233">
       <c r="A1233" s="1">
         <v>35</v>
       </c>
       <c r="B1233" s="1">
         <v>37</v>
       </c>
       <c r="C1233" s="1" t="s">
         <v>905</v>
       </c>
       <c r="D1233" s="1" t="s">
         <v>18</v>
       </c>
       <c r="E1233" s="1">
         <v>4</v>
       </c>
       <c r="F1233" s="1">
         <v>4</v>
       </c>
     </row>
     <row r="1234">
       <c r="A1234" s="1">
         <v>36</v>
       </c>
       <c r="B1234" s="1">
         <v>349</v>
       </c>
       <c r="C1234" s="1" t="s">
-        <v>1193</v>
+        <v>1194</v>
       </c>
       <c r="D1234" s="1" t="s">
         <v>20</v>
       </c>
       <c r="E1234" s="1">
         <v>3</v>
       </c>
       <c r="F1234" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="1235">
       <c r="A1235" s="1">
         <v>36</v>
       </c>
       <c r="B1235" s="1">
         <v>1588</v>
       </c>
       <c r="C1235" s="1" t="s">
-        <v>1194</v>
+        <v>1195</v>
       </c>
       <c r="D1235" s="1" t="s">
         <v>113</v>
       </c>
       <c r="E1235" s="1">
         <v>3</v>
       </c>
       <c r="F1235" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="1236">
       <c r="A1236" s="1">
         <v>36</v>
       </c>
       <c r="B1236" s="1">
         <v>1589</v>
       </c>
       <c r="C1236" s="1" t="s">
-        <v>1195</v>
+        <v>1196</v>
       </c>
       <c r="D1236" s="1" t="s">
         <v>113</v>
       </c>
       <c r="E1236" s="1">
         <v>3</v>
       </c>
       <c r="F1236" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="1237">
       <c r="A1237" s="1">
         <v>36</v>
       </c>
       <c r="B1237" s="1">
         <v>1625</v>
       </c>
       <c r="C1237" s="1" t="s">
-        <v>1196</v>
+        <v>1197</v>
       </c>
       <c r="D1237" s="1" t="s">
         <v>600</v>
       </c>
       <c r="E1237" s="1">
         <v>3</v>
       </c>
       <c r="F1237" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="1238">
       <c r="A1238" s="1">
         <v>36</v>
       </c>
       <c r="B1238" s="1">
         <v>1168</v>
       </c>
       <c r="C1238" s="1" t="s">
-        <v>1197</v>
+        <v>1198</v>
       </c>
       <c r="D1238" s="1" t="s">
         <v>207</v>
       </c>
       <c r="E1238" s="1">
         <v>3</v>
       </c>
       <c r="F1238" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="1239">
       <c r="A1239" s="1">
         <v>36</v>
       </c>
       <c r="B1239" s="1">
         <v>1275</v>
       </c>
       <c r="C1239" s="1" t="s">
-        <v>1198</v>
+        <v>1199</v>
       </c>
       <c r="D1239" s="1" t="s">
         <v>9</v>
       </c>
       <c r="E1239" s="1">
         <v>3</v>
       </c>
       <c r="F1239" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="1240">
       <c r="A1240" s="1">
         <v>36</v>
       </c>
       <c r="B1240" s="1">
         <v>358</v>
       </c>
       <c r="C1240" s="1" t="s">
-        <v>1199</v>
+        <v>1200</v>
       </c>
       <c r="D1240" s="1" t="s">
         <v>70</v>
       </c>
       <c r="E1240" s="1">
         <v>3</v>
       </c>
       <c r="F1240" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="1241">
       <c r="A1241" s="1">
         <v>36</v>
       </c>
       <c r="B1241" s="1">
         <v>1776</v>
       </c>
       <c r="C1241" s="1" t="s">
-        <v>1200</v>
+        <v>1201</v>
       </c>
       <c r="D1241" s="1" t="s">
         <v>113</v>
       </c>
       <c r="E1241" s="1">
         <v>3</v>
       </c>
       <c r="F1241" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="1242">
       <c r="A1242" s="1">
         <v>36</v>
       </c>
       <c r="B1242" s="1">
         <v>106</v>
       </c>
       <c r="C1242" s="1" t="s">
-        <v>1201</v>
+        <v>1202</v>
       </c>
       <c r="D1242" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E1242" s="1">
         <v>3</v>
       </c>
       <c r="F1242" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="1243">
       <c r="A1243" s="1">
         <v>36</v>
       </c>
       <c r="B1243" s="1">
         <v>1819</v>
       </c>
       <c r="C1243" s="1" t="s">
-        <v>1202</v>
+        <v>1203</v>
       </c>
       <c r="D1243" s="1" t="s">
         <v>24</v>
       </c>
       <c r="E1243" s="1">
         <v>3</v>
       </c>
       <c r="F1243" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="1244">
       <c r="A1244" s="1">
         <v>36</v>
       </c>
       <c r="B1244" s="1">
         <v>1817</v>
       </c>
       <c r="C1244" s="1" t="s">
-        <v>1203</v>
+        <v>1204</v>
       </c>
       <c r="D1244" s="1" t="s">
         <v>24</v>
       </c>
       <c r="E1244" s="1">
         <v>3</v>
       </c>
       <c r="F1244" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="1245">
       <c r="A1245" s="1">
         <v>36</v>
       </c>
       <c r="B1245" s="1">
         <v>1557</v>
       </c>
       <c r="C1245" s="1" t="s">
-        <v>1120</v>
+        <v>1121</v>
       </c>
       <c r="D1245" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E1245" s="1">
         <v>3</v>
       </c>
       <c r="F1245" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="1246">
       <c r="A1246" s="1">
         <v>36</v>
       </c>
       <c r="B1246" s="1">
         <v>2007</v>
       </c>
       <c r="C1246" s="1" t="s">
-        <v>1204</v>
+        <v>1205</v>
       </c>
       <c r="D1246" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E1246" s="1">
         <v>3</v>
       </c>
       <c r="F1246" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="1247">
       <c r="A1247" s="1">
         <v>37</v>
       </c>
       <c r="B1247" s="1">
         <v>568</v>
       </c>
       <c r="C1247" s="1" t="s">
-        <v>1205</v>
+        <v>1206</v>
       </c>
       <c r="D1247" s="1" t="s">
         <v>442</v>
       </c>
       <c r="E1247" s="1">
         <v>2</v>
       </c>
       <c r="F1247" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="1248">
       <c r="A1248" s="1">
         <v>37</v>
       </c>
       <c r="B1248" s="1">
         <v>681</v>
       </c>
       <c r="C1248" s="1" t="s">
-        <v>1206</v>
+        <v>1207</v>
       </c>
       <c r="D1248" s="1" t="s">
         <v>22</v>
       </c>
       <c r="E1248" s="1">
         <v>2</v>
       </c>
       <c r="F1248" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="1249">
       <c r="A1249" s="1">
         <v>37</v>
       </c>
       <c r="B1249" s="1">
         <v>191</v>
       </c>
       <c r="C1249" s="1" t="s">
-        <v>1207</v>
+        <v>1208</v>
       </c>
       <c r="D1249" s="1" t="s">
         <v>70</v>
       </c>
       <c r="E1249" s="1">
         <v>2</v>
       </c>
       <c r="F1249" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="1250">
       <c r="A1250" s="1">
         <v>37</v>
       </c>
       <c r="B1250" s="1">
         <v>1427</v>
       </c>
       <c r="C1250" s="1" t="s">
-        <v>1208</v>
+        <v>1209</v>
       </c>
       <c r="D1250" s="1" t="s">
         <v>369</v>
       </c>
       <c r="E1250" s="1">
         <v>2</v>
       </c>
       <c r="F1250" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="1251">
       <c r="A1251" s="1">
         <v>37</v>
       </c>
       <c r="B1251" s="1">
         <v>1455</v>
       </c>
       <c r="C1251" s="1" t="s">
-        <v>1209</v>
+        <v>1210</v>
       </c>
       <c r="D1251" s="1" t="s">
-        <v>1210</v>
+        <v>1211</v>
       </c>
       <c r="E1251" s="1">
         <v>2</v>
       </c>
       <c r="F1251" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="1252">
       <c r="A1252" s="1">
         <v>37</v>
       </c>
       <c r="B1252" s="1">
         <v>1537</v>
       </c>
       <c r="C1252" s="1" t="s">
-        <v>1211</v>
+        <v>1212</v>
       </c>
       <c r="D1252" s="1" t="s">
         <v>108</v>
       </c>
       <c r="E1252" s="1">
         <v>2</v>
       </c>
       <c r="F1252" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="1253">
       <c r="A1253" s="1">
         <v>37</v>
       </c>
       <c r="B1253" s="1">
         <v>1151</v>
       </c>
       <c r="C1253" s="1" t="s">
-        <v>1212</v>
+        <v>1213</v>
       </c>
       <c r="D1253" s="1" t="s">
         <v>29</v>
       </c>
       <c r="E1253" s="1">
         <v>2</v>
       </c>
       <c r="F1253" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="1254">
       <c r="A1254" s="1">
         <v>37</v>
       </c>
       <c r="B1254" s="1">
         <v>51</v>
       </c>
       <c r="C1254" s="1" t="s">
-        <v>1213</v>
+        <v>1214</v>
       </c>
       <c r="D1254" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E1254" s="1">
         <v>2</v>
       </c>
       <c r="F1254" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="1255">
       <c r="A1255" s="1">
         <v>37</v>
       </c>
       <c r="B1255" s="1">
         <v>1948</v>
       </c>
       <c r="C1255" s="1" t="s">
-        <v>1214</v>
+        <v>1215</v>
       </c>
       <c r="D1255" s="1" t="s">
         <v>20</v>
       </c>
       <c r="E1255" s="1">
         <v>2</v>
       </c>
       <c r="F1255" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="1256">
       <c r="A1256" s="1">
         <v>37</v>
       </c>
       <c r="B1256" s="1">
         <v>1988</v>
       </c>
       <c r="C1256" s="1" t="s">
-        <v>1215</v>
+        <v>1216</v>
       </c>
       <c r="D1256" s="1" t="s">
         <v>207</v>
       </c>
       <c r="E1256" s="1">
         <v>2</v>
       </c>
       <c r="F1256" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="1257">
       <c r="A1257" s="1">
         <v>37</v>
       </c>
       <c r="B1257" s="1">
         <v>1243</v>
       </c>
       <c r="C1257" s="1" t="s">
-        <v>1216</v>
+        <v>1217</v>
       </c>
       <c r="D1257" s="1" t="s">
         <v>86</v>
       </c>
       <c r="E1257" s="1">
         <v>2</v>
       </c>
       <c r="F1257" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="1258">
       <c r="A1258" s="1">
         <v>37</v>
       </c>
       <c r="B1258" s="1">
         <v>1999</v>
       </c>
       <c r="C1258" s="1" t="s">
-        <v>56</v>
+        <v>1218</v>
       </c>
       <c r="D1258" s="1" t="s">
         <v>20</v>
       </c>
       <c r="E1258" s="1">
         <v>2</v>
       </c>
       <c r="F1258" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="1259">
       <c r="A1259" s="1">
         <v>38</v>
       </c>
       <c r="B1259" s="1">
         <v>645</v>
       </c>
       <c r="C1259" s="1" t="s">
-        <v>1217</v>
+        <v>1219</v>
       </c>
       <c r="D1259" s="1" t="s">
         <v>126</v>
       </c>
       <c r="E1259" s="1">
         <v>1</v>
       </c>
       <c r="F1259" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="1260">
       <c r="A1260" s="1">
         <v>38</v>
       </c>
       <c r="B1260" s="1">
         <v>1142</v>
       </c>
       <c r="C1260" s="1" t="s">
-        <v>1218</v>
+        <v>1220</v>
       </c>
       <c r="D1260" s="1" t="s">
         <v>29</v>
       </c>
       <c r="E1260" s="1">
         <v>1</v>
       </c>
       <c r="F1260" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="1261">
       <c r="A1261" s="1">
         <v>38</v>
       </c>
       <c r="B1261" s="1">
         <v>1598</v>
       </c>
       <c r="C1261" s="1" t="s">
-        <v>1219</v>
+        <v>1221</v>
       </c>
       <c r="D1261" s="1" t="s">
         <v>987</v>
       </c>
       <c r="E1261" s="1">
         <v>1</v>
       </c>
       <c r="F1261" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="1262">
       <c r="A1262" s="1">
         <v>38</v>
       </c>
       <c r="B1262" s="1">
         <v>35</v>
       </c>
       <c r="C1262" s="1" t="s">
-        <v>1220</v>
+        <v>1222</v>
       </c>
       <c r="D1262" s="1" t="s">
         <v>18</v>
       </c>
       <c r="E1262" s="1">
         <v>1</v>
       </c>
       <c r="F1262" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="1263">
       <c r="A1263" s="1">
         <v>38</v>
       </c>
       <c r="B1263" s="1">
         <v>1531</v>
       </c>
       <c r="C1263" s="1" t="s">
         <v>605</v>
       </c>
       <c r="D1263" s="1" t="s">
         <v>86</v>
       </c>
       <c r="E1263" s="1">
         <v>1</v>
       </c>
       <c r="F1263" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="1264">
       <c r="A1264" s="1">
         <v>38</v>
       </c>
       <c r="B1264" s="1">
         <v>1241</v>
       </c>
       <c r="C1264" s="1" t="s">
-        <v>1221</v>
+        <v>1223</v>
       </c>
       <c r="D1264" s="1" t="s">
         <v>86</v>
       </c>
       <c r="E1264" s="1">
         <v>1</v>
       </c>
       <c r="F1264" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="1265">
       <c r="A1265" s="1">
         <v>38</v>
       </c>
       <c r="B1265" s="1">
         <v>333</v>
       </c>
       <c r="C1265" s="1" t="s">
-        <v>1222</v>
+        <v>1224</v>
       </c>
       <c r="D1265" s="1" t="s">
         <v>86</v>
       </c>
       <c r="E1265" s="1">
         <v>1</v>
       </c>
       <c r="F1265" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="1266">
       <c r="A1266" s="1">
         <v>38</v>
       </c>
       <c r="B1266" s="1">
         <v>1804</v>
       </c>
       <c r="C1266" s="1" t="s">
-        <v>1223</v>
+        <v>1225</v>
       </c>
       <c r="D1266" s="1" t="s">
         <v>24</v>
       </c>
       <c r="E1266" s="1">
         <v>1</v>
       </c>
       <c r="F1266" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="1267">
       <c r="A1267" s="1">
         <v>38</v>
       </c>
       <c r="B1267" s="1">
         <v>1967</v>
       </c>
       <c r="C1267" s="1" t="s">
-        <v>1224</v>
+        <v>1226</v>
       </c>
       <c r="D1267" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E1267" s="1">
         <v>1</v>
       </c>
       <c r="F1267" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="1268">
       <c r="A1268" s="1">
         <v>38</v>
       </c>
       <c r="B1268" s="1">
         <v>1961</v>
       </c>
       <c r="C1268" s="1" t="s">
-        <v>1225</v>
+        <v>1227</v>
       </c>
       <c r="D1268" s="1" t="s">
         <v>20</v>
       </c>
       <c r="E1268" s="1">
         <v>1</v>
       </c>
       <c r="F1268" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="1269">
       <c r="A1269" s="1">
         <v>38</v>
       </c>
       <c r="B1269" s="1">
         <v>1944</v>
       </c>
       <c r="C1269" s="1" t="s">
-        <v>1226</v>
+        <v>1228</v>
       </c>
       <c r="D1269" s="1" t="s">
         <v>20</v>
       </c>
       <c r="E1269" s="1">
         <v>1</v>
       </c>
       <c r="F1269" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="1270">
       <c r="A1270" s="1">
         <v>38</v>
       </c>
       <c r="B1270" s="1">
         <v>339</v>
       </c>
       <c r="C1270" s="1" t="s">
-        <v>1227</v>
+        <v>1229</v>
       </c>
       <c r="D1270" s="1" t="s">
         <v>70</v>
       </c>
       <c r="E1270" s="1">
         <v>1</v>
       </c>
       <c r="F1270" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="1271">
       <c r="A1271" s="1">
         <v>38</v>
       </c>
       <c r="B1271" s="1">
         <v>1751</v>
       </c>
       <c r="C1271" s="1" t="s">
-        <v>1228</v>
+        <v>1230</v>
       </c>
       <c r="D1271" s="1" t="s">
         <v>9</v>
       </c>
       <c r="E1271" s="1">
         <v>1</v>
       </c>
       <c r="F1271" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="1272">
       <c r="A1272" s="1">
         <v>38</v>
       </c>
       <c r="B1272" s="1">
         <v>2036</v>
       </c>
       <c r="C1272" s="1" t="s">
-        <v>1229</v>
+        <v>1231</v>
       </c>
       <c r="D1272" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E1272" s="1">
         <v>1</v>
       </c>
       <c r="F1272" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="1273">
       <c r="A1273" s="1">
         <v>38</v>
       </c>
       <c r="B1273" s="1">
         <v>2034</v>
       </c>
       <c r="C1273" s="1" t="s">
-        <v>1230</v>
+        <v>1232</v>
       </c>
       <c r="D1273" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E1273" s="1">
         <v>1</v>
       </c>
       <c r="F1273" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="1274">
       <c r="A1274" s="1">
         <v>38</v>
       </c>
       <c r="B1274" s="1">
         <v>1963</v>
       </c>
       <c r="C1274" s="1" t="s">
         <v>942</v>
       </c>
       <c r="D1274" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E1274" s="1">
         <v>1</v>
       </c>
       <c r="F1274" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="1275">
       <c r="A1275" s="1">
         <v>38</v>
       </c>
       <c r="B1275" s="1">
         <v>1991</v>
       </c>
       <c r="C1275" s="1" t="s">
-        <v>1231</v>
+        <v>1233</v>
       </c>
       <c r="D1275" s="1" t="s">
         <v>113</v>
       </c>
       <c r="E1275" s="1">
         <v>1</v>
       </c>
       <c r="F1275" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="1276">
       <c r="A1276" s="1">
         <v>38</v>
       </c>
       <c r="B1276" s="1">
         <v>2029</v>
       </c>
       <c r="C1276" s="1" t="s">
-        <v>1232</v>
+        <v>1234</v>
       </c>
       <c r="D1276" s="1" t="s">
         <v>126</v>
       </c>
       <c r="E1276" s="1">
         <v>1</v>
       </c>
       <c r="F1276" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="1277">
       <c r="A1277" s="1">
         <v>38</v>
       </c>
       <c r="B1277" s="1">
         <v>2027</v>
       </c>
       <c r="C1277" s="1" t="s">
-        <v>1233</v>
+        <v>1235</v>
       </c>
       <c r="D1277" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E1277" s="1">
         <v>1</v>
       </c>
       <c r="F1277" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="1280">
       <c r="A1280" s="3" t="s">
-        <v>1234</v>
+        <v>1236</v>
       </c>
       <c r="B1280" s="3" t="s">
-        <v>1234</v>
+        <v>1236</v>
       </c>
       <c r="C1280" s="3" t="s">
-        <v>1234</v>
+        <v>1236</v>
       </c>
       <c r="D1280" s="3" t="s">
-        <v>1234</v>
+        <v>1236</v>
       </c>
       <c r="E1280" s="3" t="s">
-        <v>1234</v>
+        <v>1236</v>
       </c>
     </row>
     <row r="1281">
       <c r="A1281" s="2" t="s">
         <v>2</v>
       </c>
       <c r="B1281" s="2" t="s">
         <v>3</v>
       </c>
       <c r="C1281" s="2" t="s">
         <v>4</v>
       </c>
       <c r="D1281" s="2" t="s">
         <v>5</v>
       </c>
       <c r="E1281" s="2" t="s">
         <v>6</v>
       </c>
       <c r="F1281" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="1282">
       <c r="A1282" s="1">
         <v>1</v>
       </c>
       <c r="B1282" s="1">
         <v>755</v>
       </c>
       <c r="C1282" s="1" t="s">
-        <v>1235</v>
+        <v>1237</v>
       </c>
       <c r="D1282" s="1" t="s">
         <v>20</v>
       </c>
       <c r="E1282" s="1">
         <v>135</v>
       </c>
       <c r="F1282" s="1">
         <v>9</v>
       </c>
     </row>
     <row r="1283">
       <c r="A1283" s="1">
         <v>2</v>
       </c>
       <c r="B1283" s="1">
         <v>829</v>
       </c>
       <c r="C1283" s="1" t="s">
-        <v>1236</v>
+        <v>1238</v>
       </c>
       <c r="D1283" s="1" t="s">
         <v>20</v>
       </c>
       <c r="E1283" s="1">
         <v>94</v>
       </c>
       <c r="F1283" s="1">
         <v>9</v>
       </c>
     </row>
     <row r="1284">
       <c r="A1284" s="1">
         <v>3</v>
       </c>
       <c r="B1284" s="1">
         <v>1010</v>
       </c>
       <c r="C1284" s="1" t="s">
-        <v>1237</v>
+        <v>1239</v>
       </c>
       <c r="D1284" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E1284" s="1">
         <v>79</v>
       </c>
       <c r="F1284" s="1">
         <v>7</v>
       </c>
     </row>
     <row r="1285">
       <c r="A1285" s="1">
         <v>4</v>
       </c>
       <c r="B1285" s="1">
         <v>413</v>
       </c>
       <c r="C1285" s="1" t="s">
-        <v>1238</v>
+        <v>1240</v>
       </c>
       <c r="D1285" s="1" t="s">
         <v>101</v>
       </c>
       <c r="E1285" s="1">
         <v>75</v>
       </c>
       <c r="F1285" s="1">
         <v>7</v>
       </c>
     </row>
     <row r="1286">
       <c r="A1286" s="1">
         <v>5</v>
       </c>
       <c r="B1286" s="1">
         <v>1337</v>
       </c>
       <c r="C1286" s="1" t="s">
-        <v>1239</v>
+        <v>1241</v>
       </c>
       <c r="D1286" s="1" t="s">
         <v>38</v>
       </c>
       <c r="E1286" s="1">
         <v>70</v>
       </c>
       <c r="F1286" s="1">
         <v>9</v>
       </c>
     </row>
     <row r="1287">
       <c r="A1287" s="1">
         <v>6</v>
       </c>
       <c r="B1287" s="1">
         <v>1164</v>
       </c>
       <c r="C1287" s="1" t="s">
-        <v>1240</v>
+        <v>1242</v>
       </c>
       <c r="D1287" s="1" t="s">
         <v>207</v>
       </c>
       <c r="E1287" s="1">
         <v>61</v>
       </c>
       <c r="F1287" s="1">
         <v>9</v>
       </c>
     </row>
     <row r="1288">
       <c r="A1288" s="1">
         <v>7</v>
       </c>
       <c r="B1288" s="1">
         <v>646</v>
       </c>
       <c r="C1288" s="1" t="s">
-        <v>1241</v>
+        <v>1243</v>
       </c>
       <c r="D1288" s="1" t="s">
         <v>86</v>
       </c>
       <c r="E1288" s="1">
         <v>55</v>
       </c>
       <c r="F1288" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="1289">
       <c r="A1289" s="1">
         <v>8</v>
       </c>
       <c r="B1289" s="1">
         <v>361</v>
       </c>
       <c r="C1289" s="1" t="s">
-        <v>1242</v>
+        <v>1244</v>
       </c>
       <c r="D1289" s="1" t="s">
-        <v>1131</v>
+        <v>1132</v>
       </c>
       <c r="E1289" s="1">
         <v>54</v>
       </c>
       <c r="F1289" s="1">
         <v>5</v>
       </c>
     </row>
     <row r="1290">
       <c r="A1290" s="1">
         <v>9</v>
       </c>
       <c r="B1290" s="1">
         <v>808</v>
       </c>
       <c r="C1290" s="1" t="s">
-        <v>1243</v>
+        <v>1245</v>
       </c>
       <c r="D1290" s="1" t="s">
         <v>20</v>
       </c>
       <c r="E1290" s="1">
         <v>51</v>
       </c>
       <c r="F1290" s="1">
         <v>7</v>
       </c>
     </row>
     <row r="1291">
       <c r="A1291" s="1">
         <v>10</v>
       </c>
       <c r="B1291" s="1">
         <v>641</v>
       </c>
       <c r="C1291" s="1" t="s">
-        <v>1244</v>
+        <v>1246</v>
       </c>
       <c r="D1291" s="1" t="s">
         <v>86</v>
       </c>
       <c r="E1291" s="1">
         <v>43</v>
       </c>
       <c r="F1291" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="1292">
       <c r="A1292" s="1">
         <v>11</v>
       </c>
       <c r="B1292" s="1">
         <v>918</v>
       </c>
       <c r="C1292" s="1" t="s">
-        <v>1245</v>
+        <v>1247</v>
       </c>
       <c r="D1292" s="1" t="s">
         <v>70</v>
       </c>
       <c r="E1292" s="1">
         <v>42</v>
       </c>
       <c r="F1292" s="1">
         <v>7</v>
       </c>
     </row>
     <row r="1293">
       <c r="A1293" s="1">
         <v>12</v>
       </c>
       <c r="B1293" s="1">
         <v>168</v>
       </c>
       <c r="C1293" s="1" t="s">
-        <v>1246</v>
+        <v>1248</v>
       </c>
       <c r="D1293" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E1293" s="1">
         <v>39</v>
       </c>
       <c r="F1293" s="1">
         <v>7</v>
       </c>
     </row>
     <row r="1294">
       <c r="A1294" s="1">
         <v>13</v>
       </c>
       <c r="B1294" s="1">
         <v>1273</v>
       </c>
       <c r="C1294" s="1" t="s">
-        <v>1247</v>
+        <v>1249</v>
       </c>
       <c r="D1294" s="1" t="s">
         <v>9</v>
       </c>
       <c r="E1294" s="1">
         <v>34</v>
       </c>
       <c r="F1294" s="1">
         <v>6</v>
       </c>
     </row>
     <row r="1295">
       <c r="A1295" s="1">
         <v>14</v>
       </c>
       <c r="B1295" s="1">
         <v>704</v>
       </c>
       <c r="C1295" s="1" t="s">
-        <v>1248</v>
+        <v>1250</v>
       </c>
       <c r="D1295" s="1" t="s">
         <v>126</v>
       </c>
       <c r="E1295" s="1">
         <v>32</v>
       </c>
       <c r="F1295" s="1">
         <v>9</v>
       </c>
     </row>
     <row r="1296">
       <c r="A1296" s="1">
         <v>15</v>
       </c>
       <c r="B1296" s="1">
         <v>1325</v>
       </c>
       <c r="C1296" s="1" t="s">
-        <v>1249</v>
+        <v>1251</v>
       </c>
       <c r="D1296" s="1" t="s">
         <v>52</v>
       </c>
       <c r="E1296" s="1">
         <v>28</v>
       </c>
       <c r="F1296" s="1">
         <v>6</v>
       </c>
     </row>
     <row r="1297">
       <c r="A1297" s="1">
         <v>16</v>
       </c>
       <c r="B1297" s="1">
         <v>700</v>
       </c>
       <c r="C1297" s="1" t="s">
-        <v>1250</v>
+        <v>1252</v>
       </c>
       <c r="D1297" s="1" t="s">
         <v>126</v>
       </c>
       <c r="E1297" s="1">
         <v>26</v>
       </c>
       <c r="F1297" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="1298">
       <c r="A1298" s="1">
         <v>17</v>
       </c>
       <c r="B1298" s="1">
         <v>892</v>
       </c>
       <c r="C1298" s="1" t="s">
-        <v>1251</v>
+        <v>1253</v>
       </c>
       <c r="D1298" s="1" t="s">
         <v>113</v>
       </c>
       <c r="E1298" s="1">
         <v>25</v>
       </c>
       <c r="F1298" s="1">
         <v>9</v>
       </c>
     </row>
     <row r="1299">
       <c r="A1299" s="1">
         <v>18</v>
       </c>
       <c r="B1299" s="1">
         <v>258</v>
       </c>
       <c r="C1299" s="1" t="s">
-        <v>1252</v>
+        <v>1254</v>
       </c>
       <c r="D1299" s="1" t="s">
         <v>70</v>
       </c>
       <c r="E1299" s="1">
         <v>24</v>
       </c>
       <c r="F1299" s="1">
         <v>8</v>
       </c>
     </row>
     <row r="1300">
       <c r="A1300" s="1">
         <v>19</v>
       </c>
       <c r="B1300" s="1">
         <v>580</v>
       </c>
       <c r="C1300" s="1" t="s">
-        <v>1253</v>
+        <v>1255</v>
       </c>
       <c r="D1300" s="1" t="s">
         <v>86</v>
       </c>
       <c r="E1300" s="1">
         <v>23</v>
       </c>
       <c r="F1300" s="1">
         <v>8</v>
       </c>
     </row>
     <row r="1301">
       <c r="A1301" s="1">
         <v>20</v>
       </c>
       <c r="B1301" s="1">
         <v>1268</v>
       </c>
       <c r="C1301" s="1" t="s">
-        <v>1254</v>
+        <v>1256</v>
       </c>
       <c r="D1301" s="1" t="s">
         <v>9</v>
       </c>
       <c r="E1301" s="1">
         <v>8</v>
       </c>
       <c r="F1301" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="1302">
       <c r="A1302" s="1">
         <v>20</v>
       </c>
       <c r="B1302" s="1">
         <v>695</v>
       </c>
       <c r="C1302" s="1" t="s">
-        <v>1255</v>
+        <v>1257</v>
       </c>
       <c r="D1302" s="1" t="s">
         <v>126</v>
       </c>
       <c r="E1302" s="1">
         <v>22</v>
       </c>
       <c r="F1302" s="1">
         <v>9</v>
       </c>
     </row>
     <row r="1303">
       <c r="A1303" s="1">
         <v>21</v>
       </c>
       <c r="B1303" s="1">
         <v>1348</v>
       </c>
       <c r="C1303" s="1" t="s">
-        <v>1256</v>
+        <v>1258</v>
       </c>
       <c r="D1303" s="1" t="s">
         <v>38</v>
       </c>
       <c r="E1303" s="1">
         <v>21</v>
       </c>
       <c r="F1303" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="1304">
       <c r="A1304" s="1">
         <v>22</v>
       </c>
       <c r="B1304" s="1">
         <v>1412</v>
       </c>
       <c r="C1304" s="1" t="s">
-        <v>1257</v>
+        <v>1259</v>
       </c>
       <c r="D1304" s="1" t="s">
         <v>110</v>
       </c>
       <c r="E1304" s="1">
         <v>19</v>
       </c>
       <c r="F1304" s="1">
         <v>7</v>
       </c>
     </row>
     <row r="1305">
       <c r="A1305" s="1">
         <v>22</v>
       </c>
       <c r="B1305" s="1">
         <v>59</v>
       </c>
       <c r="C1305" s="1" t="s">
-        <v>1258</v>
+        <v>1260</v>
       </c>
       <c r="D1305" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E1305" s="1">
         <v>19</v>
       </c>
       <c r="F1305" s="1">
         <v>8</v>
       </c>
     </row>
     <row r="1306">
       <c r="A1306" s="1">
         <v>23</v>
       </c>
       <c r="B1306" s="1">
         <v>160</v>
       </c>
       <c r="C1306" s="1" t="s">
-        <v>1259</v>
+        <v>1261</v>
       </c>
       <c r="D1306" s="1" t="s">
         <v>70</v>
       </c>
       <c r="E1306" s="1">
         <v>18</v>
       </c>
       <c r="F1306" s="1">
         <v>8</v>
       </c>
     </row>
     <row r="1307">
       <c r="A1307" s="1">
         <v>23</v>
       </c>
       <c r="B1307" s="1">
         <v>264</v>
       </c>
       <c r="C1307" s="1" t="s">
-        <v>1260</v>
+        <v>1262</v>
       </c>
       <c r="D1307" s="1" t="s">
         <v>70</v>
       </c>
       <c r="E1307" s="1">
         <v>18</v>
       </c>
       <c r="F1307" s="1">
         <v>7</v>
       </c>
     </row>
     <row r="1308">
       <c r="A1308" s="1">
         <v>23</v>
       </c>
       <c r="B1308" s="1">
         <v>602</v>
       </c>
       <c r="C1308" s="1" t="s">
-        <v>1261</v>
+        <v>1263</v>
       </c>
       <c r="D1308" s="1" t="s">
         <v>86</v>
       </c>
       <c r="E1308" s="1">
         <v>18</v>
       </c>
       <c r="F1308" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="1309">
       <c r="A1309" s="1">
         <v>24</v>
       </c>
       <c r="B1309" s="1">
         <v>16</v>
       </c>
       <c r="C1309" s="1" t="s">
-        <v>1262</v>
+        <v>1264</v>
       </c>
       <c r="D1309" s="1" t="s">
         <v>18</v>
       </c>
       <c r="E1309" s="1">
         <v>17</v>
       </c>
       <c r="F1309" s="1">
         <v>8</v>
       </c>
     </row>
     <row r="1310">
       <c r="A1310" s="1">
         <v>25</v>
       </c>
       <c r="B1310" s="1">
         <v>10</v>
       </c>
       <c r="C1310" s="1" t="s">
-        <v>1263</v>
+        <v>1265</v>
       </c>
       <c r="D1310" s="1" t="s">
         <v>18</v>
       </c>
       <c r="E1310" s="1">
         <v>16</v>
       </c>
       <c r="F1310" s="1">
         <v>7</v>
       </c>
     </row>
     <row r="1311">
       <c r="A1311" s="1">
         <v>26</v>
       </c>
       <c r="B1311" s="1">
         <v>432</v>
       </c>
       <c r="C1311" s="1" t="s">
-        <v>1264</v>
+        <v>1266</v>
       </c>
       <c r="D1311" s="1" t="s">
         <v>86</v>
       </c>
       <c r="E1311" s="1">
         <v>15</v>
       </c>
       <c r="F1311" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="1312">
       <c r="A1312" s="1">
         <v>26</v>
       </c>
       <c r="B1312" s="1">
         <v>1161</v>
       </c>
       <c r="C1312" s="1" t="s">
-        <v>1265</v>
+        <v>1267</v>
       </c>
       <c r="D1312" s="1" t="s">
         <v>207</v>
       </c>
       <c r="E1312" s="1">
         <v>15</v>
       </c>
       <c r="F1312" s="1">
         <v>5</v>
       </c>
     </row>
     <row r="1313">
       <c r="A1313" s="1">
         <v>27</v>
       </c>
       <c r="B1313" s="1">
         <v>1491</v>
       </c>
       <c r="C1313" s="1" t="s">
-        <v>1266</v>
+        <v>1268</v>
       </c>
       <c r="D1313" s="1" t="s">
         <v>207</v>
       </c>
       <c r="E1313" s="1">
         <v>14</v>
       </c>
       <c r="F1313" s="1">
         <v>8</v>
       </c>
     </row>
     <row r="1314">
       <c r="A1314" s="1">
         <v>27</v>
       </c>
       <c r="B1314" s="1">
         <v>816</v>
       </c>
       <c r="C1314" s="1" t="s">
-        <v>1267</v>
+        <v>1269</v>
       </c>
       <c r="D1314" s="1" t="s">
         <v>20</v>
       </c>
       <c r="E1314" s="1">
         <v>14</v>
       </c>
       <c r="F1314" s="1">
         <v>5</v>
       </c>
     </row>
     <row r="1315">
       <c r="A1315" s="1">
         <v>27</v>
       </c>
       <c r="B1315" s="1">
         <v>47</v>
       </c>
       <c r="C1315" s="1" t="s">
-        <v>1268</v>
+        <v>1270</v>
       </c>
       <c r="D1315" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E1315" s="1">
         <v>14</v>
       </c>
       <c r="F1315" s="1">
         <v>5</v>
       </c>
     </row>
     <row r="1316">
       <c r="A1316" s="1">
         <v>27</v>
       </c>
       <c r="B1316" s="1">
         <v>649</v>
       </c>
       <c r="C1316" s="1" t="s">
-        <v>1269</v>
+        <v>1271</v>
       </c>
       <c r="D1316" s="1" t="s">
         <v>126</v>
       </c>
       <c r="E1316" s="1">
         <v>14</v>
       </c>
       <c r="F1316" s="1">
         <v>5</v>
       </c>
     </row>
     <row r="1317">
       <c r="A1317" s="1">
         <v>28</v>
       </c>
       <c r="B1317" s="1">
         <v>1431</v>
       </c>
       <c r="C1317" s="1" t="s">
-        <v>1270</v>
+        <v>1272</v>
       </c>
       <c r="D1317" s="1" t="s">
         <v>126</v>
       </c>
       <c r="E1317" s="1">
         <v>13</v>
       </c>
       <c r="F1317" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="1318">
       <c r="A1318" s="1">
         <v>28</v>
       </c>
       <c r="B1318" s="1">
         <v>1442</v>
       </c>
       <c r="C1318" s="1" t="s">
-        <v>1271</v>
+        <v>1273</v>
       </c>
       <c r="D1318" s="1" t="s">
         <v>18</v>
       </c>
       <c r="E1318" s="1">
         <v>13</v>
       </c>
       <c r="F1318" s="1">
         <v>5</v>
       </c>
     </row>
     <row r="1319">
       <c r="A1319" s="1">
         <v>28</v>
       </c>
       <c r="B1319" s="1">
         <v>551</v>
       </c>
       <c r="C1319" s="1" t="s">
-        <v>1272</v>
+        <v>1274</v>
       </c>
       <c r="D1319" s="1" t="s">
         <v>86</v>
       </c>
       <c r="E1319" s="1">
         <v>13</v>
       </c>
       <c r="F1319" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="1320">
       <c r="A1320" s="1">
         <v>29</v>
       </c>
       <c r="B1320" s="1">
         <v>7</v>
       </c>
       <c r="C1320" s="1" t="s">
-        <v>1273</v>
+        <v>1275</v>
       </c>
       <c r="D1320" s="1" t="s">
         <v>18</v>
       </c>
       <c r="E1320" s="1">
         <v>11</v>
       </c>
       <c r="F1320" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="1321">
       <c r="A1321" s="1">
         <v>29</v>
       </c>
       <c r="B1321" s="1">
         <v>270</v>
       </c>
       <c r="C1321" s="1" t="s">
-        <v>1274</v>
+        <v>1276</v>
       </c>
       <c r="D1321" s="1" t="s">
         <v>70</v>
       </c>
       <c r="E1321" s="1">
         <v>11</v>
       </c>
       <c r="F1321" s="1">
         <v>8</v>
       </c>
     </row>
     <row r="1322">
       <c r="A1322" s="1">
         <v>29</v>
       </c>
       <c r="B1322" s="1">
         <v>1351</v>
       </c>
       <c r="C1322" s="1" t="s">
-        <v>1275</v>
+        <v>1277</v>
       </c>
       <c r="D1322" s="1" t="s">
         <v>38</v>
       </c>
       <c r="E1322" s="1">
         <v>11</v>
       </c>
       <c r="F1322" s="1">
         <v>8</v>
       </c>
     </row>
     <row r="1323">
       <c r="A1323" s="1">
         <v>30</v>
       </c>
       <c r="B1323" s="1">
         <v>41</v>
       </c>
       <c r="C1323" s="1" t="s">
-        <v>1276</v>
+        <v>1278</v>
       </c>
       <c r="D1323" s="1" t="s">
         <v>18</v>
       </c>
       <c r="E1323" s="1">
         <v>9</v>
       </c>
       <c r="F1323" s="1">
         <v>4</v>
       </c>
     </row>
     <row r="1324">
       <c r="A1324" s="1">
         <v>31</v>
       </c>
       <c r="B1324" s="1">
         <v>1523</v>
       </c>
       <c r="C1324" s="1" t="s">
-        <v>1277</v>
+        <v>1279</v>
       </c>
       <c r="D1324" s="1" t="s">
         <v>52</v>
       </c>
       <c r="E1324" s="1">
         <v>8</v>
       </c>
       <c r="F1324" s="1">
         <v>7</v>
       </c>
     </row>
     <row r="1325">
       <c r="A1325" s="1">
         <v>32</v>
       </c>
       <c r="B1325" s="1">
         <v>1050</v>
       </c>
       <c r="C1325" s="1" t="s">
-        <v>1278</v>
+        <v>1280</v>
       </c>
       <c r="D1325" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E1325" s="1">
         <v>7</v>
       </c>
       <c r="F1325" s="1">
         <v>8</v>
       </c>
     </row>
     <row r="1326">
       <c r="A1326" s="1">
         <v>32</v>
       </c>
       <c r="B1326" s="1">
         <v>647</v>
       </c>
       <c r="C1326" s="1" t="s">
-        <v>1279</v>
+        <v>1281</v>
       </c>
       <c r="D1326" s="1" t="s">
         <v>126</v>
       </c>
       <c r="E1326" s="1">
         <v>7</v>
       </c>
       <c r="F1326" s="1">
         <v>5</v>
       </c>
     </row>
     <row r="1327">
       <c r="A1327" s="1">
         <v>32</v>
       </c>
       <c r="B1327" s="1">
         <v>1063</v>
       </c>
       <c r="C1327" s="1" t="s">
-        <v>1280</v>
+        <v>1282</v>
       </c>
       <c r="D1327" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E1327" s="1">
         <v>7</v>
       </c>
       <c r="F1327" s="1">
         <v>6</v>
       </c>
     </row>
     <row r="1328">
       <c r="A1328" s="1">
         <v>32</v>
       </c>
       <c r="B1328" s="1">
         <v>946</v>
       </c>
       <c r="C1328" s="1" t="s">
-        <v>1281</v>
+        <v>1283</v>
       </c>
       <c r="D1328" s="1" t="s">
         <v>49</v>
       </c>
       <c r="E1328" s="1">
         <v>7</v>
       </c>
       <c r="F1328" s="1">
         <v>8</v>
       </c>
     </row>
     <row r="1329">
       <c r="A1329" s="1">
         <v>32</v>
       </c>
       <c r="B1329" s="1">
         <v>1507</v>
       </c>
       <c r="C1329" s="1" t="s">
-        <v>1282</v>
+        <v>1284</v>
       </c>
       <c r="D1329" s="1" t="s">
         <v>52</v>
       </c>
       <c r="E1329" s="1">
         <v>7</v>
       </c>
       <c r="F1329" s="1">
         <v>4</v>
       </c>
     </row>
     <row r="1330">
       <c r="A1330" s="1">
         <v>33</v>
       </c>
       <c r="B1330" s="1">
         <v>678</v>
       </c>
       <c r="C1330" s="1" t="s">
-        <v>1283</v>
+        <v>1285</v>
       </c>
       <c r="D1330" s="1" t="s">
         <v>22</v>
       </c>
       <c r="E1330" s="1">
         <v>6</v>
       </c>
       <c r="F1330" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="1331">
       <c r="A1331" s="1">
         <v>33</v>
       </c>
       <c r="B1331" s="1">
         <v>89</v>
       </c>
       <c r="C1331" s="1" t="s">
-        <v>1284</v>
+        <v>1286</v>
       </c>
       <c r="D1331" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E1331" s="1">
         <v>6</v>
       </c>
       <c r="F1331" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="1332">
       <c r="A1332" s="1">
         <v>34</v>
       </c>
       <c r="B1332" s="1">
         <v>1149</v>
       </c>
       <c r="C1332" s="1" t="s">
-        <v>1285</v>
+        <v>1287</v>
       </c>
       <c r="D1332" s="1" t="s">
         <v>29</v>
       </c>
       <c r="E1332" s="1">
         <v>5</v>
       </c>
       <c r="F1332" s="1">
         <v>5</v>
       </c>
     </row>
     <row r="1333">
       <c r="A1333" s="1">
         <v>34</v>
       </c>
       <c r="B1333" s="1">
         <v>1393</v>
       </c>
       <c r="C1333" s="1" t="s">
-        <v>1286</v>
+        <v>1288</v>
       </c>
       <c r="D1333" s="1" t="s">
         <v>20</v>
       </c>
       <c r="E1333" s="1">
         <v>5</v>
       </c>
       <c r="F1333" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="1334">
       <c r="A1334" s="1">
         <v>34</v>
       </c>
       <c r="B1334" s="1">
         <v>1441</v>
       </c>
       <c r="C1334" s="1" t="s">
-        <v>1287</v>
+        <v>1289</v>
       </c>
       <c r="D1334" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E1334" s="1">
         <v>5</v>
       </c>
       <c r="F1334" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="1335">
       <c r="A1335" s="1">
         <v>34</v>
       </c>
       <c r="B1335" s="1">
         <v>260</v>
       </c>
       <c r="C1335" s="1" t="s">
-        <v>1288</v>
+        <v>1290</v>
       </c>
       <c r="D1335" s="1" t="s">
         <v>70</v>
       </c>
       <c r="E1335" s="1">
         <v>5</v>
       </c>
       <c r="F1335" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="1336">
       <c r="A1336" s="1">
         <v>35</v>
       </c>
       <c r="B1336" s="1">
         <v>1131</v>
       </c>
       <c r="C1336" s="1" t="s">
-        <v>1289</v>
+        <v>1291</v>
       </c>
       <c r="D1336" s="1" t="s">
         <v>29</v>
       </c>
       <c r="E1336" s="1">
         <v>4</v>
       </c>
       <c r="F1336" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="1337">
       <c r="A1337" s="1">
         <v>35</v>
       </c>
       <c r="B1337" s="1">
         <v>101</v>
       </c>
       <c r="C1337" s="1" t="s">
-        <v>1290</v>
+        <v>1292</v>
       </c>
       <c r="D1337" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E1337" s="1">
         <v>4</v>
       </c>
       <c r="F1337" s="1">
         <v>4</v>
       </c>
     </row>
     <row r="1338">
       <c r="A1338" s="1">
         <v>35</v>
       </c>
       <c r="B1338" s="1">
         <v>537</v>
       </c>
       <c r="C1338" s="1" t="s">
-        <v>1291</v>
+        <v>1293</v>
       </c>
       <c r="D1338" s="1" t="s">
         <v>86</v>
       </c>
       <c r="E1338" s="1">
         <v>4</v>
       </c>
       <c r="F1338" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="1339">
       <c r="A1339" s="1">
         <v>36</v>
       </c>
       <c r="B1339" s="1">
         <v>266</v>
       </c>
       <c r="C1339" s="1" t="s">
-        <v>1292</v>
+        <v>1294</v>
       </c>
       <c r="D1339" s="1" t="s">
         <v>70</v>
       </c>
       <c r="E1339" s="1">
         <v>3</v>
       </c>
       <c r="F1339" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="1340">
       <c r="A1340" s="1">
         <v>36</v>
       </c>
       <c r="B1340" s="1">
         <v>1555</v>
       </c>
       <c r="C1340" s="1" t="s">
-        <v>1293</v>
+        <v>1295</v>
       </c>
       <c r="D1340" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E1340" s="1">
         <v>3</v>
       </c>
       <c r="F1340" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="1341">
       <c r="A1341" s="1">
         <v>36</v>
       </c>
       <c r="B1341" s="1">
         <v>284</v>
       </c>
       <c r="C1341" s="1" t="s">
-        <v>1294</v>
+        <v>1296</v>
       </c>
       <c r="D1341" s="1" t="s">
         <v>86</v>
       </c>
       <c r="E1341" s="1">
         <v>3</v>
       </c>
       <c r="F1341" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="1342">
       <c r="A1342" s="1">
         <v>36</v>
       </c>
       <c r="B1342" s="1">
         <v>1739</v>
       </c>
       <c r="C1342" s="1" t="s">
-        <v>1295</v>
+        <v>1297</v>
       </c>
       <c r="D1342" s="1" t="s">
         <v>126</v>
       </c>
       <c r="E1342" s="1">
         <v>3</v>
       </c>
       <c r="F1342" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="1343">
       <c r="A1343" s="1">
         <v>36</v>
       </c>
       <c r="B1343" s="1">
         <v>1795</v>
       </c>
       <c r="C1343" s="1" t="s">
-        <v>1296</v>
+        <v>1298</v>
       </c>
       <c r="D1343" s="1" t="s">
         <v>18</v>
       </c>
       <c r="E1343" s="1">
         <v>3</v>
       </c>
       <c r="F1343" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="1344">
       <c r="A1344" s="1">
         <v>36</v>
       </c>
       <c r="B1344" s="1">
         <v>1931</v>
       </c>
       <c r="C1344" s="1" t="s">
-        <v>1297</v>
+        <v>1299</v>
       </c>
       <c r="D1344" s="1" t="s">
         <v>20</v>
       </c>
       <c r="E1344" s="1">
         <v>3</v>
       </c>
       <c r="F1344" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="1345">
       <c r="A1345" s="1">
         <v>37</v>
       </c>
       <c r="B1345" s="1">
         <v>267</v>
       </c>
       <c r="C1345" s="1" t="s">
-        <v>1298</v>
+        <v>1300</v>
       </c>
       <c r="D1345" s="1" t="s">
         <v>70</v>
       </c>
       <c r="E1345" s="1">
         <v>2</v>
       </c>
       <c r="F1345" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="1346">
       <c r="A1346" s="1">
         <v>37</v>
       </c>
       <c r="B1346" s="1">
         <v>682</v>
       </c>
       <c r="C1346" s="1" t="s">
-        <v>1299</v>
+        <v>1301</v>
       </c>
       <c r="D1346" s="1" t="s">
         <v>22</v>
       </c>
       <c r="E1346" s="1">
         <v>2</v>
       </c>
       <c r="F1346" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="1347">
       <c r="A1347" s="1">
         <v>37</v>
       </c>
       <c r="B1347" s="1">
         <v>1242</v>
       </c>
       <c r="C1347" s="1" t="s">
         <v>1055</v>
       </c>
       <c r="D1347" s="1" t="s">
         <v>86</v>
       </c>
       <c r="E1347" s="1">
         <v>2</v>
       </c>
       <c r="F1347" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="1348">
       <c r="A1348" s="1">
         <v>37</v>
       </c>
       <c r="B1348" s="1">
         <v>1779</v>
       </c>
       <c r="C1348" s="1" t="s">
-        <v>1300</v>
+        <v>1302</v>
       </c>
       <c r="D1348" s="1" t="s">
         <v>418</v>
       </c>
       <c r="E1348" s="1">
         <v>2</v>
       </c>
       <c r="F1348" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="1349">
       <c r="A1349" s="1">
         <v>37</v>
       </c>
       <c r="B1349" s="1">
         <v>263</v>
       </c>
       <c r="C1349" s="1" t="s">
-        <v>1301</v>
+        <v>1303</v>
       </c>
       <c r="D1349" s="1" t="s">
         <v>70</v>
       </c>
       <c r="E1349" s="1">
         <v>2</v>
       </c>
       <c r="F1349" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="1350">
       <c r="A1350" s="1">
         <v>37</v>
       </c>
       <c r="B1350" s="1">
         <v>1843</v>
       </c>
       <c r="C1350" s="1" t="s">
-        <v>1302</v>
+        <v>1304</v>
       </c>
       <c r="D1350" s="1" t="s">
         <v>52</v>
       </c>
       <c r="E1350" s="1">
         <v>2</v>
       </c>
       <c r="F1350" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="1351">
       <c r="A1351" s="1">
         <v>37</v>
       </c>
       <c r="B1351" s="1">
         <v>1433</v>
       </c>
       <c r="C1351" s="1" t="s">
-        <v>1303</v>
+        <v>1305</v>
       </c>
       <c r="D1351" s="1" t="s">
         <v>126</v>
       </c>
       <c r="E1351" s="1">
         <v>2</v>
       </c>
       <c r="F1351" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="1352">
       <c r="A1352" s="1">
         <v>38</v>
       </c>
       <c r="B1352" s="1">
         <v>1513</v>
       </c>
       <c r="C1352" s="1" t="s">
-        <v>1304</v>
+        <v>1306</v>
       </c>
       <c r="D1352" s="1" t="s">
         <v>49</v>
       </c>
       <c r="E1352" s="1">
         <v>1</v>
       </c>
       <c r="F1352" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="1353">
       <c r="A1353" s="1">
         <v>38</v>
       </c>
       <c r="B1353" s="1">
         <v>268</v>
       </c>
       <c r="C1353" s="1" t="s">
-        <v>1305</v>
+        <v>1307</v>
       </c>
       <c r="D1353" s="1" t="s">
         <v>70</v>
       </c>
       <c r="E1353" s="1">
         <v>1</v>
       </c>
       <c r="F1353" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="1354">
       <c r="A1354" s="1">
         <v>38</v>
       </c>
       <c r="B1354" s="1">
         <v>1716</v>
       </c>
       <c r="C1354" s="1" t="s">
         <v>557</v>
       </c>
       <c r="D1354" s="1" t="s">
         <v>49</v>
       </c>
       <c r="E1354" s="1">
         <v>1</v>
       </c>
       <c r="F1354" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="1355">
       <c r="A1355" s="1">
         <v>38</v>
       </c>
       <c r="B1355" s="1">
         <v>1740</v>
       </c>
       <c r="C1355" s="1" t="s">
-        <v>1306</v>
+        <v>1308</v>
       </c>
       <c r="D1355" s="1" t="s">
         <v>126</v>
       </c>
       <c r="E1355" s="1">
         <v>1</v>
       </c>
       <c r="F1355" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="1356">
       <c r="A1356" s="1">
         <v>38</v>
       </c>
       <c r="B1356" s="1">
         <v>1358</v>
       </c>
       <c r="C1356" s="1" t="s">
-        <v>1307</v>
+        <v>1309</v>
       </c>
       <c r="D1356" s="1" t="s">
         <v>38</v>
       </c>
       <c r="E1356" s="1">
         <v>1</v>
       </c>
       <c r="F1356" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="1357">
       <c r="A1357" s="1">
         <v>38</v>
       </c>
       <c r="B1357" s="1">
         <v>1935</v>
       </c>
       <c r="C1357" s="1" t="s">
-        <v>1308</v>
+        <v>1310</v>
       </c>
       <c r="D1357" s="1" t="s">
         <v>20</v>
       </c>
       <c r="E1357" s="1">
         <v>1</v>
       </c>
       <c r="F1357" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="1358">
       <c r="A1358" s="1">
         <v>38</v>
       </c>
       <c r="B1358" s="1">
         <v>1962</v>
       </c>
       <c r="C1358" s="1" t="s">
-        <v>1309</v>
+        <v>1311</v>
       </c>
       <c r="D1358" s="1" t="s">
         <v>20</v>
       </c>
       <c r="E1358" s="1">
         <v>1</v>
       </c>
       <c r="F1358" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="1359">
       <c r="A1359" s="1">
         <v>38</v>
       </c>
       <c r="B1359" s="1">
         <v>1453</v>
       </c>
       <c r="C1359" s="1" t="s">
-        <v>1310</v>
+        <v>1312</v>
       </c>
       <c r="D1359" s="1" t="s">
         <v>38</v>
       </c>
       <c r="E1359" s="1">
         <v>1</v>
       </c>
       <c r="F1359" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="1360">
       <c r="A1360" s="1">
         <v>38</v>
       </c>
       <c r="B1360" s="1">
         <v>2008</v>
       </c>
       <c r="C1360" s="1" t="s">
-        <v>1311</v>
+        <v>1313</v>
       </c>
       <c r="D1360" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E1360" s="1">
         <v>1</v>
       </c>
       <c r="F1360" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="1361">
       <c r="A1361" s="1">
         <v>38</v>
       </c>
       <c r="B1361" s="1">
         <v>2030</v>
       </c>
       <c r="C1361" s="1" t="s">
-        <v>1312</v>
+        <v>1314</v>
       </c>
       <c r="D1361" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E1361" s="1">
         <v>1</v>
       </c>
       <c r="F1361" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="1364">
       <c r="A1364" s="3" t="s">
-        <v>1313</v>
+        <v>1315</v>
       </c>
       <c r="B1364" s="3" t="s">
-        <v>1313</v>
+        <v>1315</v>
       </c>
       <c r="C1364" s="3" t="s">
-        <v>1313</v>
+        <v>1315</v>
       </c>
       <c r="D1364" s="3" t="s">
-        <v>1313</v>
+        <v>1315</v>
       </c>
       <c r="E1364" s="3" t="s">
-        <v>1313</v>
+        <v>1315</v>
       </c>
     </row>
     <row r="1365">
       <c r="A1365" s="2" t="s">
         <v>2</v>
       </c>
       <c r="B1365" s="2" t="s">
         <v>3</v>
       </c>
       <c r="C1365" s="2" t="s">
         <v>4</v>
       </c>
       <c r="D1365" s="2" t="s">
         <v>5</v>
       </c>
       <c r="E1365" s="2" t="s">
         <v>6</v>
       </c>
       <c r="F1365" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="1366">
       <c r="A1366" s="1">
         <v>1</v>
       </c>
       <c r="B1366" s="1">
         <v>1081</v>
       </c>
       <c r="C1366" s="1" t="s">
-        <v>1314</v>
+        <v>1316</v>
       </c>
       <c r="D1366" s="1" t="s">
         <v>110</v>
       </c>
       <c r="E1366" s="1">
         <v>144</v>
       </c>
       <c r="F1366" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="1367">
       <c r="A1367" s="1">
         <v>2</v>
       </c>
       <c r="B1367" s="1">
         <v>765</v>
       </c>
       <c r="C1367" s="1" t="s">
-        <v>1315</v>
+        <v>1317</v>
       </c>
       <c r="D1367" s="1" t="s">
         <v>20</v>
       </c>
       <c r="E1367" s="1">
         <v>104</v>
       </c>
       <c r="F1367" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="1368">
       <c r="A1368" s="1">
         <v>3</v>
       </c>
       <c r="B1368" s="1">
         <v>1165</v>
       </c>
       <c r="C1368" s="1" t="s">
-        <v>1316</v>
+        <v>1318</v>
       </c>
       <c r="D1368" s="1" t="s">
         <v>207</v>
       </c>
       <c r="E1368" s="1">
         <v>96</v>
       </c>
       <c r="F1368" s="1">
         <v>8</v>
       </c>
     </row>
     <row r="1369">
       <c r="A1369" s="1">
         <v>4</v>
       </c>
       <c r="B1369" s="1">
         <v>1185</v>
       </c>
       <c r="C1369" s="1" t="s">
         <v>881</v>
       </c>
       <c r="D1369" s="1" t="s">
         <v>207</v>
       </c>
       <c r="E1369" s="1">
         <v>86</v>
       </c>
       <c r="F1369" s="1">
         <v>9</v>
       </c>
     </row>
     <row r="1370">
       <c r="A1370" s="1">
         <v>5</v>
       </c>
       <c r="B1370" s="1">
         <v>1023</v>
       </c>
       <c r="C1370" s="1" t="s">
-        <v>1317</v>
+        <v>1319</v>
       </c>
       <c r="D1370" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E1370" s="1">
         <v>79</v>
       </c>
       <c r="F1370" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="1371">
       <c r="A1371" s="1">
         <v>5</v>
       </c>
       <c r="B1371" s="1">
         <v>366</v>
       </c>
       <c r="C1371" s="1" t="s">
-        <v>1318</v>
+        <v>1320</v>
       </c>
       <c r="D1371" s="1" t="s">
         <v>70</v>
       </c>
       <c r="E1371" s="1">
         <v>79</v>
       </c>
       <c r="F1371" s="1">
         <v>7</v>
       </c>
     </row>
     <row r="1372">
       <c r="A1372" s="1">
         <v>6</v>
       </c>
       <c r="B1372" s="1">
         <v>1085</v>
       </c>
       <c r="C1372" s="1" t="s">
-        <v>1319</v>
+        <v>1321</v>
       </c>
       <c r="D1372" s="1" t="s">
         <v>110</v>
       </c>
       <c r="E1372" s="1">
         <v>58</v>
       </c>
       <c r="F1372" s="1">
         <v>8</v>
       </c>
     </row>
     <row r="1373">
       <c r="A1373" s="1">
         <v>7</v>
       </c>
       <c r="B1373" s="1">
         <v>543</v>
       </c>
       <c r="C1373" s="1" t="s">
-        <v>1320</v>
+        <v>1322</v>
       </c>
       <c r="D1373" s="1" t="s">
         <v>442</v>
       </c>
       <c r="E1373" s="1">
         <v>38</v>
       </c>
       <c r="F1373" s="1">
         <v>6</v>
       </c>
     </row>
     <row r="1374">
       <c r="A1374" s="1">
         <v>8</v>
       </c>
       <c r="B1374" s="1">
         <v>621</v>
       </c>
       <c r="C1374" s="1" t="s">
-        <v>1321</v>
+        <v>1323</v>
       </c>
       <c r="D1374" s="1" t="s">
         <v>86</v>
       </c>
       <c r="E1374" s="1">
         <v>37</v>
       </c>
       <c r="F1374" s="1">
         <v>7</v>
       </c>
     </row>
     <row r="1375">
       <c r="A1375" s="1">
         <v>9</v>
       </c>
       <c r="B1375" s="1">
         <v>370</v>
       </c>
       <c r="C1375" s="1" t="s">
-        <v>1322</v>
+        <v>1324</v>
       </c>
       <c r="D1375" s="1" t="s">
         <v>70</v>
       </c>
       <c r="E1375" s="1">
         <v>36</v>
       </c>
       <c r="F1375" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="1376">
       <c r="A1376" s="1">
         <v>10</v>
       </c>
       <c r="B1376" s="1">
         <v>1035</v>
       </c>
       <c r="C1376" s="1" t="s">
-        <v>1323</v>
+        <v>1325</v>
       </c>
       <c r="D1376" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E1376" s="1">
         <v>34</v>
       </c>
       <c r="F1376" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="1377">
       <c r="A1377" s="1">
         <v>10</v>
       </c>
       <c r="B1377" s="1">
         <v>1546</v>
       </c>
       <c r="C1377" s="1" t="s">
-        <v>1324</v>
+        <v>1326</v>
       </c>
       <c r="D1377" s="1" t="s">
         <v>24</v>
       </c>
       <c r="E1377" s="1">
         <v>34</v>
       </c>
       <c r="F1377" s="1">
         <v>7</v>
       </c>
     </row>
     <row r="1378">
       <c r="A1378" s="1">
         <v>11</v>
       </c>
       <c r="B1378" s="1">
         <v>1166</v>
       </c>
       <c r="C1378" s="1" t="s">
-        <v>1325</v>
+        <v>1327</v>
       </c>
       <c r="D1378" s="1" t="s">
         <v>207</v>
       </c>
       <c r="E1378" s="1">
         <v>33</v>
       </c>
       <c r="F1378" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="1379">
       <c r="A1379" s="1">
         <v>12</v>
       </c>
       <c r="B1379" s="1">
         <v>763</v>
       </c>
       <c r="C1379" s="1" t="s">
-        <v>1326</v>
+        <v>1328</v>
       </c>
       <c r="D1379" s="1" t="s">
         <v>20</v>
       </c>
       <c r="E1379" s="1">
         <v>30</v>
       </c>
       <c r="F1379" s="1">
         <v>9</v>
       </c>
     </row>
     <row r="1380">
       <c r="A1380" s="1">
         <v>13</v>
       </c>
       <c r="B1380" s="1">
         <v>1528</v>
       </c>
       <c r="C1380" s="1" t="s">
-        <v>1327</v>
+        <v>1329</v>
       </c>
       <c r="D1380" s="1" t="s">
         <v>52</v>
       </c>
       <c r="E1380" s="1">
         <v>29</v>
       </c>
       <c r="F1380" s="1">
         <v>6</v>
       </c>
     </row>
     <row r="1381">
       <c r="A1381" s="1">
         <v>14</v>
       </c>
       <c r="B1381" s="1">
         <v>544</v>
       </c>
       <c r="C1381" s="1" t="s">
         <v>606</v>
       </c>
       <c r="D1381" s="1" t="s">
         <v>86</v>
       </c>
       <c r="E1381" s="1">
         <v>27</v>
       </c>
       <c r="F1381" s="1">
         <v>7</v>
       </c>
     </row>
     <row r="1382">
       <c r="A1382" s="1">
         <v>15</v>
       </c>
       <c r="B1382" s="1">
         <v>1619</v>
       </c>
       <c r="C1382" s="1" t="s">
-        <v>1328</v>
+        <v>1330</v>
       </c>
       <c r="D1382" s="1" t="s">
         <v>418</v>
       </c>
       <c r="E1382" s="1">
         <v>26</v>
       </c>
       <c r="F1382" s="1">
         <v>4</v>
       </c>
     </row>
     <row r="1383">
       <c r="A1383" s="1">
         <v>16</v>
       </c>
       <c r="B1383" s="1">
         <v>364</v>
       </c>
       <c r="C1383" s="1" t="s">
-        <v>1329</v>
+        <v>1331</v>
       </c>
       <c r="D1383" s="1" t="s">
         <v>70</v>
       </c>
       <c r="E1383" s="1">
         <v>25</v>
       </c>
       <c r="F1383" s="1">
         <v>6</v>
       </c>
     </row>
     <row r="1384">
       <c r="A1384" s="1">
         <v>17</v>
       </c>
       <c r="B1384" s="1">
         <v>1156</v>
       </c>
       <c r="C1384" s="1" t="s">
         <v>611</v>
       </c>
       <c r="D1384" s="1" t="s">
         <v>207</v>
       </c>
       <c r="E1384" s="1">
         <v>24</v>
       </c>
       <c r="F1384" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="1385">
       <c r="A1385" s="1">
         <v>18</v>
       </c>
       <c r="B1385" s="1">
         <v>200</v>
       </c>
       <c r="C1385" s="1" t="s">
-        <v>1330</v>
+        <v>1332</v>
       </c>
       <c r="D1385" s="1" t="s">
         <v>70</v>
       </c>
       <c r="E1385" s="1">
         <v>21</v>
       </c>
       <c r="F1385" s="1">
         <v>7</v>
       </c>
     </row>
     <row r="1386">
       <c r="A1386" s="1">
         <v>18</v>
       </c>
       <c r="B1386" s="1">
         <v>1031</v>
       </c>
       <c r="C1386" s="1" t="s">
-        <v>1331</v>
+        <v>1333</v>
       </c>
       <c r="D1386" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E1386" s="1">
         <v>21</v>
       </c>
       <c r="F1386" s="1">
         <v>9</v>
       </c>
     </row>
     <row r="1387">
       <c r="A1387" s="1">
         <v>19</v>
       </c>
       <c r="B1387" s="1">
         <v>1120</v>
       </c>
       <c r="C1387" s="1" t="s">
-        <v>1332</v>
+        <v>1334</v>
       </c>
       <c r="D1387" s="1" t="s">
         <v>29</v>
       </c>
       <c r="E1387" s="1">
         <v>20</v>
       </c>
       <c r="F1387" s="1">
         <v>8</v>
       </c>
     </row>
     <row r="1388">
       <c r="A1388" s="1">
         <v>19</v>
       </c>
       <c r="B1388" s="1">
         <v>1733</v>
       </c>
       <c r="C1388" s="1" t="s">
-        <v>1333</v>
+        <v>1335</v>
       </c>
       <c r="D1388" s="1" t="s">
         <v>24</v>
       </c>
       <c r="E1388" s="1">
         <v>20</v>
       </c>
       <c r="F1388" s="1">
         <v>4</v>
       </c>
     </row>
     <row r="1389">
       <c r="A1389" s="1">
         <v>20</v>
       </c>
       <c r="B1389" s="1">
         <v>929</v>
       </c>
       <c r="C1389" s="1" t="s">
-        <v>1334</v>
+        <v>1336</v>
       </c>
       <c r="D1389" s="1" t="s">
         <v>52</v>
       </c>
       <c r="E1389" s="1">
         <v>18</v>
       </c>
       <c r="F1389" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="1390">
       <c r="A1390" s="1">
         <v>20</v>
       </c>
       <c r="B1390" s="1">
         <v>17</v>
       </c>
       <c r="C1390" s="1" t="s">
-        <v>1335</v>
+        <v>1337</v>
       </c>
       <c r="D1390" s="1" t="s">
         <v>18</v>
       </c>
       <c r="E1390" s="1">
         <v>18</v>
       </c>
       <c r="F1390" s="1">
         <v>9</v>
       </c>
     </row>
     <row r="1391">
       <c r="A1391" s="1">
         <v>21</v>
       </c>
       <c r="B1391" s="1">
         <v>1486</v>
       </c>
       <c r="C1391" s="1" t="s">
-        <v>1336</v>
+        <v>1338</v>
       </c>
       <c r="D1391" s="1" t="s">
         <v>86</v>
       </c>
       <c r="E1391" s="1">
         <v>17</v>
       </c>
       <c r="F1391" s="1">
         <v>9</v>
       </c>
     </row>
     <row r="1392">
       <c r="A1392" s="1">
         <v>21</v>
       </c>
       <c r="B1392" s="1">
         <v>1012</v>
       </c>
       <c r="C1392" s="1" t="s">
-        <v>1337</v>
+        <v>1339</v>
       </c>
       <c r="D1392" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E1392" s="1">
         <v>17</v>
       </c>
       <c r="F1392" s="1">
         <v>9</v>
       </c>
     </row>
     <row r="1393">
       <c r="A1393" s="1">
         <v>22</v>
       </c>
       <c r="B1393" s="1">
         <v>1350</v>
       </c>
       <c r="C1393" s="1" t="s">
-        <v>1338</v>
+        <v>1340</v>
       </c>
       <c r="D1393" s="1" t="s">
         <v>38</v>
       </c>
       <c r="E1393" s="1">
         <v>16</v>
       </c>
       <c r="F1393" s="1">
         <v>5</v>
       </c>
     </row>
     <row r="1394">
       <c r="A1394" s="1">
         <v>23</v>
       </c>
       <c r="B1394" s="1">
         <v>1158</v>
       </c>
       <c r="C1394" s="1" t="s">
-        <v>1339</v>
+        <v>1341</v>
       </c>
       <c r="D1394" s="1" t="s">
         <v>207</v>
       </c>
       <c r="E1394" s="1">
         <v>15</v>
       </c>
       <c r="F1394" s="1">
         <v>8</v>
       </c>
     </row>
     <row r="1395">
       <c r="A1395" s="1">
         <v>24</v>
       </c>
       <c r="B1395" s="1">
         <v>202</v>
       </c>
       <c r="C1395" s="1" t="s">
-        <v>1340</v>
+        <v>1342</v>
       </c>
       <c r="D1395" s="1" t="s">
         <v>70</v>
       </c>
       <c r="E1395" s="1">
         <v>14</v>
       </c>
       <c r="F1395" s="1">
         <v>9</v>
       </c>
     </row>
     <row r="1396">
       <c r="A1396" s="1">
         <v>25</v>
       </c>
       <c r="B1396" s="1">
         <v>44</v>
       </c>
       <c r="C1396" s="1" t="s">
-        <v>1341</v>
+        <v>1343</v>
       </c>
       <c r="D1396" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E1396" s="1">
         <v>13</v>
       </c>
       <c r="F1396" s="1">
         <v>6</v>
       </c>
     </row>
     <row r="1397">
       <c r="A1397" s="1">
         <v>25</v>
       </c>
       <c r="B1397" s="1">
         <v>369</v>
       </c>
       <c r="C1397" s="1" t="s">
-        <v>1342</v>
+        <v>1344</v>
       </c>
       <c r="D1397" s="1" t="s">
         <v>70</v>
       </c>
       <c r="E1397" s="1">
         <v>13</v>
       </c>
       <c r="F1397" s="1">
         <v>9</v>
       </c>
     </row>
     <row r="1398">
       <c r="A1398" s="1">
         <v>26</v>
       </c>
       <c r="B1398" s="1">
         <v>1117</v>
       </c>
       <c r="C1398" s="1" t="s">
-        <v>1343</v>
+        <v>1345</v>
       </c>
       <c r="D1398" s="1" t="s">
         <v>29</v>
       </c>
       <c r="E1398" s="1">
         <v>12</v>
       </c>
       <c r="F1398" s="1">
         <v>5</v>
       </c>
     </row>
     <row r="1399">
       <c r="A1399" s="1">
         <v>26</v>
       </c>
       <c r="B1399" s="1">
         <v>1157</v>
       </c>
       <c r="C1399" s="1" t="s">
-        <v>1344</v>
+        <v>1346</v>
       </c>
       <c r="D1399" s="1" t="s">
         <v>207</v>
       </c>
       <c r="E1399" s="1">
         <v>12</v>
       </c>
       <c r="F1399" s="1">
         <v>7</v>
       </c>
     </row>
     <row r="1400">
       <c r="A1400" s="1">
         <v>26</v>
       </c>
       <c r="B1400" s="1">
         <v>1633</v>
       </c>
       <c r="C1400" s="1" t="s">
-        <v>1345</v>
+        <v>1347</v>
       </c>
       <c r="D1400" s="1" t="s">
         <v>600</v>
       </c>
       <c r="E1400" s="1">
         <v>12</v>
       </c>
       <c r="F1400" s="1">
         <v>4</v>
       </c>
     </row>
     <row r="1401">
       <c r="A1401" s="1">
         <v>27</v>
       </c>
       <c r="B1401" s="1">
         <v>363</v>
       </c>
       <c r="C1401" s="1" t="s">
-        <v>1346</v>
+        <v>1348</v>
       </c>
       <c r="D1401" s="1" t="s">
         <v>70</v>
       </c>
       <c r="E1401" s="1">
         <v>11</v>
       </c>
       <c r="F1401" s="1">
         <v>7</v>
       </c>
     </row>
     <row r="1402">
       <c r="A1402" s="1">
         <v>27</v>
       </c>
       <c r="B1402" s="1">
         <v>732</v>
       </c>
       <c r="C1402" s="1" t="s">
-        <v>1347</v>
+        <v>1349</v>
       </c>
       <c r="D1402" s="1" t="s">
         <v>126</v>
       </c>
       <c r="E1402" s="1">
         <v>11</v>
       </c>
       <c r="F1402" s="1">
         <v>5</v>
       </c>
     </row>
     <row r="1403">
       <c r="A1403" s="1">
         <v>27</v>
       </c>
       <c r="B1403" s="1">
         <v>111</v>
       </c>
       <c r="C1403" s="1" t="s">
-        <v>1348</v>
+        <v>1350</v>
       </c>
       <c r="D1403" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E1403" s="1">
         <v>11</v>
       </c>
       <c r="F1403" s="1">
         <v>7</v>
       </c>
     </row>
     <row r="1404">
       <c r="A1404" s="1">
         <v>28</v>
       </c>
       <c r="B1404" s="1">
         <v>1150</v>
       </c>
       <c r="C1404" s="1" t="s">
-        <v>1349</v>
+        <v>1351</v>
       </c>
       <c r="D1404" s="1" t="s">
         <v>29</v>
       </c>
       <c r="E1404" s="1">
         <v>10</v>
       </c>
       <c r="F1404" s="1">
         <v>4</v>
       </c>
     </row>
     <row r="1405">
       <c r="A1405" s="1">
         <v>28</v>
       </c>
       <c r="B1405" s="1">
         <v>1387</v>
       </c>
       <c r="C1405" s="1" t="s">
-        <v>1350</v>
+        <v>1352</v>
       </c>
       <c r="D1405" s="1" t="s">
         <v>52</v>
       </c>
       <c r="E1405" s="1">
         <v>10</v>
       </c>
       <c r="F1405" s="1">
         <v>8</v>
       </c>
     </row>
     <row r="1406">
       <c r="A1406" s="1">
         <v>29</v>
       </c>
       <c r="B1406" s="1">
         <v>1259</v>
       </c>
       <c r="C1406" s="1" t="s">
-        <v>1351</v>
+        <v>1353</v>
       </c>
       <c r="D1406" s="1" t="s">
         <v>9</v>
       </c>
       <c r="E1406" s="1">
         <v>9</v>
       </c>
       <c r="F1406" s="1">
         <v>8</v>
       </c>
     </row>
     <row r="1407">
       <c r="A1407" s="1">
         <v>29</v>
       </c>
       <c r="B1407" s="1">
         <v>38</v>
       </c>
       <c r="C1407" s="1" t="s">
-        <v>1352</v>
+        <v>1354</v>
       </c>
       <c r="D1407" s="1" t="s">
         <v>18</v>
       </c>
       <c r="E1407" s="1">
         <v>9</v>
       </c>
       <c r="F1407" s="1">
         <v>4</v>
       </c>
     </row>
     <row r="1408">
       <c r="A1408" s="1">
         <v>29</v>
       </c>
       <c r="B1408" s="1">
         <v>265</v>
       </c>
       <c r="C1408" s="1" t="s">
-        <v>1353</v>
+        <v>1355</v>
       </c>
       <c r="D1408" s="1" t="s">
         <v>86</v>
       </c>
       <c r="E1408" s="1">
         <v>9</v>
       </c>
       <c r="F1408" s="1">
         <v>9</v>
       </c>
     </row>
     <row r="1409">
       <c r="A1409" s="1">
         <v>29</v>
       </c>
       <c r="B1409" s="1">
         <v>576</v>
       </c>
       <c r="C1409" s="1" t="s">
-        <v>1354</v>
+        <v>1356</v>
       </c>
       <c r="D1409" s="1" t="s">
         <v>86</v>
       </c>
       <c r="E1409" s="1">
         <v>9</v>
       </c>
       <c r="F1409" s="1">
         <v>9</v>
       </c>
     </row>
     <row r="1410">
       <c r="A1410" s="1">
         <v>29</v>
       </c>
       <c r="B1410" s="1">
         <v>25</v>
       </c>
       <c r="C1410" s="1" t="s">
-        <v>1355</v>
+        <v>1357</v>
       </c>
       <c r="D1410" s="1" t="s">
         <v>18</v>
       </c>
       <c r="E1410" s="1">
         <v>9</v>
       </c>
       <c r="F1410" s="1">
         <v>7</v>
       </c>
     </row>
     <row r="1411">
       <c r="A1411" s="1">
         <v>29</v>
       </c>
       <c r="B1411" s="1">
         <v>83</v>
       </c>
       <c r="C1411" s="1" t="s">
-        <v>1356</v>
+        <v>1358</v>
       </c>
       <c r="D1411" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E1411" s="1">
         <v>9</v>
       </c>
       <c r="F1411" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="1412">
       <c r="A1412" s="1">
         <v>30</v>
       </c>
       <c r="B1412" s="1">
         <v>1228</v>
       </c>
       <c r="C1412" s="1" t="s">
-        <v>1357</v>
+        <v>1359</v>
       </c>
       <c r="D1412" s="1" t="s">
         <v>126</v>
       </c>
       <c r="E1412" s="1">
         <v>8</v>
       </c>
       <c r="F1412" s="1">
         <v>8</v>
       </c>
     </row>
     <row r="1413">
       <c r="A1413" s="1">
         <v>30</v>
       </c>
       <c r="B1413" s="1">
         <v>250</v>
       </c>
       <c r="C1413" s="1" t="s">
-        <v>1358</v>
+        <v>1360</v>
       </c>
       <c r="D1413" s="1" t="s">
         <v>86</v>
       </c>
       <c r="E1413" s="1">
         <v>8</v>
       </c>
       <c r="F1413" s="1">
         <v>6</v>
       </c>
     </row>
     <row r="1414">
       <c r="A1414" s="1">
         <v>30</v>
       </c>
       <c r="B1414" s="1">
         <v>1446</v>
       </c>
       <c r="C1414" s="1" t="s">
-        <v>1359</v>
+        <v>1361</v>
       </c>
       <c r="D1414" s="1" t="s">
         <v>52</v>
       </c>
       <c r="E1414" s="1">
         <v>8</v>
       </c>
       <c r="F1414" s="1">
         <v>5</v>
       </c>
     </row>
     <row r="1415">
       <c r="A1415" s="1">
         <v>30</v>
       </c>
       <c r="B1415" s="1">
         <v>1721</v>
       </c>
       <c r="C1415" s="1" t="s">
-        <v>1360</v>
+        <v>1362</v>
       </c>
       <c r="D1415" s="1" t="s">
         <v>38</v>
       </c>
       <c r="E1415" s="1">
         <v>8</v>
       </c>
       <c r="F1415" s="1">
         <v>4</v>
       </c>
     </row>
     <row r="1416">
       <c r="A1416" s="1">
         <v>31</v>
       </c>
       <c r="B1416" s="1">
         <v>1742</v>
       </c>
       <c r="C1416" s="1" t="s">
-        <v>1361</v>
+        <v>1363</v>
       </c>
       <c r="D1416" s="1" t="s">
         <v>636</v>
       </c>
       <c r="E1416" s="1">
         <v>7</v>
       </c>
       <c r="F1416" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="1417">
       <c r="A1417" s="1">
         <v>31</v>
       </c>
       <c r="B1417" s="1">
         <v>124</v>
       </c>
       <c r="C1417" s="1" t="s">
-        <v>1362</v>
+        <v>1364</v>
       </c>
       <c r="D1417" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E1417" s="1">
         <v>7</v>
       </c>
       <c r="F1417" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="1418">
       <c r="A1418" s="1">
         <v>32</v>
       </c>
       <c r="B1418" s="1">
         <v>415</v>
       </c>
       <c r="C1418" s="1" t="s">
-        <v>1363</v>
+        <v>1365</v>
       </c>
       <c r="D1418" s="1" t="s">
         <v>86</v>
       </c>
       <c r="E1418" s="1">
         <v>6</v>
       </c>
       <c r="F1418" s="1">
         <v>5</v>
       </c>
     </row>
     <row r="1419">
       <c r="A1419" s="1">
         <v>32</v>
       </c>
       <c r="B1419" s="1">
         <v>1364</v>
       </c>
       <c r="C1419" s="1" t="s">
-        <v>1364</v>
+        <v>1366</v>
       </c>
       <c r="D1419" s="1" t="s">
         <v>38</v>
       </c>
       <c r="E1419" s="1">
         <v>6</v>
       </c>
       <c r="F1419" s="1">
         <v>6</v>
       </c>
     </row>
     <row r="1420">
       <c r="A1420" s="1">
         <v>32</v>
       </c>
       <c r="B1420" s="1">
         <v>1650</v>
       </c>
       <c r="C1420" s="1" t="s">
-        <v>1365</v>
+        <v>1367</v>
       </c>
       <c r="D1420" s="1" t="s">
         <v>70</v>
       </c>
       <c r="E1420" s="1">
         <v>6</v>
       </c>
       <c r="F1420" s="1">
         <v>6</v>
       </c>
     </row>
     <row r="1421">
       <c r="A1421" s="1">
         <v>33</v>
       </c>
       <c r="B1421" s="1">
         <v>112</v>
       </c>
       <c r="C1421" s="1" t="s">
-        <v>1366</v>
+        <v>1368</v>
       </c>
       <c r="D1421" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E1421" s="1">
         <v>5</v>
       </c>
       <c r="F1421" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="1422">
       <c r="A1422" s="1">
         <v>34</v>
       </c>
       <c r="B1422" s="1">
         <v>1115</v>
       </c>
       <c r="C1422" s="1" t="s">
-        <v>1367</v>
+        <v>1369</v>
       </c>
       <c r="D1422" s="1" t="s">
         <v>29</v>
       </c>
       <c r="E1422" s="1">
         <v>3</v>
       </c>
       <c r="F1422" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="1423">
       <c r="A1423" s="1">
         <v>34</v>
       </c>
       <c r="B1423" s="1">
         <v>1475</v>
       </c>
       <c r="C1423" s="1" t="s">
-        <v>1368</v>
+        <v>1370</v>
       </c>
       <c r="D1423" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E1423" s="1">
         <v>3</v>
       </c>
       <c r="F1423" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="1424">
       <c r="A1424" s="1">
         <v>34</v>
       </c>
       <c r="B1424" s="1">
         <v>1479</v>
       </c>
       <c r="C1424" s="1" t="s">
-        <v>1369</v>
+        <v>1371</v>
       </c>
       <c r="D1424" s="1" t="s">
         <v>835</v>
       </c>
       <c r="E1424" s="1">
         <v>3</v>
       </c>
       <c r="F1424" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="1425">
       <c r="A1425" s="1">
         <v>34</v>
       </c>
       <c r="B1425" s="1">
         <v>360</v>
       </c>
       <c r="C1425" s="1" t="s">
-        <v>1370</v>
+        <v>1372</v>
       </c>
       <c r="D1425" s="1" t="s">
         <v>70</v>
       </c>
       <c r="E1425" s="1">
         <v>3</v>
       </c>
       <c r="F1425" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="1426">
       <c r="A1426" s="1">
         <v>34</v>
       </c>
       <c r="B1426" s="1">
         <v>1787</v>
       </c>
       <c r="C1426" s="1" t="s">
-        <v>1371</v>
+        <v>1373</v>
       </c>
       <c r="D1426" s="1" t="s">
-        <v>1372</v>
+        <v>1374</v>
       </c>
       <c r="E1426" s="1">
         <v>3</v>
       </c>
       <c r="F1426" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="1427">
       <c r="A1427" s="1">
         <v>34</v>
       </c>
       <c r="B1427" s="1">
         <v>1026</v>
       </c>
       <c r="C1427" s="1" t="s">
         <v>764</v>
       </c>
       <c r="D1427" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E1427" s="1">
         <v>3</v>
       </c>
       <c r="F1427" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="1428">
       <c r="A1428" s="1">
         <v>34</v>
       </c>
       <c r="B1428" s="1">
         <v>1831</v>
       </c>
       <c r="C1428" s="1" t="s">
-        <v>1373</v>
+        <v>1375</v>
       </c>
       <c r="D1428" s="1" t="s">
         <v>18</v>
       </c>
       <c r="E1428" s="1">
         <v>3</v>
       </c>
       <c r="F1428" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="1429">
       <c r="A1429" s="1">
         <v>34</v>
       </c>
       <c r="B1429" s="1">
         <v>1839</v>
       </c>
       <c r="C1429" s="1" t="s">
-        <v>1374</v>
+        <v>1376</v>
       </c>
       <c r="D1429" s="1" t="s">
         <v>52</v>
       </c>
       <c r="E1429" s="1">
         <v>3</v>
       </c>
       <c r="F1429" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="1430">
       <c r="A1430" s="1">
         <v>34</v>
       </c>
       <c r="B1430" s="1">
         <v>1111</v>
       </c>
       <c r="C1430" s="1" t="s">
-        <v>1375</v>
+        <v>1377</v>
       </c>
       <c r="D1430" s="1" t="s">
         <v>29</v>
       </c>
       <c r="E1430" s="1">
         <v>3</v>
       </c>
       <c r="F1430" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="1431">
       <c r="A1431" s="1">
         <v>34</v>
       </c>
       <c r="B1431" s="1">
         <v>799</v>
       </c>
       <c r="C1431" s="1" t="s">
-        <v>1376</v>
+        <v>1378</v>
       </c>
       <c r="D1431" s="1" t="s">
         <v>20</v>
       </c>
       <c r="E1431" s="1">
         <v>3</v>
       </c>
       <c r="F1431" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="1432">
       <c r="A1432" s="1">
         <v>35</v>
       </c>
       <c r="B1432" s="1">
         <v>1464</v>
       </c>
       <c r="C1432" s="1" t="s">
-        <v>1374</v>
+        <v>1376</v>
       </c>
       <c r="D1432" s="1" t="s">
         <v>126</v>
       </c>
       <c r="E1432" s="1">
         <v>3</v>
       </c>
       <c r="F1432" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="1433">
       <c r="A1433" s="1">
         <v>35</v>
       </c>
       <c r="B1433" s="1">
         <v>1465</v>
       </c>
       <c r="C1433" s="1" t="s">
-        <v>1377</v>
+        <v>1379</v>
       </c>
       <c r="D1433" s="1" t="s">
         <v>126</v>
       </c>
       <c r="E1433" s="1">
         <v>2</v>
       </c>
       <c r="F1433" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="1434">
       <c r="A1434" s="1">
         <v>35</v>
       </c>
       <c r="B1434" s="1">
         <v>1570</v>
       </c>
       <c r="C1434" s="1" t="s">
-        <v>1378</v>
+        <v>1380</v>
       </c>
       <c r="D1434" s="1" t="s">
-        <v>1379</v>
+        <v>1381</v>
       </c>
       <c r="E1434" s="1">
         <v>2</v>
       </c>
       <c r="F1434" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="1435">
       <c r="A1435" s="1">
         <v>35</v>
       </c>
       <c r="B1435" s="1">
         <v>604</v>
       </c>
       <c r="C1435" s="1" t="s">
-        <v>1380</v>
+        <v>1382</v>
       </c>
       <c r="D1435" s="1" t="s">
-        <v>1381</v>
+        <v>1383</v>
       </c>
       <c r="E1435" s="1">
         <v>2</v>
       </c>
       <c r="F1435" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="1436">
       <c r="A1436" s="1">
         <v>35</v>
       </c>
       <c r="B1436" s="1">
         <v>1533</v>
       </c>
       <c r="C1436" s="1" t="s">
-        <v>1382</v>
+        <v>1384</v>
       </c>
       <c r="D1436" s="1" t="s">
         <v>86</v>
       </c>
       <c r="E1436" s="1">
         <v>2</v>
       </c>
       <c r="F1436" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="1437">
       <c r="A1437" s="1">
         <v>35</v>
       </c>
       <c r="B1437" s="1">
         <v>625</v>
       </c>
       <c r="C1437" s="1" t="s">
-        <v>1383</v>
+        <v>1385</v>
       </c>
       <c r="D1437" s="1" t="s">
         <v>86</v>
       </c>
       <c r="E1437" s="1">
         <v>2</v>
       </c>
       <c r="F1437" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="1438">
       <c r="A1438" s="1">
         <v>35</v>
       </c>
       <c r="B1438" s="1">
         <v>1855</v>
       </c>
       <c r="C1438" s="1" t="s">
-        <v>1384</v>
+        <v>1386</v>
       </c>
       <c r="D1438" s="1" t="s">
         <v>126</v>
       </c>
       <c r="E1438" s="1">
         <v>4</v>
       </c>
       <c r="F1438" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="1439">
       <c r="A1439" s="1">
         <v>35</v>
       </c>
       <c r="B1439" s="1">
         <v>1121</v>
       </c>
       <c r="C1439" s="1" t="s">
-        <v>1385</v>
+        <v>1387</v>
       </c>
       <c r="D1439" s="1" t="s">
         <v>29</v>
       </c>
       <c r="E1439" s="1">
         <v>2</v>
       </c>
       <c r="F1439" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="1440">
       <c r="A1440" s="1">
         <v>36</v>
       </c>
       <c r="B1440" s="1">
         <v>367</v>
       </c>
       <c r="C1440" s="1" t="s">
-        <v>1386</v>
+        <v>1388</v>
       </c>
       <c r="D1440" s="1" t="s">
         <v>70</v>
       </c>
       <c r="E1440" s="1">
         <v>1</v>
       </c>
       <c r="F1440" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="1441">
       <c r="A1441" s="1">
         <v>36</v>
       </c>
       <c r="B1441" s="1">
         <v>389</v>
       </c>
       <c r="C1441" s="1" t="s">
-        <v>1387</v>
+        <v>1389</v>
       </c>
       <c r="D1441" s="1" t="s">
         <v>101</v>
       </c>
       <c r="E1441" s="1">
         <v>1</v>
       </c>
       <c r="F1441" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="1442">
       <c r="A1442" s="1">
         <v>36</v>
       </c>
       <c r="B1442" s="1">
         <v>1600</v>
       </c>
       <c r="C1442" s="1" t="s">
-        <v>1388</v>
+        <v>1390</v>
       </c>
       <c r="D1442" s="1" t="s">
         <v>987</v>
       </c>
       <c r="E1442" s="1">
         <v>1</v>
       </c>
       <c r="F1442" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="1443">
       <c r="A1443" s="1">
         <v>36</v>
       </c>
       <c r="B1443" s="1">
         <v>1229</v>
       </c>
       <c r="C1443" s="1" t="s">
-        <v>1389</v>
+        <v>1391</v>
       </c>
       <c r="D1443" s="1" t="s">
         <v>126</v>
       </c>
       <c r="E1443" s="1">
         <v>1</v>
       </c>
       <c r="F1443" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="1444">
       <c r="A1444" s="1">
         <v>36</v>
       </c>
       <c r="B1444" s="1">
         <v>1702</v>
       </c>
       <c r="C1444" s="1" t="s">
-        <v>1390</v>
+        <v>1392</v>
       </c>
       <c r="D1444" s="1" t="s">
         <v>24</v>
       </c>
       <c r="E1444" s="1">
         <v>1</v>
       </c>
       <c r="F1444" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="1447">
       <c r="A1447" s="3" t="s">
-        <v>1391</v>
+        <v>1393</v>
       </c>
       <c r="B1447" s="3" t="s">
-        <v>1391</v>
+        <v>1393</v>
       </c>
       <c r="C1447" s="3" t="s">
-        <v>1391</v>
+        <v>1393</v>
       </c>
       <c r="D1447" s="3" t="s">
-        <v>1391</v>
+        <v>1393</v>
       </c>
       <c r="E1447" s="3" t="s">
-        <v>1391</v>
+        <v>1393</v>
       </c>
     </row>
     <row r="1448">
       <c r="A1448" s="2" t="s">
         <v>2</v>
       </c>
       <c r="B1448" s="2" t="s">
         <v>3</v>
       </c>
       <c r="C1448" s="2" t="s">
         <v>4</v>
       </c>
       <c r="D1448" s="2" t="s">
         <v>5</v>
       </c>
       <c r="E1448" s="2" t="s">
         <v>6</v>
       </c>
       <c r="F1448" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="1449">
       <c r="A1449" s="1">
         <v>2</v>
       </c>
       <c r="B1449" s="1">
         <v>1017</v>
       </c>
       <c r="C1449" s="1" t="s">
-        <v>1392</v>
+        <v>1394</v>
       </c>
       <c r="D1449" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E1449" s="1">
         <v>117</v>
       </c>
       <c r="F1449" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="1450">
       <c r="A1450" s="1">
         <v>3</v>
       </c>
       <c r="B1450" s="1">
         <v>758</v>
       </c>
       <c r="C1450" s="1" t="s">
-        <v>1393</v>
+        <v>1395</v>
       </c>
       <c r="D1450" s="1" t="s">
         <v>20</v>
       </c>
       <c r="E1450" s="1">
         <v>109</v>
       </c>
       <c r="F1450" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="1451">
       <c r="A1451" s="1">
         <v>4</v>
       </c>
       <c r="B1451" s="1">
         <v>831</v>
       </c>
       <c r="C1451" s="1" t="s">
-        <v>1394</v>
+        <v>1396</v>
       </c>
       <c r="D1451" s="1" t="s">
         <v>20</v>
       </c>
       <c r="E1451" s="1">
         <v>93</v>
       </c>
       <c r="F1451" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="1452">
       <c r="A1452" s="1">
         <v>5</v>
       </c>
       <c r="B1452" s="1">
         <v>23</v>
       </c>
       <c r="C1452" s="1" t="s">
-        <v>1395</v>
+        <v>1397</v>
       </c>
       <c r="D1452" s="1" t="s">
         <v>18</v>
       </c>
       <c r="E1452" s="1">
         <v>88</v>
       </c>
       <c r="F1452" s="1">
         <v>8</v>
       </c>
     </row>
     <row r="1453">
       <c r="A1453" s="1">
         <v>6</v>
       </c>
       <c r="B1453" s="1">
         <v>1069</v>
       </c>
       <c r="C1453" s="1" t="s">
-        <v>1396</v>
+        <v>1398</v>
       </c>
       <c r="D1453" s="1" t="s">
         <v>110</v>
       </c>
       <c r="E1453" s="1">
         <v>64</v>
       </c>
       <c r="F1453" s="1">
         <v>8</v>
       </c>
     </row>
     <row r="1454">
       <c r="A1454" s="1">
         <v>6</v>
       </c>
       <c r="B1454" s="1">
         <v>66</v>
       </c>
       <c r="C1454" s="1" t="s">
-        <v>1397</v>
+        <v>1399</v>
       </c>
       <c r="D1454" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E1454" s="1">
         <v>64</v>
       </c>
       <c r="F1454" s="1">
         <v>9</v>
       </c>
     </row>
     <row r="1455">
       <c r="A1455" s="1">
         <v>7</v>
       </c>
       <c r="B1455" s="1">
         <v>272</v>
       </c>
       <c r="C1455" s="1" t="s">
-        <v>1398</v>
+        <v>1400</v>
       </c>
       <c r="D1455" s="1" t="s">
         <v>70</v>
       </c>
       <c r="E1455" s="1">
         <v>49</v>
       </c>
       <c r="F1455" s="1">
         <v>8</v>
       </c>
     </row>
     <row r="1456">
       <c r="A1456" s="1">
         <v>8</v>
       </c>
       <c r="B1456" s="1">
         <v>1457</v>
       </c>
       <c r="C1456" s="1" t="s">
-        <v>1399</v>
+        <v>1401</v>
       </c>
       <c r="D1456" s="1" t="s">
         <v>52</v>
       </c>
       <c r="E1456" s="1">
         <v>40</v>
       </c>
       <c r="F1456" s="1">
         <v>9</v>
       </c>
     </row>
     <row r="1457">
       <c r="A1457" s="1">
         <v>9</v>
       </c>
       <c r="B1457" s="1">
         <v>1246</v>
       </c>
       <c r="C1457" s="1" t="s">
-        <v>1400</v>
+        <v>1402</v>
       </c>
       <c r="D1457" s="1" t="s">
         <v>86</v>
       </c>
       <c r="E1457" s="1">
         <v>36</v>
       </c>
       <c r="F1457" s="1">
         <v>8</v>
       </c>
     </row>
     <row r="1458">
       <c r="A1458" s="1">
         <v>10</v>
       </c>
       <c r="B1458" s="1">
         <v>536</v>
       </c>
       <c r="C1458" s="1" t="s">
-        <v>1401</v>
+        <v>1403</v>
       </c>
       <c r="D1458" s="1" t="s">
         <v>86</v>
       </c>
       <c r="E1458" s="1">
         <v>34</v>
       </c>
       <c r="F1458" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="1459">
       <c r="A1459" s="1">
         <v>11</v>
       </c>
       <c r="B1459" s="1">
         <v>1388</v>
       </c>
       <c r="C1459" s="1" t="s">
-        <v>1402</v>
+        <v>1404</v>
       </c>
       <c r="D1459" s="1" t="s">
         <v>52</v>
       </c>
       <c r="E1459" s="1">
         <v>30</v>
       </c>
       <c r="F1459" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="1460">
       <c r="A1460" s="1">
         <v>12</v>
       </c>
       <c r="B1460" s="1">
         <v>1352</v>
       </c>
       <c r="C1460" s="1" t="s">
-        <v>1403</v>
+        <v>1405</v>
       </c>
       <c r="D1460" s="1" t="s">
         <v>38</v>
       </c>
       <c r="E1460" s="1">
         <v>28</v>
       </c>
       <c r="F1460" s="1">
         <v>8</v>
       </c>
     </row>
     <row r="1461">
       <c r="A1461" s="1">
         <v>13</v>
       </c>
       <c r="B1461" s="1">
         <v>165</v>
       </c>
       <c r="C1461" s="1" t="s">
-        <v>1404</v>
+        <v>1406</v>
       </c>
       <c r="D1461" s="1" t="s">
         <v>70</v>
       </c>
       <c r="E1461" s="1">
         <v>25</v>
       </c>
       <c r="F1461" s="1">
         <v>7</v>
       </c>
     </row>
     <row r="1462">
       <c r="A1462" s="1">
         <v>14</v>
       </c>
       <c r="B1462" s="1">
         <v>542</v>
       </c>
       <c r="C1462" s="1" t="s">
-        <v>1405</v>
+        <v>1407</v>
       </c>
       <c r="D1462" s="1" t="s">
         <v>86</v>
       </c>
       <c r="E1462" s="1">
         <v>24</v>
       </c>
       <c r="F1462" s="1">
         <v>8</v>
       </c>
     </row>
     <row r="1463">
       <c r="A1463" s="1">
         <v>15</v>
       </c>
       <c r="B1463" s="1">
         <v>1290</v>
       </c>
       <c r="C1463" s="1" t="s">
-        <v>1406</v>
+        <v>1408</v>
       </c>
       <c r="D1463" s="1" t="s">
         <v>9</v>
       </c>
       <c r="E1463" s="1">
         <v>23</v>
       </c>
       <c r="F1463" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="1464">
       <c r="A1464" s="1">
         <v>16</v>
       </c>
       <c r="B1464" s="1">
         <v>278</v>
       </c>
       <c r="C1464" s="1" t="s">
-        <v>1407</v>
+        <v>1409</v>
       </c>
       <c r="D1464" s="1" t="s">
         <v>70</v>
       </c>
       <c r="E1464" s="1">
         <v>21</v>
       </c>
       <c r="F1464" s="1">
         <v>7</v>
       </c>
     </row>
     <row r="1465">
       <c r="A1465" s="1">
         <v>17</v>
       </c>
       <c r="B1465" s="1">
         <v>281</v>
       </c>
       <c r="C1465" s="1" t="s">
-        <v>1408</v>
+        <v>1410</v>
       </c>
       <c r="D1465" s="1" t="s">
         <v>86</v>
       </c>
       <c r="E1465" s="1">
         <v>18</v>
       </c>
       <c r="F1465" s="1">
         <v>5</v>
       </c>
     </row>
     <row r="1466">
       <c r="A1466" s="1">
         <v>18</v>
       </c>
       <c r="B1466" s="1">
         <v>1344</v>
       </c>
       <c r="C1466" s="1" t="s">
-        <v>1409</v>
+        <v>1411</v>
       </c>
       <c r="D1466" s="1" t="s">
         <v>38</v>
       </c>
       <c r="E1466" s="1">
         <v>15</v>
       </c>
       <c r="F1466" s="1">
         <v>6</v>
       </c>
     </row>
     <row r="1467">
       <c r="A1467" s="1">
         <v>18</v>
       </c>
       <c r="B1467" s="1">
         <v>1576</v>
       </c>
       <c r="C1467" s="1" t="s">
-        <v>1410</v>
+        <v>1412</v>
       </c>
       <c r="D1467" s="1" t="s">
-        <v>1379</v>
+        <v>1381</v>
       </c>
       <c r="E1467" s="1">
         <v>15</v>
       </c>
       <c r="F1467" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="1468">
       <c r="A1468" s="1">
         <v>18</v>
       </c>
       <c r="B1468" s="1">
         <v>1077</v>
       </c>
       <c r="C1468" s="1" t="s">
-        <v>1411</v>
+        <v>1413</v>
       </c>
       <c r="D1468" s="1" t="s">
         <v>110</v>
       </c>
       <c r="E1468" s="1">
         <v>15</v>
       </c>
       <c r="F1468" s="1">
         <v>6</v>
       </c>
     </row>
     <row r="1469">
       <c r="A1469" s="1">
         <v>18</v>
       </c>
       <c r="B1469" s="1">
         <v>1639</v>
       </c>
       <c r="C1469" s="1" t="s">
-        <v>1412</v>
+        <v>1414</v>
       </c>
       <c r="D1469" s="1" t="s">
         <v>52</v>
       </c>
       <c r="E1469" s="1">
         <v>15</v>
       </c>
       <c r="F1469" s="1">
         <v>5</v>
       </c>
     </row>
     <row r="1470">
       <c r="A1470" s="1">
         <v>19</v>
       </c>
       <c r="B1470" s="1">
         <v>1501</v>
       </c>
       <c r="C1470" s="1" t="s">
-        <v>1413</v>
+        <v>1415</v>
       </c>
       <c r="D1470" s="1" t="s">
         <v>52</v>
       </c>
       <c r="E1470" s="1">
         <v>14</v>
       </c>
       <c r="F1470" s="1">
         <v>5</v>
       </c>
     </row>
     <row r="1471">
       <c r="A1471" s="1">
         <v>20</v>
       </c>
       <c r="B1471" s="1">
         <v>1717</v>
       </c>
       <c r="C1471" s="1" t="s">
-        <v>1414</v>
+        <v>1416</v>
       </c>
       <c r="D1471" s="1" t="s">
         <v>49</v>
       </c>
       <c r="E1471" s="1">
         <v>11</v>
       </c>
       <c r="F1471" s="1">
         <v>4</v>
       </c>
     </row>
     <row r="1472">
       <c r="A1472" s="1">
         <v>21</v>
       </c>
       <c r="B1472" s="1">
         <v>1532</v>
       </c>
       <c r="C1472" s="1" t="s">
-        <v>1415</v>
+        <v>1417</v>
       </c>
       <c r="D1472" s="1" t="s">
         <v>86</v>
       </c>
       <c r="E1472" s="1">
         <v>10</v>
       </c>
       <c r="F1472" s="1">
         <v>4</v>
       </c>
     </row>
     <row r="1473">
       <c r="A1473" s="1">
         <v>22</v>
       </c>
       <c r="B1473" s="1">
         <v>274</v>
       </c>
       <c r="C1473" s="1" t="s">
-        <v>1416</v>
+        <v>1418</v>
       </c>
       <c r="D1473" s="1" t="s">
         <v>70</v>
       </c>
       <c r="E1473" s="1">
         <v>9</v>
       </c>
       <c r="F1473" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="1474">
       <c r="A1474" s="1">
         <v>23</v>
       </c>
       <c r="B1474" s="1">
         <v>1764</v>
       </c>
       <c r="C1474" s="1" t="s">
-        <v>1290</v>
+        <v>1292</v>
       </c>
       <c r="D1474" s="1" t="s">
         <v>101</v>
       </c>
       <c r="E1474" s="1">
         <v>8</v>
       </c>
       <c r="F1474" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="1475">
       <c r="A1475" s="1">
         <v>24</v>
       </c>
       <c r="B1475" s="1">
         <v>1304</v>
       </c>
       <c r="C1475" s="1" t="s">
-        <v>1417</v>
+        <v>1419</v>
       </c>
       <c r="D1475" s="1" t="s">
         <v>126</v>
       </c>
       <c r="E1475" s="1">
         <v>6</v>
       </c>
       <c r="F1475" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="1476">
       <c r="A1476" s="1">
         <v>24</v>
       </c>
       <c r="B1476" s="1">
         <v>624</v>
       </c>
       <c r="C1476" s="1" t="s">
-        <v>1418</v>
+        <v>1420</v>
       </c>
       <c r="D1476" s="1" t="s">
         <v>86</v>
       </c>
       <c r="E1476" s="1">
         <v>6</v>
       </c>
       <c r="F1476" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="1477">
       <c r="A1477" s="1">
         <v>24</v>
       </c>
       <c r="B1477" s="1">
         <v>1987</v>
       </c>
       <c r="C1477" s="1" t="s">
-        <v>1419</v>
+        <v>1421</v>
       </c>
       <c r="D1477" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E1477" s="1">
         <v>6</v>
       </c>
       <c r="F1477" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="1478">
       <c r="A1478" s="1">
         <v>25</v>
       </c>
       <c r="B1478" s="1">
         <v>1735</v>
       </c>
       <c r="C1478" s="1" t="s">
-        <v>1420</v>
+        <v>1422</v>
       </c>
       <c r="D1478" s="1" t="s">
         <v>126</v>
       </c>
       <c r="E1478" s="1">
         <v>3</v>
       </c>
       <c r="F1478" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="1479">
       <c r="A1479" s="1">
         <v>25</v>
       </c>
       <c r="B1479" s="1">
         <v>1949</v>
       </c>
       <c r="C1479" s="1" t="s">
-        <v>1399</v>
+        <v>1401</v>
       </c>
       <c r="D1479" s="1" t="s">
         <v>20</v>
       </c>
       <c r="E1479" s="1">
         <v>3</v>
       </c>
       <c r="F1479" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="1480">
       <c r="A1480" s="1">
         <v>25</v>
       </c>
       <c r="B1480" s="1">
         <v>1950</v>
       </c>
       <c r="C1480" s="1" t="s">
-        <v>1421</v>
+        <v>1423</v>
       </c>
       <c r="D1480" s="1" t="s">
         <v>20</v>
       </c>
       <c r="E1480" s="1">
         <v>3</v>
       </c>
       <c r="F1480" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="1481">
       <c r="A1481" s="1">
         <v>25</v>
       </c>
       <c r="B1481" s="1">
         <v>1016</v>
       </c>
       <c r="C1481" s="1" t="s">
-        <v>1422</v>
+        <v>1424</v>
       </c>
       <c r="D1481" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E1481" s="1">
         <v>3</v>
       </c>
       <c r="F1481" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="1482">
       <c r="A1482" s="1">
         <v>25</v>
       </c>
       <c r="B1482" s="1">
         <v>48</v>
       </c>
       <c r="C1482" s="1" t="s">
-        <v>1423</v>
+        <v>1425</v>
       </c>
       <c r="D1482" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E1482" s="1">
         <v>3</v>
       </c>
       <c r="F1482" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="1483">
       <c r="A1483" s="1">
         <v>25</v>
       </c>
       <c r="B1483" s="1">
         <v>2035</v>
       </c>
       <c r="C1483" s="1" t="s">
-        <v>1424</v>
+        <v>1426</v>
       </c>
       <c r="D1483" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E1483" s="1">
         <v>3</v>
       </c>
       <c r="F1483" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="1484">
       <c r="A1484" s="1">
         <v>25</v>
       </c>
       <c r="B1484" s="1">
         <v>2016</v>
       </c>
       <c r="C1484" s="1" t="s">
-        <v>1425</v>
+        <v>1427</v>
       </c>
       <c r="D1484" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E1484" s="1">
         <v>3</v>
       </c>
       <c r="F1484" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="1485">
       <c r="A1485" s="1">
         <v>26</v>
       </c>
       <c r="B1485" s="1">
         <v>1809</v>
       </c>
       <c r="C1485" s="1" t="s">
-        <v>1426</v>
+        <v>1428</v>
       </c>
       <c r="D1485" s="1" t="s">
         <v>86</v>
       </c>
       <c r="E1485" s="1">
         <v>2</v>
       </c>
       <c r="F1485" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="1488">
       <c r="A1488" s="3" t="s">
-        <v>1427</v>
+        <v>1429</v>
       </c>
       <c r="B1488" s="3" t="s">
-        <v>1427</v>
+        <v>1429</v>
       </c>
       <c r="C1488" s="3" t="s">
-        <v>1427</v>
+        <v>1429</v>
       </c>
       <c r="D1488" s="3" t="s">
-        <v>1427</v>
+        <v>1429</v>
       </c>
       <c r="E1488" s="3" t="s">
-        <v>1427</v>
+        <v>1429</v>
       </c>
     </row>
     <row r="1489">
       <c r="A1489" s="2" t="s">
         <v>2</v>
       </c>
       <c r="B1489" s="2" t="s">
         <v>3</v>
       </c>
       <c r="C1489" s="2" t="s">
         <v>4</v>
       </c>
       <c r="D1489" s="2" t="s">
         <v>5</v>
       </c>
       <c r="E1489" s="2" t="s">
         <v>6</v>
       </c>
       <c r="F1489" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="1490">
       <c r="A1490" s="1">
         <v>1</v>
       </c>
       <c r="B1490" s="1">
         <v>378</v>
       </c>
       <c r="C1490" s="1" t="s">
-        <v>1428</v>
+        <v>1430</v>
       </c>
       <c r="D1490" s="1" t="s">
         <v>70</v>
       </c>
       <c r="E1490" s="1">
         <v>150</v>
       </c>
       <c r="F1490" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="1491">
       <c r="A1491" s="1">
         <v>2</v>
       </c>
       <c r="B1491" s="1">
         <v>771</v>
       </c>
       <c r="C1491" s="1" t="s">
-        <v>1429</v>
+        <v>1431</v>
       </c>
       <c r="D1491" s="1" t="s">
         <v>20</v>
       </c>
       <c r="E1491" s="1">
         <v>126</v>
       </c>
       <c r="F1491" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="1492">
       <c r="A1492" s="1">
         <v>3</v>
       </c>
       <c r="B1492" s="1">
         <v>1013</v>
       </c>
       <c r="C1492" s="1" t="s">
-        <v>1430</v>
+        <v>1432</v>
       </c>
       <c r="D1492" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E1492" s="1">
         <v>102</v>
       </c>
       <c r="F1492" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="1493">
       <c r="A1493" s="1">
         <v>4</v>
       </c>
       <c r="B1493" s="1">
         <v>208</v>
       </c>
       <c r="C1493" s="1" t="s">
-        <v>1431</v>
+        <v>1433</v>
       </c>
       <c r="D1493" s="1" t="s">
         <v>70</v>
       </c>
       <c r="E1493" s="1">
         <v>75</v>
       </c>
       <c r="F1493" s="1">
         <v>8</v>
       </c>
     </row>
     <row r="1494">
       <c r="A1494" s="1">
         <v>5</v>
       </c>
       <c r="B1494" s="1">
         <v>529</v>
       </c>
       <c r="C1494" s="1" t="s">
-        <v>1432</v>
+        <v>1434</v>
       </c>
       <c r="D1494" s="1" t="s">
         <v>20</v>
       </c>
       <c r="E1494" s="1">
         <v>74</v>
       </c>
       <c r="F1494" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="1495">
       <c r="A1495" s="1">
         <v>6</v>
       </c>
       <c r="B1495" s="1">
         <v>1248</v>
       </c>
       <c r="C1495" s="1" t="s">
-        <v>1433</v>
+        <v>1435</v>
       </c>
       <c r="D1495" s="1" t="s">
         <v>207</v>
       </c>
       <c r="E1495" s="1">
         <v>57</v>
       </c>
       <c r="F1495" s="1">
         <v>9</v>
       </c>
     </row>
     <row r="1496">
       <c r="A1496" s="1">
         <v>7</v>
       </c>
       <c r="B1496" s="1">
         <v>376</v>
       </c>
       <c r="C1496" s="1" t="s">
-        <v>1434</v>
+        <v>1436</v>
       </c>
       <c r="D1496" s="1" t="s">
         <v>70</v>
       </c>
       <c r="E1496" s="1">
         <v>54</v>
       </c>
       <c r="F1496" s="1">
         <v>8</v>
       </c>
     </row>
     <row r="1497">
       <c r="A1497" s="1">
         <v>8</v>
       </c>
       <c r="B1497" s="1">
         <v>371</v>
       </c>
       <c r="C1497" s="1" t="s">
-        <v>1435</v>
+        <v>1437</v>
       </c>
       <c r="D1497" s="1" t="s">
         <v>70</v>
       </c>
       <c r="E1497" s="1">
         <v>50</v>
       </c>
       <c r="F1497" s="1">
         <v>5</v>
       </c>
     </row>
     <row r="1498">
       <c r="A1498" s="1">
         <v>9</v>
       </c>
       <c r="B1498" s="1">
         <v>377</v>
       </c>
       <c r="C1498" s="1" t="s">
-        <v>1436</v>
+        <v>1438</v>
       </c>
       <c r="D1498" s="1" t="s">
         <v>70</v>
       </c>
       <c r="E1498" s="1">
         <v>36</v>
       </c>
       <c r="F1498" s="1">
         <v>6</v>
       </c>
     </row>
     <row r="1499">
       <c r="A1499" s="1">
         <v>10</v>
       </c>
       <c r="B1499" s="1">
         <v>640</v>
       </c>
       <c r="C1499" s="1" t="s">
-        <v>1437</v>
+        <v>1439</v>
       </c>
       <c r="D1499" s="1" t="s">
         <v>126</v>
       </c>
       <c r="E1499" s="1">
         <v>34</v>
       </c>
       <c r="F1499" s="1">
         <v>9</v>
       </c>
     </row>
     <row r="1500">
       <c r="A1500" s="1">
         <v>11</v>
       </c>
       <c r="B1500" s="1">
         <v>1084</v>
       </c>
       <c r="C1500" s="1" t="s">
-        <v>1438</v>
+        <v>1440</v>
       </c>
       <c r="D1500" s="1" t="s">
         <v>110</v>
       </c>
       <c r="E1500" s="1">
         <v>33</v>
       </c>
       <c r="F1500" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="1501">
       <c r="A1501" s="1">
         <v>12</v>
       </c>
       <c r="B1501" s="1">
         <v>1062</v>
       </c>
       <c r="C1501" s="1" t="s">
-        <v>1439</v>
+        <v>1441</v>
       </c>
       <c r="D1501" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E1501" s="1">
         <v>30</v>
       </c>
       <c r="F1501" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="1502">
       <c r="A1502" s="1">
         <v>12</v>
       </c>
       <c r="B1502" s="1">
         <v>1203</v>
       </c>
       <c r="C1502" s="1" t="s">
-        <v>1440</v>
+        <v>1442</v>
       </c>
       <c r="D1502" s="1" t="s">
         <v>207</v>
       </c>
       <c r="E1502" s="1">
         <v>30</v>
       </c>
       <c r="F1502" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="1503">
       <c r="A1503" s="1">
         <v>13</v>
       </c>
       <c r="B1503" s="1">
         <v>1627</v>
       </c>
       <c r="C1503" s="1" t="s">
         <v>606</v>
       </c>
       <c r="D1503" s="1" t="s">
         <v>600</v>
       </c>
       <c r="E1503" s="1">
         <v>28</v>
       </c>
       <c r="F1503" s="1">
         <v>4</v>
       </c>
     </row>
     <row r="1504">
       <c r="A1504" s="1">
         <v>14</v>
       </c>
       <c r="B1504" s="1">
         <v>1250</v>
       </c>
       <c r="C1504" s="1" t="s">
-        <v>1441</v>
+        <v>1443</v>
       </c>
       <c r="D1504" s="1" t="s">
         <v>636</v>
       </c>
       <c r="E1504" s="1">
         <v>25</v>
       </c>
       <c r="F1504" s="1">
         <v>5</v>
       </c>
     </row>
     <row r="1505">
       <c r="A1505" s="1">
         <v>15</v>
       </c>
       <c r="B1505" s="1">
         <v>1060</v>
       </c>
       <c r="C1505" s="1" t="s">
-        <v>1442</v>
+        <v>1444</v>
       </c>
       <c r="D1505" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E1505" s="1">
         <v>24</v>
       </c>
       <c r="F1505" s="1">
         <v>8</v>
       </c>
     </row>
     <row r="1506">
       <c r="A1506" s="1">
         <v>16</v>
       </c>
       <c r="B1506" s="1">
         <v>699</v>
       </c>
       <c r="C1506" s="1" t="s">
-        <v>1443</v>
+        <v>1445</v>
       </c>
       <c r="D1506" s="1" t="s">
         <v>126</v>
       </c>
       <c r="E1506" s="1">
         <v>21</v>
       </c>
       <c r="F1506" s="1">
         <v>8</v>
       </c>
     </row>
     <row r="1507">
       <c r="A1507" s="1">
         <v>17</v>
       </c>
       <c r="B1507" s="1">
         <v>253</v>
       </c>
       <c r="C1507" s="1" t="s">
-        <v>1444</v>
+        <v>1446</v>
       </c>
       <c r="D1507" s="1" t="s">
         <v>86</v>
       </c>
       <c r="E1507" s="1">
         <v>20</v>
       </c>
       <c r="F1507" s="1">
         <v>9</v>
       </c>
     </row>
     <row r="1508">
       <c r="A1508" s="1">
         <v>17</v>
       </c>
       <c r="B1508" s="1">
         <v>374</v>
       </c>
       <c r="C1508" s="1" t="s">
-        <v>1445</v>
+        <v>1447</v>
       </c>
       <c r="D1508" s="1" t="s">
         <v>70</v>
       </c>
       <c r="E1508" s="1">
         <v>20</v>
       </c>
       <c r="F1508" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="1509">
       <c r="A1509" s="1">
         <v>18</v>
       </c>
       <c r="B1509" s="1">
         <v>717</v>
       </c>
       <c r="C1509" s="1" t="s">
-        <v>1446</v>
+        <v>1448</v>
       </c>
       <c r="D1509" s="1" t="s">
         <v>126</v>
       </c>
       <c r="E1509" s="1">
         <v>19</v>
       </c>
       <c r="F1509" s="1">
         <v>9</v>
       </c>
     </row>
     <row r="1510">
       <c r="A1510" s="1">
         <v>18</v>
       </c>
       <c r="B1510" s="1">
         <v>839</v>
       </c>
       <c r="C1510" s="1" t="s">
-        <v>1447</v>
+        <v>1449</v>
       </c>
       <c r="D1510" s="1" t="s">
         <v>86</v>
       </c>
       <c r="E1510" s="1">
         <v>19</v>
       </c>
       <c r="F1510" s="1">
         <v>6</v>
       </c>
     </row>
     <row r="1511">
       <c r="A1511" s="1">
         <v>19</v>
       </c>
       <c r="B1511" s="1">
         <v>1160</v>
       </c>
       <c r="C1511" s="1" t="s">
-        <v>1448</v>
+        <v>1450</v>
       </c>
       <c r="D1511" s="1" t="s">
         <v>207</v>
       </c>
       <c r="E1511" s="1">
         <v>18</v>
       </c>
       <c r="F1511" s="1">
         <v>8</v>
       </c>
     </row>
     <row r="1512">
       <c r="A1512" s="1">
         <v>19</v>
       </c>
       <c r="B1512" s="1">
         <v>379</v>
       </c>
       <c r="C1512" s="1" t="s">
-        <v>1449</v>
+        <v>1451</v>
       </c>
       <c r="D1512" s="1" t="s">
         <v>70</v>
       </c>
       <c r="E1512" s="1">
         <v>18</v>
       </c>
       <c r="F1512" s="1">
         <v>5</v>
       </c>
     </row>
     <row r="1513">
       <c r="A1513" s="1">
         <v>20</v>
       </c>
       <c r="B1513" s="1">
         <v>1311</v>
       </c>
       <c r="C1513" s="1" t="s">
-        <v>1450</v>
+        <v>1452</v>
       </c>
       <c r="D1513" s="1" t="s">
         <v>52</v>
       </c>
       <c r="E1513" s="1">
         <v>17</v>
       </c>
       <c r="F1513" s="1">
         <v>6</v>
       </c>
     </row>
     <row r="1514">
       <c r="A1514" s="1">
         <v>20</v>
       </c>
       <c r="B1514" s="1">
         <v>375</v>
       </c>
       <c r="C1514" s="1" t="s">
-        <v>1451</v>
+        <v>1453</v>
       </c>
       <c r="D1514" s="1" t="s">
         <v>52</v>
       </c>
       <c r="E1514" s="1">
         <v>17</v>
       </c>
       <c r="F1514" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="1515">
       <c r="A1515" s="1">
         <v>20</v>
       </c>
       <c r="B1515" s="1">
         <v>1174</v>
       </c>
       <c r="C1515" s="1" t="s">
-        <v>1452</v>
+        <v>1454</v>
       </c>
       <c r="D1515" s="1" t="s">
         <v>207</v>
       </c>
       <c r="E1515" s="1">
         <v>17</v>
       </c>
       <c r="F1515" s="1">
         <v>6</v>
       </c>
     </row>
     <row r="1516">
       <c r="A1516" s="1">
         <v>21</v>
       </c>
       <c r="B1516" s="1">
         <v>1112</v>
       </c>
       <c r="C1516" s="1" t="s">
-        <v>1453</v>
+        <v>1455</v>
       </c>
       <c r="D1516" s="1" t="s">
         <v>29</v>
       </c>
       <c r="E1516" s="1">
         <v>16</v>
       </c>
       <c r="F1516" s="1">
         <v>9</v>
       </c>
     </row>
     <row r="1517">
       <c r="A1517" s="1">
         <v>21</v>
       </c>
       <c r="B1517" s="1">
         <v>1090</v>
       </c>
       <c r="C1517" s="1" t="s">
-        <v>1454</v>
+        <v>1456</v>
       </c>
       <c r="D1517" s="1" t="s">
         <v>110</v>
       </c>
       <c r="E1517" s="1">
         <v>16</v>
       </c>
       <c r="F1517" s="1">
         <v>7</v>
       </c>
     </row>
     <row r="1518">
       <c r="A1518" s="1">
         <v>21</v>
       </c>
       <c r="B1518" s="1">
         <v>1605</v>
       </c>
       <c r="C1518" s="1" t="s">
-        <v>1455</v>
+        <v>1457</v>
       </c>
       <c r="D1518" s="1" t="s">
         <v>47</v>
       </c>
       <c r="E1518" s="1">
         <v>16</v>
       </c>
       <c r="F1518" s="1">
         <v>6</v>
       </c>
     </row>
     <row r="1519">
       <c r="A1519" s="1">
         <v>22</v>
       </c>
       <c r="B1519" s="1">
         <v>414</v>
       </c>
       <c r="C1519" s="1" t="s">
         <v>764</v>
       </c>
       <c r="D1519" s="1" t="s">
         <v>86</v>
       </c>
       <c r="E1519" s="1">
         <v>15</v>
       </c>
       <c r="F1519" s="1">
         <v>5</v>
       </c>
     </row>
     <row r="1520">
       <c r="A1520" s="1">
         <v>22</v>
       </c>
       <c r="B1520" s="1">
         <v>1630</v>
       </c>
       <c r="C1520" s="1" t="s">
-        <v>1456</v>
+        <v>1458</v>
       </c>
       <c r="D1520" s="1" t="s">
         <v>86</v>
       </c>
       <c r="E1520" s="1">
         <v>15</v>
       </c>
       <c r="F1520" s="1">
         <v>6</v>
       </c>
     </row>
     <row r="1521">
       <c r="A1521" s="1">
         <v>22</v>
       </c>
       <c r="B1521" s="1">
         <v>606</v>
       </c>
       <c r="C1521" s="1" t="s">
-        <v>1457</v>
+        <v>1459</v>
       </c>
       <c r="D1521" s="1" t="s">
         <v>86</v>
       </c>
       <c r="E1521" s="1">
         <v>15</v>
       </c>
       <c r="F1521" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="1522">
       <c r="A1522" s="1">
         <v>23</v>
       </c>
       <c r="B1522" s="1">
         <v>1349</v>
       </c>
       <c r="C1522" s="1" t="s">
-        <v>1458</v>
+        <v>1460</v>
       </c>
       <c r="D1522" s="1" t="s">
         <v>38</v>
       </c>
       <c r="E1522" s="1">
         <v>14</v>
       </c>
       <c r="F1522" s="1">
         <v>9</v>
       </c>
     </row>
     <row r="1523">
       <c r="A1523" s="1">
         <v>23</v>
       </c>
       <c r="B1523" s="1">
         <v>1209</v>
       </c>
       <c r="C1523" s="1" t="s">
-        <v>1459</v>
+        <v>1461</v>
       </c>
       <c r="D1523" s="1" t="s">
         <v>207</v>
       </c>
       <c r="E1523" s="1">
         <v>14</v>
       </c>
       <c r="F1523" s="1">
         <v>7</v>
       </c>
     </row>
     <row r="1524">
       <c r="A1524" s="1">
         <v>23</v>
       </c>
       <c r="B1524" s="1">
         <v>372</v>
       </c>
       <c r="C1524" s="1" t="s">
-        <v>1460</v>
+        <v>1462</v>
       </c>
       <c r="D1524" s="1" t="s">
         <v>70</v>
       </c>
       <c r="E1524" s="1">
         <v>14</v>
       </c>
       <c r="F1524" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="1525">
       <c r="A1525" s="1">
         <v>24</v>
       </c>
       <c r="B1525" s="1">
         <v>1083</v>
       </c>
       <c r="C1525" s="1" t="s">
-        <v>1461</v>
+        <v>1463</v>
       </c>
       <c r="D1525" s="1" t="s">
         <v>110</v>
       </c>
       <c r="E1525" s="1">
         <v>12</v>
       </c>
       <c r="F1525" s="1">
         <v>9</v>
       </c>
     </row>
     <row r="1526">
       <c r="A1526" s="1">
         <v>24</v>
       </c>
       <c r="B1526" s="1">
         <v>1476</v>
       </c>
       <c r="C1526" s="1" t="s">
-        <v>1462</v>
+        <v>1464</v>
       </c>
       <c r="D1526" s="1" t="s">
         <v>70</v>
       </c>
       <c r="E1526" s="1">
         <v>12</v>
       </c>
       <c r="F1526" s="1">
         <v>5</v>
       </c>
     </row>
     <row r="1527">
       <c r="A1527" s="1">
         <v>25</v>
       </c>
       <c r="B1527" s="1">
         <v>1206</v>
       </c>
       <c r="C1527" s="1" t="s">
-        <v>1463</v>
+        <v>1465</v>
       </c>
       <c r="D1527" s="1" t="s">
         <v>207</v>
       </c>
       <c r="E1527" s="1">
         <v>11</v>
       </c>
       <c r="F1527" s="1">
         <v>8</v>
       </c>
     </row>
     <row r="1528">
       <c r="A1528" s="1">
         <v>25</v>
       </c>
       <c r="B1528" s="1">
         <v>381</v>
       </c>
       <c r="C1528" s="1" t="s">
-        <v>1464</v>
+        <v>1466</v>
       </c>
       <c r="D1528" s="1" t="s">
         <v>70</v>
       </c>
       <c r="E1528" s="1">
         <v>11</v>
       </c>
       <c r="F1528" s="1">
         <v>6</v>
       </c>
     </row>
     <row r="1529">
       <c r="A1529" s="1">
         <v>26</v>
       </c>
       <c r="B1529" s="1">
         <v>709</v>
       </c>
       <c r="C1529" s="1" t="s">
-        <v>1465</v>
+        <v>1467</v>
       </c>
       <c r="D1529" s="1" t="s">
         <v>126</v>
       </c>
       <c r="E1529" s="1">
         <v>10</v>
       </c>
       <c r="F1529" s="1">
         <v>8</v>
       </c>
     </row>
     <row r="1530">
       <c r="A1530" s="1">
         <v>27</v>
       </c>
       <c r="B1530" s="1">
         <v>1118</v>
       </c>
       <c r="C1530" s="1" t="s">
-        <v>1466</v>
+        <v>1468</v>
       </c>
       <c r="D1530" s="1" t="s">
         <v>29</v>
       </c>
       <c r="E1530" s="1">
         <v>8</v>
       </c>
       <c r="F1530" s="1">
         <v>4</v>
       </c>
     </row>
     <row r="1531">
       <c r="A1531" s="1">
         <v>27</v>
       </c>
       <c r="B1531" s="1">
         <v>879</v>
       </c>
       <c r="C1531" s="1" t="s">
-        <v>1467</v>
+        <v>1469</v>
       </c>
       <c r="D1531" s="1" t="s">
         <v>113</v>
       </c>
       <c r="E1531" s="1">
         <v>8</v>
       </c>
       <c r="F1531" s="1">
         <v>4</v>
       </c>
     </row>
     <row r="1532">
       <c r="A1532" s="1">
         <v>28</v>
       </c>
       <c r="B1532" s="1">
         <v>1205</v>
       </c>
       <c r="C1532" s="1" t="s">
-        <v>1468</v>
+        <v>1470</v>
       </c>
       <c r="D1532" s="1" t="s">
         <v>207</v>
       </c>
       <c r="E1532" s="1">
         <v>6</v>
       </c>
       <c r="F1532" s="1">
         <v>4</v>
       </c>
     </row>
     <row r="1533">
       <c r="A1533" s="1">
         <v>28</v>
       </c>
       <c r="B1533" s="1">
         <v>388</v>
       </c>
       <c r="C1533" s="1" t="s">
-        <v>1469</v>
+        <v>1471</v>
       </c>
       <c r="D1533" s="1" t="s">
         <v>101</v>
       </c>
       <c r="E1533" s="1">
         <v>6</v>
       </c>
       <c r="F1533" s="1">
         <v>6</v>
       </c>
     </row>
     <row r="1534">
       <c r="A1534" s="1">
         <v>28</v>
       </c>
       <c r="B1534" s="1">
         <v>426</v>
       </c>
       <c r="C1534" s="1" t="s">
-        <v>1470</v>
+        <v>1472</v>
       </c>
       <c r="D1534" s="1" t="s">
         <v>20</v>
       </c>
       <c r="E1534" s="1">
         <v>6</v>
       </c>
       <c r="F1534" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="1535">
       <c r="A1535" s="1">
         <v>28</v>
       </c>
       <c r="B1535" s="1">
         <v>55</v>
       </c>
       <c r="C1535" s="1" t="s">
-        <v>1471</v>
+        <v>1473</v>
       </c>
       <c r="D1535" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E1535" s="1">
         <v>6</v>
       </c>
       <c r="F1535" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="1536">
       <c r="A1536" s="1">
         <v>28</v>
       </c>
       <c r="B1536" s="1">
         <v>1182</v>
       </c>
       <c r="C1536" s="1" t="s">
-        <v>1472</v>
+        <v>1474</v>
       </c>
       <c r="D1536" s="1" t="s">
         <v>207</v>
       </c>
       <c r="E1536" s="1">
         <v>6</v>
       </c>
       <c r="F1536" s="1">
         <v>6</v>
       </c>
     </row>
     <row r="1537">
       <c r="A1537" s="1">
         <v>28</v>
       </c>
       <c r="B1537" s="1">
         <v>1597</v>
       </c>
       <c r="C1537" s="1" t="s">
-        <v>1473</v>
+        <v>1475</v>
       </c>
       <c r="D1537" s="1" t="s">
         <v>987</v>
       </c>
       <c r="E1537" s="1">
         <v>6</v>
       </c>
       <c r="F1537" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="1538">
       <c r="A1538" s="1">
         <v>28</v>
       </c>
       <c r="B1538" s="1">
         <v>1867</v>
       </c>
       <c r="C1538" s="1" t="s">
-        <v>1474</v>
+        <v>1476</v>
       </c>
       <c r="D1538" s="1" t="s">
         <v>20</v>
       </c>
       <c r="E1538" s="1">
         <v>6</v>
       </c>
       <c r="F1538" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="1539">
       <c r="A1539" s="1">
         <v>28</v>
       </c>
       <c r="B1539" s="1">
         <v>80</v>
       </c>
       <c r="C1539" s="1" t="s">
-        <v>1475</v>
+        <v>1477</v>
       </c>
       <c r="D1539" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E1539" s="1">
         <v>6</v>
       </c>
       <c r="F1539" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="1540">
       <c r="A1540" s="1">
         <v>28</v>
       </c>
       <c r="B1540" s="1">
         <v>1418</v>
       </c>
       <c r="C1540" s="1" t="s">
-        <v>1476</v>
+        <v>1478</v>
       </c>
       <c r="D1540" s="1" t="s">
         <v>369</v>
       </c>
       <c r="E1540" s="1">
         <v>6</v>
       </c>
       <c r="F1540" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="1541">
       <c r="A1541" s="1">
         <v>29</v>
       </c>
       <c r="B1541" s="1">
         <v>1249</v>
       </c>
       <c r="C1541" s="1" t="s">
-        <v>1477</v>
+        <v>1479</v>
       </c>
       <c r="D1541" s="1" t="s">
         <v>636</v>
       </c>
       <c r="E1541" s="1">
         <v>5</v>
       </c>
       <c r="F1541" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="1542">
       <c r="A1542" s="1">
         <v>29</v>
       </c>
       <c r="B1542" s="1">
         <v>419</v>
       </c>
       <c r="C1542" s="1" t="s">
-        <v>1478</v>
+        <v>1480</v>
       </c>
       <c r="D1542" s="1" t="s">
         <v>86</v>
       </c>
       <c r="E1542" s="1">
         <v>5</v>
       </c>
       <c r="F1542" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="1543">
       <c r="A1543" s="1">
         <v>29</v>
       </c>
       <c r="B1543" s="1">
         <v>1251</v>
       </c>
       <c r="C1543" s="1" t="s">
-        <v>1479</v>
+        <v>1481</v>
       </c>
       <c r="D1543" s="1" t="s">
         <v>636</v>
       </c>
       <c r="E1543" s="1">
         <v>5</v>
       </c>
       <c r="F1543" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="1544">
       <c r="A1544" s="1">
         <v>30</v>
       </c>
       <c r="B1544" s="1">
         <v>1788</v>
       </c>
       <c r="C1544" s="1" t="s">
-        <v>1480</v>
+        <v>1482</v>
       </c>
       <c r="D1544" s="1" t="s">
         <v>24</v>
       </c>
       <c r="E1544" s="1">
         <v>4</v>
       </c>
       <c r="F1544" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="1545">
       <c r="A1545" s="1">
         <v>31</v>
       </c>
       <c r="B1545" s="1">
         <v>631</v>
       </c>
       <c r="C1545" s="1" t="s">
-        <v>1481</v>
+        <v>1483</v>
       </c>
       <c r="D1545" s="1" t="s">
         <v>86</v>
       </c>
       <c r="E1545" s="1">
         <v>3</v>
       </c>
       <c r="F1545" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="1546">
       <c r="A1546" s="1">
         <v>31</v>
       </c>
       <c r="B1546" s="1">
         <v>1163</v>
       </c>
       <c r="C1546" s="1" t="s">
-        <v>1482</v>
+        <v>1484</v>
       </c>
       <c r="D1546" s="1" t="s">
         <v>207</v>
       </c>
       <c r="E1546" s="1">
         <v>3</v>
       </c>
       <c r="F1546" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="1547">
       <c r="A1547" s="1">
         <v>31</v>
       </c>
       <c r="B1547" s="1">
         <v>712</v>
       </c>
       <c r="C1547" s="1" t="s">
-        <v>1483</v>
+        <v>1485</v>
       </c>
       <c r="D1547" s="1" t="s">
         <v>126</v>
       </c>
       <c r="E1547" s="1">
         <v>3</v>
       </c>
       <c r="F1547" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="1548">
       <c r="A1548" s="1">
         <v>31</v>
       </c>
       <c r="B1548" s="1">
         <v>161</v>
       </c>
       <c r="C1548" s="1" t="s">
-        <v>1484</v>
+        <v>1486</v>
       </c>
       <c r="D1548" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E1548" s="1">
         <v>3</v>
       </c>
       <c r="F1548" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="1549">
       <c r="A1549" s="1">
         <v>31</v>
       </c>
       <c r="B1549" s="1">
         <v>1636</v>
       </c>
       <c r="C1549" s="1" t="s">
-        <v>1485</v>
+        <v>1487</v>
       </c>
       <c r="D1549" s="1" t="s">
         <v>52</v>
       </c>
       <c r="E1549" s="1">
         <v>3</v>
       </c>
       <c r="F1549" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="1550">
       <c r="A1550" s="1">
         <v>31</v>
       </c>
       <c r="B1550" s="1">
         <v>565</v>
       </c>
       <c r="C1550" s="1" t="s">
-        <v>1486</v>
+        <v>1488</v>
       </c>
       <c r="D1550" s="1" t="s">
         <v>86</v>
       </c>
       <c r="E1550" s="1">
         <v>3</v>
       </c>
       <c r="F1550" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="1551">
       <c r="A1551" s="1">
         <v>31</v>
       </c>
       <c r="B1551" s="1">
         <v>2006</v>
       </c>
       <c r="C1551" s="1" t="s">
-        <v>1487</v>
+        <v>1489</v>
       </c>
       <c r="D1551" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E1551" s="1">
         <v>3</v>
       </c>
       <c r="F1551" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="1552">
       <c r="A1552" s="1">
         <v>32</v>
       </c>
       <c r="B1552" s="1">
         <v>1458</v>
       </c>
       <c r="C1552" s="1" t="s">
-        <v>1488</v>
+        <v>1490</v>
       </c>
       <c r="D1552" s="1" t="s">
         <v>52</v>
       </c>
       <c r="E1552" s="1">
         <v>2</v>
       </c>
       <c r="F1552" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="1553">
       <c r="A1553" s="1">
         <v>32</v>
       </c>
       <c r="B1553" s="1">
         <v>102</v>
       </c>
       <c r="C1553" s="1" t="s">
-        <v>1489</v>
+        <v>1491</v>
       </c>
       <c r="D1553" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E1553" s="1">
         <v>2</v>
       </c>
       <c r="F1553" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="1554">
       <c r="A1554" s="1">
         <v>32</v>
       </c>
       <c r="B1554" s="1">
         <v>1371</v>
       </c>
       <c r="C1554" s="1" t="s">
-        <v>1490</v>
+        <v>1492</v>
       </c>
       <c r="D1554" s="1" t="s">
         <v>113</v>
       </c>
       <c r="E1554" s="1">
         <v>2</v>
       </c>
       <c r="F1554" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="1555">
       <c r="A1555" s="1">
         <v>33</v>
       </c>
       <c r="B1555" s="1">
         <v>1323</v>
       </c>
       <c r="C1555" s="1" t="s">
-        <v>1491</v>
+        <v>1493</v>
       </c>
       <c r="D1555" s="1" t="s">
         <v>29</v>
       </c>
       <c r="E1555" s="1">
         <v>1</v>
       </c>
       <c r="F1555" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="1556">
       <c r="A1556" s="1">
         <v>33</v>
       </c>
       <c r="B1556" s="1">
         <v>52</v>
       </c>
       <c r="C1556" s="1" t="s">
-        <v>1492</v>
+        <v>1494</v>
       </c>
       <c r="D1556" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E1556" s="1">
         <v>1</v>
       </c>
       <c r="F1556" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="1557">
       <c r="A1557" s="1">
         <v>33</v>
       </c>
       <c r="B1557" s="1">
         <v>1245</v>
       </c>
       <c r="C1557" s="1" t="s">
-        <v>1356</v>
+        <v>1358</v>
       </c>
       <c r="D1557" s="1" t="s">
         <v>86</v>
       </c>
       <c r="E1557" s="1">
         <v>1</v>
       </c>
       <c r="F1557" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="1560">
       <c r="A1560" s="3" t="s">
-        <v>1493</v>
+        <v>1495</v>
       </c>
       <c r="B1560" s="3" t="s">
-        <v>1493</v>
+        <v>1495</v>
       </c>
       <c r="C1560" s="3" t="s">
-        <v>1493</v>
+        <v>1495</v>
       </c>
       <c r="D1560" s="3" t="s">
-        <v>1493</v>
+        <v>1495</v>
       </c>
       <c r="E1560" s="3" t="s">
-        <v>1493</v>
+        <v>1495</v>
       </c>
     </row>
     <row r="1561">
       <c r="A1561" s="2" t="s">
         <v>2</v>
       </c>
       <c r="B1561" s="2" t="s">
         <v>3</v>
       </c>
       <c r="C1561" s="2" t="s">
         <v>4</v>
       </c>
       <c r="D1561" s="2" t="s">
         <v>5</v>
       </c>
       <c r="E1561" s="2" t="s">
         <v>6</v>
       </c>
       <c r="F1561" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="1562">
       <c r="A1562" s="1">
         <v>1</v>
       </c>
       <c r="B1562" s="1">
         <v>1162</v>
       </c>
       <c r="C1562" s="1" t="s">
-        <v>1494</v>
+        <v>1496</v>
       </c>
       <c r="D1562" s="1" t="s">
         <v>207</v>
       </c>
       <c r="E1562" s="1">
         <v>148</v>
       </c>
       <c r="F1562" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="1563">
       <c r="A1563" s="1">
         <v>2</v>
       </c>
       <c r="B1563" s="1">
         <v>1496</v>
       </c>
       <c r="C1563" s="1" t="s">
-        <v>1495</v>
+        <v>1497</v>
       </c>
       <c r="D1563" s="1" t="s">
         <v>52</v>
       </c>
       <c r="E1563" s="1">
         <v>89</v>
       </c>
       <c r="F1563" s="1">
         <v>7</v>
       </c>
     </row>
     <row r="1564">
       <c r="A1564" s="1">
         <v>3</v>
       </c>
       <c r="B1564" s="1">
         <v>718</v>
       </c>
       <c r="C1564" s="1" t="s">
-        <v>1496</v>
+        <v>1498</v>
       </c>
       <c r="D1564" s="1" t="s">
         <v>126</v>
       </c>
       <c r="E1564" s="1">
         <v>84</v>
       </c>
       <c r="F1564" s="1">
         <v>9</v>
       </c>
     </row>
     <row r="1565">
       <c r="A1565" s="1">
         <v>4</v>
       </c>
       <c r="B1565" s="1">
         <v>289</v>
       </c>
       <c r="C1565" s="1" t="s">
-        <v>1497</v>
+        <v>1499</v>
       </c>
       <c r="D1565" s="1" t="s">
         <v>86</v>
       </c>
       <c r="E1565" s="1">
         <v>80</v>
       </c>
       <c r="F1565" s="1">
         <v>9</v>
       </c>
     </row>
     <row r="1566">
       <c r="A1566" s="1">
         <v>5</v>
       </c>
       <c r="B1566" s="1">
         <v>91</v>
       </c>
       <c r="C1566" s="1" t="s">
-        <v>1498</v>
+        <v>1500</v>
       </c>
       <c r="D1566" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E1566" s="1">
         <v>79</v>
       </c>
       <c r="F1566" s="1">
         <v>9</v>
       </c>
     </row>
     <row r="1567">
       <c r="A1567" s="1">
         <v>6</v>
       </c>
       <c r="B1567" s="1">
         <v>283</v>
       </c>
       <c r="C1567" s="1" t="s">
-        <v>1499</v>
+        <v>1501</v>
       </c>
       <c r="D1567" s="1" t="s">
         <v>70</v>
       </c>
       <c r="E1567" s="1">
         <v>77</v>
       </c>
       <c r="F1567" s="1">
         <v>9</v>
       </c>
     </row>
     <row r="1568">
       <c r="A1568" s="1">
         <v>7</v>
       </c>
       <c r="B1568" s="1">
         <v>424</v>
       </c>
       <c r="C1568" s="1" t="s">
-        <v>1500</v>
+        <v>1502</v>
       </c>
       <c r="D1568" s="1" t="s">
         <v>86</v>
       </c>
       <c r="E1568" s="1">
         <v>50</v>
       </c>
       <c r="F1568" s="1">
         <v>4</v>
       </c>
     </row>
     <row r="1569">
       <c r="A1569" s="1">
         <v>8</v>
       </c>
       <c r="B1569" s="1">
         <v>94</v>
       </c>
       <c r="C1569" s="1" t="s">
-        <v>1501</v>
+        <v>1503</v>
       </c>
       <c r="D1569" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E1569" s="1">
         <v>42</v>
       </c>
       <c r="F1569" s="1">
         <v>7</v>
       </c>
     </row>
     <row r="1570">
       <c r="A1570" s="1">
         <v>9</v>
       </c>
       <c r="B1570" s="1">
         <v>1638</v>
       </c>
       <c r="C1570" s="1" t="s">
-        <v>1502</v>
+        <v>1504</v>
       </c>
       <c r="D1570" s="1" t="s">
         <v>52</v>
       </c>
       <c r="E1570" s="1">
         <v>40</v>
       </c>
       <c r="F1570" s="1">
         <v>5</v>
       </c>
     </row>
     <row r="1571">
       <c r="A1571" s="1">
         <v>10</v>
       </c>
       <c r="B1571" s="1">
         <v>1454</v>
       </c>
       <c r="C1571" s="1" t="s">
-        <v>1503</v>
+        <v>1505</v>
       </c>
       <c r="D1571" s="1" t="s">
         <v>86</v>
       </c>
       <c r="E1571" s="1">
         <v>31</v>
       </c>
       <c r="F1571" s="1">
         <v>6</v>
       </c>
     </row>
     <row r="1572">
       <c r="A1572" s="1">
         <v>10</v>
       </c>
       <c r="B1572" s="1">
         <v>1786</v>
       </c>
       <c r="C1572" s="1" t="s">
-        <v>1504</v>
+        <v>1506</v>
       </c>
       <c r="D1572" s="1" t="s">
         <v>52</v>
       </c>
       <c r="E1572" s="1">
         <v>31</v>
       </c>
       <c r="F1572" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="1573">
       <c r="A1573" s="1">
         <v>11</v>
       </c>
       <c r="B1573" s="1">
         <v>57</v>
       </c>
       <c r="C1573" s="1" t="s">
-        <v>1505</v>
+        <v>1507</v>
       </c>
       <c r="D1573" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E1573" s="1">
         <v>30</v>
       </c>
       <c r="F1573" s="1">
         <v>6</v>
       </c>
     </row>
     <row r="1574">
       <c r="A1574" s="1">
         <v>11</v>
       </c>
       <c r="B1574" s="1">
         <v>1018</v>
       </c>
       <c r="C1574" s="1" t="s">
-        <v>1506</v>
+        <v>1508</v>
       </c>
       <c r="D1574" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E1574" s="1">
         <v>30</v>
       </c>
       <c r="F1574" s="1">
         <v>8</v>
       </c>
     </row>
     <row r="1575">
       <c r="A1575" s="1">
         <v>12</v>
       </c>
       <c r="B1575" s="1">
         <v>1360</v>
       </c>
       <c r="C1575" s="1" t="s">
-        <v>1507</v>
+        <v>1509</v>
       </c>
       <c r="D1575" s="1" t="s">
         <v>38</v>
       </c>
       <c r="E1575" s="1">
         <v>26</v>
       </c>
       <c r="F1575" s="1">
         <v>8</v>
       </c>
     </row>
     <row r="1576">
       <c r="A1576" s="1">
         <v>13</v>
       </c>
       <c r="B1576" s="1">
         <v>1840</v>
       </c>
       <c r="C1576" s="1" t="s">
-        <v>1508</v>
+        <v>1510</v>
       </c>
       <c r="D1576" s="1" t="s">
         <v>126</v>
       </c>
       <c r="E1576" s="1">
         <v>21</v>
       </c>
       <c r="F1576" s="1">
         <v>5</v>
       </c>
     </row>
     <row r="1577">
       <c r="A1577" s="1">
         <v>13</v>
       </c>
       <c r="B1577" s="1">
         <v>1946</v>
       </c>
       <c r="C1577" s="1" t="s">
-        <v>1509</v>
+        <v>1511</v>
       </c>
       <c r="D1577" s="1" t="s">
         <v>20</v>
       </c>
       <c r="E1577" s="1">
         <v>21</v>
       </c>
       <c r="F1577" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="1578">
       <c r="A1578" s="1">
         <v>14</v>
       </c>
       <c r="B1578" s="1">
         <v>1183</v>
       </c>
       <c r="C1578" s="1" t="s">
-        <v>1250</v>
+        <v>1252</v>
       </c>
       <c r="D1578" s="1" t="s">
         <v>207</v>
       </c>
       <c r="E1578" s="1">
         <v>19</v>
       </c>
       <c r="F1578" s="1">
         <v>6</v>
       </c>
     </row>
     <row r="1579">
       <c r="A1579" s="1">
         <v>15</v>
       </c>
       <c r="B1579" s="1">
         <v>1095</v>
       </c>
       <c r="C1579" s="1" t="s">
-        <v>1510</v>
+        <v>1512</v>
       </c>
       <c r="D1579" s="1" t="s">
         <v>110</v>
       </c>
       <c r="E1579" s="1">
         <v>16</v>
       </c>
       <c r="F1579" s="1">
         <v>6</v>
       </c>
     </row>
     <row r="1580">
       <c r="A1580" s="1">
         <v>16</v>
       </c>
       <c r="B1580" s="1">
         <v>1459</v>
       </c>
       <c r="C1580" s="1" t="s">
-        <v>1511</v>
+        <v>1513</v>
       </c>
       <c r="D1580" s="1" t="s">
         <v>52</v>
       </c>
       <c r="E1580" s="1">
         <v>10</v>
       </c>
       <c r="F1580" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="1581">
       <c r="A1581" s="1">
         <v>17</v>
       </c>
       <c r="B1581" s="1">
         <v>1724</v>
       </c>
       <c r="C1581" s="1" t="s">
-        <v>1512</v>
+        <v>1514</v>
       </c>
       <c r="D1581" s="1" t="s">
         <v>126</v>
       </c>
       <c r="E1581" s="1">
         <v>6</v>
       </c>
       <c r="F1581" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="1582">
       <c r="A1582" s="1">
         <v>18</v>
       </c>
       <c r="B1582" s="1">
         <v>880</v>
       </c>
       <c r="C1582" s="1" t="s">
-        <v>1513</v>
+        <v>1515</v>
       </c>
       <c r="D1582" s="1" t="s">
         <v>113</v>
       </c>
       <c r="E1582" s="1">
         <v>3</v>
       </c>
       <c r="F1582" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="1585">
       <c r="A1585" s="3" t="s">
-        <v>1514</v>
+        <v>1516</v>
       </c>
       <c r="B1585" s="3" t="s">
-        <v>1514</v>
+        <v>1516</v>
       </c>
       <c r="C1585" s="3" t="s">
-        <v>1514</v>
+        <v>1516</v>
       </c>
       <c r="D1585" s="3" t="s">
-        <v>1514</v>
+        <v>1516</v>
       </c>
       <c r="E1585" s="3" t="s">
-        <v>1514</v>
+        <v>1516</v>
       </c>
     </row>
     <row r="1586">
       <c r="A1586" s="2" t="s">
         <v>2</v>
       </c>
       <c r="B1586" s="2" t="s">
         <v>3</v>
       </c>
       <c r="C1586" s="2" t="s">
         <v>4</v>
       </c>
       <c r="D1586" s="2" t="s">
         <v>5</v>
       </c>
       <c r="E1586" s="2" t="s">
         <v>6</v>
       </c>
       <c r="F1586" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="1587">
       <c r="A1587" s="1">
         <v>1</v>
       </c>
       <c r="B1587" s="1">
         <v>383</v>
       </c>
       <c r="C1587" s="1" t="s">
-        <v>1515</v>
+        <v>1517</v>
       </c>
       <c r="D1587" s="1" t="s">
         <v>70</v>
       </c>
       <c r="E1587" s="1">
         <v>133</v>
       </c>
       <c r="F1587" s="1">
         <v>9</v>
       </c>
     </row>
     <row r="1588">
       <c r="A1588" s="1">
         <v>2</v>
       </c>
       <c r="B1588" s="1">
         <v>1543</v>
       </c>
       <c r="C1588" s="1" t="s">
-        <v>1516</v>
+        <v>1518</v>
       </c>
       <c r="D1588" s="1" t="s">
         <v>110</v>
       </c>
       <c r="E1588" s="1">
         <v>115</v>
       </c>
       <c r="F1588" s="1">
         <v>9</v>
       </c>
     </row>
     <row r="1589">
       <c r="A1589" s="1">
         <v>3</v>
       </c>
       <c r="B1589" s="1">
         <v>390</v>
       </c>
       <c r="C1589" s="1" t="s">
-        <v>1517</v>
+        <v>1519</v>
       </c>
       <c r="D1589" s="1" t="s">
         <v>70</v>
       </c>
       <c r="E1589" s="1">
         <v>103</v>
       </c>
       <c r="F1589" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="1590">
       <c r="A1590" s="1">
         <v>4</v>
       </c>
       <c r="B1590" s="1">
         <v>382</v>
       </c>
       <c r="C1590" s="1" t="s">
-        <v>1518</v>
+        <v>1520</v>
       </c>
       <c r="D1590" s="1" t="s">
         <v>70</v>
       </c>
       <c r="E1590" s="1">
         <v>79</v>
       </c>
       <c r="F1590" s="1">
         <v>7</v>
       </c>
     </row>
     <row r="1591">
       <c r="A1591" s="1">
         <v>5</v>
       </c>
       <c r="B1591" s="1">
         <v>1208</v>
       </c>
       <c r="C1591" s="1" t="s">
-        <v>1519</v>
+        <v>1521</v>
       </c>
       <c r="D1591" s="1" t="s">
         <v>207</v>
       </c>
       <c r="E1591" s="1">
         <v>76</v>
       </c>
       <c r="F1591" s="1">
         <v>9</v>
       </c>
     </row>
     <row r="1592">
       <c r="A1592" s="1">
         <v>6</v>
       </c>
       <c r="B1592" s="1">
         <v>210</v>
       </c>
       <c r="C1592" s="1" t="s">
-        <v>1520</v>
+        <v>1522</v>
       </c>
       <c r="D1592" s="1" t="s">
         <v>70</v>
       </c>
       <c r="E1592" s="1">
         <v>73</v>
       </c>
       <c r="F1592" s="1">
         <v>8</v>
       </c>
     </row>
     <row r="1593">
       <c r="A1593" s="1">
         <v>7</v>
       </c>
       <c r="B1593" s="1">
         <v>1045</v>
       </c>
       <c r="C1593" s="1" t="s">
-        <v>1521</v>
+        <v>1523</v>
       </c>
       <c r="D1593" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E1593" s="1">
         <v>66</v>
       </c>
       <c r="F1593" s="1">
         <v>9</v>
       </c>
     </row>
     <row r="1594">
       <c r="A1594" s="1">
         <v>8</v>
       </c>
       <c r="B1594" s="1">
         <v>1198</v>
       </c>
       <c r="C1594" s="1" t="s">
-        <v>1522</v>
+        <v>1524</v>
       </c>
       <c r="D1594" s="1" t="s">
         <v>207</v>
       </c>
       <c r="E1594" s="1">
         <v>50</v>
       </c>
       <c r="F1594" s="1">
         <v>7</v>
       </c>
     </row>
     <row r="1595">
       <c r="A1595" s="1">
         <v>9</v>
       </c>
       <c r="B1595" s="1">
         <v>635</v>
       </c>
       <c r="C1595" s="1" t="s">
-        <v>1523</v>
+        <v>1525</v>
       </c>
       <c r="D1595" s="1" t="s">
         <v>86</v>
       </c>
       <c r="E1595" s="1">
         <v>41</v>
       </c>
       <c r="F1595" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="1596">
       <c r="A1596" s="1">
         <v>10</v>
       </c>
       <c r="B1596" s="1">
         <v>391</v>
       </c>
       <c r="C1596" s="1" t="s">
-        <v>1524</v>
+        <v>1526</v>
       </c>
       <c r="D1596" s="1" t="s">
         <v>70</v>
       </c>
       <c r="E1596" s="1">
         <v>35</v>
       </c>
       <c r="F1596" s="1">
         <v>9</v>
       </c>
     </row>
     <row r="1597">
       <c r="A1597" s="1">
         <v>11</v>
       </c>
       <c r="B1597" s="1">
         <v>402</v>
       </c>
       <c r="C1597" s="1" t="s">
-        <v>1525</v>
+        <v>1527</v>
       </c>
       <c r="D1597" s="1" t="s">
         <v>101</v>
       </c>
       <c r="E1597" s="1">
         <v>30</v>
       </c>
       <c r="F1597" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="1598">
       <c r="A1598" s="1">
         <v>12</v>
       </c>
       <c r="B1598" s="1">
         <v>585</v>
       </c>
       <c r="C1598" s="1" t="s">
-        <v>1526</v>
+        <v>1528</v>
       </c>
       <c r="D1598" s="1" t="s">
         <v>86</v>
       </c>
       <c r="E1598" s="1">
         <v>28</v>
       </c>
       <c r="F1598" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="1599">
       <c r="A1599" s="1">
         <v>12</v>
       </c>
       <c r="B1599" s="1">
         <v>384</v>
       </c>
       <c r="C1599" s="1" t="s">
-        <v>1527</v>
+        <v>1529</v>
       </c>
       <c r="D1599" s="1" t="s">
         <v>70</v>
       </c>
       <c r="E1599" s="1">
         <v>28</v>
       </c>
       <c r="F1599" s="1">
         <v>9</v>
       </c>
     </row>
     <row r="1600">
       <c r="A1600" s="1">
         <v>13</v>
       </c>
       <c r="B1600" s="1">
         <v>396</v>
       </c>
       <c r="C1600" s="1" t="s">
-        <v>1528</v>
+        <v>1530</v>
       </c>
       <c r="D1600" s="1" t="s">
         <v>70</v>
       </c>
       <c r="E1600" s="1">
         <v>27</v>
       </c>
       <c r="F1600" s="1">
         <v>9</v>
       </c>
     </row>
     <row r="1601">
       <c r="A1601" s="1">
         <v>14</v>
       </c>
       <c r="B1601" s="1">
         <v>1472</v>
       </c>
       <c r="C1601" s="1" t="s">
-        <v>1529</v>
+        <v>1531</v>
       </c>
       <c r="D1601" s="1" t="s">
         <v>110</v>
       </c>
       <c r="E1601" s="1">
         <v>25</v>
       </c>
       <c r="F1601" s="1">
         <v>8</v>
       </c>
     </row>
     <row r="1602">
       <c r="A1602" s="1">
         <v>15</v>
       </c>
       <c r="B1602" s="1">
         <v>1003</v>
       </c>
       <c r="C1602" s="1" t="s">
-        <v>1530</v>
+        <v>1532</v>
       </c>
       <c r="D1602" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E1602" s="1">
         <v>24</v>
       </c>
       <c r="F1602" s="1">
         <v>4</v>
       </c>
     </row>
     <row r="1603">
       <c r="A1603" s="1">
         <v>15</v>
       </c>
       <c r="B1603" s="1">
         <v>1066</v>
       </c>
       <c r="C1603" s="1" t="s">
-        <v>1531</v>
+        <v>1533</v>
       </c>
       <c r="D1603" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E1603" s="1">
         <v>24</v>
       </c>
       <c r="F1603" s="1">
         <v>9</v>
       </c>
     </row>
     <row r="1604">
       <c r="A1604" s="1">
         <v>15</v>
       </c>
       <c r="B1604" s="1">
         <v>1663</v>
       </c>
       <c r="C1604" s="1" t="s">
-        <v>1532</v>
+        <v>1534</v>
       </c>
       <c r="D1604" s="1" t="s">
         <v>24</v>
       </c>
       <c r="E1604" s="1">
         <v>24</v>
       </c>
       <c r="F1604" s="1">
         <v>5</v>
       </c>
     </row>
     <row r="1605">
       <c r="A1605" s="1">
         <v>16</v>
       </c>
       <c r="B1605" s="1">
         <v>1059</v>
       </c>
       <c r="C1605" s="1" t="s">
-        <v>1533</v>
+        <v>1535</v>
       </c>
       <c r="D1605" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E1605" s="1">
         <v>23</v>
       </c>
       <c r="F1605" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="1606">
       <c r="A1606" s="1">
         <v>17</v>
       </c>
       <c r="B1606" s="1">
         <v>386</v>
       </c>
       <c r="C1606" s="1" t="s">
-        <v>1534</v>
+        <v>1536</v>
       </c>
       <c r="D1606" s="1" t="s">
         <v>101</v>
       </c>
       <c r="E1606" s="1">
         <v>21</v>
       </c>
       <c r="F1606" s="1">
         <v>9</v>
       </c>
     </row>
     <row r="1607">
       <c r="A1607" s="1">
         <v>19</v>
       </c>
       <c r="B1607" s="1">
         <v>385</v>
       </c>
       <c r="C1607" s="1" t="s">
-        <v>1535</v>
+        <v>1537</v>
       </c>
       <c r="D1607" s="1" t="s">
         <v>70</v>
       </c>
       <c r="E1607" s="1">
         <v>18</v>
       </c>
       <c r="F1607" s="1">
         <v>4</v>
       </c>
     </row>
     <row r="1608">
       <c r="A1608" s="1">
         <v>20</v>
       </c>
       <c r="B1608" s="1">
         <v>387</v>
       </c>
       <c r="C1608" s="1" t="s">
-        <v>1536</v>
+        <v>1538</v>
       </c>
       <c r="D1608" s="1" t="s">
         <v>70</v>
       </c>
       <c r="E1608" s="1">
         <v>17</v>
       </c>
       <c r="F1608" s="1">
         <v>9</v>
       </c>
     </row>
     <row r="1609">
       <c r="A1609" s="1">
         <v>21</v>
       </c>
       <c r="B1609" s="1">
         <v>1200</v>
       </c>
       <c r="C1609" s="1" t="s">
-        <v>1537</v>
+        <v>1539</v>
       </c>
       <c r="D1609" s="1" t="s">
         <v>207</v>
       </c>
       <c r="E1609" s="1">
         <v>16</v>
       </c>
       <c r="F1609" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="1610">
       <c r="A1610" s="1">
         <v>21</v>
       </c>
       <c r="B1610" s="1">
         <v>1201</v>
       </c>
       <c r="C1610" s="1" t="s">
-        <v>1538</v>
+        <v>1540</v>
       </c>
       <c r="D1610" s="1" t="s">
         <v>207</v>
       </c>
       <c r="E1610" s="1">
         <v>16</v>
       </c>
       <c r="F1610" s="1">
         <v>8</v>
       </c>
     </row>
     <row r="1611">
       <c r="A1611" s="1">
         <v>22</v>
       </c>
       <c r="B1611" s="1">
         <v>1502</v>
       </c>
       <c r="C1611" s="1" t="s">
-        <v>1539</v>
+        <v>1541</v>
       </c>
       <c r="D1611" s="1" t="s">
         <v>126</v>
       </c>
       <c r="E1611" s="1">
         <v>15</v>
       </c>
       <c r="F1611" s="1">
         <v>5</v>
       </c>
     </row>
     <row r="1612">
       <c r="A1612" s="1">
         <v>22</v>
       </c>
       <c r="B1612" s="1">
         <v>1955</v>
       </c>
       <c r="C1612" s="1" t="s">
-        <v>1540</v>
+        <v>1542</v>
       </c>
       <c r="D1612" s="1" t="s">
         <v>24</v>
       </c>
       <c r="E1612" s="1">
         <v>15</v>
       </c>
       <c r="F1612" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="1613">
       <c r="A1613" s="1">
         <v>23</v>
       </c>
       <c r="B1613" s="1">
         <v>1082</v>
       </c>
       <c r="C1613" s="1" t="s">
-        <v>1541</v>
+        <v>1543</v>
       </c>
       <c r="D1613" s="1" t="s">
         <v>110</v>
       </c>
       <c r="E1613" s="1">
         <v>14</v>
       </c>
       <c r="F1613" s="1">
         <v>8</v>
       </c>
     </row>
     <row r="1614">
       <c r="A1614" s="1">
         <v>23</v>
       </c>
       <c r="B1614" s="1">
         <v>397</v>
       </c>
       <c r="C1614" s="1" t="s">
-        <v>1542</v>
+        <v>1544</v>
       </c>
       <c r="D1614" s="1" t="s">
         <v>70</v>
       </c>
       <c r="E1614" s="1">
         <v>14</v>
       </c>
       <c r="F1614" s="1">
         <v>5</v>
       </c>
     </row>
     <row r="1615">
       <c r="A1615" s="1">
         <v>23</v>
       </c>
       <c r="B1615" s="1">
         <v>1820</v>
       </c>
       <c r="C1615" s="1" t="s">
-        <v>1543</v>
+        <v>1545</v>
       </c>
       <c r="D1615" s="1" t="s">
         <v>70</v>
       </c>
       <c r="E1615" s="1">
         <v>14</v>
       </c>
       <c r="F1615" s="1">
         <v>5</v>
       </c>
     </row>
     <row r="1616">
       <c r="A1616" s="1">
         <v>24</v>
       </c>
       <c r="B1616" s="1">
         <v>255</v>
       </c>
       <c r="C1616" s="1" t="s">
-        <v>1544</v>
+        <v>1546</v>
       </c>
       <c r="D1616" s="1" t="s">
         <v>86</v>
       </c>
       <c r="E1616" s="1">
         <v>12</v>
       </c>
       <c r="F1616" s="1">
         <v>4</v>
       </c>
     </row>
     <row r="1617">
       <c r="A1617" s="1">
         <v>25</v>
       </c>
       <c r="B1617" s="1">
         <v>1538</v>
       </c>
       <c r="C1617" s="1" t="s">
-        <v>1545</v>
+        <v>1547</v>
       </c>
       <c r="D1617" s="1" t="s">
         <v>108</v>
       </c>
       <c r="E1617" s="1">
         <v>11</v>
       </c>
       <c r="F1617" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="1618">
       <c r="A1618" s="1">
         <v>26</v>
       </c>
       <c r="B1618" s="1">
         <v>239</v>
       </c>
       <c r="C1618" s="1" t="s">
-        <v>1546</v>
+        <v>1548</v>
       </c>
       <c r="D1618" s="1" t="s">
         <v>70</v>
       </c>
       <c r="E1618" s="1">
         <v>10</v>
       </c>
       <c r="F1618" s="1">
         <v>5</v>
       </c>
     </row>
     <row r="1619">
       <c r="A1619" s="1">
         <v>27</v>
       </c>
       <c r="B1619" s="1">
         <v>1260</v>
       </c>
       <c r="C1619" s="1" t="s">
-        <v>1547</v>
+        <v>1549</v>
       </c>
       <c r="D1619" s="1" t="s">
         <v>9</v>
       </c>
       <c r="E1619" s="1">
         <v>9</v>
       </c>
       <c r="F1619" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="1620">
       <c r="A1620" s="1">
         <v>27</v>
       </c>
       <c r="B1620" s="1">
         <v>311</v>
       </c>
       <c r="C1620" s="1" t="s">
-        <v>1548</v>
+        <v>1550</v>
       </c>
       <c r="D1620" s="1" t="s">
         <v>86</v>
       </c>
       <c r="E1620" s="1">
         <v>9</v>
       </c>
       <c r="F1620" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="1621">
       <c r="A1621" s="1">
         <v>27</v>
       </c>
       <c r="B1621" s="1">
         <v>185</v>
       </c>
       <c r="C1621" s="1" t="s">
-        <v>1549</v>
+        <v>1551</v>
       </c>
       <c r="D1621" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E1621" s="1">
         <v>9</v>
       </c>
       <c r="F1621" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="1622">
       <c r="A1622" s="1">
         <v>28</v>
       </c>
       <c r="B1622" s="1">
         <v>394</v>
       </c>
       <c r="C1622" s="1" t="s">
-        <v>1550</v>
+        <v>1552</v>
       </c>
       <c r="D1622" s="1" t="s">
         <v>70</v>
       </c>
       <c r="E1622" s="1">
         <v>7</v>
       </c>
       <c r="F1622" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="1623">
       <c r="A1623" s="1">
         <v>28</v>
       </c>
       <c r="B1623" s="1">
         <v>1074</v>
       </c>
       <c r="C1623" s="1" t="s">
-        <v>1551</v>
+        <v>1553</v>
       </c>
       <c r="D1623" s="1" t="s">
         <v>110</v>
       </c>
       <c r="E1623" s="1">
         <v>7</v>
       </c>
       <c r="F1623" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="1624">
       <c r="A1624" s="1">
         <v>29</v>
       </c>
       <c r="B1624" s="1">
         <v>1263</v>
       </c>
       <c r="C1624" s="1" t="s">
-        <v>1552</v>
+        <v>1554</v>
       </c>
       <c r="D1624" s="1" t="s">
         <v>9</v>
       </c>
       <c r="E1624" s="1">
         <v>6</v>
       </c>
       <c r="F1624" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="1625">
       <c r="A1625" s="1">
         <v>30</v>
       </c>
       <c r="B1625" s="1">
         <v>1175</v>
       </c>
       <c r="C1625" s="1" t="s">
-        <v>1553</v>
+        <v>1318</v>
       </c>
       <c r="D1625" s="1" t="s">
         <v>207</v>
       </c>
       <c r="E1625" s="1">
         <v>3</v>
       </c>
       <c r="F1625" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="1626">
       <c r="A1626" s="1">
         <v>30</v>
       </c>
       <c r="B1626" s="1">
         <v>398</v>
       </c>
       <c r="C1626" s="1" t="s">
-        <v>1554</v>
+        <v>1555</v>
       </c>
       <c r="D1626" s="1" t="s">
         <v>101</v>
       </c>
       <c r="E1626" s="1">
         <v>3</v>
       </c>
       <c r="F1626" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="1629">
       <c r="A1629" s="3" t="s">
-        <v>1555</v>
+        <v>1556</v>
       </c>
       <c r="B1629" s="3" t="s">
-        <v>1555</v>
+        <v>1556</v>
       </c>
       <c r="C1629" s="3" t="s">
-        <v>1555</v>
+        <v>1556</v>
       </c>
       <c r="D1629" s="3" t="s">
-        <v>1555</v>
+        <v>1556</v>
       </c>
       <c r="E1629" s="3" t="s">
-        <v>1555</v>
+        <v>1556</v>
       </c>
     </row>
     <row r="1630">
       <c r="A1630" s="2" t="s">
         <v>2</v>
       </c>
       <c r="B1630" s="2" t="s">
         <v>3</v>
       </c>
       <c r="C1630" s="2" t="s">
         <v>4</v>
       </c>
       <c r="D1630" s="2" t="s">
         <v>5</v>
       </c>
       <c r="E1630" s="2" t="s">
         <v>6</v>
       </c>
       <c r="F1630" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="1631">
       <c r="A1631" s="1">
         <v>1</v>
       </c>
       <c r="B1631" s="1">
         <v>1178</v>
       </c>
       <c r="C1631" s="1" t="s">
-        <v>1556</v>
+        <v>1557</v>
       </c>
       <c r="D1631" s="1" t="s">
         <v>207</v>
       </c>
       <c r="E1631" s="1">
         <v>133</v>
       </c>
       <c r="F1631" s="1">
         <v>9</v>
       </c>
     </row>
     <row r="1632">
       <c r="A1632" s="1">
         <v>2</v>
       </c>
       <c r="B1632" s="1">
         <v>840</v>
       </c>
       <c r="C1632" s="1" t="s">
-        <v>1557</v>
+        <v>1558</v>
       </c>
       <c r="D1632" s="1" t="s">
         <v>20</v>
       </c>
       <c r="E1632" s="1">
         <v>121</v>
       </c>
       <c r="F1632" s="1">
         <v>9</v>
       </c>
     </row>
     <row r="1633">
       <c r="A1633" s="1">
         <v>3</v>
       </c>
       <c r="B1633" s="1">
         <v>93</v>
       </c>
       <c r="C1633" s="1" t="s">
-        <v>1558</v>
+        <v>1559</v>
       </c>
       <c r="D1633" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E1633" s="1">
         <v>102</v>
       </c>
       <c r="F1633" s="1">
         <v>9</v>
       </c>
     </row>
     <row r="1634">
       <c r="A1634" s="1">
         <v>4</v>
       </c>
       <c r="B1634" s="1">
         <v>692</v>
       </c>
       <c r="C1634" s="1" t="s">
-        <v>1559</v>
+        <v>1560</v>
       </c>
       <c r="D1634" s="1" t="s">
         <v>126</v>
       </c>
       <c r="E1634" s="1">
         <v>93</v>
       </c>
       <c r="F1634" s="1">
         <v>9</v>
       </c>
     </row>
     <row r="1635">
       <c r="A1635" s="1">
         <v>5</v>
       </c>
       <c r="B1635" s="1">
         <v>1070</v>
       </c>
       <c r="C1635" s="1" t="s">
-        <v>1560</v>
+        <v>1561</v>
       </c>
       <c r="D1635" s="1" t="s">
         <v>110</v>
       </c>
       <c r="E1635" s="1">
         <v>65</v>
       </c>
       <c r="F1635" s="1">
         <v>8</v>
       </c>
     </row>
     <row r="1636">
       <c r="A1636" s="1">
         <v>6</v>
       </c>
       <c r="B1636" s="1">
         <v>1356</v>
       </c>
       <c r="C1636" s="1" t="s">
-        <v>1561</v>
+        <v>1562</v>
       </c>
       <c r="D1636" s="1" t="s">
         <v>38</v>
       </c>
       <c r="E1636" s="1">
         <v>44</v>
       </c>
       <c r="F1636" s="1">
         <v>6</v>
       </c>
     </row>
     <row r="1637">
       <c r="A1637" s="1">
         <v>7</v>
       </c>
       <c r="B1637" s="1">
         <v>65</v>
       </c>
       <c r="C1637" s="1" t="s">
-        <v>1562</v>
+        <v>1563</v>
       </c>
       <c r="D1637" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E1637" s="1">
         <v>37</v>
       </c>
       <c r="F1637" s="1">
         <v>4</v>
       </c>
     </row>
     <row r="1638">
       <c r="A1638" s="1">
         <v>8</v>
       </c>
       <c r="B1638" s="1">
         <v>1430</v>
       </c>
       <c r="C1638" s="1" t="s">
-        <v>1563</v>
+        <v>1564</v>
       </c>
       <c r="D1638" s="1" t="s">
         <v>126</v>
       </c>
       <c r="E1638" s="1">
         <v>26</v>
       </c>
       <c r="F1638" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="1639">
       <c r="A1639" s="1">
         <v>9</v>
       </c>
       <c r="B1639" s="1">
         <v>2021</v>
       </c>
       <c r="C1639" s="1" t="s">
-        <v>1564</v>
+        <v>1565</v>
       </c>
       <c r="D1639" s="1" t="s">
         <v>207</v>
       </c>
       <c r="E1639" s="1">
         <v>11</v>
       </c>
       <c r="F1639" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="1642">
       <c r="A1642" s="3" t="s">
-        <v>1565</v>
+        <v>1566</v>
       </c>
       <c r="B1642" s="3" t="s">
-        <v>1565</v>
+        <v>1566</v>
       </c>
       <c r="C1642" s="3" t="s">
-        <v>1565</v>
+        <v>1566</v>
       </c>
       <c r="D1642" s="3" t="s">
-        <v>1565</v>
+        <v>1566</v>
       </c>
       <c r="E1642" s="3" t="s">
-        <v>1565</v>
+        <v>1566</v>
       </c>
     </row>
     <row r="1643">
       <c r="A1643" s="2" t="s">
         <v>2</v>
       </c>
       <c r="B1643" s="2" t="s">
         <v>3</v>
       </c>
       <c r="C1643" s="2" t="s">
         <v>4</v>
       </c>
       <c r="D1643" s="2" t="s">
         <v>5</v>
       </c>
       <c r="E1643" s="2" t="s">
         <v>6</v>
       </c>
       <c r="F1643" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="1644">
       <c r="A1644" s="1">
         <v>1</v>
       </c>
       <c r="B1644" s="1">
         <v>1224</v>
       </c>
       <c r="C1644" s="1" t="s">
-        <v>1566</v>
+        <v>1567</v>
       </c>
       <c r="D1644" s="1" t="s">
         <v>207</v>
       </c>
       <c r="E1644" s="1">
         <v>129</v>
       </c>
       <c r="F1644" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="1645">
       <c r="A1645" s="1">
         <v>2</v>
       </c>
       <c r="B1645" s="1">
         <v>326</v>
       </c>
       <c r="C1645" s="1" t="s">
-        <v>1567</v>
+        <v>1568</v>
       </c>
       <c r="D1645" s="1" t="s">
         <v>86</v>
       </c>
       <c r="E1645" s="1">
         <v>95</v>
       </c>
       <c r="F1645" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="1646">
       <c r="A1646" s="1">
         <v>3</v>
       </c>
       <c r="B1646" s="1">
         <v>1469</v>
       </c>
       <c r="C1646" s="1" t="s">
-        <v>1568</v>
+        <v>1569</v>
       </c>
       <c r="D1646" s="1" t="s">
         <v>24</v>
       </c>
       <c r="E1646" s="1">
         <v>80</v>
       </c>
       <c r="F1646" s="1">
         <v>6</v>
       </c>
     </row>
     <row r="1647">
       <c r="A1647" s="1">
         <v>4</v>
       </c>
       <c r="B1647" s="1">
         <v>1578</v>
       </c>
       <c r="C1647" s="1" t="s">
-        <v>1569</v>
+        <v>1570</v>
       </c>
       <c r="D1647" s="1" t="s">
-        <v>1570</v>
+        <v>1571</v>
       </c>
       <c r="E1647" s="1">
         <v>58</v>
       </c>
       <c r="F1647" s="1">
         <v>6</v>
       </c>
     </row>
     <row r="1648">
       <c r="A1648" s="1">
         <v>5</v>
       </c>
       <c r="B1648" s="1">
         <v>24</v>
       </c>
       <c r="C1648" s="1" t="s">
-        <v>1571</v>
+        <v>1572</v>
       </c>
       <c r="D1648" s="1" t="s">
         <v>18</v>
       </c>
       <c r="E1648" s="1">
         <v>56</v>
       </c>
       <c r="F1648" s="1">
         <v>9</v>
       </c>
     </row>
     <row r="1649">
       <c r="A1649" s="1">
         <v>6</v>
       </c>
       <c r="B1649" s="1">
         <v>1422</v>
       </c>
       <c r="C1649" s="1" t="s">
-        <v>1572</v>
+        <v>1573</v>
       </c>
       <c r="D1649" s="1" t="s">
         <v>369</v>
       </c>
       <c r="E1649" s="1">
         <v>52</v>
       </c>
       <c r="F1649" s="1">
         <v>4</v>
       </c>
     </row>
     <row r="1650">
       <c r="A1650" s="1">
         <v>7</v>
       </c>
       <c r="B1650" s="1">
         <v>1404</v>
       </c>
       <c r="C1650" s="1" t="s">
-        <v>1573</v>
+        <v>1574</v>
       </c>
       <c r="D1650" s="1" t="s">
         <v>110</v>
       </c>
       <c r="E1650" s="1">
         <v>51</v>
       </c>
       <c r="F1650" s="1">
         <v>6</v>
       </c>
     </row>
     <row r="1651">
       <c r="A1651" s="1">
         <v>8</v>
       </c>
       <c r="B1651" s="1">
         <v>1199</v>
       </c>
       <c r="C1651" s="1" t="s">
-        <v>1574</v>
+        <v>1575</v>
       </c>
       <c r="D1651" s="1" t="s">
         <v>207</v>
       </c>
       <c r="E1651" s="1">
         <v>49</v>
       </c>
       <c r="F1651" s="1">
         <v>8</v>
       </c>
     </row>
     <row r="1652">
       <c r="A1652" s="1">
         <v>9</v>
       </c>
       <c r="B1652" s="1">
         <v>874</v>
       </c>
       <c r="C1652" s="1" t="s">
-        <v>1575</v>
+        <v>1576</v>
       </c>
       <c r="D1652" s="1" t="s">
         <v>113</v>
       </c>
       <c r="E1652" s="1">
         <v>48</v>
       </c>
       <c r="F1652" s="1">
         <v>5</v>
       </c>
     </row>
     <row r="1653">
       <c r="A1653" s="1">
         <v>10</v>
       </c>
       <c r="B1653" s="1">
         <v>1256</v>
       </c>
       <c r="C1653" s="1" t="s">
-        <v>1576</v>
+        <v>1577</v>
       </c>
       <c r="D1653" s="1" t="s">
         <v>9</v>
       </c>
       <c r="E1653" s="1">
         <v>44</v>
       </c>
       <c r="F1653" s="1">
         <v>6</v>
       </c>
     </row>
     <row r="1654">
       <c r="A1654" s="1">
         <v>11</v>
       </c>
       <c r="B1654" s="1">
         <v>1424</v>
       </c>
       <c r="C1654" s="1" t="s">
-        <v>1577</v>
+        <v>1578</v>
       </c>
       <c r="D1654" s="1" t="s">
         <v>369</v>
       </c>
       <c r="E1654" s="1">
         <v>41</v>
       </c>
       <c r="F1654" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="1655">
       <c r="A1655" s="1">
         <v>11</v>
       </c>
       <c r="B1655" s="1">
         <v>400</v>
       </c>
       <c r="C1655" s="1" t="s">
-        <v>1578</v>
+        <v>1579</v>
       </c>
       <c r="D1655" s="1" t="s">
         <v>70</v>
       </c>
       <c r="E1655" s="1">
         <v>41</v>
       </c>
       <c r="F1655" s="1">
         <v>5</v>
       </c>
     </row>
     <row r="1656">
       <c r="A1656" s="1">
         <v>12</v>
       </c>
       <c r="B1656" s="1">
         <v>1195</v>
       </c>
       <c r="C1656" s="1" t="s">
-        <v>1579</v>
+        <v>1580</v>
       </c>
       <c r="D1656" s="1" t="s">
         <v>207</v>
       </c>
       <c r="E1656" s="1">
         <v>38</v>
       </c>
       <c r="F1656" s="1">
         <v>9</v>
       </c>
     </row>
     <row r="1657">
       <c r="A1657" s="1">
         <v>13</v>
       </c>
       <c r="B1657" s="1">
         <v>1731</v>
       </c>
       <c r="C1657" s="1" t="s">
-        <v>1580</v>
+        <v>1581</v>
       </c>
       <c r="D1657" s="1" t="s">
         <v>636</v>
       </c>
       <c r="E1657" s="1">
         <v>34</v>
       </c>
       <c r="F1657" s="1">
         <v>6</v>
       </c>
     </row>
     <row r="1658">
       <c r="A1658" s="1">
         <v>14</v>
       </c>
       <c r="B1658" s="1">
         <v>399</v>
       </c>
       <c r="C1658" s="1" t="s">
-        <v>1581</v>
+        <v>1582</v>
       </c>
       <c r="D1658" s="1" t="s">
         <v>70</v>
       </c>
       <c r="E1658" s="1">
         <v>28</v>
       </c>
       <c r="F1658" s="1">
         <v>9</v>
       </c>
     </row>
     <row r="1659">
       <c r="A1659" s="1">
         <v>15</v>
       </c>
       <c r="B1659" s="1">
         <v>1213</v>
       </c>
       <c r="C1659" s="1" t="s">
         <v>732</v>
       </c>
       <c r="D1659" s="1" t="s">
         <v>207</v>
       </c>
       <c r="E1659" s="1">
         <v>27</v>
       </c>
       <c r="F1659" s="1">
         <v>8</v>
       </c>
     </row>
     <row r="1660">
       <c r="A1660" s="1">
         <v>16</v>
       </c>
       <c r="B1660" s="1">
         <v>1606</v>
       </c>
       <c r="C1660" s="1" t="s">
-        <v>1582</v>
+        <v>1583</v>
       </c>
       <c r="D1660" s="1" t="s">
         <v>47</v>
       </c>
       <c r="E1660" s="1">
         <v>24</v>
       </c>
       <c r="F1660" s="1">
         <v>7</v>
       </c>
     </row>
     <row r="1661">
       <c r="A1661" s="1">
         <v>17</v>
       </c>
       <c r="B1661" s="1">
         <v>1334</v>
       </c>
       <c r="C1661" s="1" t="s">
-        <v>1583</v>
+        <v>1584</v>
       </c>
       <c r="D1661" s="1" t="s">
         <v>52</v>
       </c>
       <c r="E1661" s="1">
         <v>23</v>
       </c>
       <c r="F1661" s="1">
         <v>5</v>
       </c>
     </row>
     <row r="1662">
       <c r="A1662" s="1">
         <v>18</v>
       </c>
       <c r="B1662" s="1">
         <v>1602</v>
       </c>
       <c r="C1662" s="1" t="s">
-        <v>1584</v>
+        <v>1585</v>
       </c>
       <c r="D1662" s="1" t="s">
         <v>47</v>
       </c>
       <c r="E1662" s="1">
         <v>18</v>
       </c>
       <c r="F1662" s="1">
         <v>4</v>
       </c>
     </row>
     <row r="1663">
       <c r="A1663" s="1">
         <v>19</v>
       </c>
       <c r="B1663" s="1">
         <v>1186</v>
       </c>
       <c r="C1663" s="1" t="s">
-        <v>1585</v>
+        <v>1586</v>
       </c>
       <c r="D1663" s="1" t="s">
         <v>207</v>
       </c>
       <c r="E1663" s="1">
         <v>17</v>
       </c>
       <c r="F1663" s="1">
         <v>5</v>
       </c>
     </row>
     <row r="1664">
       <c r="A1664" s="1">
         <v>20</v>
       </c>
       <c r="B1664" s="1">
         <v>1282</v>
       </c>
       <c r="C1664" s="1" t="s">
-        <v>1586</v>
+        <v>1587</v>
       </c>
       <c r="D1664" s="1" t="s">
         <v>9</v>
       </c>
       <c r="E1664" s="1">
         <v>15</v>
       </c>
       <c r="F1664" s="1">
         <v>6</v>
       </c>
     </row>
     <row r="1665">
       <c r="A1665" s="1">
         <v>21</v>
       </c>
       <c r="B1665" s="1">
         <v>948</v>
       </c>
       <c r="C1665" s="1" t="s">
-        <v>1587</v>
+        <v>1588</v>
       </c>
       <c r="D1665" s="1" t="s">
         <v>49</v>
       </c>
       <c r="E1665" s="1">
         <v>14</v>
       </c>
       <c r="F1665" s="1">
         <v>5</v>
       </c>
     </row>
     <row r="1666">
       <c r="A1666" s="1">
         <v>22</v>
       </c>
       <c r="B1666" s="1">
         <v>1571</v>
       </c>
       <c r="C1666" s="1" t="s">
-        <v>1588</v>
+        <v>1589</v>
       </c>
       <c r="D1666" s="1" t="s">
         <v>52</v>
       </c>
       <c r="E1666" s="1">
         <v>12</v>
       </c>
       <c r="F1666" s="1">
         <v>4</v>
       </c>
     </row>
     <row r="1667">
       <c r="A1667" s="1">
         <v>23</v>
       </c>
       <c r="B1667" s="1">
         <v>1581</v>
       </c>
       <c r="C1667" s="1" t="s">
-        <v>1589</v>
+        <v>1590</v>
       </c>
       <c r="D1667" s="1" t="s">
         <v>369</v>
       </c>
       <c r="E1667" s="1">
         <v>10</v>
       </c>
       <c r="F1667" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="1668">
       <c r="A1668" s="1">
         <v>24</v>
       </c>
       <c r="B1668" s="1">
         <v>1697</v>
       </c>
       <c r="C1668" s="1" t="s">
-        <v>1590</v>
+        <v>1591</v>
       </c>
       <c r="D1668" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E1668" s="1">
         <v>8</v>
       </c>
       <c r="F1668" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="1669">
       <c r="A1669" s="1">
         <v>25</v>
       </c>
       <c r="B1669" s="1">
         <v>408</v>
       </c>
       <c r="C1669" s="1" t="s">
-        <v>1591</v>
+        <v>1592</v>
       </c>
       <c r="D1669" s="1" t="s">
         <v>86</v>
       </c>
       <c r="E1669" s="1">
         <v>7</v>
       </c>
       <c r="F1669" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="1670">
       <c r="A1670" s="1">
         <v>26</v>
       </c>
       <c r="B1670" s="1">
         <v>1421</v>
       </c>
       <c r="C1670" s="1" t="s">
-        <v>1592</v>
+        <v>1593</v>
       </c>
       <c r="D1670" s="1" t="s">
         <v>369</v>
       </c>
       <c r="E1670" s="1">
         <v>5</v>
       </c>
       <c r="F1670" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="1671">
       <c r="A1671" s="1">
         <v>27</v>
       </c>
       <c r="B1671" s="1">
         <v>1582</v>
       </c>
       <c r="C1671" s="1" t="s">
-        <v>1593</v>
+        <v>1594</v>
       </c>
       <c r="D1671" s="1" t="s">
         <v>369</v>
       </c>
       <c r="E1671" s="1">
         <v>3</v>
       </c>
       <c r="F1671" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="1672">
       <c r="A1672" s="1">
         <v>27</v>
       </c>
       <c r="B1672" s="1">
         <v>1519</v>
       </c>
       <c r="C1672" s="1" t="s">
-        <v>1594</v>
+        <v>1595</v>
       </c>
       <c r="D1672" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E1672" s="1">
         <v>3</v>
       </c>
       <c r="F1672" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="1673">
       <c r="A1673" s="1">
         <v>27</v>
       </c>
       <c r="B1673" s="1">
         <v>2002</v>
       </c>
       <c r="C1673" s="1" t="s">
-        <v>1595</v>
+        <v>1596</v>
       </c>
       <c r="D1673" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E1673" s="1">
         <v>3</v>
       </c>
       <c r="F1673" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="1674">
       <c r="A1674" s="1">
         <v>33</v>
       </c>
       <c r="B1674" s="1">
         <v>1196</v>
       </c>
       <c r="C1674" s="1" t="s">
-        <v>1596</v>
+        <v>1597</v>
       </c>
       <c r="D1674" s="1" t="s">
         <v>207</v>
       </c>
       <c r="E1674" s="1">
         <v>6</v>
       </c>
       <c r="F1674" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="1677">
       <c r="A1677" s="3" t="s">
-        <v>1597</v>
+        <v>1598</v>
       </c>
       <c r="B1677" s="3" t="s">
-        <v>1597</v>
+        <v>1598</v>
       </c>
       <c r="C1677" s="3" t="s">
-        <v>1597</v>
+        <v>1598</v>
       </c>
       <c r="D1677" s="3" t="s">
-        <v>1597</v>
+        <v>1598</v>
       </c>
       <c r="E1677" s="3" t="s">
-        <v>1597</v>
+        <v>1598</v>
       </c>
     </row>
     <row r="1678">
       <c r="A1678" s="2" t="s">
         <v>2</v>
       </c>
       <c r="B1678" s="2" t="s">
         <v>3</v>
       </c>
       <c r="C1678" s="2" t="s">
         <v>4</v>
       </c>
       <c r="D1678" s="2" t="s">
         <v>5</v>
       </c>
       <c r="E1678" s="2" t="s">
         <v>6</v>
       </c>
       <c r="F1678" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="1679">
       <c r="A1679" s="1">
         <v>1</v>
       </c>
       <c r="B1679" s="1">
         <v>95</v>
       </c>
       <c r="C1679" s="1" t="s">
-        <v>1598</v>
+        <v>1599</v>
       </c>
       <c r="D1679" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E1679" s="1">
         <v>138</v>
       </c>
       <c r="F1679" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="1680">
       <c r="A1680" s="1">
         <v>2</v>
       </c>
       <c r="B1680" s="1">
         <v>1265</v>
       </c>
       <c r="C1680" s="1" t="s">
-        <v>1599</v>
+        <v>1600</v>
       </c>
       <c r="D1680" s="1" t="s">
         <v>9</v>
       </c>
       <c r="E1680" s="1">
         <v>116</v>
       </c>
       <c r="F1680" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="1681">
       <c r="A1681" s="1">
         <v>3</v>
       </c>
       <c r="B1681" s="1">
         <v>166</v>
       </c>
       <c r="C1681" s="1" t="s">
-        <v>1600</v>
+        <v>1601</v>
       </c>
       <c r="D1681" s="1" t="s">
         <v>70</v>
       </c>
       <c r="E1681" s="1">
         <v>114</v>
       </c>
       <c r="F1681" s="1">
         <v>8</v>
       </c>
     </row>
     <row r="1682">
       <c r="A1682" s="1">
         <v>4</v>
       </c>
       <c r="B1682" s="1">
         <v>902</v>
       </c>
       <c r="C1682" s="1" t="s">
-        <v>1601</v>
+        <v>1602</v>
       </c>
       <c r="D1682" s="1" t="s">
         <v>70</v>
       </c>
       <c r="E1682" s="1">
         <v>101</v>
       </c>
       <c r="F1682" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="1683">
       <c r="A1683" s="1">
         <v>5</v>
       </c>
       <c r="B1683" s="1">
         <v>1345</v>
       </c>
       <c r="C1683" s="1" t="s">
-        <v>1602</v>
+        <v>1603</v>
       </c>
       <c r="D1683" s="1" t="s">
         <v>38</v>
       </c>
       <c r="E1683" s="1">
         <v>64</v>
       </c>
       <c r="F1683" s="1">
         <v>7</v>
       </c>
     </row>
     <row r="1684">
       <c r="A1684" s="1">
         <v>6</v>
       </c>
       <c r="B1684" s="1">
         <v>1291</v>
       </c>
       <c r="C1684" s="1" t="s">
-        <v>1603</v>
+        <v>1604</v>
       </c>
       <c r="D1684" s="1" t="s">
         <v>9</v>
       </c>
       <c r="E1684" s="1">
         <v>40</v>
       </c>
       <c r="F1684" s="1">
         <v>5</v>
       </c>
     </row>
     <row r="1685">
       <c r="A1685" s="1">
         <v>8</v>
       </c>
       <c r="B1685" s="1">
         <v>1432</v>
       </c>
       <c r="C1685" s="1" t="s">
-        <v>1604</v>
+        <v>1605</v>
       </c>
       <c r="D1685" s="1" t="s">
         <v>126</v>
       </c>
       <c r="E1685" s="1">
         <v>31</v>
       </c>
       <c r="F1685" s="1">
         <v>5</v>
       </c>
     </row>
     <row r="1688">
       <c r="A1688" s="3" t="s">
-        <v>1605</v>
+        <v>1606</v>
       </c>
       <c r="B1688" s="3" t="s">
-        <v>1605</v>
+        <v>1606</v>
       </c>
       <c r="C1688" s="3" t="s">
-        <v>1605</v>
+        <v>1606</v>
       </c>
       <c r="D1688" s="3" t="s">
-        <v>1605</v>
+        <v>1606</v>
       </c>
       <c r="E1688" s="3" t="s">
-        <v>1605</v>
+        <v>1606</v>
       </c>
     </row>
     <row r="1689">
       <c r="A1689" s="2" t="s">
         <v>2</v>
       </c>
       <c r="B1689" s="2" t="s">
         <v>3</v>
       </c>
       <c r="C1689" s="2" t="s">
         <v>4</v>
       </c>
       <c r="D1689" s="2" t="s">
         <v>5</v>
       </c>
       <c r="E1689" s="2" t="s">
         <v>6</v>
       </c>
       <c r="F1689" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="1690">
       <c r="A1690" s="1">
         <v>1</v>
       </c>
       <c r="B1690" s="1">
         <v>836</v>
       </c>
       <c r="C1690" s="1" t="s">
-        <v>1606</v>
+        <v>1607</v>
       </c>
       <c r="D1690" s="1" t="s">
         <v>20</v>
       </c>
       <c r="E1690" s="1">
         <v>135</v>
       </c>
       <c r="F1690" s="1">
         <v>9</v>
       </c>
     </row>
     <row r="1691">
       <c r="A1691" s="1">
         <v>2</v>
       </c>
       <c r="B1691" s="1">
         <v>1284</v>
       </c>
       <c r="C1691" s="1" t="s">
-        <v>1607</v>
+        <v>1608</v>
       </c>
       <c r="D1691" s="1" t="s">
         <v>9</v>
       </c>
       <c r="E1691" s="1">
         <v>104</v>
       </c>
       <c r="F1691" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="1692">
       <c r="A1692" s="1">
         <v>3</v>
       </c>
       <c r="B1692" s="1">
         <v>1014</v>
       </c>
       <c r="C1692" s="1" t="s">
-        <v>1608</v>
+        <v>1609</v>
       </c>
       <c r="D1692" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E1692" s="1">
         <v>78</v>
       </c>
       <c r="F1692" s="1">
         <v>7</v>
       </c>
     </row>
     <row r="1693">
       <c r="A1693" s="1">
         <v>4</v>
       </c>
       <c r="B1693" s="1">
         <v>1086</v>
       </c>
       <c r="C1693" s="1" t="s">
-        <v>1609</v>
+        <v>1610</v>
       </c>
       <c r="D1693" s="1" t="s">
         <v>110</v>
       </c>
       <c r="E1693" s="1">
         <v>77</v>
       </c>
       <c r="F1693" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="1694">
       <c r="A1694" s="1">
         <v>4</v>
       </c>
       <c r="B1694" s="1">
         <v>1286</v>
       </c>
       <c r="C1694" s="1" t="s">
-        <v>1610</v>
+        <v>1611</v>
       </c>
       <c r="D1694" s="1" t="s">
         <v>9</v>
       </c>
       <c r="E1694" s="1">
         <v>77</v>
       </c>
       <c r="F1694" s="1">
         <v>7</v>
       </c>
     </row>
     <row r="1695">
       <c r="A1695" s="1">
         <v>5</v>
       </c>
       <c r="B1695" s="1">
         <v>1287</v>
       </c>
       <c r="C1695" s="1" t="s">
-        <v>1611</v>
+        <v>1612</v>
       </c>
       <c r="D1695" s="1" t="s">
         <v>9</v>
       </c>
       <c r="E1695" s="1">
         <v>70</v>
       </c>
       <c r="F1695" s="1">
         <v>8</v>
       </c>
     </row>
     <row r="1696">
       <c r="A1696" s="1">
         <v>5</v>
       </c>
       <c r="B1696" s="1">
         <v>401</v>
       </c>
       <c r="C1696" s="1" t="s">
-        <v>1612</v>
+        <v>1613</v>
       </c>
       <c r="D1696" s="1" t="s">
         <v>70</v>
       </c>
       <c r="E1696" s="1">
         <v>70</v>
       </c>
       <c r="F1696" s="1">
         <v>7</v>
       </c>
     </row>
     <row r="1697">
       <c r="A1697" s="1">
         <v>6</v>
       </c>
       <c r="B1697" s="1">
         <v>403</v>
       </c>
       <c r="C1697" s="1" t="s">
-        <v>1613</v>
+        <v>1614</v>
       </c>
       <c r="D1697" s="1" t="s">
         <v>70</v>
       </c>
       <c r="E1697" s="1">
         <v>43</v>
       </c>
       <c r="F1697" s="1">
         <v>6</v>
       </c>
     </row>
     <row r="1698">
       <c r="A1698" s="1">
         <v>7</v>
       </c>
       <c r="B1698" s="1">
         <v>1628</v>
       </c>
       <c r="C1698" s="1" t="s">
-        <v>1614</v>
+        <v>1615</v>
       </c>
       <c r="D1698" s="1" t="s">
         <v>600</v>
       </c>
       <c r="E1698" s="1">
         <v>40</v>
       </c>
       <c r="F1698" s="1">
         <v>6</v>
       </c>
     </row>
     <row r="1699">
       <c r="A1699" s="1">
         <v>8</v>
       </c>
       <c r="B1699" s="1">
         <v>1401</v>
       </c>
       <c r="C1699" s="1" t="s">
-        <v>1615</v>
+        <v>1616</v>
       </c>
       <c r="D1699" s="1" t="s">
         <v>20</v>
       </c>
       <c r="E1699" s="1">
         <v>37</v>
       </c>
       <c r="F1699" s="1">
         <v>8</v>
       </c>
     </row>
     <row r="1700">
       <c r="A1700" s="1">
         <v>9</v>
       </c>
       <c r="B1700" s="1">
         <v>249</v>
       </c>
       <c r="C1700" s="1" t="s">
-        <v>1616</v>
+        <v>1617</v>
       </c>
       <c r="D1700" s="1" t="s">
         <v>70</v>
       </c>
       <c r="E1700" s="1">
         <v>35</v>
       </c>
       <c r="F1700" s="1">
         <v>8</v>
       </c>
     </row>
     <row r="1701">
       <c r="A1701" s="1">
         <v>10</v>
       </c>
       <c r="B1701" s="1">
         <v>1417</v>
       </c>
       <c r="C1701" s="1" t="s">
-        <v>1617</v>
+        <v>1618</v>
       </c>
       <c r="D1701" s="1" t="s">
         <v>369</v>
       </c>
       <c r="E1701" s="1">
         <v>34</v>
       </c>
       <c r="F1701" s="1">
         <v>5</v>
       </c>
     </row>
     <row r="1702">
       <c r="A1702" s="1">
         <v>11</v>
       </c>
       <c r="B1702" s="1">
         <v>901</v>
       </c>
       <c r="C1702" s="1" t="s">
-        <v>1618</v>
+        <v>1619</v>
       </c>
       <c r="D1702" s="1" t="s">
         <v>70</v>
       </c>
       <c r="E1702" s="1">
         <v>33</v>
       </c>
       <c r="F1702" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="1703">
       <c r="A1703" s="1">
         <v>11</v>
       </c>
       <c r="B1703" s="1">
         <v>1660</v>
       </c>
       <c r="C1703" s="1" t="s">
-        <v>1619</v>
+        <v>1620</v>
       </c>
       <c r="D1703" s="1" t="s">
         <v>86</v>
       </c>
       <c r="E1703" s="1">
         <v>33</v>
       </c>
       <c r="F1703" s="1">
         <v>8</v>
       </c>
     </row>
     <row r="1704">
       <c r="A1704" s="1">
         <v>12</v>
       </c>
       <c r="B1704" s="1">
         <v>895</v>
       </c>
       <c r="C1704" s="1" t="s">
-        <v>1620</v>
+        <v>1621</v>
       </c>
       <c r="D1704" s="1" t="s">
         <v>70</v>
       </c>
       <c r="E1704" s="1">
         <v>31</v>
       </c>
       <c r="F1704" s="1">
         <v>6</v>
       </c>
     </row>
     <row r="1705">
       <c r="A1705" s="1">
         <v>13</v>
       </c>
       <c r="B1705" s="1">
         <v>1281</v>
       </c>
       <c r="C1705" s="1" t="s">
-        <v>1621</v>
+        <v>1622</v>
       </c>
       <c r="D1705" s="1" t="s">
         <v>9</v>
       </c>
       <c r="E1705" s="1">
         <v>26</v>
       </c>
       <c r="F1705" s="1">
         <v>7</v>
       </c>
     </row>
     <row r="1706">
       <c r="A1706" s="1">
         <v>14</v>
       </c>
       <c r="B1706" s="1">
         <v>1055</v>
       </c>
       <c r="C1706" s="1" t="s">
-        <v>1622</v>
+        <v>1623</v>
       </c>
       <c r="D1706" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E1706" s="1">
         <v>21</v>
       </c>
       <c r="F1706" s="1">
         <v>6</v>
       </c>
     </row>
     <row r="1707">
       <c r="A1707" s="1">
         <v>14</v>
       </c>
       <c r="B1707" s="1">
         <v>1521</v>
       </c>
       <c r="C1707" s="1" t="s">
-        <v>1623</v>
+        <v>1624</v>
       </c>
       <c r="D1707" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E1707" s="1">
         <v>21</v>
       </c>
       <c r="F1707" s="1">
         <v>7</v>
       </c>
     </row>
     <row r="1708">
       <c r="A1708" s="1">
         <v>15</v>
       </c>
       <c r="B1708" s="1">
         <v>1759</v>
       </c>
       <c r="C1708" s="1" t="s">
-        <v>1624</v>
+        <v>1625</v>
       </c>
       <c r="D1708" s="1" t="s">
         <v>49</v>
       </c>
       <c r="E1708" s="1">
         <v>20</v>
       </c>
       <c r="F1708" s="1">
         <v>5</v>
       </c>
     </row>
     <row r="1709">
       <c r="A1709" s="1">
         <v>16</v>
       </c>
       <c r="B1709" s="1">
         <v>900</v>
       </c>
       <c r="C1709" s="1" t="s">
-        <v>1625</v>
+        <v>1626</v>
       </c>
       <c r="D1709" s="1" t="s">
         <v>70</v>
       </c>
       <c r="E1709" s="1">
         <v>15</v>
       </c>
       <c r="F1709" s="1">
         <v>5</v>
       </c>
     </row>
     <row r="1710">
       <c r="A1710" s="1">
         <v>16</v>
       </c>
       <c r="B1710" s="1">
         <v>898</v>
       </c>
       <c r="C1710" s="1" t="s">
-        <v>1626</v>
+        <v>1627</v>
       </c>
       <c r="D1710" s="1" t="s">
         <v>70</v>
       </c>
       <c r="E1710" s="1">
         <v>15</v>
       </c>
       <c r="F1710" s="1">
         <v>5</v>
       </c>
     </row>
     <row r="1711">
       <c r="A1711" s="1">
         <v>16</v>
       </c>
       <c r="B1711" s="1">
         <v>1861</v>
       </c>
       <c r="C1711" s="1" t="s">
         <v>867</v>
       </c>
       <c r="D1711" s="1" t="s">
         <v>9</v>
       </c>
       <c r="E1711" s="1">
         <v>15</v>
       </c>
       <c r="F1711" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="1712">
       <c r="A1712" s="1">
         <v>17</v>
       </c>
       <c r="B1712" s="1">
         <v>1818</v>
       </c>
       <c r="C1712" s="1" t="s">
-        <v>1627</v>
+        <v>1628</v>
       </c>
       <c r="D1712" s="1" t="s">
         <v>70</v>
       </c>
       <c r="E1712" s="1">
         <v>13</v>
       </c>
       <c r="F1712" s="1">
         <v>4</v>
       </c>
     </row>
     <row r="1713">
       <c r="A1713" s="1">
         <v>18</v>
       </c>
       <c r="B1713" s="1">
         <v>1425</v>
       </c>
       <c r="C1713" s="1" t="s">
-        <v>1628</v>
+        <v>1629</v>
       </c>
       <c r="D1713" s="1" t="s">
         <v>369</v>
       </c>
       <c r="E1713" s="1">
         <v>8</v>
       </c>
       <c r="F1713" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="1714">
       <c r="A1714" s="1">
         <v>19</v>
       </c>
       <c r="B1714" s="1">
         <v>1526</v>
       </c>
       <c r="C1714" s="1" t="s">
-        <v>1629</v>
+        <v>1630</v>
       </c>
       <c r="D1714" s="1" t="s">
         <v>70</v>
       </c>
       <c r="E1714" s="1">
         <v>3</v>
       </c>
       <c r="F1714" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="1715">
       <c r="A1715" s="1">
         <v>22</v>
       </c>
       <c r="B1715" s="1">
         <v>1487</v>
       </c>
       <c r="C1715" s="1" t="s">
-        <v>1574</v>
+        <v>1575</v>
       </c>
       <c r="D1715" s="1" t="s">
-        <v>1630</v>
+        <v>1631</v>
       </c>
       <c r="E1715" s="1">
         <v>15</v>
       </c>
       <c r="F1715" s="1">
         <v>4</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:F2"/>
     <mergeCell ref="A3:E3"/>
     <mergeCell ref="A8:E8"/>
     <mergeCell ref="A62:E62"/>
     <mergeCell ref="A123:E123"/>
     <mergeCell ref="A160:E160"/>
     <mergeCell ref="A196:E196"/>
     <mergeCell ref="A202:E202"/>
     <mergeCell ref="A237:E237"/>
     <mergeCell ref="A265:E265"/>
     <mergeCell ref="A303:E303"/>
     <mergeCell ref="A324:E324"/>
     <mergeCell ref="A347:E347"/>
     <mergeCell ref="A358:E358"/>
     <mergeCell ref="A385:E385"/>
@@ -38241,84 +38244,84 @@
         <v>21</v>
       </c>
       <c r="B24" s="1" t="s">
         <v>369</v>
       </c>
       <c r="C24" s="1">
         <v>175</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="1">
         <v>22</v>
       </c>
       <c r="B25" s="1" t="s">
         <v>636</v>
       </c>
       <c r="C25" s="1">
         <v>112</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="1">
         <v>23</v>
       </c>
       <c r="B26" s="1" t="s">
-        <v>1131</v>
+        <v>1132</v>
       </c>
       <c r="C26" s="1">
         <v>70</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="1">
         <v>24</v>
       </c>
       <c r="B27" s="1" t="s">
         <v>418</v>
       </c>
       <c r="C27" s="1">
         <v>67</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="1">
         <v>25</v>
       </c>
       <c r="B28" s="1" t="s">
         <v>559</v>
       </c>
       <c r="C28" s="1">
         <v>66</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="1">
         <v>26</v>
       </c>
       <c r="B29" s="1" t="s">
-        <v>1570</v>
+        <v>1571</v>
       </c>
       <c r="C29" s="1">
         <v>58</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="1">
         <v>27</v>
       </c>
       <c r="B30" s="1" t="s">
         <v>713</v>
       </c>
       <c r="C30" s="1">
         <v>55</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="1">
         <v>28</v>
       </c>
       <c r="B31" s="1" t="s">
         <v>108</v>
       </c>
       <c r="C31" s="1">
         <v>25</v>
@@ -38340,159 +38343,159 @@
         <v>30</v>
       </c>
       <c r="B33" s="1" t="s">
         <v>508</v>
       </c>
       <c r="C33" s="1">
         <v>19</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="1">
         <v>31</v>
       </c>
       <c r="B34" s="1" t="s">
         <v>436</v>
       </c>
       <c r="C34" s="1">
         <v>18</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="1">
         <v>32</v>
       </c>
       <c r="B35" s="1" t="s">
-        <v>1379</v>
+        <v>1381</v>
       </c>
       <c r="C35" s="1">
         <v>17</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="1">
         <v>33</v>
       </c>
       <c r="B36" s="1" t="s">
-        <v>1630</v>
+        <v>1631</v>
       </c>
       <c r="C36" s="1">
         <v>15</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="1">
         <v>34</v>
       </c>
       <c r="B37" s="1" t="s">
         <v>702</v>
       </c>
       <c r="C37" s="1">
         <v>9</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="1">
         <v>35</v>
       </c>
       <c r="B38" s="1" t="s">
         <v>987</v>
       </c>
       <c r="C38" s="1">
         <v>9</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="1">
         <v>36</v>
       </c>
       <c r="B39" s="1" t="s">
         <v>835</v>
       </c>
       <c r="C39" s="1">
         <v>6</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="1">
         <v>37</v>
       </c>
       <c r="B40" s="1" t="s">
-        <v>1177</v>
+        <v>1178</v>
       </c>
       <c r="C40" s="1">
         <v>5</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="1">
         <v>38</v>
       </c>
       <c r="B41" s="1" t="s">
         <v>235</v>
       </c>
       <c r="C41" s="1">
         <v>4</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="1">
         <v>39</v>
       </c>
       <c r="B42" s="1" t="s">
-        <v>1372</v>
+        <v>1374</v>
       </c>
       <c r="C42" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="1">
         <v>39</v>
       </c>
       <c r="B43" s="1" t="s">
         <v>239</v>
       </c>
       <c r="C43" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="1">
         <v>40</v>
       </c>
       <c r="B44" s="1" t="s">
-        <v>1381</v>
+        <v>1383</v>
       </c>
       <c r="C44" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="1">
         <v>40</v>
       </c>
       <c r="B45" s="1" t="s">
-        <v>1210</v>
+        <v>1211</v>
       </c>
       <c r="C45" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="1">
         <v>41</v>
       </c>
       <c r="B46" s="1" t="s">
         <v>989</v>
       </c>
       <c r="C46" s="1">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:D2"/>
   </mergeCells>
   <headerFooter/>
 </worksheet>
 </file>