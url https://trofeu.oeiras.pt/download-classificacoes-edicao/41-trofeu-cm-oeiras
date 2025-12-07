--- v0 (2025-10-13)
+++ v1 (2025-12-07)
@@ -83,51 +83,51 @@
   <si>
     <t>Grupo Recreativo Cultural e Desportivo de Leião</t>
   </si>
   <si>
     <t>SANTIAGO NOGUEIRA</t>
   </si>
   <si>
     <t>Linda-a-Pastora Sporting Clube</t>
   </si>
   <si>
     <t>Martim Pires</t>
   </si>
   <si>
     <t>Duarte Pereira</t>
   </si>
   <si>
     <t>Guilherme Pereira</t>
   </si>
   <si>
     <t xml:space="preserve">Rafael  Santos</t>
   </si>
   <si>
     <t>Vasco Moleiro</t>
   </si>
   <si>
-    <t xml:space="preserve">André  Taborda</t>
+    <t>Tiago Maniés</t>
   </si>
   <si>
     <t>Rafael Verissimo</t>
   </si>
   <si>
     <t>GMCJamor</t>
   </si>
   <si>
     <t xml:space="preserve">Manuel  Moreira</t>
   </si>
   <si>
     <t>Academia Recreativa de Linda-a-Velha</t>
   </si>
   <si>
     <t>STEVEN RELVAS GROSSO</t>
   </si>
   <si>
     <t>Benjamins A - Femininos</t>
   </si>
   <si>
     <t>Matilde Ferreira</t>
   </si>
   <si>
     <t>Edneyde Guadalupe</t>
   </si>
@@ -398,51 +398,51 @@
   <si>
     <t>SERENA MONTEIRO</t>
   </si>
   <si>
     <t>Marta Neves</t>
   </si>
   <si>
     <t>Maria Beatriz Mendes</t>
   </si>
   <si>
     <t>Rita Bota</t>
   </si>
   <si>
     <t>MARTA MARTINS</t>
   </si>
   <si>
     <t>SANDRA REIS</t>
   </si>
   <si>
     <t>FRANCISCA BRANCO</t>
   </si>
   <si>
     <t>ÍRIS ALMEIDA</t>
   </si>
   <si>
-    <t>CONSTANÇA CRUZINHA</t>
+    <t>PAULO JORGE MARTINS</t>
   </si>
   <si>
     <t>Juvenis - Masculinos</t>
   </si>
   <si>
     <t xml:space="preserve">DIOGO     BRANDÃO</t>
   </si>
   <si>
     <t>Guilherme Filipe</t>
   </si>
   <si>
     <t xml:space="preserve">ANDRÉ  COSTA </t>
   </si>
   <si>
     <t>FRANCISCO AZEVEDO</t>
   </si>
   <si>
     <t>JORGE PATRÃO</t>
   </si>
   <si>
     <t>Pedro Sayanda</t>
   </si>
   <si>
     <t>Juvenis - Femininos</t>
   </si>
@@ -527,51 +527,51 @@
   <si>
     <t>Catarina Espada</t>
   </si>
   <si>
     <t>Mariana Pinto</t>
   </si>
   <si>
     <t>Sub 23 - Masculinos</t>
   </si>
   <si>
     <t xml:space="preserve">ALEXANDRE  PEREIRA</t>
   </si>
   <si>
     <t>Afonso Antunes</t>
   </si>
   <si>
     <t>TOMÁS ESTEVES</t>
   </si>
   <si>
     <t>EDSON CARVALHO</t>
   </si>
   <si>
     <t>Gonçalo Gomes</t>
   </si>
   <si>
-    <t>PEDRO VIEIRA</t>
+    <t>DEUS KAPUNGA</t>
   </si>
   <si>
     <t>Salvador Alves</t>
   </si>
   <si>
     <t>Sub 23 - Femininos</t>
   </si>
   <si>
     <t xml:space="preserve">SOFIA GONÇALVES </t>
   </si>
   <si>
     <t>Rita Bacelar</t>
   </si>
   <si>
     <t>Camila Anjos</t>
   </si>
   <si>
     <t>Valejas Atlético Clube</t>
   </si>
   <si>
     <t>Seniores - Masculinos</t>
   </si>
   <si>
     <t>Ismael Carvalho</t>
   </si>
@@ -716,114 +716,114 @@
   <si>
     <t xml:space="preserve">Claúdia  Jerónimo</t>
   </si>
   <si>
     <t>Daniela Bata</t>
   </si>
   <si>
     <t>Joana Conceição</t>
   </si>
   <si>
     <t>Mafalda Bação</t>
   </si>
   <si>
     <t xml:space="preserve">Bárbara  Marques</t>
   </si>
   <si>
     <t>Soraia Paraíso</t>
   </si>
   <si>
     <t>Mariana Oliveira</t>
   </si>
   <si>
     <t>Marcela da Silva</t>
   </si>
   <si>
-    <t>CÁTIA TAVARES</t>
+    <t>CÁTIA FIDALGO</t>
   </si>
   <si>
     <t>Rita García-Mon</t>
   </si>
   <si>
     <t>Rita Lopes</t>
   </si>
   <si>
     <t>Raquel Pinheiro</t>
   </si>
   <si>
     <t>Ana Patrícia Dias</t>
   </si>
   <si>
     <t>M 35</t>
   </si>
   <si>
     <t>NUNO CARRAÇA</t>
   </si>
   <si>
     <t>Nuno Quintela</t>
   </si>
   <si>
     <t>Tiago Graça</t>
   </si>
   <si>
     <t xml:space="preserve">JOSÉ   CAMACHO</t>
   </si>
   <si>
     <t xml:space="preserve">Gonçalo  Correia</t>
   </si>
   <si>
     <t>Diogo Louro</t>
   </si>
   <si>
     <t>Carlos Duque</t>
   </si>
   <si>
     <t>Steven Santos</t>
   </si>
   <si>
-    <t xml:space="preserve">TIAGO VELEZ </t>
+    <t>JOSÉ VASCO</t>
   </si>
   <si>
     <t>André Oliveira</t>
   </si>
   <si>
     <t xml:space="preserve">Diogo  Silva</t>
   </si>
   <si>
     <t xml:space="preserve">João  Miranda</t>
   </si>
   <si>
     <t>Tiago Andrade</t>
   </si>
   <si>
     <t>Steve Gabadinho</t>
   </si>
   <si>
     <t>Fábio Querido</t>
   </si>
   <si>
-    <t>PHILLIP JOSÉ</t>
+    <t>GONÇALO MARTINHO</t>
   </si>
   <si>
     <t>Tiago Cardoso</t>
   </si>
   <si>
     <t>Luís Barracho</t>
   </si>
   <si>
     <t>Rafael Silva</t>
   </si>
   <si>
     <t>Nuno Martins</t>
   </si>
   <si>
     <t xml:space="preserve">Fábio  Martins</t>
   </si>
   <si>
     <t>João Vale</t>
   </si>
   <si>
     <t>GONÇALO PIRES</t>
   </si>
   <si>
     <t>Associação Cultural e Recreativa da Ribeira da Lage</t>
   </si>
@@ -986,87 +986,87 @@
   <si>
     <t xml:space="preserve">Carlos  Marinho </t>
   </si>
   <si>
     <t xml:space="preserve">Bruno  Pinto</t>
   </si>
   <si>
     <t>Luis Semedo</t>
   </si>
   <si>
     <t>GONÇALO PEDRO</t>
   </si>
   <si>
     <t>Leandro Rodrigues</t>
   </si>
   <si>
     <t>RAFAEL RAMOS</t>
   </si>
   <si>
     <t>Helder Rosário</t>
   </si>
   <si>
     <t xml:space="preserve">Miguel  Santos</t>
   </si>
   <si>
-    <t>Sérgio Lopes</t>
+    <t>Mário Anselmo</t>
   </si>
   <si>
     <t>CESAR HENRIQUES</t>
   </si>
   <si>
     <t>Pedro Ribeiro</t>
   </si>
   <si>
     <t xml:space="preserve">VÍTOR   TEIXEIRA</t>
   </si>
   <si>
     <t>Tiago Nunes</t>
   </si>
   <si>
     <t xml:space="preserve">Duarte  Teixeira</t>
   </si>
   <si>
     <t>Filipe Paulo</t>
   </si>
   <si>
     <t>Mário Rodrigues</t>
   </si>
   <si>
     <t>Nelson Marques</t>
   </si>
   <si>
     <t>F 40</t>
   </si>
   <si>
     <t>MARINA DOMIMGUES</t>
   </si>
   <si>
     <t xml:space="preserve">RITA ROSA </t>
   </si>
   <si>
-    <t>ELISABETE MACEDO</t>
+    <t>MARTA MOTA</t>
   </si>
   <si>
     <t>Mauro Gaspar</t>
   </si>
   <si>
     <t>Inês Almeida</t>
   </si>
   <si>
     <t>Associação de Pára-quedistas Tejo-Norte</t>
   </si>
   <si>
     <t>CATARINA PALMA</t>
   </si>
   <si>
     <t>Ana Silveira</t>
   </si>
   <si>
     <t>Ana Sobral</t>
   </si>
   <si>
     <t xml:space="preserve">Ana  Mendonça</t>
   </si>
   <si>
     <t xml:space="preserve">Diana  Guimarães</t>
   </si>
@@ -1139,51 +1139,51 @@
   <si>
     <t>Joao Castanheira</t>
   </si>
   <si>
     <t xml:space="preserve">NUNO FERNANDES </t>
   </si>
   <si>
     <t xml:space="preserve">JORGE   PINHO</t>
   </si>
   <si>
     <t>Gonçalo Brás</t>
   </si>
   <si>
     <t>João Guterres</t>
   </si>
   <si>
     <t>Bruno Pereira</t>
   </si>
   <si>
     <t>Bruno Afonso</t>
   </si>
   <si>
     <t>Nuno Cordeiro</t>
   </si>
   <si>
-    <t xml:space="preserve">JOAQUIM AMARAL </t>
+    <t xml:space="preserve">PEDRO  CAVILHAS</t>
   </si>
   <si>
     <t>JOSÉ BORGES</t>
   </si>
   <si>
     <t>Tiago Rocha</t>
   </si>
   <si>
     <t xml:space="preserve">RUI   DUARTE</t>
   </si>
   <si>
     <t>Miguel Lopes</t>
   </si>
   <si>
     <t xml:space="preserve">Nuno  Oliveira</t>
   </si>
   <si>
     <t>Luis Filipe</t>
   </si>
   <si>
     <t>Paulo Serra</t>
   </si>
   <si>
     <t>Bruno Raposo</t>
   </si>
@@ -1379,51 +1379,51 @@
   <si>
     <t>SÓNIA SEQUEIRA</t>
   </si>
   <si>
     <t xml:space="preserve">Mariana  Borges</t>
   </si>
   <si>
     <t>Sofia Pedro</t>
   </si>
   <si>
     <t>Cândida Ganchas</t>
   </si>
   <si>
     <t xml:space="preserve">Ana  Serra</t>
   </si>
   <si>
     <t xml:space="preserve">MARINA   PANTALIÃO</t>
   </si>
   <si>
     <t>Cristina Oliveira</t>
   </si>
   <si>
     <t>MARIA AROUCA</t>
   </si>
   <si>
-    <t xml:space="preserve">Camila  Assunção </t>
+    <t>Salvador Matos</t>
   </si>
   <si>
     <t>Sofia Pereira</t>
   </si>
   <si>
     <t>MARGARIDA ANJOS</t>
   </si>
   <si>
     <t>Elisabete Domingues</t>
   </si>
   <si>
     <t xml:space="preserve">Clara  Cardoso</t>
   </si>
   <si>
     <t>Andreia Craveiro</t>
   </si>
   <si>
     <t>Carla Alves</t>
   </si>
   <si>
     <t>M 50</t>
   </si>
   <si>
     <t>SÉRGIO PAIVA</t>
   </si>
@@ -1436,63 +1436,63 @@
   <si>
     <t>Igor Tchemaguine</t>
   </si>
   <si>
     <t>LUIS LIMA</t>
   </si>
   <si>
     <t>Paulo Martins</t>
   </si>
   <si>
     <t xml:space="preserve">FERNANDO   MIRANDA</t>
   </si>
   <si>
     <t>Carlos Taveira</t>
   </si>
   <si>
     <t xml:space="preserve">Dinis  Ribas </t>
   </si>
   <si>
     <t>RUI CABRAL</t>
   </si>
   <si>
     <t>Artur Santiago</t>
   </si>
   <si>
-    <t xml:space="preserve">JORGE  NUNES DA SILVA</t>
+    <t>ABNER KIENE</t>
   </si>
   <si>
     <t>Emanuel Oliveira</t>
   </si>
   <si>
     <t xml:space="preserve">CARLOS   SILVA</t>
   </si>
   <si>
     <t>Rui Lacerda</t>
   </si>
   <si>
-    <t xml:space="preserve">CARLOS FREITAS </t>
+    <t>Filipe Rebelo</t>
   </si>
   <si>
     <t>Dinis Morais</t>
   </si>
   <si>
     <t xml:space="preserve">Gonçalo  Baroutakis </t>
   </si>
   <si>
     <t>Antonio Trigueiro</t>
   </si>
   <si>
     <t>JOSE CRUZ</t>
   </si>
   <si>
     <t xml:space="preserve">BENTO   QUARESMA</t>
   </si>
   <si>
     <t>Rui Correia</t>
   </si>
   <si>
     <t>EVELINO MAGALHÃES</t>
   </si>
   <si>
     <t>Carlos Calado</t>
   </si>
@@ -1583,51 +1583,51 @@
   <si>
     <t>Pedro Pereira</t>
   </si>
   <si>
     <t xml:space="preserve">JORGE   PINHEIRO</t>
   </si>
   <si>
     <t>Carlos Carvalho</t>
   </si>
   <si>
     <t>Paulo Silva</t>
   </si>
   <si>
     <t>Ricardo Rodrigues</t>
   </si>
   <si>
     <t>João Martins</t>
   </si>
   <si>
     <t xml:space="preserve">João  Paiva</t>
   </si>
   <si>
     <t>Luís Nogueira</t>
   </si>
   <si>
-    <t>EZEQUIEL ANDRADE</t>
+    <t>MIGUEL PINTO</t>
   </si>
   <si>
     <t>Paulo Trindade</t>
   </si>
   <si>
     <t xml:space="preserve">Jorge  Barreto</t>
   </si>
   <si>
     <t>António Martins</t>
   </si>
   <si>
     <t>Nuno Filipe</t>
   </si>
   <si>
     <t>JOAO CURVELO</t>
   </si>
   <si>
     <t>João Carvalho</t>
   </si>
   <si>
     <t>Paulo Sousa</t>
   </si>
   <si>
     <t>Filipe Ribeiro</t>
   </si>
@@ -1649,51 +1649,51 @@
   <si>
     <t>PAULO CORDEIRO</t>
   </si>
   <si>
     <t>Carlos Gonçalves</t>
   </si>
   <si>
     <t>F 50</t>
   </si>
   <si>
     <t xml:space="preserve">ANA   FRUTUOSO</t>
   </si>
   <si>
     <t>Ana Pereira</t>
   </si>
   <si>
     <t>Sandra Bação</t>
   </si>
   <si>
     <t xml:space="preserve">PATRÍCIA   MATOS</t>
   </si>
   <si>
     <t>Fernanda Murteira</t>
   </si>
   <si>
-    <t>CLÁUDIA BORRALHO</t>
+    <t>VENCEDORA CAPUNGA</t>
   </si>
   <si>
     <t>Lara Sayanda</t>
   </si>
   <si>
     <t>Maria Ryder</t>
   </si>
   <si>
     <t>ANA LETRA</t>
   </si>
   <si>
     <t xml:space="preserve">SANDRA  FERNANDES</t>
   </si>
   <si>
     <t>Goreti Borges</t>
   </si>
   <si>
     <t xml:space="preserve">ANABELA SALAZAR </t>
   </si>
   <si>
     <t>Eugénia Ribeiro</t>
   </si>
   <si>
     <t>Meirevone Ferreira</t>
   </si>
@@ -1742,51 +1742,51 @@
   <si>
     <t xml:space="preserve">LUCIA  LOUREÇO</t>
   </si>
   <si>
     <t>Alexandra Pinto</t>
   </si>
   <si>
     <t>Maria Veiga</t>
   </si>
   <si>
     <t xml:space="preserve">Ana  Nunes</t>
   </si>
   <si>
     <t>Sofia Morgado</t>
   </si>
   <si>
     <t>Marisa Bettencourt</t>
   </si>
   <si>
     <t xml:space="preserve">ELSA  LUIZ</t>
   </si>
   <si>
     <t>Elizabete Santos</t>
   </si>
   <si>
-    <t>Isabel Costa</t>
+    <t>MARIA PEIXOTO</t>
   </si>
   <si>
     <t>Margarida Almeida</t>
   </si>
   <si>
     <t xml:space="preserve">PAULA   SARAIVA</t>
   </si>
   <si>
     <t>Cidália Borges</t>
   </si>
   <si>
     <t>Ruth Neves</t>
   </si>
   <si>
     <t>Lucinda Espada</t>
   </si>
   <si>
     <t xml:space="preserve">SILVIA  TAVARES</t>
   </si>
   <si>
     <t>Carla Rato</t>
   </si>
   <si>
     <t>M 55</t>
   </si>
@@ -1826,51 +1826,51 @@
   <si>
     <t>Jose Baptista</t>
   </si>
   <si>
     <t>Mário Duarte</t>
   </si>
   <si>
     <t>Paulo Dias</t>
   </si>
   <si>
     <t>João Marques</t>
   </si>
   <si>
     <t>Carlos Hilário</t>
   </si>
   <si>
     <t>Rui Magalhães</t>
   </si>
   <si>
     <t>Kauã Morozini</t>
   </si>
   <si>
     <t>Helder Batista</t>
   </si>
   <si>
-    <t>Pedro Ferreira</t>
+    <t>Pedro Silva Ferreira</t>
   </si>
   <si>
     <t>Fernando Gonçalves</t>
   </si>
   <si>
     <t>Nuno Carvalho</t>
   </si>
   <si>
     <t>António Jacinto</t>
   </si>
   <si>
     <t>Pedro Neves</t>
   </si>
   <si>
     <t>MARCELO CERDEIRA</t>
   </si>
   <si>
     <t>Rodrigo Ferreira</t>
   </si>
   <si>
     <t>Miguel Moradias</t>
   </si>
   <si>
     <t xml:space="preserve">FERNANDO   COELHO</t>
   </si>
@@ -1883,51 +1883,51 @@
   <si>
     <t xml:space="preserve">Carlos  Lomba</t>
   </si>
   <si>
     <t>Paulo Santos</t>
   </si>
   <si>
     <t>Luis Gonçalves</t>
   </si>
   <si>
     <t xml:space="preserve">CARLOS   BARRENTO</t>
   </si>
   <si>
     <t>Luís Cotrim</t>
   </si>
   <si>
     <t xml:space="preserve">João Pedro  Vaz</t>
   </si>
   <si>
     <t>José Borges</t>
   </si>
   <si>
     <t>F 55</t>
   </si>
   <si>
-    <t xml:space="preserve">Ana  Santos</t>
+    <t>Ana Cleto</t>
   </si>
   <si>
     <t>Amigos do Atletismo de Mafra</t>
   </si>
   <si>
     <t xml:space="preserve">PAULA   FERNANDES</t>
   </si>
   <si>
     <t>Lília Gonçalves</t>
   </si>
   <si>
     <t xml:space="preserve">NATÁLIA DIAS </t>
   </si>
   <si>
     <t>Conceição Lopes</t>
   </si>
   <si>
     <t>Ana Martins</t>
   </si>
   <si>
     <t>EDUARDO COELHO</t>
   </si>
   <si>
     <t>Rosarinho Dias</t>
   </si>
@@ -1997,51 +1997,51 @@
   <si>
     <t>Nuno Galvão</t>
   </si>
   <si>
     <t>Flamino Santos</t>
   </si>
   <si>
     <t>Pedro Matos</t>
   </si>
   <si>
     <t>Luis Durbeck</t>
   </si>
   <si>
     <t>Paulo Moradias</t>
   </si>
   <si>
     <t>Fernando Rosa</t>
   </si>
   <si>
     <t>LUIS BASTOS</t>
   </si>
   <si>
     <t>João Reis</t>
   </si>
   <si>
-    <t xml:space="preserve">Carlos A  P Silva</t>
+    <t xml:space="preserve">Carlos  Silva</t>
   </si>
   <si>
     <t>Jorge Oliveira</t>
   </si>
   <si>
     <t xml:space="preserve">ANTÓNIO  ALVES</t>
   </si>
   <si>
     <t>Antonio Diogo</t>
   </si>
   <si>
     <t>António Major</t>
   </si>
   <si>
     <t>Vitor Vital</t>
   </si>
   <si>
     <t>Paulo Jorge Duarte Silva</t>
   </si>
   <si>
     <t>Jorge Valadares</t>
   </si>
   <si>
     <t>F 60</t>
   </si>