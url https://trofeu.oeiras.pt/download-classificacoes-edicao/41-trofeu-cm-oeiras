--- v1 (2025-12-07)
+++ v2 (2026-01-23)
@@ -557,96 +557,96 @@
   <si>
     <t>Sub 23 - Femininos</t>
   </si>
   <si>
     <t xml:space="preserve">SOFIA GONÇALVES </t>
   </si>
   <si>
     <t>Rita Bacelar</t>
   </si>
   <si>
     <t>Camila Anjos</t>
   </si>
   <si>
     <t>Valejas Atlético Clube</t>
   </si>
   <si>
     <t>Seniores - Masculinos</t>
   </si>
   <si>
     <t>Ismael Carvalho</t>
   </si>
   <si>
     <t>ANTÓNIO GAMA DA SILVA</t>
   </si>
   <si>
-    <t>DIOGO BATISTA</t>
+    <t>GONÇALO GONÇALVES</t>
   </si>
   <si>
     <t>FILIPE REBELO</t>
   </si>
   <si>
     <t>Natanael Guerreiro</t>
   </si>
   <si>
     <t>CF Os Belenenses</t>
   </si>
   <si>
     <t>ANA GOMES</t>
   </si>
   <si>
     <t>VALTER GOMES</t>
   </si>
   <si>
     <t>HENRIQUE SANTOS</t>
   </si>
   <si>
     <t>Tiago Antunes</t>
   </si>
   <si>
     <t xml:space="preserve">JOÃO   PEREIRA</t>
   </si>
   <si>
     <t>Fábio Zuada</t>
   </si>
   <si>
     <t>Tiago Pádua</t>
   </si>
   <si>
     <t>Marcos Estrela</t>
   </si>
   <si>
     <t xml:space="preserve">Alexandre  Florindo</t>
   </si>
   <si>
     <t>Simão Augusto</t>
   </si>
   <si>
     <t>Diogo Vicente</t>
   </si>
   <si>
-    <t>Sérgio Oliveira</t>
+    <t>Paulo Arrenega</t>
   </si>
   <si>
     <t xml:space="preserve">André  Viseu</t>
   </si>
   <si>
     <t>Carlos Gomes</t>
   </si>
   <si>
     <t>José Santos</t>
   </si>
   <si>
     <t>Nazariy Kovalyuk</t>
   </si>
   <si>
     <t>GONÇALO BALTAZAR</t>
   </si>
   <si>
     <t>Pedro Marques</t>
   </si>
   <si>
     <t>ANTÓNIO BONÉ</t>
   </si>
   <si>
     <t>Amir Aníbal</t>
   </si>
@@ -722,102 +722,102 @@
   <si>
     <t>Joana Conceição</t>
   </si>
   <si>
     <t>Mafalda Bação</t>
   </si>
   <si>
     <t xml:space="preserve">Bárbara  Marques</t>
   </si>
   <si>
     <t>Soraia Paraíso</t>
   </si>
   <si>
     <t>Mariana Oliveira</t>
   </si>
   <si>
     <t>Marcela da Silva</t>
   </si>
   <si>
     <t>CÁTIA FIDALGO</t>
   </si>
   <si>
     <t>Rita García-Mon</t>
   </si>
   <si>
-    <t>Rita Lopes</t>
+    <t xml:space="preserve">Catarina  Monteiro</t>
   </si>
   <si>
     <t>Raquel Pinheiro</t>
   </si>
   <si>
     <t>Ana Patrícia Dias</t>
   </si>
   <si>
     <t>M 35</t>
   </si>
   <si>
     <t>NUNO CARRAÇA</t>
   </si>
   <si>
     <t>Nuno Quintela</t>
   </si>
   <si>
     <t>Tiago Graça</t>
   </si>
   <si>
     <t xml:space="preserve">JOSÉ   CAMACHO</t>
   </si>
   <si>
     <t xml:space="preserve">Gonçalo  Correia</t>
   </si>
   <si>
     <t>Diogo Louro</t>
   </si>
   <si>
     <t>Carlos Duque</t>
   </si>
   <si>
     <t>Steven Santos</t>
   </si>
   <si>
     <t>JOSÉ VASCO</t>
   </si>
   <si>
     <t>André Oliveira</t>
   </si>
   <si>
     <t xml:space="preserve">Diogo  Silva</t>
   </si>
   <si>
     <t xml:space="preserve">João  Miranda</t>
   </si>
   <si>
     <t>Tiago Andrade</t>
   </si>
   <si>
-    <t>Steve Gabadinho</t>
+    <t>Tiago Ribeiro</t>
   </si>
   <si>
     <t>Fábio Querido</t>
   </si>
   <si>
     <t>GONÇALO MARTINHO</t>
   </si>
   <si>
     <t>Tiago Cardoso</t>
   </si>
   <si>
     <t>Luís Barracho</t>
   </si>
   <si>
     <t>Rafael Silva</t>
   </si>
   <si>
     <t>Nuno Martins</t>
   </si>
   <si>
     <t xml:space="preserve">Fábio  Martins</t>
   </si>
   <si>
     <t>João Vale</t>
   </si>
@@ -1184,51 +1184,51 @@
   <si>
     <t>Paulo Serra</t>
   </si>
   <si>
     <t>Bruno Raposo</t>
   </si>
   <si>
     <t xml:space="preserve">ANTÓNIO   ORLANDO</t>
   </si>
   <si>
     <t>Carlos Casal</t>
   </si>
   <si>
     <t>António Lavajo</t>
   </si>
   <si>
     <t>Andrónico Duarte</t>
   </si>
   <si>
     <t>Carlos Luiz</t>
   </si>
   <si>
     <t>Luís Godinho</t>
   </si>
   <si>
-    <t>Nuno Ricardo</t>
+    <t>Sandra Segura</t>
   </si>
   <si>
     <t>António Lourenço</t>
   </si>
   <si>
     <t>Nelson Mileu</t>
   </si>
   <si>
     <t>Eduardo Poças</t>
   </si>
   <si>
     <t>Paulo Reis</t>
   </si>
   <si>
     <t xml:space="preserve">José  Pardal </t>
   </si>
   <si>
     <t>Rui Vaz Rodrigues</t>
   </si>
   <si>
     <t>Pedro Paulo</t>
   </si>
   <si>
     <t>Pedro Raposo</t>
   </si>
@@ -1271,51 +1271,51 @@
   <si>
     <t xml:space="preserve">Mario  Batista</t>
   </si>
   <si>
     <t>Frederico Nobre</t>
   </si>
   <si>
     <t>SEBASTIAN FODOR</t>
   </si>
   <si>
     <t>Jorge Ramos</t>
   </si>
   <si>
     <t>João Monjardino</t>
   </si>
   <si>
     <t>Alvaro Neto</t>
   </si>
   <si>
     <t xml:space="preserve">Luís  Braz</t>
   </si>
   <si>
     <t>Sergio Antunes</t>
   </si>
   <si>
-    <t xml:space="preserve">Luis  Menezes</t>
+    <t xml:space="preserve">Luis  Meneses</t>
   </si>
   <si>
     <t>Pedro M. Bica</t>
   </si>
   <si>
     <t>Alexandre Joaquim</t>
   </si>
   <si>
     <t>RUI ALEGRE</t>
   </si>
   <si>
     <t>Rui Soares</t>
   </si>
   <si>
     <t>Nuno Alves</t>
   </si>
   <si>
     <t>Filipe Cameira</t>
   </si>
   <si>
     <t>CARLOS CARDOSO</t>
   </si>
   <si>
     <t>Bernardo Salavessa</t>
   </si>
@@ -1412,87 +1412,87 @@
   <si>
     <t>Elisabete Domingues</t>
   </si>
   <si>
     <t xml:space="preserve">Clara  Cardoso</t>
   </si>
   <si>
     <t>Andreia Craveiro</t>
   </si>
   <si>
     <t>Carla Alves</t>
   </si>
   <si>
     <t>M 50</t>
   </si>
   <si>
     <t>SÉRGIO PAIVA</t>
   </si>
   <si>
     <t xml:space="preserve">ARTUR   PEREIRA</t>
   </si>
   <si>
     <t>PEDRO MAGALHÃES</t>
   </si>
   <si>
-    <t>Igor Tchemaguine</t>
+    <t>Ana Lúcia Rebelo</t>
   </si>
   <si>
     <t>LUIS LIMA</t>
   </si>
   <si>
     <t>Paulo Martins</t>
   </si>
   <si>
     <t xml:space="preserve">FERNANDO   MIRANDA</t>
   </si>
   <si>
     <t>Carlos Taveira</t>
   </si>
   <si>
     <t xml:space="preserve">Dinis  Ribas </t>
   </si>
   <si>
     <t>RUI CABRAL</t>
   </si>
   <si>
     <t>Artur Santiago</t>
   </si>
   <si>
     <t>ABNER KIENE</t>
   </si>
   <si>
     <t>Emanuel Oliveira</t>
   </si>
   <si>
     <t xml:space="preserve">CARLOS   SILVA</t>
   </si>
   <si>
     <t>Rui Lacerda</t>
   </si>
   <si>
-    <t>Filipe Rebelo</t>
+    <t>Joaquim Amaral</t>
   </si>
   <si>
     <t>Dinis Morais</t>
   </si>
   <si>
     <t xml:space="preserve">Gonçalo  Baroutakis </t>
   </si>
   <si>
     <t>Antonio Trigueiro</t>
   </si>
   <si>
     <t>JOSE CRUZ</t>
   </si>
   <si>
     <t xml:space="preserve">BENTO   QUARESMA</t>
   </si>
   <si>
     <t>Rui Correia</t>
   </si>
   <si>
     <t>EVELINO MAGALHÃES</t>
   </si>
   <si>
     <t>Carlos Calado</t>
   </si>
@@ -1583,51 +1583,51 @@
   <si>
     <t>Pedro Pereira</t>
   </si>
   <si>
     <t xml:space="preserve">JORGE   PINHEIRO</t>
   </si>
   <si>
     <t>Carlos Carvalho</t>
   </si>
   <si>
     <t>Paulo Silva</t>
   </si>
   <si>
     <t>Ricardo Rodrigues</t>
   </si>
   <si>
     <t>João Martins</t>
   </si>
   <si>
     <t xml:space="preserve">João  Paiva</t>
   </si>
   <si>
     <t>Luís Nogueira</t>
   </si>
   <si>
-    <t>MIGUEL PINTO</t>
+    <t>MILA ALEXANDRA HELD</t>
   </si>
   <si>
     <t>Paulo Trindade</t>
   </si>
   <si>
     <t xml:space="preserve">Jorge  Barreto</t>
   </si>
   <si>
     <t>António Martins</t>
   </si>
   <si>
     <t>Nuno Filipe</t>
   </si>
   <si>
     <t>JOAO CURVELO</t>
   </si>
   <si>
     <t>João Carvalho</t>
   </si>
   <si>
     <t>Paulo Sousa</t>
   </si>
   <si>
     <t>Filipe Ribeiro</t>
   </si>