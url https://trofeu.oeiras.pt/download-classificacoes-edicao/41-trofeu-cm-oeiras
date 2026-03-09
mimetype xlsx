--- v2 (2026-01-23)
+++ v3 (2026-03-09)
@@ -779,51 +779,51 @@
   <si>
     <t>Steven Santos</t>
   </si>
   <si>
     <t>JOSÉ VASCO</t>
   </si>
   <si>
     <t>André Oliveira</t>
   </si>
   <si>
     <t xml:space="preserve">Diogo  Silva</t>
   </si>
   <si>
     <t xml:space="preserve">João  Miranda</t>
   </si>
   <si>
     <t>Tiago Andrade</t>
   </si>
   <si>
     <t>Tiago Ribeiro</t>
   </si>
   <si>
     <t>Fábio Querido</t>
   </si>
   <si>
-    <t>GONÇALO MARTINHO</t>
+    <t>GONÇALO MOUTINHO</t>
   </si>
   <si>
     <t>Tiago Cardoso</t>
   </si>
   <si>
     <t>Luís Barracho</t>
   </si>
   <si>
     <t>Rafael Silva</t>
   </si>
   <si>
     <t>Nuno Martins</t>
   </si>
   <si>
     <t xml:space="preserve">Fábio  Martins</t>
   </si>
   <si>
     <t>João Vale</t>
   </si>
   <si>
     <t>GONÇALO PIRES</t>
   </si>
   <si>
     <t>Associação Cultural e Recreativa da Ribeira da Lage</t>
   </si>
@@ -1037,51 +1037,51 @@
   <si>
     <t>F 40</t>
   </si>
   <si>
     <t>MARINA DOMIMGUES</t>
   </si>
   <si>
     <t xml:space="preserve">RITA ROSA </t>
   </si>
   <si>
     <t>MARTA MOTA</t>
   </si>
   <si>
     <t>Mauro Gaspar</t>
   </si>
   <si>
     <t>Inês Almeida</t>
   </si>
   <si>
     <t>Associação de Pára-quedistas Tejo-Norte</t>
   </si>
   <si>
     <t>CATARINA PALMA</t>
   </si>
   <si>
-    <t>Ana Silveira</t>
+    <t>Steve Gabadinho</t>
   </si>
   <si>
     <t>Ana Sobral</t>
   </si>
   <si>
     <t xml:space="preserve">Ana  Mendonça</t>
   </si>
   <si>
     <t xml:space="preserve">Diana  Guimarães</t>
   </si>
   <si>
     <t>Cátea Ramos</t>
   </si>
   <si>
     <t>Suelen Almeida</t>
   </si>
   <si>
     <t>Rodrigo Tavares</t>
   </si>
   <si>
     <t>Maria Jesus</t>
   </si>
   <si>
     <t>Filipa Mendes</t>
   </si>
@@ -1997,51 +1997,51 @@
   <si>
     <t>Nuno Galvão</t>
   </si>
   <si>
     <t>Flamino Santos</t>
   </si>
   <si>
     <t>Pedro Matos</t>
   </si>
   <si>
     <t>Luis Durbeck</t>
   </si>
   <si>
     <t>Paulo Moradias</t>
   </si>
   <si>
     <t>Fernando Rosa</t>
   </si>
   <si>
     <t>LUIS BASTOS</t>
   </si>
   <si>
     <t>João Reis</t>
   </si>
   <si>
-    <t xml:space="preserve">Carlos  Silva</t>
+    <t xml:space="preserve">Ana  Sobral</t>
   </si>
   <si>
     <t>Jorge Oliveira</t>
   </si>
   <si>
     <t xml:space="preserve">ANTÓNIO  ALVES</t>
   </si>
   <si>
     <t>Antonio Diogo</t>
   </si>
   <si>
     <t>António Major</t>
   </si>
   <si>
     <t>Vitor Vital</t>
   </si>
   <si>
     <t>Paulo Jorge Duarte Silva</t>
   </si>
   <si>
     <t>Jorge Valadares</t>
   </si>
   <si>
     <t>F 60</t>
   </si>