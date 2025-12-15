--- v0 (2025-12-07)
+++ v1 (2025-12-15)
@@ -359,51 +359,51 @@
   <si>
     <t>Infantis - Femininos</t>
   </si>
   <si>
     <t>SARA RIBAS</t>
   </si>
   <si>
     <t>Diana Pedro</t>
   </si>
   <si>
     <t>Melany Reis</t>
   </si>
   <si>
     <t>Grupo Musical 1º Dezembro Queijas</t>
   </si>
   <si>
     <t xml:space="preserve">Carolina Coelho </t>
   </si>
   <si>
     <t>ÍRIS ALMEIDA</t>
   </si>
   <si>
     <t>Maria Madalena Monteiro Fernandes</t>
   </si>
   <si>
-    <t>GABRIELA BARROS</t>
+    <t xml:space="preserve">RITA  MACHADO</t>
   </si>
   <si>
     <t>Maria Beatriz Mendes</t>
   </si>
   <si>
     <t xml:space="preserve">JOANA  SANTOS</t>
   </si>
   <si>
     <t>PAULO JORGE MARTINS</t>
   </si>
   <si>
     <t xml:space="preserve">JOANA  FONTINHA</t>
   </si>
   <si>
     <t>SANDRA REIS</t>
   </si>
   <si>
     <t xml:space="preserve">ANA  AMORIM</t>
   </si>
   <si>
     <t>Beatriz Simões</t>
   </si>
   <si>
     <t>Iniciados - Masculinos</t>
   </si>
@@ -509,51 +509,51 @@
   <si>
     <t>LEONOR SIMÕES</t>
   </si>
   <si>
     <t>CARMEN SÁ</t>
   </si>
   <si>
     <t>SILVANIA COSTA</t>
   </si>
   <si>
     <t>MARIANA FRANCISCO</t>
   </si>
   <si>
     <t>Rita Silva</t>
   </si>
   <si>
     <t xml:space="preserve">Matilde  Sousa</t>
   </si>
   <si>
     <t>Margarida Valente</t>
   </si>
   <si>
     <t>Juniores - Masculinos</t>
   </si>
   <si>
-    <t>DUARTE TALEIGO</t>
+    <t>ANA DIAS</t>
   </si>
   <si>
     <t>EDSON CARVALHO</t>
   </si>
   <si>
     <t>Tomas Catalão</t>
   </si>
   <si>
     <t>Salvador Alves</t>
   </si>
   <si>
     <t>DEUS KAPUNGA</t>
   </si>
   <si>
     <t>EDILSON COSTA</t>
   </si>
   <si>
     <t>José Frazão</t>
   </si>
   <si>
     <t>Juniores - Femininos</t>
   </si>
   <si>
     <t>Madalena Preciso</t>
   </si>
@@ -590,51 +590,51 @@
   <si>
     <t>Pedro Sousa</t>
   </si>
   <si>
     <t>Sub 23 - Femininos</t>
   </si>
   <si>
     <t>TATIANA MOURA</t>
   </si>
   <si>
     <t>MARIA SANTOS</t>
   </si>
   <si>
     <t>Rita Bacelar</t>
   </si>
   <si>
     <t>INÊS PINTO</t>
   </si>
   <si>
     <t xml:space="preserve">SOFIA GONÇALVES </t>
   </si>
   <si>
     <t>Seniores - Masculinos</t>
   </si>
   <si>
-    <t>DIOGO BATISTA</t>
+    <t>GONÇALO GONÇALVES</t>
   </si>
   <si>
     <t>JOSÉ CARVALHO</t>
   </si>
   <si>
     <t xml:space="preserve">VASCO MARTA </t>
   </si>
   <si>
     <t xml:space="preserve">DIOGO   MORGADO</t>
   </si>
   <si>
     <t>ANTÓNIO BONÉ</t>
   </si>
   <si>
     <t>Tiago Pádua</t>
   </si>
   <si>
     <t>Carlos Gomes</t>
   </si>
   <si>
     <t xml:space="preserve">SÉRGIO   MARTINS</t>
   </si>
   <si>
     <t>Pedro Lourenço</t>
   </si>
@@ -1052,51 +1052,51 @@
   <si>
     <t>António Martins</t>
   </si>
   <si>
     <t>Joao Ferreira</t>
   </si>
   <si>
     <t xml:space="preserve">JORGE  SOUSA</t>
   </si>
   <si>
     <t>Sérgio Pires</t>
   </si>
   <si>
     <t>Paulo Sousa</t>
   </si>
   <si>
     <t>Nuno Alves</t>
   </si>
   <si>
     <t>JOSÉ BORGES</t>
   </si>
   <si>
     <t>Paulo Caçador</t>
   </si>
   <si>
-    <t xml:space="preserve">Luis  Menezes</t>
+    <t xml:space="preserve">Luis  Meneses</t>
   </si>
   <si>
     <t>F 45</t>
   </si>
   <si>
     <t>Carla Freitas</t>
   </si>
   <si>
     <t xml:space="preserve">ANA   FRUTUOSO</t>
   </si>
   <si>
     <t>Ana Pereira</t>
   </si>
   <si>
     <t>VENCEDORA CAPUNGA</t>
   </si>
   <si>
     <t>Rute Queiroz</t>
   </si>
   <si>
     <t>Marisa Silva</t>
   </si>
   <si>
     <t xml:space="preserve">SOFIA  RIBEIRO</t>
   </si>