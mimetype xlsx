--- v1 (2025-12-15)
+++ v2 (2026-02-16)
@@ -95,51 +95,51 @@
   <si>
     <t>Daniel Alves</t>
   </si>
   <si>
     <t>Antonio Monteiro Fernandes</t>
   </si>
   <si>
     <t>Martim Monteiro</t>
   </si>
   <si>
     <t>Gonçalo Costa</t>
   </si>
   <si>
     <t>Rui Carvalhinho</t>
   </si>
   <si>
     <t>Sport Ponto Come</t>
   </si>
   <si>
     <t xml:space="preserve">JOÃO  CAMPOS </t>
   </si>
   <si>
     <t>Pedro França</t>
   </si>
   <si>
-    <t>Vasco Carvalho</t>
+    <t>Pedro Campos</t>
   </si>
   <si>
     <t>GONÇALO PATINHO</t>
   </si>
   <si>
     <t>JOSÉ MARIA BORGES</t>
   </si>
   <si>
     <t>Linda-a-Pastora Sporting Clube</t>
   </si>
   <si>
     <t>Tanveer Kaur</t>
   </si>
   <si>
     <t>Benjamins A - Femininos</t>
   </si>
   <si>
     <t>REGINA FREDERICO</t>
   </si>
   <si>
     <t>Maria Marinho</t>
   </si>
   <si>
     <t>Mariana Ribeiro</t>
   </si>
@@ -1130,102 +1130,102 @@
   <si>
     <t>Fabiana Zunfrilli</t>
   </si>
   <si>
     <t>Alexandra Pinto</t>
   </si>
   <si>
     <t xml:space="preserve">Ana  Serra</t>
   </si>
   <si>
     <t>Lara Sayanda</t>
   </si>
   <si>
     <t xml:space="preserve">PATRICIA  AMORIM</t>
   </si>
   <si>
     <t xml:space="preserve">ALEXANDRA   SOUSA</t>
   </si>
   <si>
     <t xml:space="preserve">Ana  Pimenta</t>
   </si>
   <si>
     <t xml:space="preserve">SILVIA  TAVARES</t>
   </si>
   <si>
-    <t>ANDREA FRADINHO</t>
+    <t>FRANCISCO NUNES</t>
   </si>
   <si>
     <t>M 50</t>
   </si>
   <si>
     <t>Hélder Rebelo</t>
   </si>
   <si>
     <t xml:space="preserve">FERNANDO   MIRANDA</t>
   </si>
   <si>
     <t xml:space="preserve">PEDRO PRETO </t>
   </si>
   <si>
     <t>SÉRGIO PAIVA</t>
   </si>
   <si>
     <t>Paulo Martins</t>
   </si>
   <si>
     <t>GONÇALO COSTA</t>
   </si>
   <si>
-    <t>NATACHA FAUSTINO</t>
+    <t>AEVERTON OLIVEIRA</t>
   </si>
   <si>
     <t>José Arede</t>
   </si>
   <si>
     <t>Nuno Patricio</t>
   </si>
   <si>
-    <t>FRANCISCO MOTA</t>
+    <t>Gustavo Monteiro</t>
   </si>
   <si>
     <t xml:space="preserve">ORLANDO  CORREIA</t>
   </si>
   <si>
     <t>Dinis Morais</t>
   </si>
   <si>
     <t>Rui Cleto</t>
   </si>
   <si>
     <t>Amigos do Atletismo de Mafra</t>
   </si>
   <si>
     <t xml:space="preserve">JORGE   SIMÕES</t>
   </si>
   <si>
-    <t>Filipe Rebelo</t>
+    <t>Joaquim Amaral</t>
   </si>
   <si>
     <t>PEDRO NAVA</t>
   </si>
   <si>
     <t xml:space="preserve">José  Raposo</t>
   </si>
   <si>
     <t xml:space="preserve">Daniel  Morais</t>
   </si>
   <si>
     <t xml:space="preserve">PEDRO   CANELAS</t>
   </si>
   <si>
     <t>Luis Barata</t>
   </si>
   <si>
     <t>João Gomes</t>
   </si>
   <si>
     <t xml:space="preserve">DOMINGOS   GATO</t>
   </si>
   <si>
     <t>ANDRÉ LIMA</t>
   </si>