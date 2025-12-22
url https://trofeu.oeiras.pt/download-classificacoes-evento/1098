--- v0 (2025-10-24)
+++ v1 (2025-12-22)
@@ -356,63 +356,63 @@
   <si>
     <t>Infantis - Femininos</t>
   </si>
   <si>
     <t>SARA RIBAS</t>
   </si>
   <si>
     <t>Melany Reis</t>
   </si>
   <si>
     <t>ÍRIS ALMEIDA</t>
   </si>
   <si>
     <t xml:space="preserve">Carolina Coelho </t>
   </si>
   <si>
     <t>Maria Madalena Monteiro Fernandes</t>
   </si>
   <si>
     <t>MARTA MARTINS</t>
   </si>
   <si>
     <t xml:space="preserve">JOANA  SANTOS</t>
   </si>
   <si>
-    <t>GABRIELA BARROS</t>
+    <t xml:space="preserve">RITA  MACHADO</t>
   </si>
   <si>
     <t>SANDRA REIS</t>
   </si>
   <si>
     <t>SERENA MONTEIRO</t>
   </si>
   <si>
     <t>Sauda Nuengniyom</t>
   </si>
   <si>
-    <t>CONSTANÇA CRUZINHA</t>
+    <t>PAULO JORGE MARTINS</t>
   </si>
   <si>
     <t>Sadia Nuengniyom</t>
   </si>
   <si>
     <t xml:space="preserve">JOANA  FONTINHA</t>
   </si>
   <si>
     <t xml:space="preserve">ANA  AMORIM</t>
   </si>
   <si>
     <t>Iniciados - Masculinos</t>
   </si>
   <si>
     <t>Guilherme Filipe</t>
   </si>
   <si>
     <t>Santinho Kneissler</t>
   </si>
   <si>
     <t xml:space="preserve">ANDRÉ  COSTA </t>
   </si>
   <si>
     <t>JORGE PATRÃO</t>
   </si>
@@ -509,72 +509,72 @@
   <si>
     <t>CARMEN SÁ</t>
   </si>
   <si>
     <t>SILVANIA COSTA</t>
   </si>
   <si>
     <t>MARIANA FRANCISCO</t>
   </si>
   <si>
     <t>Rita Silva</t>
   </si>
   <si>
     <t xml:space="preserve">Mariana  Monteiro Fernandes</t>
   </si>
   <si>
     <t xml:space="preserve">Matilde  Sousa</t>
   </si>
   <si>
     <t>Sociedade de Instrução Musical e Escolar Cruz Quebradense (SIMECQ)</t>
   </si>
   <si>
     <t>Juniores - Masculinos</t>
   </si>
   <si>
-    <t>DUARTE TALEIGO</t>
+    <t>ANA DIAS</t>
   </si>
   <si>
     <t>Diogo Carvalhinho</t>
   </si>
   <si>
     <t>EDSON CARVALHO</t>
   </si>
   <si>
     <t>Salvador Alves</t>
   </si>
   <si>
     <t>Tomas Catalão</t>
   </si>
   <si>
     <t xml:space="preserve">JORGE  BETTENCOURT DA SILVA</t>
   </si>
   <si>
     <t>José Frazão</t>
   </si>
   <si>
-    <t>PEDRO VIEIRA</t>
+    <t>DEUS KAPUNGA</t>
   </si>
   <si>
     <t>Rodrigo Nunes</t>
   </si>
   <si>
     <t>Pedro Migueis</t>
   </si>
   <si>
     <t>Pedro Gomes</t>
   </si>
   <si>
     <t>Juniores - Femininos</t>
   </si>
   <si>
     <t>MARIA AGUIAR</t>
   </si>
   <si>
     <t>Laura Martins</t>
   </si>
   <si>
     <t>Grupo Recreativo e Desportivo “Os Fixes”</t>
   </si>
   <si>
     <t>Rui Vieira</t>
   </si>
@@ -632,51 +632,51 @@
   <si>
     <t>INÊS PINTO</t>
   </si>
   <si>
     <t xml:space="preserve">SOFIA GONÇALVES </t>
   </si>
   <si>
     <t>Seniores - Masculinos</t>
   </si>
   <si>
     <t>FILIPE REBELO</t>
   </si>
   <si>
     <t>NUNO CARRAÇA</t>
   </si>
   <si>
     <t>Cristiano Cibrão</t>
   </si>
   <si>
     <t>ANA GOMES</t>
   </si>
   <si>
     <t>JOSÉ CARVALHO</t>
   </si>
   <si>
-    <t>DIOGO BATISTA</t>
+    <t>GONÇALO GONÇALVES</t>
   </si>
   <si>
     <t xml:space="preserve">SALVADOR BOURA </t>
   </si>
   <si>
     <t>ANTÓNIO BONÉ</t>
   </si>
   <si>
     <t>Tiago Pádua</t>
   </si>
   <si>
     <t>Davide Barbosa</t>
   </si>
   <si>
     <t>Pedro Lourenço</t>
   </si>
   <si>
     <t>Pedro Magalhães</t>
   </si>
   <si>
     <t xml:space="preserve">Francisco  Val</t>
   </si>
   <si>
     <t xml:space="preserve">Rui  Pessoa </t>
   </si>
@@ -761,51 +761,51 @@
   <si>
     <t>André Oliveira</t>
   </si>
   <si>
     <t>Grupo Recreativo e Desportivo da Ribeira da Lage</t>
   </si>
   <si>
     <t xml:space="preserve">Miguel  Santos</t>
   </si>
   <si>
     <t>Gonçalo Faria</t>
   </si>
   <si>
     <t>PEDRO MASCARENHAS</t>
   </si>
   <si>
     <t>Bruno Ferreira</t>
   </si>
   <si>
     <t>João Tomaz</t>
   </si>
   <si>
     <t>Orlando Couceiro</t>
   </si>
   <si>
-    <t xml:space="preserve">TIAGO VELEZ </t>
+    <t>JOSÉ VASCO</t>
   </si>
   <si>
     <t xml:space="preserve">MIGUEL   PENA</t>
   </si>
   <si>
     <t xml:space="preserve">Ricardo  Ferreira</t>
   </si>
   <si>
     <t>Tiago Carvalhinho</t>
   </si>
   <si>
     <t xml:space="preserve">Pedro  Ferreira</t>
   </si>
   <si>
     <t xml:space="preserve">Fábio  Martins</t>
   </si>
   <si>
     <t xml:space="preserve">Marco  Esteves</t>
   </si>
   <si>
     <t xml:space="preserve">Bruno  Raimundo</t>
   </si>
   <si>
     <t>Tiago Oliveira</t>
   </si>
@@ -953,51 +953,51 @@
   <si>
     <t>TIAGO RODRIGUES</t>
   </si>
   <si>
     <t>Germano Louro</t>
   </si>
   <si>
     <t>HENRIQUE VENTURA</t>
   </si>
   <si>
     <t>Paulo Reis</t>
   </si>
   <si>
     <t>José Gouveia</t>
   </si>
   <si>
     <t xml:space="preserve">Luís  Braz</t>
   </si>
   <si>
     <t xml:space="preserve">Bruno  Gomes</t>
   </si>
   <si>
     <t>F 40</t>
   </si>
   <si>
-    <t>ELISABETE MACEDO</t>
+    <t>MARTA MOTA</t>
   </si>
   <si>
     <t>Cátea Ramos</t>
   </si>
   <si>
     <t>MARIANA FODOR</t>
   </si>
   <si>
     <t>Rodrigo Tavares</t>
   </si>
   <si>
     <t>Maria Jesus</t>
   </si>
   <si>
     <t>Odilia Gomes</t>
   </si>
   <si>
     <t>ANA NETO</t>
   </si>
   <si>
     <t>Milene Batista</t>
   </si>
   <si>
     <t xml:space="preserve">Diana  Guimarães</t>
   </si>
@@ -1058,63 +1058,63 @@
   <si>
     <t>Rui Henriques</t>
   </si>
   <si>
     <t>Walkandrun.pt-Seaside</t>
   </si>
   <si>
     <t>João Guterres</t>
   </si>
   <si>
     <t xml:space="preserve">NUNO FERNANDES </t>
   </si>
   <si>
     <t>Luis Filipe</t>
   </si>
   <si>
     <t>PEDRO BURRICA</t>
   </si>
   <si>
     <t xml:space="preserve">RUI   DUARTE</t>
   </si>
   <si>
     <t>Pedro Raposo</t>
   </si>
   <si>
-    <t xml:space="preserve">JORGE  NUNES DA SILVA</t>
+    <t>ABNER KIENE</t>
   </si>
   <si>
     <t>Rodrigo Santos</t>
   </si>
   <si>
     <t xml:space="preserve">ANTÓNIO   ORLANDO</t>
   </si>
   <si>
     <t>Tiago Rocha</t>
   </si>
   <si>
-    <t xml:space="preserve">JOAQUIM AMARAL </t>
+    <t xml:space="preserve">PEDRO  CAVILHAS</t>
   </si>
   <si>
     <t>João Monjardino</t>
   </si>
   <si>
     <t>Ricardo Nuno</t>
   </si>
   <si>
     <t>Paulo Serra</t>
   </si>
   <si>
     <t>António Silva</t>
   </si>
   <si>
     <t>Carlos Luiz</t>
   </si>
   <si>
     <t>Nuno Morgado</t>
   </si>
   <si>
     <t>GMCJamor</t>
   </si>
   <si>
     <t xml:space="preserve">João  Aguiar</t>
   </si>
@@ -1175,51 +1175,51 @@
   <si>
     <t>Sérgio Pires</t>
   </si>
   <si>
     <t>António Martins</t>
   </si>
   <si>
     <t>Paulo Sousa</t>
   </si>
   <si>
     <t>Nuno Alves</t>
   </si>
   <si>
     <t>Jesus Gomez</t>
   </si>
   <si>
     <t>JOSÉ BORGES</t>
   </si>
   <si>
     <t>Paulo Caçador</t>
   </si>
   <si>
     <t>Miguel Monteiro Fernandes</t>
   </si>
   <si>
-    <t xml:space="preserve">Luis  Menezes</t>
+    <t xml:space="preserve">Luis  Meneses</t>
   </si>
   <si>
     <t>F 45</t>
   </si>
   <si>
     <t>Palmira Quinhama</t>
   </si>
   <si>
     <t>Ana Pereira</t>
   </si>
   <si>
     <t xml:space="preserve">ANA   FRUTUOSO</t>
   </si>
   <si>
     <t>Rute Queiroz</t>
   </si>
   <si>
     <t xml:space="preserve">CÉLIA  SILVA</t>
   </si>
   <si>
     <t>Rebecca Coutinho</t>
   </si>
   <si>
     <t>Marisa Silva</t>
   </si>
@@ -1304,84 +1304,84 @@
   <si>
     <t>SÉRGIO PAIVA</t>
   </si>
   <si>
     <t>Paulo Martins</t>
   </si>
   <si>
     <t xml:space="preserve">JOAQUIM   SANTOS</t>
   </si>
   <si>
     <t>SEBASTIÃO BARATA</t>
   </si>
   <si>
     <t>GONÇALO COSTA</t>
   </si>
   <si>
     <t>NATACHA FAUSTINO</t>
   </si>
   <si>
     <t xml:space="preserve">Dinis  Ribas </t>
   </si>
   <si>
     <t>João Narra</t>
   </si>
   <si>
-    <t xml:space="preserve">JOAQUIM SANTOS </t>
+    <t>FRANCISCO MOTA</t>
   </si>
   <si>
     <t>Nuno Patricio</t>
   </si>
   <si>
     <t>Rui Cleto</t>
   </si>
   <si>
     <t>Amigos do Atletismo de Mafra</t>
   </si>
   <si>
     <t>Pedro Andrade</t>
   </si>
   <si>
     <t xml:space="preserve">ORLANDO  CORREIA</t>
   </si>
   <si>
     <t>Dinis Morais</t>
   </si>
   <si>
     <t xml:space="preserve">João  Caetano</t>
   </si>
   <si>
     <t>Pedro Esteves</t>
   </si>
   <si>
     <t>Paulo Lopes</t>
   </si>
   <si>
     <t>Luis Barata</t>
   </si>
   <si>
-    <t>JOSÉ FÉLIX</t>
+    <t>PEDRO NAVA</t>
   </si>
   <si>
     <t xml:space="preserve">JORGE   SIMÕES</t>
   </si>
   <si>
     <t>Carlos Valente</t>
   </si>
   <si>
     <t xml:space="preserve">Daniel  Morais</t>
   </si>
   <si>
     <t>Etienne Lopes</t>
   </si>
   <si>
     <t xml:space="preserve">José  Raposo</t>
   </si>
   <si>
     <t xml:space="preserve">PEDRO   CANELAS</t>
   </si>
   <si>
     <t>Paulo Espirito-Santo</t>
   </si>
   <si>
     <t xml:space="preserve">DOMINGOS   GATO</t>
   </si>
@@ -1418,51 +1418,51 @@
   <si>
     <t>Rodrigo Ferreira</t>
   </si>
   <si>
     <t>Miguel Moradias</t>
   </si>
   <si>
     <t>Rui Vaz</t>
   </si>
   <si>
     <t xml:space="preserve">Manuel  Silva</t>
   </si>
   <si>
     <t xml:space="preserve">ANTÓNIO   QUARESMA</t>
   </si>
   <si>
     <t>Eduardo Lopes</t>
   </si>
   <si>
     <t>F 50</t>
   </si>
   <si>
     <t>ALEXANDRA PORTELA</t>
   </si>
   <si>
-    <t xml:space="preserve">Ana  Santos</t>
+    <t>Ana Cleto</t>
   </si>
   <si>
     <t>Natasha Dias</t>
   </si>
   <si>
     <t xml:space="preserve">ANABELA SALAZAR </t>
   </si>
   <si>
     <t>Sandra Pereira</t>
   </si>
   <si>
     <t xml:space="preserve">SANDRA  FERNANDES</t>
   </si>
   <si>
     <t>Eugénia Ribeiro</t>
   </si>
   <si>
     <t>Fernanda Murteira</t>
   </si>
   <si>
     <t>Licínia Rego</t>
   </si>
   <si>
     <t xml:space="preserve">NATÁLIA DIAS </t>
   </si>
@@ -1493,51 +1493,51 @@
   <si>
     <t xml:space="preserve">RITA   MINA</t>
   </si>
   <si>
     <t>Isabel Silva</t>
   </si>
   <si>
     <t>Carla Faria</t>
   </si>
   <si>
     <t>Rosalina Delgado</t>
   </si>
   <si>
     <t xml:space="preserve">CRISTINA  GUERREIRO</t>
   </si>
   <si>
     <t>Susana Figueiredo</t>
   </si>
   <si>
     <t>ALZIRA VIEIRA</t>
   </si>
   <si>
     <t>ISABEL SAMPAIO</t>
   </si>
   <si>
-    <t>Nuno Falé</t>
+    <t>José Ferreira</t>
   </si>
   <si>
     <t>Elisa Macedo</t>
   </si>
   <si>
     <t>Carla Rato</t>
   </si>
   <si>
     <t>Maria Madeira</t>
   </si>
   <si>
     <t xml:space="preserve">PAULA   RODRIGUES</t>
   </si>
   <si>
     <t>M 55</t>
   </si>
   <si>
     <t>José Martins</t>
   </si>
   <si>
     <t>António Murteira</t>
   </si>
   <si>
     <t xml:space="preserve">PAULO ARRENEGA </t>
   </si>
@@ -1595,51 +1595,51 @@
   <si>
     <t>Luis Durbeck</t>
   </si>
   <si>
     <t>Alfredo Bacelar</t>
   </si>
   <si>
     <t>João Marques</t>
   </si>
   <si>
     <t xml:space="preserve">Vitor  Alves</t>
   </si>
   <si>
     <t xml:space="preserve">FERNANDO   COELHO</t>
   </si>
   <si>
     <t>Luís Cotrim</t>
   </si>
   <si>
     <t>Antonio Diogo</t>
   </si>
   <si>
     <t>Paulo Santos</t>
   </si>
   <si>
-    <t>José Bouceiro</t>
+    <t>CARLOS CASAL</t>
   </si>
   <si>
     <t>António Jacinto</t>
   </si>
   <si>
     <t xml:space="preserve">ANTÓNIO  ALVES</t>
   </si>
   <si>
     <t>Manuel Rego</t>
   </si>
   <si>
     <t>Jorge Oliveira</t>
   </si>
   <si>
     <t xml:space="preserve">Carlos  Lomba</t>
   </si>
   <si>
     <t>João Reis</t>
   </si>
   <si>
     <t>Vania Faria</t>
   </si>
   <si>
     <t>F 55</t>
   </si>