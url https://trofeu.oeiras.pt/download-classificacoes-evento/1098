--- v1 (2025-12-22)
+++ v2 (2026-02-16)
@@ -89,51 +89,51 @@
   <si>
     <t>Sport Ponto Come</t>
   </si>
   <si>
     <t>Antonio Monteiro Fernandes</t>
   </si>
   <si>
     <t>MANEL PEDRO</t>
   </si>
   <si>
     <t>Associação de Moradores 18 de Maio</t>
   </si>
   <si>
     <t xml:space="preserve">DUARTE   PENA</t>
   </si>
   <si>
     <t>Linda-a-Pastora Sporting Clube</t>
   </si>
   <si>
     <t>Gonçalo Costa</t>
   </si>
   <si>
     <t xml:space="preserve">JOÃO  CAMPOS </t>
   </si>
   <si>
-    <t>Vasco Carvalho</t>
+    <t>Pedro Campos</t>
   </si>
   <si>
     <t>Rui Carvalhinho</t>
   </si>
   <si>
     <t xml:space="preserve">GABRIEL FERREIRA </t>
   </si>
   <si>
     <t>DIEGO CENTEIO</t>
   </si>
   <si>
     <t>GONÇALO PATINHO</t>
   </si>
   <si>
     <t>Benjamins A - Femininos</t>
   </si>
   <si>
     <t>REGINA FREDERICO</t>
   </si>
   <si>
     <t>Maria Marinho</t>
   </si>
   <si>
     <t>Yasmin Tchemaguine</t>
   </si>
@@ -590,51 +590,51 @@
   <si>
     <t>VALTER GOMES</t>
   </si>
   <si>
     <t xml:space="preserve">ALEXANDRE  PEREIRA</t>
   </si>
   <si>
     <t>JOÃO REBELO</t>
   </si>
   <si>
     <t>TOMÁS ESTEVES</t>
   </si>
   <si>
     <t xml:space="preserve">LUÍS TEIXEIRA </t>
   </si>
   <si>
     <t xml:space="preserve">João  Revés</t>
   </si>
   <si>
     <t>João Pinto</t>
   </si>
   <si>
     <t>KMT-Associação Moreira Team</t>
   </si>
   <si>
-    <t>DIOGO CORREIA</t>
+    <t>AGOSTINHO MATOS</t>
   </si>
   <si>
     <t>FRANCISCO DIAS</t>
   </si>
   <si>
     <t>Sub 23 - Femininos</t>
   </si>
   <si>
     <t>TATIANA MOURA</t>
   </si>
   <si>
     <t>MARIA SANTOS</t>
   </si>
   <si>
     <t>Rita Bacelar</t>
   </si>
   <si>
     <t>INÊS PINTO</t>
   </si>
   <si>
     <t xml:space="preserve">SOFIA GONÇALVES </t>
   </si>
   <si>
     <t>Seniores - Masculinos</t>
   </si>
@@ -656,51 +656,51 @@
   <si>
     <t>GONÇALO GONÇALVES</t>
   </si>
   <si>
     <t xml:space="preserve">SALVADOR BOURA </t>
   </si>
   <si>
     <t>ANTÓNIO BONÉ</t>
   </si>
   <si>
     <t>Tiago Pádua</t>
   </si>
   <si>
     <t>Davide Barbosa</t>
   </si>
   <si>
     <t>Pedro Lourenço</t>
   </si>
   <si>
     <t>Pedro Magalhães</t>
   </si>
   <si>
     <t xml:space="preserve">Francisco  Val</t>
   </si>
   <si>
-    <t xml:space="preserve">Rui  Pessoa </t>
+    <t>Anderson Dias</t>
   </si>
   <si>
     <t>Valejas Atlético Clube</t>
   </si>
   <si>
     <t>Weslley Soares</t>
   </si>
   <si>
     <t>Rogério Chaves</t>
   </si>
   <si>
     <t>Seniores - Femininos</t>
   </si>
   <si>
     <t>SARA MONTEIRO</t>
   </si>
   <si>
     <t>KCÉNIA BOUGROVA</t>
   </si>
   <si>
     <t>Sara Marinho</t>
   </si>
   <si>
     <t>BÁRBARA ABREU</t>
   </si>
@@ -1295,60 +1295,60 @@
   <si>
     <t>M 50</t>
   </si>
   <si>
     <t>Hélder Rebelo</t>
   </si>
   <si>
     <t xml:space="preserve">PEDRO PRETO </t>
   </si>
   <si>
     <t>SÉRGIO PAIVA</t>
   </si>
   <si>
     <t>Paulo Martins</t>
   </si>
   <si>
     <t xml:space="preserve">JOAQUIM   SANTOS</t>
   </si>
   <si>
     <t>SEBASTIÃO BARATA</t>
   </si>
   <si>
     <t>GONÇALO COSTA</t>
   </si>
   <si>
-    <t>NATACHA FAUSTINO</t>
+    <t>AEVERTON OLIVEIRA</t>
   </si>
   <si>
     <t xml:space="preserve">Dinis  Ribas </t>
   </si>
   <si>
     <t>João Narra</t>
   </si>
   <si>
-    <t>FRANCISCO MOTA</t>
+    <t>Gustavo Monteiro</t>
   </si>
   <si>
     <t>Nuno Patricio</t>
   </si>
   <si>
     <t>Rui Cleto</t>
   </si>
   <si>
     <t>Amigos do Atletismo de Mafra</t>
   </si>
   <si>
     <t>Pedro Andrade</t>
   </si>
   <si>
     <t xml:space="preserve">ORLANDO  CORREIA</t>
   </si>
   <si>
     <t>Dinis Morais</t>
   </si>
   <si>
     <t xml:space="preserve">João  Caetano</t>
   </si>
   <si>
     <t>Pedro Esteves</t>
   </si>
@@ -1823,51 +1823,51 @@
   <si>
     <t>Amilcar Dias</t>
   </si>
   <si>
     <t>Adriano Cunha</t>
   </si>
   <si>
     <t xml:space="preserve">Jacinto  Pereira</t>
   </si>
   <si>
     <t>Jorge Mendes Batista</t>
   </si>
   <si>
     <t>Manuel Azevedo</t>
   </si>
   <si>
     <t>F 65</t>
   </si>
   <si>
     <t>Maria Alice Machado</t>
   </si>
   <si>
     <t xml:space="preserve">ESTER  LOPES</t>
   </si>
   <si>
-    <t xml:space="preserve">ALDA  LUIS</t>
+    <t>CAROLINA NUNES</t>
   </si>
   <si>
     <t>M 70</t>
   </si>
   <si>
     <t xml:space="preserve">MÁRIO   GOMES</t>
   </si>
   <si>
     <t xml:space="preserve">MARIO   GONÇALVES</t>
   </si>
   <si>
     <t>Ventura Saraiva</t>
   </si>
   <si>
     <t>José Marques</t>
   </si>
   <si>
     <t>Luis Duarte</t>
   </si>
   <si>
     <t>João Santos</t>
   </si>
   <si>
     <t>Fernando Chasqueira</t>
   </si>