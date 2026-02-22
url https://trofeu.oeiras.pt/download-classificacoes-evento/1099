--- v0 (2025-11-03)
+++ v1 (2026-02-22)
@@ -95,51 +95,51 @@
   <si>
     <t>Tomás Curvelo</t>
   </si>
   <si>
     <t>Associação de Moradores 18 de Maio</t>
   </si>
   <si>
     <t xml:space="preserve">Carolina  Andrade</t>
   </si>
   <si>
     <t>Sport Ponto Come</t>
   </si>
   <si>
     <t>MANEL PEDRO</t>
   </si>
   <si>
     <t>Gonçalo Costa</t>
   </si>
   <si>
     <t>Manuel Monteiro Fernandes</t>
   </si>
   <si>
     <t xml:space="preserve">JOÃO  CAMPOS </t>
   </si>
   <si>
-    <t>Vasco Carvalho</t>
+    <t>Pedro Campos</t>
   </si>
   <si>
     <t>Rui Carvalhinho</t>
   </si>
   <si>
     <t xml:space="preserve">GABRIEL FERREIRA </t>
   </si>
   <si>
     <t>Tanveer Kaur</t>
   </si>
   <si>
     <t>Benjamins A - Femininos</t>
   </si>
   <si>
     <t>REGINA FREDERICO</t>
   </si>
   <si>
     <t>Maria Marinho</t>
   </si>
   <si>
     <t>Yasmin Tchemaguine</t>
   </si>
   <si>
     <t>Mariana Ribeiro</t>
   </si>
@@ -359,63 +359,63 @@
   <si>
     <t>SARA RIBAS</t>
   </si>
   <si>
     <t>Melany Reis</t>
   </si>
   <si>
     <t>ÍRIS ALMEIDA</t>
   </si>
   <si>
     <t>Maria Beatriz Mendes</t>
   </si>
   <si>
     <t xml:space="preserve">INÊS  FERNANDES</t>
   </si>
   <si>
     <t>MARTA MARTINS</t>
   </si>
   <si>
     <t>SERENA MONTEIRO</t>
   </si>
   <si>
     <t>SANDRA REIS</t>
   </si>
   <si>
-    <t>GABRIELA BARROS</t>
+    <t xml:space="preserve">RITA  MACHADO</t>
   </si>
   <si>
     <t>Sauda Nuengniyom</t>
   </si>
   <si>
     <t xml:space="preserve">JOANA  FONTINHA</t>
   </si>
   <si>
     <t xml:space="preserve">ANA  AMORIM</t>
   </si>
   <si>
-    <t>CONSTANÇA CRUZINHA</t>
+    <t>PAULO JORGE MARTINS</t>
   </si>
   <si>
     <t>Iniciados - Masculinos</t>
   </si>
   <si>
     <t>Guilherme Filipe</t>
   </si>
   <si>
     <t>Santinho Kneissler</t>
   </si>
   <si>
     <t>TIAGO VASCO</t>
   </si>
   <si>
     <t xml:space="preserve">TOMÁS PEREIRA </t>
   </si>
   <si>
     <t>JORGE PATRÃO</t>
   </si>
   <si>
     <t xml:space="preserve">ANDRÉ  COSTA </t>
   </si>
   <si>
     <t xml:space="preserve">MANUEL   MAGALHÃES</t>
   </si>
@@ -482,147 +482,147 @@
   <si>
     <t>Inês Dias</t>
   </si>
   <si>
     <t>CAROLINA COSTA</t>
   </si>
   <si>
     <t>SILVANIA COSTA</t>
   </si>
   <si>
     <t>MARIANA FRANCISCO</t>
   </si>
   <si>
     <t>CARMEN SÁ</t>
   </si>
   <si>
     <t>Margarida Valente</t>
   </si>
   <si>
     <t xml:space="preserve">Matilde  Sousa</t>
   </si>
   <si>
     <t>Juniores - Masculinos</t>
   </si>
   <si>
-    <t>DUARTE TALEIGO</t>
+    <t>ANA DIAS</t>
   </si>
   <si>
     <t>EDSON CARVALHO</t>
   </si>
   <si>
     <t>Pedro Gomes</t>
   </si>
   <si>
     <t xml:space="preserve">JORGE  BETTENCOURT DA SILVA</t>
   </si>
   <si>
     <t>Salvador Alves</t>
   </si>
   <si>
-    <t>PEDRO VIEIRA</t>
+    <t>DEUS KAPUNGA</t>
   </si>
   <si>
     <t>José Frazão</t>
   </si>
   <si>
     <t>Juniores - Femininos</t>
   </si>
   <si>
     <t>MARIA AGUIAR</t>
   </si>
   <si>
     <t>Sub 23 - Masculinos</t>
   </si>
   <si>
     <t>MIGUEL REBELO</t>
   </si>
   <si>
     <t>TIAGO SABINO</t>
   </si>
   <si>
     <t>VALTER GOMES</t>
   </si>
   <si>
     <t xml:space="preserve">ALEXANDRE  PEREIRA</t>
   </si>
   <si>
     <t>TOMÁS ESTEVES</t>
   </si>
   <si>
     <t xml:space="preserve">LUÍS TEIXEIRA </t>
   </si>
   <si>
     <t>JOÃO REBELO</t>
   </si>
   <si>
     <t xml:space="preserve">João  Revés</t>
   </si>
   <si>
-    <t>DIOGO CORREIA</t>
+    <t>AGOSTINHO MATOS</t>
   </si>
   <si>
     <t>Vasco Barreiros</t>
   </si>
   <si>
     <t>TIAGO SILVA</t>
   </si>
   <si>
     <t>Pedro Sousa</t>
   </si>
   <si>
     <t>Sub 23 - Femininos</t>
   </si>
   <si>
     <t>BÁRBARA NEIVA</t>
   </si>
   <si>
     <t>TATIANA MOURA</t>
   </si>
   <si>
     <t>INÊS PINTO</t>
   </si>
   <si>
     <t>NAZARE ROBERTSON</t>
   </si>
   <si>
     <t xml:space="preserve">Marta  Raposo</t>
   </si>
   <si>
     <t>Valejas Atlético Clube</t>
   </si>
   <si>
     <t xml:space="preserve">SOFIA GONÇALVES </t>
   </si>
   <si>
     <t>Seniores - Masculinos</t>
   </si>
   <si>
     <t>FILIPE REBELO</t>
   </si>
   <si>
-    <t>José Marcos</t>
+    <t xml:space="preserve">Cláudia  Borralho</t>
   </si>
   <si>
     <t>NUNO CARRAÇA</t>
   </si>
   <si>
     <t>ANTÓNIO GAMA DA SILVA</t>
   </si>
   <si>
     <t>JOSÉ CARVALHO</t>
   </si>
   <si>
     <t>Rui Almeida</t>
   </si>
   <si>
     <t xml:space="preserve">SALVADOR BOURA </t>
   </si>
   <si>
     <t>ANTÓNIO BONÉ</t>
   </si>
   <si>
     <t>Tiago Pádua</t>
   </si>
   <si>
     <t>Tiago Valente</t>
   </si>
@@ -716,51 +716,51 @@
   <si>
     <t>Nuno Quintela</t>
   </si>
   <si>
     <t>Tiago Andrade</t>
   </si>
   <si>
     <t>André Oliveira</t>
   </si>
   <si>
     <t>Grupo Recreativo e Desportivo da Ribeira da Lage</t>
   </si>
   <si>
     <t>TELMO JORGE</t>
   </si>
   <si>
     <t xml:space="preserve">Miguel  Santos</t>
   </si>
   <si>
     <t>Bruno Ferreira</t>
   </si>
   <si>
     <t>Gonçalo Faria</t>
   </si>
   <si>
-    <t xml:space="preserve">TIAGO VELEZ </t>
+    <t>JOSÉ VASCO</t>
   </si>
   <si>
     <t xml:space="preserve">Diogo  Silva</t>
   </si>
   <si>
     <t xml:space="preserve">Ricardo  Ferreira</t>
   </si>
   <si>
     <t>Grupo Desportivo de Barcarena</t>
   </si>
   <si>
     <t xml:space="preserve">MIGUEL   PENA</t>
   </si>
   <si>
     <t xml:space="preserve">VÍTOR   TEIXEIRA</t>
   </si>
   <si>
     <t>Paulo Ramos</t>
   </si>
   <si>
     <t xml:space="preserve">Pedro  Ferreira</t>
   </si>
   <si>
     <t xml:space="preserve">Marco  Esteves</t>
   </si>
@@ -917,66 +917,66 @@
   <si>
     <t>Patricia Santos</t>
   </si>
   <si>
     <t>Ricardo Afonso</t>
   </si>
   <si>
     <t>Jorge Ramos</t>
   </si>
   <si>
     <t>HENRIQUE VENTURA</t>
   </si>
   <si>
     <t>Paulo Reis</t>
   </si>
   <si>
     <t>GONÇALO PEDRO</t>
   </si>
   <si>
     <t>NUNO CORREIA</t>
   </si>
   <si>
     <t>José Gouveia</t>
   </si>
   <si>
-    <t>Nuno Ricardo</t>
+    <t>Sandra Segura</t>
   </si>
   <si>
     <t xml:space="preserve">Luís  Braz</t>
   </si>
   <si>
     <t>Sérgio Santos</t>
   </si>
   <si>
     <t>F 40</t>
   </si>
   <si>
     <t>CARLA MOCHILA</t>
   </si>
   <si>
-    <t>ELISABETE MACEDO</t>
+    <t>MARTA MOTA</t>
   </si>
   <si>
     <t>MARIANA FODOR</t>
   </si>
   <si>
     <t>Maria Jesus</t>
   </si>
   <si>
     <t>Rodrigo Tavares</t>
   </si>
   <si>
     <t>Odilia Gomes</t>
   </si>
   <si>
     <t>Milene Batista</t>
   </si>
   <si>
     <t>Rita Pasadas</t>
   </si>
   <si>
     <t xml:space="preserve">Diana  Guimarães</t>
   </si>
   <si>
     <t>Isabel Gomez</t>
   </si>
@@ -1052,72 +1052,72 @@
   <si>
     <t>Rui Henriques</t>
   </si>
   <si>
     <t>Walkandrun.pt-Seaside</t>
   </si>
   <si>
     <t xml:space="preserve">NUNO FERNANDES </t>
   </si>
   <si>
     <t>PEDRO BURRICA</t>
   </si>
   <si>
     <t xml:space="preserve">RUI   OLIVEIRA</t>
   </si>
   <si>
     <t>Luis Filipe</t>
   </si>
   <si>
     <t>Gilberto Loth</t>
   </si>
   <si>
     <t xml:space="preserve">RUI   DUARTE</t>
   </si>
   <si>
-    <t xml:space="preserve">JORGE  NUNES DA SILVA</t>
+    <t>ABNER KIENE</t>
   </si>
   <si>
     <t>Rodrigo Santos</t>
   </si>
   <si>
-    <t>Jorge Paredes</t>
+    <t>VÂNIA VALÉRIO</t>
   </si>
   <si>
     <t xml:space="preserve">Vítor  Paulino</t>
   </si>
   <si>
     <t>GMCJamor</t>
   </si>
   <si>
     <t>André Santos</t>
   </si>
   <si>
     <t xml:space="preserve">ANTÓNIO   ORLANDO</t>
   </si>
   <si>
-    <t xml:space="preserve">JOAQUIM AMARAL </t>
+    <t xml:space="preserve">PEDRO  CAVILHAS</t>
   </si>
   <si>
     <t>Ricardo Nuno</t>
   </si>
   <si>
     <t>João Monjardino</t>
   </si>
   <si>
     <t>Carlos Luiz</t>
   </si>
   <si>
     <t>SEBASTIAN FODOR</t>
   </si>
   <si>
     <t>CRISPIANO MAGRO</t>
   </si>
   <si>
     <t>JOAO CURVELO</t>
   </si>
   <si>
     <t>Pedro Teixeira</t>
   </si>
   <si>
     <t>LUÍS SANTOS</t>
   </si>
@@ -1163,66 +1163,66 @@
   <si>
     <t>Paulo Sousa</t>
   </si>
   <si>
     <t>José Sousa</t>
   </si>
   <si>
     <t>Joao Ferreira</t>
   </si>
   <si>
     <t>Gonçalo Santos</t>
   </si>
   <si>
     <t>CARLOS CARDOSO</t>
   </si>
   <si>
     <t xml:space="preserve">André  Ramires</t>
   </si>
   <si>
     <t>Pedro Machado</t>
   </si>
   <si>
     <t>Paulo Caçador</t>
   </si>
   <si>
-    <t xml:space="preserve">Luis  Menezes</t>
+    <t xml:space="preserve">Luis  Meneses</t>
   </si>
   <si>
     <t>F 45</t>
   </si>
   <si>
     <t>Carla Freitas</t>
   </si>
   <si>
     <t xml:space="preserve">ANA   FRUTUOSO</t>
   </si>
   <si>
     <t>Ana Pereira</t>
   </si>
   <si>
-    <t>CLÁUDIA BORRALHO</t>
+    <t>VENCEDORA CAPUNGA</t>
   </si>
   <si>
     <t>VANDA MURTEIRA</t>
   </si>
   <si>
     <t xml:space="preserve">CÉLIA  SILVA</t>
   </si>
   <si>
     <t>Fabiola Landeiro</t>
   </si>
   <si>
     <t>Rebecca Coutinho</t>
   </si>
   <si>
     <t>Marisa Silva</t>
   </si>
   <si>
     <t>SOFIA ALEIXO</t>
   </si>
   <si>
     <t xml:space="preserve">SOFIA  RIBEIRO</t>
   </si>
   <si>
     <t>Sónia Monteiro</t>
   </si>
@@ -1259,183 +1259,183 @@
   <si>
     <t>Yukie Santos</t>
   </si>
   <si>
     <t xml:space="preserve">ALEXANDRA   FERREIRA</t>
   </si>
   <si>
     <t xml:space="preserve">PATRICIA  AMORIM</t>
   </si>
   <si>
     <t xml:space="preserve">Ana  Serra</t>
   </si>
   <si>
     <t xml:space="preserve">ALEXANDRA   SOUSA</t>
   </si>
   <si>
     <t>Carla Alves</t>
   </si>
   <si>
     <t>Lucinda Espada</t>
   </si>
   <si>
     <t xml:space="preserve">SILVIA  TAVARES</t>
   </si>
   <si>
-    <t>ANDREA FRADINHO</t>
+    <t>FRANCISCO NUNES</t>
   </si>
   <si>
     <t>Sílvia Moreira</t>
   </si>
   <si>
     <t xml:space="preserve">SUSANA  FREAZA</t>
   </si>
   <si>
     <t>M 50</t>
   </si>
   <si>
     <t>Hélder Rebelo</t>
   </si>
   <si>
     <t xml:space="preserve">PEDRO PRETO </t>
   </si>
   <si>
-    <t xml:space="preserve">CARLOS FREITAS </t>
-[...2 lines deleted...]
-    <t>NATACHA FAUSTINO</t>
+    <t>Joaquim Amaral</t>
+  </si>
+  <si>
+    <t>AEVERTON OLIVEIRA</t>
   </si>
   <si>
     <t xml:space="preserve">Dinis  Ribas </t>
   </si>
   <si>
     <t>Paulo Martins</t>
   </si>
   <si>
     <t>GONÇALO COSTA</t>
   </si>
   <si>
     <t xml:space="preserve">CARLOS   SILVA</t>
   </si>
   <si>
     <t>Paulo Tomás</t>
   </si>
   <si>
     <t>João Narra</t>
   </si>
   <si>
-    <t xml:space="preserve">JOAQUIM SANTOS </t>
+    <t>Gustavo Monteiro</t>
   </si>
   <si>
     <t>Luis Barata</t>
   </si>
   <si>
     <t>Dinis Morais</t>
   </si>
   <si>
     <t>Pedro Esteves</t>
   </si>
   <si>
     <t>PEDRO FERNANDES</t>
   </si>
   <si>
     <t>Etienne Lopes</t>
   </si>
   <si>
     <t xml:space="preserve">JORGE   SIMÕES</t>
   </si>
   <si>
     <t>JOSÉ ALVES</t>
   </si>
   <si>
     <t>JULIO FERREIRA</t>
   </si>
   <si>
     <t>Fernando Gonçalves</t>
   </si>
   <si>
     <t xml:space="preserve">José  Raposo</t>
   </si>
   <si>
     <t>Paulo Espirito-Santo</t>
   </si>
   <si>
     <t>João Revés</t>
   </si>
   <si>
-    <t xml:space="preserve">JOÃO  NEVES</t>
+    <t>ANDRÉ LIMA</t>
   </si>
   <si>
     <t>Ricardo Rodrigues</t>
   </si>
   <si>
     <t xml:space="preserve">BENTO   QUARESMA</t>
   </si>
   <si>
     <t xml:space="preserve">VÍTOR   CANTO</t>
   </si>
   <si>
     <t xml:space="preserve">Orlando  Silva</t>
   </si>
   <si>
     <t>João Gomes</t>
   </si>
   <si>
     <t>Miguel Moradias</t>
   </si>
   <si>
     <t xml:space="preserve">Manuel  Silva</t>
   </si>
   <si>
     <t>Carlos Carvalho</t>
   </si>
   <si>
     <t>Luis Gonçalves</t>
   </si>
   <si>
     <t>José Ruivo</t>
   </si>
   <si>
     <t>Rui Vaz</t>
   </si>
   <si>
     <t>Jorge Azevedo</t>
   </si>
   <si>
     <t>Rodrigo Ferreira</t>
   </si>
   <si>
     <t xml:space="preserve">ANTÓNIO   QUARESMA</t>
   </si>
   <si>
     <t>F 50</t>
   </si>
   <si>
     <t>ALEXANDRA PORTELA</t>
   </si>
   <si>
-    <t xml:space="preserve">Ana  Santos</t>
+    <t>Ana Cleto</t>
   </si>
   <si>
     <t>Amigos do Atletismo de Mafra</t>
   </si>
   <si>
     <t>Maria Proença</t>
   </si>
   <si>
     <t xml:space="preserve">ANABELA SALAZAR </t>
   </si>
   <si>
     <t>Natasha Dias</t>
   </si>
   <si>
     <t>Ana Ferreira</t>
   </si>
   <si>
     <t>Eugénia Ribeiro</t>
   </si>
   <si>
     <t>Fernanda Murteira</t>
   </si>
   <si>
     <t xml:space="preserve">SANDRA  FERNANDES</t>
   </si>
@@ -1463,51 +1463,51 @@
   <si>
     <t>Sofia Morgado</t>
   </si>
   <si>
     <t>Sónia Amaro</t>
   </si>
   <si>
     <t>Sara Silva</t>
   </si>
   <si>
     <t xml:space="preserve">PAULA   SARAIVA</t>
   </si>
   <si>
     <t>Carla Faria</t>
   </si>
   <si>
     <t xml:space="preserve">RITA   MINA</t>
   </si>
   <si>
     <t xml:space="preserve">CARLA   RAPOSO</t>
   </si>
   <si>
     <t>Cidália Borges</t>
   </si>
   <si>
-    <t>Nuno Falé</t>
+    <t>José Ferreira</t>
   </si>
   <si>
     <t>Paula Silva</t>
   </si>
   <si>
     <t>Isabel Silva</t>
   </si>
   <si>
     <t>ALZIRA VIEIRA</t>
   </si>
   <si>
     <t>ISABEL SAMPAIO</t>
   </si>
   <si>
     <t>Elisa Macedo</t>
   </si>
   <si>
     <t>Carla Rato</t>
   </si>
   <si>
     <t>Susana Pinto</t>
   </si>
   <si>
     <t>Maria Madeira</t>
   </si>
@@ -1559,51 +1559,51 @@
   <si>
     <t>João Marques</t>
   </si>
   <si>
     <t>Ramiro Canto</t>
   </si>
   <si>
     <t>Carlos Lopes</t>
   </si>
   <si>
     <t>Paulo Moradias</t>
   </si>
   <si>
     <t>Alfredo Bacelar</t>
   </si>
   <si>
     <t>Nuno Galvão</t>
   </si>
   <si>
     <t xml:space="preserve">FERNANDO   COELHO</t>
   </si>
   <si>
     <t xml:space="preserve">CARLOS   BARRENTO</t>
   </si>
   <si>
-    <t>José Bouceiro</t>
+    <t>CARLOS CASAL</t>
   </si>
   <si>
     <t>Luís Cotrim</t>
   </si>
   <si>
     <t>Luís Correia</t>
   </si>
   <si>
     <t xml:space="preserve">NATACHA  CHUMBO</t>
   </si>
   <si>
     <t>António Jacinto</t>
   </si>
   <si>
     <t xml:space="preserve">ANTÓNIO  ALVES</t>
   </si>
   <si>
     <t>Antonio Diogo</t>
   </si>
   <si>
     <t xml:space="preserve">EMILIO  GONÇALVES</t>
   </si>
   <si>
     <t>João Reis</t>
   </si>
@@ -1781,51 +1781,51 @@
   <si>
     <t>Luís Reis</t>
   </si>
   <si>
     <t>Adriano Cunha</t>
   </si>
   <si>
     <t>João Moacho</t>
   </si>
   <si>
     <t>Jorge Mendes Batista</t>
   </si>
   <si>
     <t>F 65</t>
   </si>
   <si>
     <t>Maria Alice Machado</t>
   </si>
   <si>
     <t>Filomena Moura</t>
   </si>
   <si>
     <t xml:space="preserve">ESTER  LOPES</t>
   </si>
   <si>
-    <t xml:space="preserve">ALDA  LUIS</t>
+    <t>CAROLINA NUNES</t>
   </si>
   <si>
     <t>M 70</t>
   </si>
   <si>
     <t>Armando Correia</t>
   </si>
   <si>
     <t>Luis Duarte</t>
   </si>
   <si>
     <t xml:space="preserve">MARIO   GONÇALVES</t>
   </si>
   <si>
     <t>Ventura Saraiva</t>
   </si>
   <si>
     <t>Paulo Alceu</t>
   </si>
   <si>
     <t>José Marques</t>
   </si>
   <si>
     <t xml:space="preserve">MÁRIO   GOMES</t>
   </si>