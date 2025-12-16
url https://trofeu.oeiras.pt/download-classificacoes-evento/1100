--- v0 (2025-10-31)
+++ v1 (2025-12-16)
@@ -365,63 +365,63 @@
   <si>
     <t>Diana Pedro</t>
   </si>
   <si>
     <t>Melany Reis</t>
   </si>
   <si>
     <t xml:space="preserve">Carolina Coelho </t>
   </si>
   <si>
     <t xml:space="preserve">Raquel  Vitorino</t>
   </si>
   <si>
     <t xml:space="preserve">JOANA  SANTOS</t>
   </si>
   <si>
     <t>MARTA MARTINS</t>
   </si>
   <si>
     <t>Maria Beatriz Mendes</t>
   </si>
   <si>
     <t>ÍRIS ALMEIDA</t>
   </si>
   <si>
-    <t>GABRIELA BARROS</t>
+    <t xml:space="preserve">RITA  MACHADO</t>
   </si>
   <si>
     <t>Sauda Nuengniyom</t>
   </si>
   <si>
     <t>SANDRA REIS</t>
   </si>
   <si>
     <t xml:space="preserve">JOANA  FONTINHA</t>
   </si>
   <si>
-    <t>CONSTANÇA CRUZINHA</t>
+    <t>PAULO JORGE MARTINS</t>
   </si>
   <si>
     <t>SERENA MONTEIRO</t>
   </si>
   <si>
     <t xml:space="preserve">ANA  AMORIM</t>
   </si>
   <si>
     <t>Iniciados - Masculinos</t>
   </si>
   <si>
     <t>Guilherme Filipe</t>
   </si>
   <si>
     <t>LUCA ROBINSON</t>
   </si>
   <si>
     <t>Santinho Kneissler</t>
   </si>
   <si>
     <t>TIAGO VASCO</t>
   </si>
   <si>
     <t xml:space="preserve">TOMÁS PEREIRA </t>
   </si>
@@ -557,63 +557,63 @@
   <si>
     <t>MARIANA FRANCISCO</t>
   </si>
   <si>
     <t>CARMEN SÁ</t>
   </si>
   <si>
     <t>LEONOR SIMÕES</t>
   </si>
   <si>
     <t>JÚLIA SANTOS</t>
   </si>
   <si>
     <t>LAURA CAROLA</t>
   </si>
   <si>
     <t>Rita Silva</t>
   </si>
   <si>
     <t xml:space="preserve">Matilde  Sousa</t>
   </si>
   <si>
     <t>Juniores - Masculinos</t>
   </si>
   <si>
-    <t>DUARTE TALEIGO</t>
+    <t>ANA DIAS</t>
   </si>
   <si>
     <t>EDSON CARVALHO</t>
   </si>
   <si>
     <t>Salvador Alves</t>
   </si>
   <si>
     <t>Tomas Catalão</t>
   </si>
   <si>
-    <t>PEDRO VIEIRA</t>
+    <t>DEUS KAPUNGA</t>
   </si>
   <si>
     <t xml:space="preserve">JORGE  BETTENCOURT DA SILVA</t>
   </si>
   <si>
     <t>EDILSON COSTA</t>
   </si>
   <si>
     <t>Juniores - Femininos</t>
   </si>
   <si>
     <t>BEATRIZ FERNANDES</t>
   </si>
   <si>
     <t>Madalena Preciso</t>
   </si>
   <si>
     <t>MARGARIDA SANTOS</t>
   </si>
   <si>
     <t>Sub 23 - Masculinos</t>
   </si>
   <si>
     <t>TIAGO SABINO</t>
   </si>
@@ -641,51 +641,51 @@
   <si>
     <t>Vasco Barreiros</t>
   </si>
   <si>
     <t>DIOGO CORREIA</t>
   </si>
   <si>
     <t>Sub 23 - Femininos</t>
   </si>
   <si>
     <t>TATIANA MOURA</t>
   </si>
   <si>
     <t>MARIA SANTOS</t>
   </si>
   <si>
     <t>Rita Bacelar</t>
   </si>
   <si>
     <t>NAZARE ROBERTSON</t>
   </si>
   <si>
     <t>Seniores - Masculinos</t>
   </si>
   <si>
-    <t>DIOGO BATISTA</t>
+    <t>GONÇALO GONÇALVES</t>
   </si>
   <si>
     <t>FILIPE REBELO</t>
   </si>
   <si>
     <t>NUNO CARRAÇA</t>
   </si>
   <si>
     <t>Cristiano Cibrão</t>
   </si>
   <si>
     <t>JOAQUIM CERQUEIRA</t>
   </si>
   <si>
     <t>Rui Almeida</t>
   </si>
   <si>
     <t xml:space="preserve">SALVADOR BOURA </t>
   </si>
   <si>
     <t>ANTÓNIO BONÉ</t>
   </si>
   <si>
     <t>JOSÉ CARVALHO</t>
   </si>
@@ -800,51 +800,51 @@
   <si>
     <t>Hugo Evaristo</t>
   </si>
   <si>
     <t>Tiago Andrade</t>
   </si>
   <si>
     <t>Nuno Quintela</t>
   </si>
   <si>
     <t>André Oliveira</t>
   </si>
   <si>
     <t>Grupo Recreativo e Desportivo da Ribeira da Lage</t>
   </si>
   <si>
     <t>Paulo Alves</t>
   </si>
   <si>
     <t>Bruno Ferreira</t>
   </si>
   <si>
     <t>Valejas Atlético Clube</t>
   </si>
   <si>
-    <t xml:space="preserve">TIAGO VELEZ </t>
+    <t>JOSÉ VASCO</t>
   </si>
   <si>
     <t xml:space="preserve">VÍTOR   TEIXEIRA</t>
   </si>
   <si>
     <t xml:space="preserve">Duarte  Costa</t>
   </si>
   <si>
     <t>RICARDO CONCEIÇÃO</t>
   </si>
   <si>
     <t xml:space="preserve">Ricardo  Ferreira</t>
   </si>
   <si>
     <t>Grupo Desportivo de Barcarena</t>
   </si>
   <si>
     <t xml:space="preserve">Marco  Esteves</t>
   </si>
   <si>
     <t>Paulo Ramos</t>
   </si>
   <si>
     <t>Tiago Oliveira</t>
   </si>
@@ -1001,51 +1001,51 @@
   <si>
     <t xml:space="preserve">Luís  Braz</t>
   </si>
   <si>
     <t>José Gouveia</t>
   </si>
   <si>
     <t>Bruno Marques</t>
   </si>
   <si>
     <t>Adriano Mendes</t>
   </si>
   <si>
     <t>Ricardo Carvalho</t>
   </si>
   <si>
     <t>F 40</t>
   </si>
   <si>
     <t>MARINA DOMIMGUES</t>
   </si>
   <si>
     <t>Anabela Vinha</t>
   </si>
   <si>
-    <t>ELISABETE MACEDO</t>
+    <t>MARTA MOTA</t>
   </si>
   <si>
     <t>MARIANA FODOR</t>
   </si>
   <si>
     <t>Maria Jesus</t>
   </si>
   <si>
     <t>Odilia Gomes</t>
   </si>
   <si>
     <t xml:space="preserve">Diana  Guimarães</t>
   </si>
   <si>
     <t>Maria Coronha</t>
   </si>
   <si>
     <t>Catarina Rodrigues</t>
   </si>
   <si>
     <t>ANA NETO</t>
   </si>
   <si>
     <t>Isabel Gomez</t>
   </si>
@@ -1079,195 +1079,195 @@
   <si>
     <t xml:space="preserve">ARTUR   PEREIRA</t>
   </si>
   <si>
     <t>Nuno Tintim</t>
   </si>
   <si>
     <t>PEDRO MAGALHÃES</t>
   </si>
   <si>
     <t>Rui Henriques</t>
   </si>
   <si>
     <t xml:space="preserve">NUNO FERNANDES </t>
   </si>
   <si>
     <t>Eduardo Coelho</t>
   </si>
   <si>
     <t>João Guterres</t>
   </si>
   <si>
     <t>PEDRO BURRICA</t>
   </si>
   <si>
-    <t xml:space="preserve">JORGE  NUNES DA SILVA</t>
-[...2 lines deleted...]
-    <t>Jorge Paredes</t>
+    <t>ABNER KIENE</t>
+  </si>
+  <si>
+    <t>VÂNIA VALÉRIO</t>
   </si>
   <si>
     <t>Emanuel Oliveira</t>
   </si>
   <si>
     <t>Luis Filipe</t>
   </si>
   <si>
     <t xml:space="preserve">RUI   DUARTE</t>
   </si>
   <si>
     <t>André Santos</t>
   </si>
   <si>
     <t>Tiago Rocha</t>
   </si>
   <si>
     <t>Bruno Afonso</t>
   </si>
   <si>
     <t>Artur Alves</t>
   </si>
   <si>
     <t>Ricardo Nuno</t>
   </si>
   <si>
     <t>Luís Figueira</t>
   </si>
   <si>
     <t>Paulo Serra</t>
   </si>
   <si>
-    <t xml:space="preserve">JOAQUIM AMARAL </t>
+    <t xml:space="preserve">PEDRO  CAVILHAS</t>
   </si>
   <si>
     <t xml:space="preserve">Pedro  Gomes </t>
   </si>
   <si>
     <t>Sergio Carvalho</t>
   </si>
   <si>
     <t>SEBASTIAN FODOR</t>
   </si>
   <si>
     <t xml:space="preserve">JOÃO   RODRIGUES</t>
   </si>
   <si>
     <t xml:space="preserve">João  Aguiar</t>
   </si>
   <si>
     <t>Nuno Morgado</t>
   </si>
   <si>
     <t>GMCJamor</t>
   </si>
   <si>
     <t>Rui Correia</t>
   </si>
   <si>
     <t>JORGE VIEIRA</t>
   </si>
   <si>
     <t xml:space="preserve">Joaquim  Guerra</t>
   </si>
   <si>
     <t>Nuno Alves</t>
   </si>
   <si>
     <t>João Sayanda</t>
   </si>
   <si>
     <t>Luís Nogueira</t>
   </si>
   <si>
-    <t>EZEQUIEL ANDRADE</t>
+    <t>MILA ALEXANDRA HELD</t>
   </si>
   <si>
     <t>Pedro Teixeira</t>
   </si>
   <si>
     <t>Nelson Tembe</t>
   </si>
   <si>
     <t>Pedro Machado</t>
   </si>
   <si>
     <t>Paulo Sousa</t>
   </si>
   <si>
     <t>João Neves</t>
   </si>
   <si>
     <t xml:space="preserve">RICARDO   FARIA</t>
   </si>
   <si>
     <t>Gonçalo Santos</t>
   </si>
   <si>
     <t>Nuno Ibraimo</t>
   </si>
   <si>
     <t>ARTUR COTA</t>
   </si>
   <si>
     <t>Mark Brassel</t>
   </si>
   <si>
-    <t xml:space="preserve">Luis  Menezes</t>
+    <t xml:space="preserve">Luis  Meneses</t>
   </si>
   <si>
     <t>Januário Coelho</t>
   </si>
   <si>
     <t>F 45</t>
   </si>
   <si>
     <t>Palmira Quinhama</t>
   </si>
   <si>
     <t xml:space="preserve">ANA   FRUTUOSO</t>
   </si>
   <si>
     <t>Carla Freitas</t>
   </si>
   <si>
     <t>Maria Maçanita</t>
   </si>
   <si>
     <t>SUSANA RAPOSO</t>
   </si>
   <si>
     <t>Rute Queiroz</t>
   </si>
   <si>
     <t>Marisa Silva</t>
   </si>
   <si>
     <t>Ana Pereira</t>
   </si>
   <si>
-    <t>CLÁUDIA BORRALHO</t>
+    <t>VENCEDORA CAPUNGA</t>
   </si>
   <si>
     <t>VANDA MURTEIRA</t>
   </si>
   <si>
     <t>Yukie Santos</t>
   </si>
   <si>
     <t xml:space="preserve">CÉLIA  SILVA</t>
   </si>
   <si>
     <t xml:space="preserve">PATRÍCIA   MATOS</t>
   </si>
   <si>
     <t>Rebecca Coutinho</t>
   </si>
   <si>
     <t xml:space="preserve">SOFIA  RIBEIRO</t>
   </si>
   <si>
     <t>SOFIA ALEIXO</t>
   </si>
   <si>
     <t xml:space="preserve">MARINA   PANTALIÃO</t>
   </si>
@@ -1313,96 +1313,96 @@
   <si>
     <t>Lara Sayanda</t>
   </si>
   <si>
     <t xml:space="preserve">Mariana  Borges</t>
   </si>
   <si>
     <t>Carla Alves</t>
   </si>
   <si>
     <t>Sílvia Moreira</t>
   </si>
   <si>
     <t>M 50</t>
   </si>
   <si>
     <t>Artur Santiago</t>
   </si>
   <si>
     <t>Hélder Rebelo</t>
   </si>
   <si>
     <t>SÉRGIO PAIVA</t>
   </si>
   <si>
-    <t xml:space="preserve">CARLOS FREITAS </t>
+    <t>Filipe Rebelo</t>
   </si>
   <si>
     <t xml:space="preserve">PEDRO PRETO </t>
   </si>
   <si>
     <t>Paulo Martins</t>
   </si>
   <si>
     <t>NATACHA FAUSTINO</t>
   </si>
   <si>
     <t xml:space="preserve">Rui Oliveira </t>
   </si>
   <si>
     <t>Luis Monteiro</t>
   </si>
   <si>
     <t xml:space="preserve">CARLOS   SILVA</t>
   </si>
   <si>
     <t>MÁRIO JERÓNIMO</t>
   </si>
   <si>
     <t>Rui Cleto</t>
   </si>
   <si>
     <t>Amigos do Atletismo de Mafra</t>
   </si>
   <si>
     <t xml:space="preserve">Pedro  Ferreira</t>
   </si>
   <si>
     <t xml:space="preserve">Manuel  Fontinha</t>
   </si>
   <si>
     <t xml:space="preserve">ORLANDO  CORREIA</t>
   </si>
   <si>
     <t xml:space="preserve">JOAQUIM   SANTOS</t>
   </si>
   <si>
     <t>Paulo Tomás</t>
   </si>
   <si>
-    <t xml:space="preserve">JOAQUIM SANTOS </t>
+    <t>FRANCISCO MOTA</t>
   </si>
   <si>
     <t>Pedro Esteves</t>
   </si>
   <si>
     <t>Paulo Lopes</t>
   </si>
   <si>
     <t>Pedro Andrade</t>
   </si>
   <si>
     <t>PEDRO FERNANDES</t>
   </si>
   <si>
     <t>Rui Lacerda</t>
   </si>
   <si>
     <t>JOSÉ ALVES</t>
   </si>
   <si>
     <t>Sérgio Sota</t>
   </si>
   <si>
     <t>Etienne Lopes</t>
   </si>
@@ -1451,51 +1451,51 @@
   <si>
     <t xml:space="preserve">ANTÓNIO   QUARESMA</t>
   </si>
   <si>
     <t>Eduardo Lopes</t>
   </si>
   <si>
     <t>José Alves</t>
   </si>
   <si>
     <t>Luis Barata</t>
   </si>
   <si>
     <t>Jorge Santos</t>
   </si>
   <si>
     <t>F 50</t>
   </si>
   <si>
     <t>ALEXANDRA PORTELA</t>
   </si>
   <si>
     <t>Fernanda Santinha</t>
   </si>
   <si>
-    <t xml:space="preserve">Ana  Santos</t>
+    <t>Ana Cleto</t>
   </si>
   <si>
     <t xml:space="preserve">ANABELA SALAZAR </t>
   </si>
   <si>
     <t xml:space="preserve">Cristina  Henrique</t>
   </si>
   <si>
     <t xml:space="preserve">SANDRA  FERNANDES</t>
   </si>
   <si>
     <t>Ana Ferreira</t>
   </si>
   <si>
     <t xml:space="preserve">NATÁLIA DIAS </t>
   </si>
   <si>
     <t>Fernanda Murteira</t>
   </si>
   <si>
     <t>Licínia Rego</t>
   </si>
   <si>
     <t>PAULA REBELO</t>
   </si>
@@ -1799,51 +1799,51 @@
   <si>
     <t>Carlos Santos</t>
   </si>
   <si>
     <t xml:space="preserve">ALCINDO   ALMEIDA</t>
   </si>
   <si>
     <t>Paulo Mallen</t>
   </si>
   <si>
     <t>Vítor Revés</t>
   </si>
   <si>
     <t>Lúcio Morais</t>
   </si>
   <si>
     <t>Jorge Valadares</t>
   </si>
   <si>
     <t>José Santos</t>
   </si>
   <si>
     <t xml:space="preserve">Hermínio  Cabeceira</t>
   </si>
   <si>
-    <t xml:space="preserve">Carlos A  P Silva</t>
+    <t xml:space="preserve">Carlos  Silva</t>
   </si>
   <si>
     <t xml:space="preserve">JOAQUIM   BELGA</t>
   </si>
   <si>
     <t>Francisco Aragão</t>
   </si>
   <si>
     <t>José Silva</t>
   </si>
   <si>
     <t>F 60</t>
   </si>
   <si>
     <t>Lurdes Romero</t>
   </si>
   <si>
     <t>LURDES SANTOS</t>
   </si>
   <si>
     <t>Esmeralda Gomes</t>
   </si>
   <si>
     <t>Ana Silva</t>
   </si>