--- v1 (2025-12-16)
+++ v2 (2026-02-16)
@@ -620,51 +620,51 @@
   <si>
     <t>VALTER GOMES</t>
   </si>
   <si>
     <t xml:space="preserve">ALEXANDRE  PEREIRA</t>
   </si>
   <si>
     <t>TOMÁS ESTEVES</t>
   </si>
   <si>
     <t>MIGUEL REBELO</t>
   </si>
   <si>
     <t>JOÃO REBELO</t>
   </si>
   <si>
     <t>GONÇALO MENDES</t>
   </si>
   <si>
     <t xml:space="preserve">LUÍS TEIXEIRA </t>
   </si>
   <si>
     <t>Vasco Barreiros</t>
   </si>
   <si>
-    <t>DIOGO CORREIA</t>
+    <t>AGOSTINHO MATOS</t>
   </si>
   <si>
     <t>Sub 23 - Femininos</t>
   </si>
   <si>
     <t>TATIANA MOURA</t>
   </si>
   <si>
     <t>MARIA SANTOS</t>
   </si>
   <si>
     <t>Rita Bacelar</t>
   </si>
   <si>
     <t>NAZARE ROBERTSON</t>
   </si>
   <si>
     <t>Seniores - Masculinos</t>
   </si>
   <si>
     <t>GONÇALO GONÇALVES</t>
   </si>
   <si>
     <t>FILIPE REBELO</t>
   </si>
@@ -1313,96 +1313,96 @@
   <si>
     <t>Lara Sayanda</t>
   </si>
   <si>
     <t xml:space="preserve">Mariana  Borges</t>
   </si>
   <si>
     <t>Carla Alves</t>
   </si>
   <si>
     <t>Sílvia Moreira</t>
   </si>
   <si>
     <t>M 50</t>
   </si>
   <si>
     <t>Artur Santiago</t>
   </si>
   <si>
     <t>Hélder Rebelo</t>
   </si>
   <si>
     <t>SÉRGIO PAIVA</t>
   </si>
   <si>
-    <t>Filipe Rebelo</t>
+    <t>Joaquim Amaral</t>
   </si>
   <si>
     <t xml:space="preserve">PEDRO PRETO </t>
   </si>
   <si>
     <t>Paulo Martins</t>
   </si>
   <si>
-    <t>NATACHA FAUSTINO</t>
+    <t>AEVERTON OLIVEIRA</t>
   </si>
   <si>
     <t xml:space="preserve">Rui Oliveira </t>
   </si>
   <si>
     <t>Luis Monteiro</t>
   </si>
   <si>
     <t xml:space="preserve">CARLOS   SILVA</t>
   </si>
   <si>
     <t>MÁRIO JERÓNIMO</t>
   </si>
   <si>
     <t>Rui Cleto</t>
   </si>
   <si>
     <t>Amigos do Atletismo de Mafra</t>
   </si>
   <si>
     <t xml:space="preserve">Pedro  Ferreira</t>
   </si>
   <si>
     <t xml:space="preserve">Manuel  Fontinha</t>
   </si>
   <si>
     <t xml:space="preserve">ORLANDO  CORREIA</t>
   </si>
   <si>
     <t xml:space="preserve">JOAQUIM   SANTOS</t>
   </si>
   <si>
     <t>Paulo Tomás</t>
   </si>
   <si>
-    <t>FRANCISCO MOTA</t>
+    <t>Gustavo Monteiro</t>
   </si>
   <si>
     <t>Pedro Esteves</t>
   </si>
   <si>
     <t>Paulo Lopes</t>
   </si>
   <si>
     <t>Pedro Andrade</t>
   </si>
   <si>
     <t>PEDRO FERNANDES</t>
   </si>
   <si>
     <t>Rui Lacerda</t>
   </si>
   <si>
     <t>JOSÉ ALVES</t>
   </si>
   <si>
     <t>Sérgio Sota</t>
   </si>
   <si>
     <t>Etienne Lopes</t>
   </si>
@@ -1877,51 +1877,51 @@
   <si>
     <t xml:space="preserve">LUÍS   PETISCA</t>
   </si>
   <si>
     <t xml:space="preserve">Jacinto  Pereira</t>
   </si>
   <si>
     <t>Amilcar Dias</t>
   </si>
   <si>
     <t>Manuel Azevedo</t>
   </si>
   <si>
     <t>F 65</t>
   </si>
   <si>
     <t>EKATERINA KHRAMENKOVA</t>
   </si>
   <si>
     <t>Maria Alice Machado</t>
   </si>
   <si>
     <t xml:space="preserve">ESTER  LOPES</t>
   </si>
   <si>
-    <t xml:space="preserve">ALDA  LUIS</t>
+    <t>CAROLINA NUNES</t>
   </si>
   <si>
     <t>M 70</t>
   </si>
   <si>
     <t>José Sapo</t>
   </si>
   <si>
     <t>Antonio Gonçalves Raimundo</t>
   </si>
   <si>
     <t>Armando Correia</t>
   </si>
   <si>
     <t xml:space="preserve">MÁRIO   GOMES</t>
   </si>
   <si>
     <t xml:space="preserve">MARIO   GONÇALVES</t>
   </si>
   <si>
     <t>Ventura Saraiva</t>
   </si>
   <si>
     <t>José Marques</t>
   </si>