--- v0 (2025-11-03)
+++ v1 (2025-12-23)
@@ -323,51 +323,51 @@
   <si>
     <t>SARA RIBAS</t>
   </si>
   <si>
     <t>Melany Reis</t>
   </si>
   <si>
     <t>ÍRIS ALMEIDA</t>
   </si>
   <si>
     <t>MARTA MARTINS</t>
   </si>
   <si>
     <t xml:space="preserve">Carolina Coelho </t>
   </si>
   <si>
     <t>SERENA MONTEIRO</t>
   </si>
   <si>
     <t>Joana Silva</t>
   </si>
   <si>
     <t>SANDRA REIS</t>
   </si>
   <si>
-    <t>CONSTANÇA CRUZINHA</t>
+    <t>PAULO JORGE MARTINS</t>
   </si>
   <si>
     <t>Beatriz Simões</t>
   </si>
   <si>
     <t>Iniciados - Masculinos</t>
   </si>
   <si>
     <t>LUCA ROBINSON</t>
   </si>
   <si>
     <t>Santinho Kneissler</t>
   </si>
   <si>
     <t>TIAGO VASCO</t>
   </si>
   <si>
     <t xml:space="preserve">TOMÁS PEREIRA </t>
   </si>
   <si>
     <t>JORGE PATRÃO</t>
   </si>
   <si>
     <t>Gonçalo Queiroz</t>
   </si>
@@ -464,51 +464,51 @@
   <si>
     <t>SILVANIA COSTA</t>
   </si>
   <si>
     <t>MARIANA FRANCISCO</t>
   </si>
   <si>
     <t>CARMEN SÁ</t>
   </si>
   <si>
     <t>LAURA CAROLA</t>
   </si>
   <si>
     <t xml:space="preserve">Matilde  Sousa</t>
   </si>
   <si>
     <t>Margarida Valente</t>
   </si>
   <si>
     <t>Juniores - Masculinos</t>
   </si>
   <si>
     <t>EDSON CARVALHO</t>
   </si>
   <si>
-    <t>PEDRO VIEIRA</t>
+    <t>DEUS KAPUNGA</t>
   </si>
   <si>
     <t xml:space="preserve">JORGE  BETTENCOURT DA SILVA</t>
   </si>
   <si>
     <t>Juniores - Femininos</t>
   </si>
   <si>
     <t>BEATRIZ FERNANDES</t>
   </si>
   <si>
     <t>Diana Alvarez</t>
   </si>
   <si>
     <t xml:space="preserve">CAMILA  AMORIM</t>
   </si>
   <si>
     <t>Daniela Viana</t>
   </si>
   <si>
     <t>Sub 23 - Masculinos</t>
   </si>
   <si>
     <t>VALTER GOMES</t>
   </si>
@@ -614,51 +614,51 @@
   <si>
     <t xml:space="preserve">ANDRÉ   PERDIGÃO</t>
   </si>
   <si>
     <t>ANA GOMES</t>
   </si>
   <si>
     <t xml:space="preserve">JOÃO   PEREIRA</t>
   </si>
   <si>
     <t>Tiago Pádua</t>
   </si>
   <si>
     <t>Tiago Valente</t>
   </si>
   <si>
     <t>Carlos Gomes</t>
   </si>
   <si>
     <t xml:space="preserve">TIAGO   SILVA</t>
   </si>
   <si>
     <t>Jorge Lourenço</t>
   </si>
   <si>
-    <t xml:space="preserve">José  Cavaco </t>
+    <t xml:space="preserve">Leonardo  Ventura</t>
   </si>
   <si>
     <t>Samuel Tembe</t>
   </si>
   <si>
     <t>Pedro Lourenço</t>
   </si>
   <si>
     <t xml:space="preserve">Francisco  Val</t>
   </si>
   <si>
     <t>Carlos Ferreira</t>
   </si>
   <si>
     <t>GMCJamor</t>
   </si>
   <si>
     <t>Seniores - Femininos</t>
   </si>
   <si>
     <t>KCÉNIA BOUGROVA</t>
   </si>
   <si>
     <t>SARA MONTEIRO</t>
   </si>
@@ -725,51 +725,51 @@
   <si>
     <t>CLÁUDIA SOUSA</t>
   </si>
   <si>
     <t>Nuno Quintela</t>
   </si>
   <si>
     <t>André Oliveira</t>
   </si>
   <si>
     <t>Grupo Recreativo e Desportivo da Ribeira da Lage</t>
   </si>
   <si>
     <t>TELMO JORGE</t>
   </si>
   <si>
     <t>Gonçalo Faria</t>
   </si>
   <si>
     <t>Bruno Ferreira</t>
   </si>
   <si>
     <t>Pedro Serra</t>
   </si>
   <si>
-    <t xml:space="preserve">TIAGO VELEZ </t>
+    <t>JOSÉ VASCO</t>
   </si>
   <si>
     <t>Orlando Couceiro</t>
   </si>
   <si>
     <t>Grupo Recreativo e Desportivo “Os Fixes”</t>
   </si>
   <si>
     <t xml:space="preserve">Ricardo  Ferreira</t>
   </si>
   <si>
     <t xml:space="preserve">Diogo  Silva</t>
   </si>
   <si>
     <t>NÉLSON MOREIRA</t>
   </si>
   <si>
     <t>PAULO MAURICIO</t>
   </si>
   <si>
     <t>RICARDO CONCEIÇÃO</t>
   </si>
   <si>
     <t xml:space="preserve">Pedro  Ferreira</t>
   </si>
@@ -911,81 +911,81 @@
   <si>
     <t>Hugo Pacheco</t>
   </si>
   <si>
     <t>Paulo Vilhena</t>
   </si>
   <si>
     <t>Leandro Rodrigues</t>
   </si>
   <si>
     <t>Nuno Curto</t>
   </si>
   <si>
     <t>TIAGO RODRIGUES</t>
   </si>
   <si>
     <t>RUI ALEGRE</t>
   </si>
   <si>
     <t xml:space="preserve">PAULO VELEZ </t>
   </si>
   <si>
     <t>Helder Rosário</t>
   </si>
   <si>
-    <t>Nuno Ricardo</t>
+    <t>Sandra Segura</t>
   </si>
   <si>
     <t>Jorge Ramos</t>
   </si>
   <si>
     <t>GONÇALO PEDRO</t>
   </si>
   <si>
     <t>Sérgio Santos</t>
   </si>
   <si>
     <t>HENRIQUE VENTURA</t>
   </si>
   <si>
     <t>Carlos Casal</t>
   </si>
   <si>
     <t>Marco Lourenço</t>
   </si>
   <si>
     <t>Luís Santos</t>
   </si>
   <si>
     <t>F 40</t>
   </si>
   <si>
     <t>MARINA DOMIMGUES</t>
   </si>
   <si>
-    <t>ELISABETE MACEDO</t>
+    <t>MARTA MOTA</t>
   </si>
   <si>
     <t>MARIANA FODOR</t>
   </si>
   <si>
     <t>ANABELA DELGADO</t>
   </si>
   <si>
     <t>Cátea Ramos</t>
   </si>
   <si>
     <t>Maria Jesus</t>
   </si>
   <si>
     <t>Rodrigo Tavares</t>
   </si>
   <si>
     <t>Odilia Gomes</t>
   </si>
   <si>
     <t>Rita Pasadas</t>
   </si>
   <si>
     <t>Milene Batista</t>
   </si>
@@ -1043,78 +1043,78 @@
   <si>
     <t>Walkandrun.pt-Seaside</t>
   </si>
   <si>
     <t>Telmo Viegas</t>
   </si>
   <si>
     <t xml:space="preserve">NUNO FERNANDES </t>
   </si>
   <si>
     <t>Nuno Tintim</t>
   </si>
   <si>
     <t>João Guterres</t>
   </si>
   <si>
     <t>PEDRO MAGALHÃES</t>
   </si>
   <si>
     <t xml:space="preserve">JORGE   PINHO</t>
   </si>
   <si>
     <t>PEDRO BURRICA</t>
   </si>
   <si>
-    <t xml:space="preserve">JORGE  NUNES DA SILVA</t>
+    <t>ABNER KIENE</t>
   </si>
   <si>
     <t xml:space="preserve">PEDRO   VITORINO</t>
   </si>
   <si>
     <t xml:space="preserve">RUI   DUARTE</t>
   </si>
   <si>
     <t>PEDRO GOMES</t>
   </si>
   <si>
     <t>FEDERAÇÃO DA FAMÍLIA</t>
   </si>
   <si>
     <t>Bruno Afonso</t>
   </si>
   <si>
     <t>RICHARD WARRELL</t>
   </si>
   <si>
     <t>Luis Filipe</t>
   </si>
   <si>
     <t>Tiago Rocha</t>
   </si>
   <si>
-    <t xml:space="preserve">JOAQUIM AMARAL </t>
+    <t xml:space="preserve">PEDRO  CAVILHAS</t>
   </si>
   <si>
     <t>José Machado</t>
   </si>
   <si>
     <t>Ricardo Nuno</t>
   </si>
   <si>
     <t xml:space="preserve">ANTÓNIO   ORLANDO</t>
   </si>
   <si>
     <t>Artur Alves</t>
   </si>
   <si>
     <t>SEBASTIAN FODOR</t>
   </si>
   <si>
     <t>Ricardo Andorinho</t>
   </si>
   <si>
     <t>Helder Rijo</t>
   </si>
   <si>
     <t>Rodrigo Santos</t>
   </si>
@@ -1130,51 +1130,51 @@
   <si>
     <t>Nuno Morgado</t>
   </si>
   <si>
     <t>CRISPIANO MAGRO</t>
   </si>
   <si>
     <t xml:space="preserve">JOÃO   RODRIGUES</t>
   </si>
   <si>
     <t>CARLOS CARDOSO</t>
   </si>
   <si>
     <t>EVELINO MAGALHÃES</t>
   </si>
   <si>
     <t>LUÍS SANTOS</t>
   </si>
   <si>
     <t>João Sayanda</t>
   </si>
   <si>
     <t>Paulo Sousa</t>
   </si>
   <si>
-    <t>EZEQUIEL ANDRADE</t>
+    <t>MILA ALEXANDRA HELD</t>
   </si>
   <si>
     <t>FERNANDO CARDIA</t>
   </si>
   <si>
     <t>Nelson Tembe</t>
   </si>
   <si>
     <t>Luís Nogueira</t>
   </si>
   <si>
     <t>João Carvalho</t>
   </si>
   <si>
     <t>Nuno Duarte</t>
   </si>
   <si>
     <t>António Martins</t>
   </si>
   <si>
     <t>Rui Corveira</t>
   </si>
   <si>
     <t>Hugo Ferreira</t>
   </si>
@@ -1208,72 +1208,72 @@
   <si>
     <t>Nuno Ibraimo</t>
   </si>
   <si>
     <t>Miguel Reis</t>
   </si>
   <si>
     <t>ARTUR COTA</t>
   </si>
   <si>
     <t>Mark Brassel</t>
   </si>
   <si>
     <t>Sérgio Pires</t>
   </si>
   <si>
     <t>Bernardo Salavessa</t>
   </si>
   <si>
     <t xml:space="preserve">PEDRO   CANAS</t>
   </si>
   <si>
     <t>José Sousa</t>
   </si>
   <si>
-    <t xml:space="preserve">Luis  Menezes</t>
+    <t xml:space="preserve">Luis  Meneses</t>
   </si>
   <si>
     <t>F 45</t>
   </si>
   <si>
     <t>Palmira Quinhama</t>
   </si>
   <si>
     <t>Ana Pereira</t>
   </si>
   <si>
     <t xml:space="preserve">ANA   FRUTUOSO</t>
   </si>
   <si>
     <t>Rute Queiroz</t>
   </si>
   <si>
     <t xml:space="preserve">PATRÍCIA   MATOS</t>
   </si>
   <si>
-    <t>CLÁUDIA BORRALHO</t>
+    <t>VENCEDORA CAPUNGA</t>
   </si>
   <si>
     <t xml:space="preserve">CÉLIA  SILVA</t>
   </si>
   <si>
     <t>VANDA MURTEIRA</t>
   </si>
   <si>
     <t>SOFIA ALEIXO</t>
   </si>
   <si>
     <t xml:space="preserve">JOANA   PIÇARRA</t>
   </si>
   <si>
     <t xml:space="preserve">MARINA   PANTALIÃO</t>
   </si>
   <si>
     <t xml:space="preserve">ANABELA   SANTOS</t>
   </si>
   <si>
     <t>Sónia Monteiro</t>
   </si>
   <si>
     <t>SÓNIA SEQUEIRA</t>
   </si>
@@ -1331,51 +1331,51 @@
   <si>
     <t>Ana Costa</t>
   </si>
   <si>
     <t>M 50</t>
   </si>
   <si>
     <t>SÉRGIO PAIVA</t>
   </si>
   <si>
     <t>Hélder Rebelo</t>
   </si>
   <si>
     <t xml:space="preserve">PEDRO PRETO </t>
   </si>
   <si>
     <t>Filipe Sebastião</t>
   </si>
   <si>
     <t xml:space="preserve">FERNANDO   MIRANDA</t>
   </si>
   <si>
     <t xml:space="preserve">Rui Oliveira </t>
   </si>
   <si>
-    <t xml:space="preserve">CARLOS FREITAS </t>
+    <t>Filipe Rebelo</t>
   </si>
   <si>
     <t>Paulo Martins</t>
   </si>
   <si>
     <t>NATACHA FAUSTINO</t>
   </si>
   <si>
     <t xml:space="preserve">Dinis  Ribas </t>
   </si>
   <si>
     <t>Luis Monteiro</t>
   </si>
   <si>
     <t xml:space="preserve">Manuel  Fontinha</t>
   </si>
   <si>
     <t>Paulo Tomás</t>
   </si>
   <si>
     <t xml:space="preserve">CARLOS   SILVA</t>
   </si>
   <si>
     <t>João Narra</t>
   </si>
@@ -1757,51 +1757,51 @@
   <si>
     <t>Vitor Rocha</t>
   </si>
   <si>
     <t>JOSÉ RODRIGUES</t>
   </si>
   <si>
     <t>Paulo Mallen</t>
   </si>
   <si>
     <t>Manuel Araújo</t>
   </si>
   <si>
     <t>Carlos Santos</t>
   </si>
   <si>
     <t xml:space="preserve">ALCINDO   ALMEIDA</t>
   </si>
   <si>
     <t>Carlos Marques</t>
   </si>
   <si>
     <t>Vítor Revés</t>
   </si>
   <si>
-    <t xml:space="preserve">Carlos A  P Silva</t>
+    <t xml:space="preserve">Carlos  Silva</t>
   </si>
   <si>
     <t>João Teixeira</t>
   </si>
   <si>
     <t xml:space="preserve">Hermínio  Cabeceira</t>
   </si>
   <si>
     <t>Fernando Sousa</t>
   </si>
   <si>
     <t>José Silva</t>
   </si>
   <si>
     <t xml:space="preserve">ARETINO   MOTA</t>
   </si>
   <si>
     <t>F 60</t>
   </si>
   <si>
     <t>Lurdes Romero</t>
   </si>
   <si>
     <t>Maria Aldina Silva</t>
   </si>