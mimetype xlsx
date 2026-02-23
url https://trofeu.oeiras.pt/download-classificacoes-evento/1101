--- v1 (2025-12-23)
+++ v2 (2026-02-23)
@@ -512,102 +512,102 @@
   <si>
     <t>VALTER GOMES</t>
   </si>
   <si>
     <t>MIGUEL REBELO</t>
   </si>
   <si>
     <t>TOMÁS ESTEVES</t>
   </si>
   <si>
     <t>TIAGO SABINO</t>
   </si>
   <si>
     <t xml:space="preserve">ALEXANDRE  PEREIRA</t>
   </si>
   <si>
     <t xml:space="preserve">LUÍS TEIXEIRA </t>
   </si>
   <si>
     <t>Simão Augusto</t>
   </si>
   <si>
     <t xml:space="preserve">RICARDO   ALBUQUERQUE</t>
   </si>
   <si>
-    <t>DIOGO CORREIA</t>
+    <t>AGOSTINHO MATOS</t>
   </si>
   <si>
     <t>João Pires</t>
   </si>
   <si>
     <t xml:space="preserve">João  Revés</t>
   </si>
   <si>
     <t>TIAGO SILVA</t>
   </si>
   <si>
     <t>MANUEL PINHEIRO</t>
   </si>
   <si>
     <t>RODRIGO RESENDE</t>
   </si>
   <si>
     <t>Sub 23 - Femininos</t>
   </si>
   <si>
     <t>TATIANA MOURA</t>
   </si>
   <si>
     <t>MARIA SANTOS</t>
   </si>
   <si>
     <t>Rita Bacelar</t>
   </si>
   <si>
     <t>INÊS PINTO</t>
   </si>
   <si>
     <t xml:space="preserve">Marta  Raposo</t>
   </si>
   <si>
     <t>Valejas Atlético Clube</t>
   </si>
   <si>
     <t xml:space="preserve">SOFIA GONÇALVES </t>
   </si>
   <si>
     <t>ANA CORREIA</t>
   </si>
   <si>
     <t>Seniores - Masculinos</t>
   </si>
   <si>
     <t>FILIPE REBELO</t>
   </si>
   <si>
-    <t>José Marcos</t>
+    <t xml:space="preserve">Cláudia  Borralho</t>
   </si>
   <si>
     <t>Duarte Alves</t>
   </si>
   <si>
     <t xml:space="preserve">SALVADOR BOURA </t>
   </si>
   <si>
     <t>Cristiano Cibrão</t>
   </si>
   <si>
     <t>ANTÓNIO CARINHAS</t>
   </si>
   <si>
     <t>ANTÓNIO BONÉ</t>
   </si>
   <si>
     <t>SOFIA VAZ</t>
   </si>
   <si>
     <t xml:space="preserve">DIOGO   MORGADO</t>
   </si>
   <si>
     <t xml:space="preserve">Luís  Castro</t>
   </si>
@@ -1331,57 +1331,57 @@
   <si>
     <t>Ana Costa</t>
   </si>
   <si>
     <t>M 50</t>
   </si>
   <si>
     <t>SÉRGIO PAIVA</t>
   </si>
   <si>
     <t>Hélder Rebelo</t>
   </si>
   <si>
     <t xml:space="preserve">PEDRO PRETO </t>
   </si>
   <si>
     <t>Filipe Sebastião</t>
   </si>
   <si>
     <t xml:space="preserve">FERNANDO   MIRANDA</t>
   </si>
   <si>
     <t xml:space="preserve">Rui Oliveira </t>
   </si>
   <si>
-    <t>Filipe Rebelo</t>
+    <t>Joaquim Amaral</t>
   </si>
   <si>
     <t>Paulo Martins</t>
   </si>
   <si>
-    <t>NATACHA FAUSTINO</t>
+    <t>AEVERTON OLIVEIRA</t>
   </si>
   <si>
     <t xml:space="preserve">Dinis  Ribas </t>
   </si>
   <si>
     <t>Luis Monteiro</t>
   </si>
   <si>
     <t xml:space="preserve">Manuel  Fontinha</t>
   </si>
   <si>
     <t>Paulo Tomás</t>
   </si>
   <si>
     <t xml:space="preserve">CARLOS   SILVA</t>
   </si>
   <si>
     <t>João Narra</t>
   </si>
   <si>
     <t>Inês Sousa</t>
   </si>
   <si>
     <t xml:space="preserve">JOAQUIM   SANTOS</t>
   </si>
@@ -1757,51 +1757,51 @@
   <si>
     <t>Vitor Rocha</t>
   </si>
   <si>
     <t>JOSÉ RODRIGUES</t>
   </si>
   <si>
     <t>Paulo Mallen</t>
   </si>
   <si>
     <t>Manuel Araújo</t>
   </si>
   <si>
     <t>Carlos Santos</t>
   </si>
   <si>
     <t xml:space="preserve">ALCINDO   ALMEIDA</t>
   </si>
   <si>
     <t>Carlos Marques</t>
   </si>
   <si>
     <t>Vítor Revés</t>
   </si>
   <si>
-    <t xml:space="preserve">Carlos  Silva</t>
+    <t xml:space="preserve">Ana  Sobral</t>
   </si>
   <si>
     <t>João Teixeira</t>
   </si>
   <si>
     <t xml:space="preserve">Hermínio  Cabeceira</t>
   </si>
   <si>
     <t>Fernando Sousa</t>
   </si>
   <si>
     <t>José Silva</t>
   </si>
   <si>
     <t xml:space="preserve">ARETINO   MOTA</t>
   </si>
   <si>
     <t>F 60</t>
   </si>
   <si>
     <t>Lurdes Romero</t>
   </si>
   <si>
     <t>Maria Aldina Silva</t>
   </si>
@@ -1847,51 +1847,51 @@
   <si>
     <t xml:space="preserve">LUÍS   PETISCA</t>
   </si>
   <si>
     <t>Jorge Mendes Batista</t>
   </si>
   <si>
     <t>Manuel Azevedo</t>
   </si>
   <si>
     <t>F 65</t>
   </si>
   <si>
     <t>EKATERINA KHRAMENKOVA</t>
   </si>
   <si>
     <t>Maria Alice Machado</t>
   </si>
   <si>
     <t>Filomena Moura</t>
   </si>
   <si>
     <t xml:space="preserve">ESTER  LOPES</t>
   </si>
   <si>
-    <t xml:space="preserve">ALDA  LUIS</t>
+    <t>CAROLINA NUNES</t>
   </si>
   <si>
     <t>M 70</t>
   </si>
   <si>
     <t>Armando Correia</t>
   </si>
   <si>
     <t xml:space="preserve">MARIO   GONÇALVES</t>
   </si>
   <si>
     <t>Ventura Saraiva</t>
   </si>
   <si>
     <t>José Marques</t>
   </si>
   <si>
     <t xml:space="preserve">MÁRIO   GOMES</t>
   </si>
   <si>
     <t>Angelo Silva</t>
   </si>
   <si>
     <t xml:space="preserve">VÍTOR   RODRIGUES</t>
   </si>