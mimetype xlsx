--- v0 (2025-10-26)
+++ v1 (2025-12-13)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Atletas" sheetId="1" r:id="rId1"/>
     <sheet name="Colectivo" sheetId="2" r:id="rId3"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="739" uniqueCount="739">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="738" uniqueCount="738">
   <si>
     <t>40º Troféu CM Oeiras - Grande Prémio Valejas Atlético Clube</t>
   </si>
   <si>
     <t>Benjamins B - Masculinos</t>
   </si>
   <si>
     <t>Posição</t>
   </si>
   <si>
     <t>Dorsal</t>
   </si>
   <si>
     <t>Atleta</t>
   </si>
   <si>
     <t>Clube/Equipa</t>
   </si>
   <si>
     <t>Pontos</t>
   </si>
   <si>
     <t>Tiago Sánchez</t>
   </si>
   <si>
@@ -566,51 +566,51 @@
   <si>
     <t>BEATRIZ BAPTISTA</t>
   </si>
   <si>
     <t>Sub 23 - Masculinos</t>
   </si>
   <si>
     <t xml:space="preserve">VALTER    GOMES</t>
   </si>
   <si>
     <t xml:space="preserve">TOMÁS     ESTEVES</t>
   </si>
   <si>
     <t>MIGUEL REBELO</t>
   </si>
   <si>
     <t xml:space="preserve">TIAGO     SABINO</t>
   </si>
   <si>
     <t>ALEXANDRE PEREIRA</t>
   </si>
   <si>
     <t xml:space="preserve">EDSON     CARVALHO</t>
   </si>
   <si>
-    <t>PEDRO VIEIRA</t>
+    <t>DEUS KAPUNGA</t>
   </si>
   <si>
     <t>Bernardo Tavares</t>
   </si>
   <si>
     <t>André Ramalho</t>
   </si>
   <si>
     <t>Sub 23 - Femininos</t>
   </si>
   <si>
     <t xml:space="preserve">TATIANA   MOURA</t>
   </si>
   <si>
     <t>MARIA SANTOS</t>
   </si>
   <si>
     <t>Rita Bacelar</t>
   </si>
   <si>
     <t xml:space="preserve">INÊS      PINTO</t>
   </si>
   <si>
     <t>Sofia Gonçalves</t>
   </si>
@@ -776,51 +776,51 @@
   <si>
     <t>Hugo Evaristo</t>
   </si>
   <si>
     <t>Carlos Pinho</t>
   </si>
   <si>
     <t>JOSÉ CARLOS TEODORO</t>
   </si>
   <si>
     <t>Tiago Graça</t>
   </si>
   <si>
     <t>CLÁUDIA SOUSA</t>
   </si>
   <si>
     <t>Gonçalo Lousa</t>
   </si>
   <si>
     <t>Nuno Quintela</t>
   </si>
   <si>
     <t xml:space="preserve">ANDRÉ   PERDIGÃO</t>
   </si>
   <si>
-    <t xml:space="preserve">TIAGO VELEZ </t>
+    <t>JOSÉ VASCO</t>
   </si>
   <si>
     <t>André Oliveira</t>
   </si>
   <si>
     <t>Grupo Recreativo e Desportivo da Ribeira da Lage</t>
   </si>
   <si>
     <t>Gonçalo Faria</t>
   </si>
   <si>
     <t>Tiago Cardoso</t>
   </si>
   <si>
     <t>Pedro Serra</t>
   </si>
   <si>
     <t xml:space="preserve">João  Miranda</t>
   </si>
   <si>
     <t>TELMO JORGE</t>
   </si>
   <si>
     <t>Orlando Couceiro</t>
   </si>
@@ -1007,75 +1007,75 @@
   <si>
     <t>Filipe Paulo</t>
   </si>
   <si>
     <t>TIAGO RODRIGUES</t>
   </si>
   <si>
     <t>Carlos Almeida</t>
   </si>
   <si>
     <t>Jorge Ramos</t>
   </si>
   <si>
     <t>DIOGO ALMEIDA</t>
   </si>
   <si>
     <t>EVANDRO LOPEZ</t>
   </si>
   <si>
     <t>Francisco Peixoto</t>
   </si>
   <si>
     <t>Daniel Inça</t>
   </si>
   <si>
-    <t>Sérgio Lopes</t>
+    <t>Mário Anselmo</t>
   </si>
   <si>
     <t>TIAGO OLIVEIRA</t>
   </si>
   <si>
     <t>José Gouveia</t>
   </si>
   <si>
     <t>GONÇALO PEDRO</t>
   </si>
   <si>
     <t>F 40</t>
   </si>
   <si>
     <t>MARINA DOMIMGUES</t>
   </si>
   <si>
     <t xml:space="preserve">RITA ROSA </t>
   </si>
   <si>
     <t>Sandra Conceição</t>
   </si>
   <si>
-    <t>ELISABETE MACEDO</t>
+    <t>MARTA MOTA</t>
   </si>
   <si>
     <t>MARIANA FODOR</t>
   </si>
   <si>
     <t>Cátea Ramos</t>
   </si>
   <si>
     <t>Marta Andrade</t>
   </si>
   <si>
     <t>Suelen Almeida</t>
   </si>
   <si>
     <t>Maria Jesus</t>
   </si>
   <si>
     <t>Sara Rosa</t>
   </si>
   <si>
     <t>Marta Duarte</t>
   </si>
   <si>
     <t>Catarina Rodrigues</t>
   </si>
@@ -1133,51 +1133,51 @@
   <si>
     <t>VERA LOPES</t>
   </si>
   <si>
     <t>Catarina Ferreira</t>
   </si>
   <si>
     <t>FILIPA QUINTAS</t>
   </si>
   <si>
     <t>Marta Peixoto</t>
   </si>
   <si>
     <t>M 45</t>
   </si>
   <si>
     <t xml:space="preserve">ARTUR   PEREIRA</t>
   </si>
   <si>
     <t>João Castanheira</t>
   </si>
   <si>
     <t>João Guterres</t>
   </si>
   <si>
-    <t xml:space="preserve">BRUNO   GARCIA</t>
+    <t>JOÃO LOPES</t>
   </si>
   <si>
     <t xml:space="preserve">5187 - Dados removidos </t>
   </si>
   <si>
     <t xml:space="preserve">HUGO   DOMINGOS</t>
   </si>
   <si>
     <t>Nuno Tintim</t>
   </si>
   <si>
     <t>Tiago Rocha</t>
   </si>
   <si>
     <t>PEDRO BURRICA</t>
   </si>
   <si>
     <t>LUIS FILIPE</t>
   </si>
   <si>
     <t>Bruno Afonso</t>
   </si>
   <si>
     <t>Artur Alves</t>
   </si>
@@ -1199,51 +1199,51 @@
   <si>
     <t xml:space="preserve">Nuno  Carrilho</t>
   </si>
   <si>
     <t xml:space="preserve">Henrique Jose  Carvalho Matias</t>
   </si>
   <si>
     <t xml:space="preserve">Nuno  Oliveira</t>
   </si>
   <si>
     <t>Pedro Raposo</t>
   </si>
   <si>
     <t xml:space="preserve">Pedro  Gomes </t>
   </si>
   <si>
     <t>RICARDO PEDRO</t>
   </si>
   <si>
     <t>JOSE CRUZ</t>
   </si>
   <si>
     <t>Nuno Santos</t>
   </si>
   <si>
-    <t xml:space="preserve">JOAQUIM AMARAL </t>
+    <t xml:space="preserve">PEDRO  CAVILHAS</t>
   </si>
   <si>
     <t>JOSÉ BORGES</t>
   </si>
   <si>
     <t xml:space="preserve">RUI   DUARTE</t>
   </si>
   <si>
     <t>Ricardo Nuno</t>
   </si>
   <si>
     <t>Pedro Rodrigues</t>
   </si>
   <si>
     <t>Bruno Pereira</t>
   </si>
   <si>
     <t>Carlos Luiz</t>
   </si>
   <si>
     <t>SEBASTIAN FODOR</t>
   </si>
   <si>
     <t>Mário Lima</t>
   </si>
@@ -1439,138 +1439,138 @@
   <si>
     <t xml:space="preserve">SÉRGIO    PAIVA</t>
   </si>
   <si>
     <t>PEDRO MAGALHÃES</t>
   </si>
   <si>
     <t>Romário Almeida</t>
   </si>
   <si>
     <t>Walkandrun.pt-Seaside</t>
   </si>
   <si>
     <t>NATACHA FAUSTINO</t>
   </si>
   <si>
     <t xml:space="preserve">Joao  Borrego</t>
   </si>
   <si>
     <t>JOSÉ GOMES TEIXEIRA</t>
   </si>
   <si>
     <t xml:space="preserve">PEDRO PRETO </t>
   </si>
   <si>
-    <t xml:space="preserve">CARLOS FREITAS </t>
+    <t>Filipe Rebelo</t>
   </si>
   <si>
     <t>GONÇALO COSTA</t>
   </si>
   <si>
     <t>Paulo Tomás</t>
   </si>
   <si>
     <t>João Narra</t>
   </si>
   <si>
     <t xml:space="preserve">CARLOS   SILVA</t>
   </si>
   <si>
     <t>João Bogalheiro</t>
   </si>
   <si>
     <t>AgualvaRunners</t>
   </si>
   <si>
     <t>JOSÉ ALVES</t>
   </si>
   <si>
     <t>FILIPE FILIPE</t>
   </si>
   <si>
     <t>DINIS MORAIS</t>
   </si>
   <si>
     <t xml:space="preserve">PEDRO   CANELAS</t>
   </si>
   <si>
-    <t>João Maral</t>
+    <t xml:space="preserve">João  Maral </t>
   </si>
   <si>
     <t>Maralvaiketo</t>
   </si>
   <si>
     <t>Mário Porfírio</t>
   </si>
   <si>
     <t>Rui Correia</t>
   </si>
   <si>
     <t>António Canto</t>
   </si>
   <si>
     <t xml:space="preserve">JOÃO   RODRIGUES</t>
   </si>
   <si>
     <t>Henrique Ferreira</t>
   </si>
   <si>
     <t>Nuno Almeida</t>
   </si>
   <si>
     <t>Nelson Tembe</t>
   </si>
   <si>
     <t xml:space="preserve">José  Raposo</t>
   </si>
   <si>
     <t xml:space="preserve">ORLANDO  CORREIA</t>
   </si>
   <si>
     <t>JULIO FERREIRA</t>
   </si>
   <si>
     <t>Paulo Espirito-Santo</t>
   </si>
   <si>
     <t>Luis Miranda</t>
   </si>
   <si>
     <t>SEBASTIÃO BARATA</t>
   </si>
   <si>
-    <t xml:space="preserve">JOAQUIM SANTOS </t>
+    <t>FRANCISCO MOTA</t>
   </si>
   <si>
     <t>LUIS LIMA</t>
   </si>
   <si>
     <t>Luis Barata</t>
   </si>
   <si>
-    <t xml:space="preserve">JOÃO  NEVES</t>
+    <t>ANDRÉ LIMA</t>
   </si>
   <si>
     <t>Filipe Ribeiro</t>
   </si>
   <si>
     <t xml:space="preserve">Daniel  Morais</t>
   </si>
   <si>
     <t>João Revés</t>
   </si>
   <si>
     <t>Manuel Correia</t>
   </si>
   <si>
     <t>Nuno Duarte</t>
   </si>
   <si>
     <t>LUÍS SANTOS</t>
   </si>
   <si>
     <t>Ricardo Rodrigues</t>
   </si>
   <si>
     <t xml:space="preserve">BENTO   QUARESMA</t>
   </si>
@@ -1601,51 +1601,51 @@
   <si>
     <t>Carlos Gonçalves</t>
   </si>
   <si>
     <t xml:space="preserve">Orlando  Silva</t>
   </si>
   <si>
     <t>João Arroz</t>
   </si>
   <si>
     <t>DAVID ALMEIDA</t>
   </si>
   <si>
     <t>José Alves</t>
   </si>
   <si>
     <t>F 50</t>
   </si>
   <si>
     <t>ALEXANDRA PORTELA</t>
   </si>
   <si>
     <t xml:space="preserve">ANA RUTE  PEREIRA</t>
   </si>
   <si>
-    <t>CLÁUDIA BORRALHO</t>
+    <t>VENCEDORA CAPUNGA</t>
   </si>
   <si>
     <t xml:space="preserve">Cristina  Henriques</t>
   </si>
   <si>
     <t xml:space="preserve">ANABELA SALAZAR </t>
   </si>
   <si>
     <t xml:space="preserve">SANDRA  FERNANDES</t>
   </si>
   <si>
     <t>ANA LETRA</t>
   </si>
   <si>
     <t xml:space="preserve">Ventura  Saraiva</t>
   </si>
   <si>
     <t>Isabel Antunes</t>
   </si>
   <si>
     <t>Eugénia Ribeiro</t>
   </si>
   <si>
     <t>Maria Ryder</t>
   </si>
@@ -1679,51 +1679,51 @@
   <si>
     <t>Paula Rebelo</t>
   </si>
   <si>
     <t>Ana Nunes</t>
   </si>
   <si>
     <t>Celeste Oliveira</t>
   </si>
   <si>
     <t xml:space="preserve">LUCIA  LOUREÇO</t>
   </si>
   <si>
     <t>Fabiana Zunfrilli</t>
   </si>
   <si>
     <t>Patricia Encarnação</t>
   </si>
   <si>
     <t>Sara Silva</t>
   </si>
   <si>
     <t>ANA MOTA</t>
   </si>
   <si>
-    <t>Isabel Costa</t>
+    <t>MARIA PEIXOTO</t>
   </si>
   <si>
     <t>Isabel Silva</t>
   </si>
   <si>
     <t xml:space="preserve">SÓNIA   CASON</t>
   </si>
   <si>
     <t>Ana Cristina Viegas</t>
   </si>
   <si>
     <t>Nuno Falé</t>
   </si>
   <si>
     <t>ALZIRA VIEIRA</t>
   </si>
   <si>
     <t>Carla Rato</t>
   </si>
   <si>
     <t>Patrícia Pinto</t>
   </si>
   <si>
     <t>ELISA MACEDO</t>
   </si>
@@ -1982,51 +1982,51 @@
   <si>
     <t>JOSÉ RODRIGUES</t>
   </si>
   <si>
     <t>António Major</t>
   </si>
   <si>
     <t>Lúcio Morais</t>
   </si>
   <si>
     <t xml:space="preserve">RICARDO   TAPADA</t>
   </si>
   <si>
     <t>JOÃO CARVALHINHO</t>
   </si>
   <si>
     <t xml:space="preserve">ANTÓNIO  ALVES</t>
   </si>
   <si>
     <t>Manuel Rego</t>
   </si>
   <si>
     <t>António Lima</t>
   </si>
   <si>
-    <t xml:space="preserve">Carlos A  P Silva</t>
+    <t xml:space="preserve">Carlos  Silva</t>
   </si>
   <si>
     <t>João Teixeira</t>
   </si>
   <si>
     <t>Jorge Oliveira</t>
   </si>
   <si>
     <t xml:space="preserve">Luis  Almeida</t>
   </si>
   <si>
     <t>F 60</t>
   </si>
   <si>
     <t>Lúcia Silva</t>
   </si>
   <si>
     <t>Olga Galvão</t>
   </si>
   <si>
     <t>Maria Aldina Silva</t>
   </si>
   <si>
     <t>Tomás Mendes</t>
   </si>
@@ -2046,53 +2046,50 @@
     <t>ESPIRITO SANTO</t>
   </si>
   <si>
     <t xml:space="preserve">PEDRO   GOMES</t>
   </si>
   <si>
     <t xml:space="preserve">LUÍS   PREGO</t>
   </si>
   <si>
     <t>José Machado</t>
   </si>
   <si>
     <t>Fernando Sousa</t>
   </si>
   <si>
     <t xml:space="preserve">HENRIQUE   ROMÃO</t>
   </si>
   <si>
     <t xml:space="preserve">GERMANO   SILVA</t>
   </si>
   <si>
     <t>JOSÉ GOUVEIA</t>
   </si>
   <si>
     <t>Manuel Coelho</t>
-  </si>
-[...1 lines deleted...]
-    <t>Domingos Penedo</t>
   </si>
   <si>
     <t>Luís Bettencourt</t>
   </si>
   <si>
     <t xml:space="preserve">ALCINDO   ALMEIDA</t>
   </si>
   <si>
     <t>Abílio Silva</t>
   </si>
   <si>
     <t xml:space="preserve">Joaquim  Branco</t>
   </si>
   <si>
     <t>INÁCIO QUARESMA</t>
   </si>
   <si>
     <t xml:space="preserve">João  Pereira</t>
   </si>
   <si>
     <t xml:space="preserve">JOSÉ   CARDOSO</t>
   </si>
   <si>
     <t>Adriano Cunha</t>
   </si>
@@ -13843,1122 +13840,1122 @@
     <row r="730">
       <c r="A730" s="1">
         <v>10</v>
       </c>
       <c r="B730" s="1">
         <v>1200</v>
       </c>
       <c r="C730" s="1" t="s">
         <v>679</v>
       </c>
       <c r="D730" s="1" t="s">
         <v>258</v>
       </c>
       <c r="E730" s="1">
         <v>4</v>
       </c>
     </row>
     <row r="731">
       <c r="A731" s="1">
         <v>11</v>
       </c>
       <c r="B731" s="1">
         <v>1175</v>
       </c>
       <c r="C731" s="1" t="s">
-        <v>680</v>
+        <v>571</v>
       </c>
       <c r="D731" s="1" t="s">
         <v>258</v>
       </c>
       <c r="E731" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="732">
       <c r="A732" s="1">
         <v>12</v>
       </c>
       <c r="B732" s="1">
         <v>635</v>
       </c>
       <c r="C732" s="1" t="s">
-        <v>681</v>
+        <v>680</v>
       </c>
       <c r="D732" s="1" t="s">
         <v>161</v>
       </c>
       <c r="E732" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="733">
       <c r="A733" s="1">
         <v>13</v>
       </c>
       <c r="B733" s="1">
         <v>384</v>
       </c>
       <c r="C733" s="1" t="s">
-        <v>682</v>
+        <v>681</v>
       </c>
       <c r="D733" s="1" t="s">
         <v>37</v>
       </c>
       <c r="E733" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="734">
       <c r="A734" s="1">
         <v>14</v>
       </c>
       <c r="B734" s="1">
         <v>255</v>
       </c>
       <c r="C734" s="1" t="s">
-        <v>683</v>
+        <v>682</v>
       </c>
       <c r="D734" s="1" t="s">
         <v>161</v>
       </c>
       <c r="E734" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="735">
       <c r="A735" s="1">
         <v>15</v>
       </c>
       <c r="B735" s="1">
         <v>1260</v>
       </c>
       <c r="C735" s="1" t="s">
-        <v>684</v>
+        <v>683</v>
       </c>
       <c r="D735" s="1" t="s">
         <v>47</v>
       </c>
       <c r="E735" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="736">
       <c r="A736" s="1">
         <v>16</v>
       </c>
       <c r="B736" s="1">
         <v>396</v>
       </c>
       <c r="C736" s="1" t="s">
-        <v>685</v>
+        <v>684</v>
       </c>
       <c r="D736" s="1" t="s">
         <v>37</v>
       </c>
       <c r="E736" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="737">
       <c r="A737" s="1">
         <v>17</v>
       </c>
       <c r="B737" s="1">
         <v>402</v>
       </c>
       <c r="C737" s="1" t="s">
-        <v>686</v>
+        <v>685</v>
       </c>
       <c r="D737" s="1" t="s">
         <v>116</v>
       </c>
       <c r="E737" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="738">
       <c r="A738" s="1">
         <v>18</v>
       </c>
       <c r="B738" s="1">
         <v>391</v>
       </c>
       <c r="C738" s="1" t="s">
-        <v>687</v>
+        <v>686</v>
       </c>
       <c r="D738" s="1" t="s">
         <v>37</v>
       </c>
       <c r="E738" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="739">
       <c r="A739" s="1">
         <v>19</v>
       </c>
       <c r="B739" s="1">
         <v>585</v>
       </c>
       <c r="C739" s="1" t="s">
-        <v>688</v>
+        <v>687</v>
       </c>
       <c r="D739" s="1" t="s">
         <v>161</v>
       </c>
       <c r="E739" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="740">
       <c r="A740" s="1">
         <v>20</v>
       </c>
       <c r="B740" s="1">
         <v>397</v>
       </c>
       <c r="C740" s="1" t="s">
-        <v>689</v>
+        <v>688</v>
       </c>
       <c r="D740" s="1" t="s">
         <v>37</v>
       </c>
       <c r="E740" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="741">
       <c r="A741" s="1">
         <v>21</v>
       </c>
       <c r="B741" s="1">
         <v>1500</v>
       </c>
       <c r="C741" s="1" t="s">
-        <v>690</v>
+        <v>689</v>
       </c>
       <c r="D741" s="1" t="s">
         <v>635</v>
       </c>
       <c r="E741" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="742">
       <c r="A742" s="1">
         <v>22</v>
       </c>
       <c r="B742" s="1">
         <v>386</v>
       </c>
       <c r="C742" s="1" t="s">
-        <v>691</v>
+        <v>690</v>
       </c>
       <c r="D742" s="1" t="s">
         <v>116</v>
       </c>
       <c r="E742" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="743">
       <c r="A743" s="1">
         <v>23</v>
       </c>
       <c r="B743" s="1">
         <v>1201</v>
       </c>
       <c r="C743" s="1" t="s">
-        <v>692</v>
+        <v>691</v>
       </c>
       <c r="D743" s="1" t="s">
         <v>258</v>
       </c>
       <c r="E743" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="744">
       <c r="A744" s="1">
         <v>24</v>
       </c>
       <c r="B744" s="1">
         <v>1082</v>
       </c>
       <c r="C744" s="1" t="s">
-        <v>693</v>
+        <v>692</v>
       </c>
       <c r="D744" s="1" t="s">
         <v>51</v>
       </c>
       <c r="E744" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="745">
       <c r="A745" s="1">
         <v>25</v>
       </c>
       <c r="B745" s="1">
         <v>1059</v>
       </c>
       <c r="C745" s="1" t="s">
-        <v>694</v>
+        <v>693</v>
       </c>
       <c r="D745" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E745" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="746">
       <c r="A746" s="1">
         <v>26</v>
       </c>
       <c r="B746" s="1">
         <v>387</v>
       </c>
       <c r="C746" s="1" t="s">
-        <v>695</v>
+        <v>694</v>
       </c>
       <c r="D746" s="1" t="s">
         <v>37</v>
       </c>
       <c r="E746" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="749">
       <c r="A749" s="3" t="s">
-        <v>696</v>
+        <v>695</v>
       </c>
       <c r="B749" s="3" t="s">
-        <v>696</v>
+        <v>695</v>
       </c>
       <c r="C749" s="3" t="s">
-        <v>696</v>
+        <v>695</v>
       </c>
       <c r="D749" s="3" t="s">
-        <v>696</v>
+        <v>695</v>
       </c>
       <c r="E749" s="3" t="s">
-        <v>696</v>
+        <v>695</v>
       </c>
     </row>
     <row r="750">
       <c r="A750" s="2" t="s">
         <v>2</v>
       </c>
       <c r="B750" s="2" t="s">
         <v>3</v>
       </c>
       <c r="C750" s="2" t="s">
         <v>4</v>
       </c>
       <c r="D750" s="2" t="s">
         <v>5</v>
       </c>
       <c r="E750" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="751">
       <c r="A751" s="1">
         <v>1</v>
       </c>
       <c r="B751" s="1">
         <v>1178</v>
       </c>
       <c r="C751" s="1" t="s">
-        <v>697</v>
+        <v>696</v>
       </c>
       <c r="D751" s="1" t="s">
         <v>258</v>
       </c>
       <c r="E751" s="1">
         <v>15</v>
       </c>
     </row>
     <row r="752">
       <c r="A752" s="1">
         <v>2</v>
       </c>
       <c r="B752" s="1">
         <v>840</v>
       </c>
       <c r="C752" s="1" t="s">
-        <v>698</v>
+        <v>697</v>
       </c>
       <c r="D752" s="1" t="s">
         <v>20</v>
       </c>
       <c r="E752" s="1">
         <v>13</v>
       </c>
     </row>
     <row r="753">
       <c r="A753" s="1">
         <v>3</v>
       </c>
       <c r="B753" s="1">
         <v>93</v>
       </c>
       <c r="C753" s="1" t="s">
-        <v>699</v>
+        <v>698</v>
       </c>
       <c r="D753" s="1" t="s">
         <v>8</v>
       </c>
       <c r="E753" s="1">
         <v>11</v>
       </c>
     </row>
     <row r="754">
       <c r="A754" s="1">
         <v>4</v>
       </c>
       <c r="B754" s="1">
         <v>692</v>
       </c>
       <c r="C754" s="1" t="s">
-        <v>700</v>
+        <v>699</v>
       </c>
       <c r="D754" s="1" t="s">
         <v>146</v>
       </c>
       <c r="E754" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="755">
       <c r="A755" s="1">
         <v>5</v>
       </c>
       <c r="B755" s="1">
         <v>1430</v>
       </c>
       <c r="C755" s="1" t="s">
-        <v>701</v>
+        <v>700</v>
       </c>
       <c r="D755" s="1" t="s">
         <v>146</v>
       </c>
       <c r="E755" s="1">
         <v>9</v>
       </c>
     </row>
     <row r="756">
       <c r="A756" s="1">
         <v>6</v>
       </c>
       <c r="B756" s="1">
         <v>1070</v>
       </c>
       <c r="C756" s="1" t="s">
-        <v>702</v>
+        <v>701</v>
       </c>
       <c r="D756" s="1" t="s">
         <v>51</v>
       </c>
       <c r="E756" s="1">
         <v>8</v>
       </c>
     </row>
     <row r="759">
       <c r="A759" s="3" t="s">
-        <v>703</v>
+        <v>702</v>
       </c>
       <c r="B759" s="3" t="s">
-        <v>703</v>
+        <v>702</v>
       </c>
       <c r="C759" s="3" t="s">
-        <v>703</v>
+        <v>702</v>
       </c>
       <c r="D759" s="3" t="s">
-        <v>703</v>
+        <v>702</v>
       </c>
       <c r="E759" s="3" t="s">
-        <v>703</v>
+        <v>702</v>
       </c>
     </row>
     <row r="760">
       <c r="A760" s="2" t="s">
         <v>2</v>
       </c>
       <c r="B760" s="2" t="s">
         <v>3</v>
       </c>
       <c r="C760" s="2" t="s">
         <v>4</v>
       </c>
       <c r="D760" s="2" t="s">
         <v>5</v>
       </c>
       <c r="E760" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="761">
       <c r="A761" s="1">
         <v>1</v>
       </c>
       <c r="B761" s="1">
         <v>1424</v>
       </c>
       <c r="C761" s="1" t="s">
+        <v>703</v>
+      </c>
+      <c r="D761" s="1" t="s">
         <v>704</v>
-      </c>
-[...1 lines deleted...]
-        <v>705</v>
       </c>
       <c r="E761" s="1">
         <v>15</v>
       </c>
     </row>
     <row r="762">
       <c r="A762" s="1">
         <v>2</v>
       </c>
       <c r="B762" s="1">
         <v>1469</v>
       </c>
       <c r="C762" s="1" t="s">
-        <v>706</v>
+        <v>705</v>
       </c>
       <c r="D762" s="1" t="s">
         <v>35</v>
       </c>
       <c r="E762" s="1">
         <v>13</v>
       </c>
     </row>
     <row r="763">
       <c r="A763" s="1">
         <v>3</v>
       </c>
       <c r="B763" s="1">
         <v>1422</v>
       </c>
       <c r="C763" s="1" t="s">
-        <v>707</v>
+        <v>706</v>
       </c>
       <c r="D763" s="1" t="s">
-        <v>705</v>
+        <v>704</v>
       </c>
       <c r="E763" s="1">
         <v>11</v>
       </c>
     </row>
     <row r="764">
       <c r="A764" s="1">
         <v>4</v>
       </c>
       <c r="B764" s="1">
         <v>1224</v>
       </c>
       <c r="C764" s="1" t="s">
-        <v>708</v>
+        <v>707</v>
       </c>
       <c r="D764" s="1" t="s">
         <v>258</v>
       </c>
       <c r="E764" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="765">
       <c r="A765" s="1">
         <v>5</v>
       </c>
       <c r="B765" s="1">
         <v>326</v>
       </c>
       <c r="C765" s="1" t="s">
-        <v>709</v>
+        <v>708</v>
       </c>
       <c r="D765" s="1" t="s">
         <v>161</v>
       </c>
       <c r="E765" s="1">
         <v>9</v>
       </c>
     </row>
     <row r="766">
       <c r="A766" s="1">
         <v>6</v>
       </c>
       <c r="B766" s="1">
         <v>874</v>
       </c>
       <c r="C766" s="1" t="s">
-        <v>710</v>
+        <v>709</v>
       </c>
       <c r="D766" s="1" t="s">
         <v>149</v>
       </c>
       <c r="E766" s="1">
         <v>8</v>
       </c>
     </row>
     <row r="767">
       <c r="A767" s="1">
         <v>7</v>
       </c>
       <c r="B767" s="1">
         <v>1256</v>
       </c>
       <c r="C767" s="1" t="s">
-        <v>711</v>
+        <v>710</v>
       </c>
       <c r="D767" s="1" t="s">
         <v>47</v>
       </c>
       <c r="E767" s="1">
         <v>7</v>
       </c>
     </row>
     <row r="768">
       <c r="A768" s="1">
         <v>8</v>
       </c>
       <c r="B768" s="1">
         <v>1404</v>
       </c>
       <c r="C768" s="1" t="s">
-        <v>712</v>
+        <v>711</v>
       </c>
       <c r="D768" s="1" t="s">
         <v>51</v>
       </c>
       <c r="E768" s="1">
         <v>6</v>
       </c>
     </row>
     <row r="769">
       <c r="A769" s="1">
         <v>9</v>
       </c>
       <c r="B769" s="1">
         <v>1421</v>
       </c>
       <c r="C769" s="1" t="s">
-        <v>713</v>
+        <v>712</v>
       </c>
       <c r="D769" s="1" t="s">
-        <v>705</v>
+        <v>704</v>
       </c>
       <c r="E769" s="1">
         <v>5</v>
       </c>
     </row>
     <row r="770">
       <c r="A770" s="1">
         <v>10</v>
       </c>
       <c r="B770" s="1">
         <v>24</v>
       </c>
       <c r="C770" s="1" t="s">
-        <v>714</v>
+        <v>713</v>
       </c>
       <c r="D770" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E770" s="1">
         <v>4</v>
       </c>
     </row>
     <row r="771">
       <c r="A771" s="1">
         <v>11</v>
       </c>
       <c r="B771" s="1">
         <v>1334</v>
       </c>
       <c r="C771" s="1" t="s">
-        <v>715</v>
+        <v>714</v>
       </c>
       <c r="D771" s="1" t="s">
         <v>220</v>
       </c>
       <c r="E771" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="772">
       <c r="A772" s="1">
         <v>12</v>
       </c>
       <c r="B772" s="1">
         <v>1199</v>
       </c>
       <c r="C772" s="1" t="s">
         <v>631</v>
       </c>
       <c r="D772" s="1" t="s">
         <v>258</v>
       </c>
       <c r="E772" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="773">
       <c r="A773" s="1">
         <v>13</v>
       </c>
       <c r="B773" s="1">
         <v>1213</v>
       </c>
       <c r="C773" s="1" t="s">
         <v>308</v>
       </c>
       <c r="D773" s="1" t="s">
         <v>258</v>
       </c>
       <c r="E773" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="774">
       <c r="A774" s="1">
         <v>14</v>
       </c>
       <c r="B774" s="1">
         <v>399</v>
       </c>
       <c r="C774" s="1" t="s">
-        <v>716</v>
+        <v>715</v>
       </c>
       <c r="D774" s="1" t="s">
         <v>37</v>
       </c>
       <c r="E774" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="777">
       <c r="A777" s="3" t="s">
-        <v>717</v>
+        <v>716</v>
       </c>
       <c r="B777" s="3" t="s">
-        <v>717</v>
+        <v>716</v>
       </c>
       <c r="C777" s="3" t="s">
-        <v>717</v>
+        <v>716</v>
       </c>
       <c r="D777" s="3" t="s">
-        <v>717</v>
+        <v>716</v>
       </c>
       <c r="E777" s="3" t="s">
-        <v>717</v>
+        <v>716</v>
       </c>
     </row>
     <row r="778">
       <c r="A778" s="2" t="s">
         <v>2</v>
       </c>
       <c r="B778" s="2" t="s">
         <v>3</v>
       </c>
       <c r="C778" s="2" t="s">
         <v>4</v>
       </c>
       <c r="D778" s="2" t="s">
         <v>5</v>
       </c>
       <c r="E778" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="779">
       <c r="A779" s="1">
         <v>1</v>
       </c>
       <c r="B779" s="1">
         <v>166</v>
       </c>
       <c r="C779" s="1" t="s">
-        <v>718</v>
+        <v>717</v>
       </c>
       <c r="D779" s="1" t="s">
         <v>37</v>
       </c>
       <c r="E779" s="1">
         <v>15</v>
       </c>
     </row>
     <row r="780">
       <c r="A780" s="1">
         <v>2</v>
       </c>
       <c r="B780" s="1">
         <v>1265</v>
       </c>
       <c r="C780" s="1" t="s">
-        <v>719</v>
+        <v>718</v>
       </c>
       <c r="D780" s="1" t="s">
         <v>47</v>
       </c>
       <c r="E780" s="1">
         <v>13</v>
       </c>
     </row>
     <row r="781">
       <c r="A781" s="1">
         <v>3</v>
       </c>
       <c r="B781" s="1">
         <v>95</v>
       </c>
       <c r="C781" s="1" t="s">
-        <v>720</v>
+        <v>719</v>
       </c>
       <c r="D781" s="1" t="s">
         <v>8</v>
       </c>
       <c r="E781" s="1">
         <v>11</v>
       </c>
     </row>
     <row r="782">
       <c r="A782" s="1">
         <v>4</v>
       </c>
       <c r="B782" s="1">
         <v>1345</v>
       </c>
       <c r="C782" s="1" t="s">
-        <v>721</v>
+        <v>720</v>
       </c>
       <c r="D782" s="1" t="s">
         <v>283</v>
       </c>
       <c r="E782" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="783">
       <c r="A783" s="1">
         <v>5</v>
       </c>
       <c r="B783" s="1">
         <v>902</v>
       </c>
       <c r="C783" s="1" t="s">
-        <v>722</v>
+        <v>721</v>
       </c>
       <c r="D783" s="1" t="s">
         <v>37</v>
       </c>
       <c r="E783" s="1">
         <v>9</v>
       </c>
     </row>
     <row r="784">
       <c r="A784" s="1">
         <v>6</v>
       </c>
       <c r="B784" s="1">
         <v>1291</v>
       </c>
       <c r="C784" s="1" t="s">
-        <v>723</v>
+        <v>722</v>
       </c>
       <c r="D784" s="1" t="s">
         <v>47</v>
       </c>
       <c r="E784" s="1">
         <v>8</v>
       </c>
     </row>
     <row r="785">
       <c r="A785" s="1">
         <v>7</v>
       </c>
       <c r="B785" s="1">
         <v>1432</v>
       </c>
       <c r="C785" s="1" t="s">
-        <v>724</v>
+        <v>723</v>
       </c>
       <c r="D785" s="1" t="s">
         <v>146</v>
       </c>
       <c r="E785" s="1">
         <v>7</v>
       </c>
     </row>
     <row r="788">
       <c r="A788" s="3" t="s">
-        <v>725</v>
+        <v>724</v>
       </c>
       <c r="B788" s="3" t="s">
-        <v>725</v>
+        <v>724</v>
       </c>
       <c r="C788" s="3" t="s">
-        <v>725</v>
+        <v>724</v>
       </c>
       <c r="D788" s="3" t="s">
-        <v>725</v>
+        <v>724</v>
       </c>
       <c r="E788" s="3" t="s">
-        <v>725</v>
+        <v>724</v>
       </c>
     </row>
     <row r="789">
       <c r="A789" s="2" t="s">
         <v>2</v>
       </c>
       <c r="B789" s="2" t="s">
         <v>3</v>
       </c>
       <c r="C789" s="2" t="s">
         <v>4</v>
       </c>
       <c r="D789" s="2" t="s">
         <v>5</v>
       </c>
       <c r="E789" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="790">
       <c r="A790" s="1">
         <v>1</v>
       </c>
       <c r="B790" s="1">
         <v>836</v>
       </c>
       <c r="C790" s="1" t="s">
-        <v>726</v>
+        <v>725</v>
       </c>
       <c r="D790" s="1" t="s">
         <v>20</v>
       </c>
       <c r="E790" s="1">
         <v>15</v>
       </c>
     </row>
     <row r="791">
       <c r="A791" s="1">
         <v>2</v>
       </c>
       <c r="B791" s="1">
         <v>403</v>
       </c>
       <c r="C791" s="1" t="s">
-        <v>727</v>
+        <v>726</v>
       </c>
       <c r="D791" s="1" t="s">
         <v>37</v>
       </c>
       <c r="E791" s="1">
         <v>13</v>
       </c>
     </row>
     <row r="792">
       <c r="A792" s="1">
         <v>3</v>
       </c>
       <c r="B792" s="1">
         <v>1286</v>
       </c>
       <c r="C792" s="1" t="s">
-        <v>728</v>
+        <v>727</v>
       </c>
       <c r="D792" s="1" t="s">
         <v>47</v>
       </c>
       <c r="E792" s="1">
         <v>11</v>
       </c>
     </row>
     <row r="793">
       <c r="A793" s="1">
         <v>4</v>
       </c>
       <c r="B793" s="1">
         <v>1284</v>
       </c>
       <c r="C793" s="1" t="s">
-        <v>729</v>
+        <v>728</v>
       </c>
       <c r="D793" s="1" t="s">
         <v>47</v>
       </c>
       <c r="E793" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="794">
       <c r="A794" s="1">
         <v>5</v>
       </c>
       <c r="B794" s="1">
         <v>1287</v>
       </c>
       <c r="C794" s="1" t="s">
-        <v>730</v>
+        <v>729</v>
       </c>
       <c r="D794" s="1" t="s">
         <v>47</v>
       </c>
       <c r="E794" s="1">
         <v>9</v>
       </c>
     </row>
     <row r="795">
       <c r="A795" s="1">
         <v>6</v>
       </c>
       <c r="B795" s="1">
         <v>1086</v>
       </c>
       <c r="C795" s="1" t="s">
-        <v>731</v>
+        <v>730</v>
       </c>
       <c r="D795" s="1" t="s">
         <v>51</v>
       </c>
       <c r="E795" s="1">
         <v>8</v>
       </c>
     </row>
     <row r="796">
       <c r="A796" s="1">
         <v>7</v>
       </c>
       <c r="B796" s="1">
         <v>1401</v>
       </c>
       <c r="C796" s="1" t="s">
-        <v>732</v>
+        <v>731</v>
       </c>
       <c r="D796" s="1" t="s">
         <v>20</v>
       </c>
       <c r="E796" s="1">
         <v>7</v>
       </c>
     </row>
     <row r="797">
       <c r="A797" s="1">
         <v>8</v>
       </c>
       <c r="B797" s="1">
         <v>1055</v>
       </c>
       <c r="C797" s="1" t="s">
-        <v>733</v>
+        <v>732</v>
       </c>
       <c r="D797" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E797" s="1">
         <v>6</v>
       </c>
     </row>
     <row r="798">
       <c r="A798" s="1">
         <v>9</v>
       </c>
       <c r="B798" s="1">
         <v>249</v>
       </c>
       <c r="C798" s="1" t="s">
-        <v>734</v>
+        <v>733</v>
       </c>
       <c r="D798" s="1" t="s">
         <v>37</v>
       </c>
       <c r="E798" s="1">
         <v>5</v>
       </c>
     </row>
     <row r="799">
       <c r="A799" s="1">
         <v>10</v>
       </c>
       <c r="B799" s="1">
         <v>895</v>
       </c>
       <c r="C799" s="1" t="s">
-        <v>735</v>
+        <v>734</v>
       </c>
       <c r="D799" s="1" t="s">
         <v>37</v>
       </c>
       <c r="E799" s="1">
         <v>4</v>
       </c>
     </row>
     <row r="800">
       <c r="A800" s="1">
         <v>11</v>
       </c>
       <c r="B800" s="1">
         <v>1281</v>
       </c>
       <c r="C800" s="1" t="s">
-        <v>736</v>
+        <v>735</v>
       </c>
       <c r="D800" s="1" t="s">
         <v>47</v>
       </c>
       <c r="E800" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="801">
       <c r="A801" s="1">
         <v>12</v>
       </c>
       <c r="B801" s="1">
         <v>901</v>
       </c>
       <c r="C801" s="1" t="s">
-        <v>737</v>
+        <v>736</v>
       </c>
       <c r="D801" s="1" t="s">
         <v>37</v>
       </c>
       <c r="E801" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="802">
       <c r="A802" s="1">
         <v>13</v>
       </c>
       <c r="B802" s="1">
         <v>900</v>
       </c>
       <c r="C802" s="1" t="s">
-        <v>738</v>
+        <v>737</v>
       </c>
       <c r="D802" s="1" t="s">
         <v>37</v>
       </c>
       <c r="E802" s="1">
         <v>3</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:F2"/>
     <mergeCell ref="A3:E3"/>
     <mergeCell ref="A27:E27"/>
     <mergeCell ref="A53:E53"/>
     <mergeCell ref="A73:E73"/>
     <mergeCell ref="A93:E93"/>
     <mergeCell ref="A112:E112"/>
     <mergeCell ref="A130:E130"/>
     <mergeCell ref="A156:E156"/>
     <mergeCell ref="A170:E170"/>
     <mergeCell ref="A185:E185"/>
     <mergeCell ref="A192:E192"/>
     <mergeCell ref="A205:E205"/>
     <mergeCell ref="A214:E214"/>
     <mergeCell ref="A242:E242"/>
@@ -15196,51 +15193,51 @@
         <v>15</v>
       </c>
       <c r="B18" s="1" t="s">
         <v>17</v>
       </c>
       <c r="C18" s="1">
         <v>35</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="1">
         <v>16</v>
       </c>
       <c r="B19" s="1" t="s">
         <v>116</v>
       </c>
       <c r="C19" s="1">
         <v>33</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="1">
         <v>17</v>
       </c>
       <c r="B20" s="1" t="s">
-        <v>705</v>
+        <v>704</v>
       </c>
       <c r="C20" s="1">
         <v>31</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="1">
         <v>18</v>
       </c>
       <c r="B21" s="1" t="s">
         <v>220</v>
       </c>
       <c r="C21" s="1">
         <v>19</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="1">
         <v>19</v>
       </c>
       <c r="B22" s="1" t="s">
         <v>472</v>
       </c>
       <c r="C22" s="1">
         <v>10</v>