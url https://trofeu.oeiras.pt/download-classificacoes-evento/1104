--- v1 (2025-12-13)
+++ v2 (2026-02-16)
@@ -1427,63 +1427,63 @@
   <si>
     <t xml:space="preserve">Mariana  Borges</t>
   </si>
   <si>
     <t>Helena Santos</t>
   </si>
   <si>
     <t>M 50</t>
   </si>
   <si>
     <t>Francisco Pedro</t>
   </si>
   <si>
     <t xml:space="preserve">SÉRGIO    PAIVA</t>
   </si>
   <si>
     <t>PEDRO MAGALHÃES</t>
   </si>
   <si>
     <t>Romário Almeida</t>
   </si>
   <si>
     <t>Walkandrun.pt-Seaside</t>
   </si>
   <si>
-    <t>NATACHA FAUSTINO</t>
+    <t>AEVERTON OLIVEIRA</t>
   </si>
   <si>
     <t xml:space="preserve">Joao  Borrego</t>
   </si>
   <si>
     <t>JOSÉ GOMES TEIXEIRA</t>
   </si>
   <si>
     <t xml:space="preserve">PEDRO PRETO </t>
   </si>
   <si>
-    <t>Filipe Rebelo</t>
+    <t>Joaquim Amaral</t>
   </si>
   <si>
     <t>GONÇALO COSTA</t>
   </si>
   <si>
     <t>Paulo Tomás</t>
   </si>
   <si>
     <t>João Narra</t>
   </si>
   <si>
     <t xml:space="preserve">CARLOS   SILVA</t>
   </si>
   <si>
     <t>João Bogalheiro</t>
   </si>
   <si>
     <t>AgualvaRunners</t>
   </si>
   <si>
     <t>JOSÉ ALVES</t>
   </si>
   <si>
     <t>FILIPE FILIPE</t>
   </si>
@@ -1517,51 +1517,51 @@
   <si>
     <t>Nuno Almeida</t>
   </si>
   <si>
     <t>Nelson Tembe</t>
   </si>
   <si>
     <t xml:space="preserve">José  Raposo</t>
   </si>
   <si>
     <t xml:space="preserve">ORLANDO  CORREIA</t>
   </si>
   <si>
     <t>JULIO FERREIRA</t>
   </si>
   <si>
     <t>Paulo Espirito-Santo</t>
   </si>
   <si>
     <t>Luis Miranda</t>
   </si>
   <si>
     <t>SEBASTIÃO BARATA</t>
   </si>
   <si>
-    <t>FRANCISCO MOTA</t>
+    <t>Gustavo Monteiro</t>
   </si>
   <si>
     <t>LUIS LIMA</t>
   </si>
   <si>
     <t>Luis Barata</t>
   </si>
   <si>
     <t>ANDRÉ LIMA</t>
   </si>
   <si>
     <t>Filipe Ribeiro</t>
   </si>
   <si>
     <t xml:space="preserve">Daniel  Morais</t>
   </si>
   <si>
     <t>João Revés</t>
   </si>
   <si>
     <t>Manuel Correia</t>
   </si>
   <si>
     <t>Nuno Duarte</t>
   </si>