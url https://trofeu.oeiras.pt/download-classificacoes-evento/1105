--- v0 (2025-11-03)
+++ v1 (2025-12-21)
@@ -590,51 +590,51 @@
   <si>
     <t>Sub 23 - Masculinos</t>
   </si>
   <si>
     <t xml:space="preserve">VALTER    GOMES</t>
   </si>
   <si>
     <t xml:space="preserve">TOMÁS     ESTEVES</t>
   </si>
   <si>
     <t xml:space="preserve">JOSÉ      CARLOS</t>
   </si>
   <si>
     <t>ALEXANDRE PEREIRA</t>
   </si>
   <si>
     <t>Pedro Sousa</t>
   </si>
   <si>
     <t xml:space="preserve">EDSON     CARVALHO</t>
   </si>
   <si>
     <t xml:space="preserve">DIOGO     CORREIA</t>
   </si>
   <si>
-    <t>PEDRO VIEIRA</t>
+    <t>DEUS KAPUNGA</t>
   </si>
   <si>
     <t>Gonçalo Gomes</t>
   </si>
   <si>
     <t xml:space="preserve">André  Luís</t>
   </si>
   <si>
     <t>CASA DO BENFICA EM ALGUEIRÃO MEM MARTINS - SINTRA</t>
   </si>
   <si>
     <t>Sub 23 - Femininos</t>
   </si>
   <si>
     <t xml:space="preserve">TATIANA   MOURA</t>
   </si>
   <si>
     <t>MARIA SANTOS</t>
   </si>
   <si>
     <t>Rita Bacelar</t>
   </si>
   <si>
     <t>Sofia Gonçalves</t>
   </si>
@@ -839,51 +839,51 @@
   <si>
     <t xml:space="preserve">JOSÉ   CAMACHO</t>
   </si>
   <si>
     <t>Ivandro Moreira</t>
   </si>
   <si>
     <t>AgualvaRunners</t>
   </si>
   <si>
     <t>RODRIGO DUARTE</t>
   </si>
   <si>
     <t>JOSÉ CARLOS TEODORO</t>
   </si>
   <si>
     <t>Hugo Evaristo</t>
   </si>
   <si>
     <t>Nuno Quintela</t>
   </si>
   <si>
     <t>Bruno Ferreira</t>
   </si>
   <si>
-    <t xml:space="preserve">TIAGO VELEZ </t>
+    <t>JOSÉ VASCO</t>
   </si>
   <si>
     <t xml:space="preserve">ANDRÉ   PERDIGÃO</t>
   </si>
   <si>
     <t>Miguel Sousa</t>
   </si>
   <si>
     <t>André Oliveira</t>
   </si>
   <si>
     <t>Grupo Recreativo e Desportivo da Ribeira da Lage</t>
   </si>
   <si>
     <t>Tiago Cardoso</t>
   </si>
   <si>
     <t>TELMO JORGE</t>
   </si>
   <si>
     <t>Tiago Andrade</t>
   </si>
   <si>
     <t xml:space="preserve">João  Miranda</t>
   </si>
@@ -1241,51 +1241,51 @@
   <si>
     <t>M 45</t>
   </si>
   <si>
     <t>JOÃO PIRES</t>
   </si>
   <si>
     <t>Luís Brito</t>
   </si>
   <si>
     <t xml:space="preserve">ARTUR   PEREIRA</t>
   </si>
   <si>
     <t>ANTÓNIO RODRIGUES</t>
   </si>
   <si>
     <t>João Castanheira</t>
   </si>
   <si>
     <t>Nuno Tintim</t>
   </si>
   <si>
     <t xml:space="preserve">5187 - Dados removidos </t>
   </si>
   <si>
-    <t xml:space="preserve">BRUNO   GARCIA</t>
+    <t>JOÃO LOPES</t>
   </si>
   <si>
     <t xml:space="preserve">HUGO   DOMINGOS</t>
   </si>
   <si>
     <t>João Guterres</t>
   </si>
   <si>
     <t xml:space="preserve">JORGE   PINHO</t>
   </si>
   <si>
     <t xml:space="preserve">HUGO   GONÇALVES</t>
   </si>
   <si>
     <t>PEDRO BURRICA</t>
   </si>
   <si>
     <t>Tiago Rocha</t>
   </si>
   <si>
     <t>Jorge Nunes</t>
   </si>
   <si>
     <t xml:space="preserve">NUNO FERNANDES </t>
   </si>
@@ -1295,51 +1295,51 @@
   <si>
     <t>Bruno Afonso</t>
   </si>
   <si>
     <t>Emanuel Oliveira</t>
   </si>
   <si>
     <t>Artur Alves</t>
   </si>
   <si>
     <t>Nuno Santos</t>
   </si>
   <si>
     <t>Pedro Raposo</t>
   </si>
   <si>
     <t>RUI ALVES</t>
   </si>
   <si>
     <t>RICARDO PEDRO</t>
   </si>
   <si>
     <t>Jorge Paredes</t>
   </si>
   <si>
-    <t xml:space="preserve">JOAQUIM AMARAL </t>
+    <t xml:space="preserve">PEDRO  CAVILHAS</t>
   </si>
   <si>
     <t>JOSÉ BORGES</t>
   </si>
   <si>
     <t>JOSE CRUZ</t>
   </si>
   <si>
     <t>Ricardo Nuno</t>
   </si>
   <si>
     <t>LUIS PINTO</t>
   </si>
   <si>
     <t xml:space="preserve">ANTÓNIO   ORLANDO</t>
   </si>
   <si>
     <t>Bruno Oliveira</t>
   </si>
   <si>
     <t>Carlos Luiz</t>
   </si>
   <si>
     <t xml:space="preserve">Mario  Batista</t>
   </si>
@@ -1352,51 +1352,51 @@
   <si>
     <t>Luís Nogueira</t>
   </si>
   <si>
     <t>SEBASTIAN FODOR</t>
   </si>
   <si>
     <t>João Monjardino</t>
   </si>
   <si>
     <t>JOÃO AGUIAR</t>
   </si>
   <si>
     <t>Pedro Antunes</t>
   </si>
   <si>
     <t>Luís Godinho</t>
   </si>
   <si>
     <t>HUMBERTO AFONSO</t>
   </si>
   <si>
     <t>Paulo Serra</t>
   </si>
   <si>
-    <t>EZEQUIEL ANDRADE</t>
+    <t>MILA ALEXANDRA HELD</t>
   </si>
   <si>
     <t>JOÂO COCHARRO</t>
   </si>
   <si>
     <t>Fernando Palma</t>
   </si>
   <si>
     <t>Bruno Pereira</t>
   </si>
   <si>
     <t>Rui Raposo</t>
   </si>
   <si>
     <t>José Sousa</t>
   </si>
   <si>
     <t>Eduardo Poças</t>
   </si>
   <si>
     <t>JOAO LOPES</t>
   </si>
   <si>
     <t>JOÂO CARVALHO</t>
   </si>
@@ -1577,132 +1577,132 @@
   <si>
     <t>Luís Coelho</t>
   </si>
   <si>
     <t xml:space="preserve">SÉRGIO    PAIVA</t>
   </si>
   <si>
     <t>Paulo Silva</t>
   </si>
   <si>
     <t>PEDRO MAGALHÃES</t>
   </si>
   <si>
     <t>Romário Almeida</t>
   </si>
   <si>
     <t>Walkandrun.pt-Seaside</t>
   </si>
   <si>
     <t>Inês Sousa</t>
   </si>
   <si>
     <t xml:space="preserve">PEDRO PRETO </t>
   </si>
   <si>
-    <t xml:space="preserve">CARLOS FREITAS </t>
+    <t>Filipe Rebelo</t>
   </si>
   <si>
     <t xml:space="preserve">Joao  Borrego</t>
   </si>
   <si>
     <t>PAULO JORGE MARTINS</t>
   </si>
   <si>
     <t xml:space="preserve">Dinis  Ribas </t>
   </si>
   <si>
     <t>GONÇALO COSTA</t>
   </si>
   <si>
     <t>Miguel David</t>
   </si>
   <si>
     <t xml:space="preserve">CARLOS   SILVA</t>
   </si>
   <si>
     <t>João Bogalheiro</t>
   </si>
   <si>
     <t xml:space="preserve">RUI   OLIVEIRA</t>
   </si>
   <si>
     <t>JOSÉ ALVES</t>
   </si>
   <si>
     <t>LUIS LIMA</t>
   </si>
   <si>
     <t>DINIS MORAIS</t>
   </si>
   <si>
     <t xml:space="preserve">PEDRO   CANELAS</t>
   </si>
   <si>
     <t xml:space="preserve">João  Paulo</t>
   </si>
   <si>
     <t>António Canto</t>
   </si>
   <si>
-    <t>João Maral</t>
+    <t xml:space="preserve">João  Maral </t>
   </si>
   <si>
     <t>Maralvaiketo</t>
   </si>
   <si>
     <t>João Narra</t>
   </si>
   <si>
-    <t>Paulo Campos</t>
+    <t>JORGE PAREDES</t>
   </si>
   <si>
     <t xml:space="preserve">ORLANDO  CORREIA</t>
   </si>
   <si>
     <t>Rui Correia</t>
   </si>
   <si>
     <t>PEDRO ESTEVES</t>
   </si>
   <si>
     <t>Luis Barata</t>
   </si>
   <si>
     <t>JULIO FERREIRA</t>
   </si>
   <si>
     <t>JORGE LEONARDO</t>
   </si>
   <si>
     <t>Paulo Tomás</t>
   </si>
   <si>
     <t>SEBASTIÃO BARATA</t>
   </si>
   <si>
-    <t xml:space="preserve">JOAQUIM SANTOS </t>
+    <t>FRANCISCO MOTA</t>
   </si>
   <si>
     <t>Nuno Duarte</t>
   </si>
   <si>
     <t>Henrique Ferreira</t>
   </si>
   <si>
     <t>Manuel Correia</t>
   </si>
   <si>
     <t xml:space="preserve">Daniel  Morais</t>
   </si>
   <si>
     <t>Ricardo Rodrigues</t>
   </si>
   <si>
     <t>João Revés</t>
   </si>
   <si>
     <t xml:space="preserve">BENTO   QUARESMA</t>
   </si>
   <si>
     <t xml:space="preserve">José  Raposo</t>
   </si>
@@ -1760,51 +1760,51 @@
   <si>
     <t>João Arroz</t>
   </si>
   <si>
     <t>DAVID ALMEIDA</t>
   </si>
   <si>
     <t>Nuno Morgado</t>
   </si>
   <si>
     <t>F 50</t>
   </si>
   <si>
     <t>ALEXANDRA PORTELA</t>
   </si>
   <si>
     <t xml:space="preserve">ANA RUTE  PEREIRA</t>
   </si>
   <si>
     <t xml:space="preserve">Cristina  Henriques</t>
   </si>
   <si>
     <t xml:space="preserve">SANDRA  FERNANDES</t>
   </si>
   <si>
-    <t>CLÁUDIA BORRALHO</t>
+    <t>VENCEDORA CAPUNGA</t>
   </si>
   <si>
     <t>ANA LETRA</t>
   </si>
   <si>
     <t>Isabel Antunes</t>
   </si>
   <si>
     <t xml:space="preserve">Gracinda  Fernandes</t>
   </si>
   <si>
     <t>Fernanda Murteira</t>
   </si>
   <si>
     <t>Maria Ryder</t>
   </si>
   <si>
     <t xml:space="preserve">ANABELA   SANTOS</t>
   </si>
   <si>
     <t>Eugénia Ribeiro</t>
   </si>
   <si>
     <t>Sandra Bação</t>
   </si>
@@ -2147,51 +2147,51 @@
   <si>
     <t>Carlos Marques</t>
   </si>
   <si>
     <t>JOSÉ MAIO</t>
   </si>
   <si>
     <t>Manuel Araújo</t>
   </si>
   <si>
     <t>JOÃO CARVALHINHO</t>
   </si>
   <si>
     <t>Lúcio Morais</t>
   </si>
   <si>
     <t xml:space="preserve">RICARDO   TAPADA</t>
   </si>
   <si>
     <t>José Freitas</t>
   </si>
   <si>
     <t xml:space="preserve">ANTÓNIO  ALVES</t>
   </si>
   <si>
-    <t xml:space="preserve">Carlos A  P Silva</t>
+    <t xml:space="preserve">Carlos  Silva</t>
   </si>
   <si>
     <t>António Lima</t>
   </si>
   <si>
     <t>JOSÉ RODRIGUES</t>
   </si>
   <si>
     <t>Jorge Oliveira</t>
   </si>
   <si>
     <t xml:space="preserve">Luis  Almeida</t>
   </si>
   <si>
     <t>João Teixeira</t>
   </si>
   <si>
     <t xml:space="preserve">Hermínio  Cabeceira</t>
   </si>
   <si>
     <t>Joaquim Lopes</t>
   </si>
   <si>
     <t>José Silva</t>
   </si>