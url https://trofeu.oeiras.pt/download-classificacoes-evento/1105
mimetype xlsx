--- v1 (2025-12-21)
+++ v2 (2026-02-22)
@@ -635,51 +635,51 @@
   <si>
     <t>Rita Bacelar</t>
   </si>
   <si>
     <t>Sofia Gonçalves</t>
   </si>
   <si>
     <t xml:space="preserve">INÊS      PINTO</t>
   </si>
   <si>
     <t>Seniores - Masculinos</t>
   </si>
   <si>
     <t xml:space="preserve">Hugo   Correia</t>
   </si>
   <si>
     <t xml:space="preserve">Nuno  Carraça</t>
   </si>
   <si>
     <t xml:space="preserve">DIOGO     BATISTA</t>
   </si>
   <si>
     <t>ANTÓNIO GAMA DA SILVA</t>
   </si>
   <si>
-    <t>José Marcos</t>
+    <t xml:space="preserve">Cláudia  Borralho</t>
   </si>
   <si>
     <t>Joshua Stern</t>
   </si>
   <si>
     <t>Natanael Guerreiro</t>
   </si>
   <si>
     <t>JOSÉ CARVALHO</t>
   </si>
   <si>
     <t>FILIPE REBELO</t>
   </si>
   <si>
     <t xml:space="preserve">Diogo Jacinto </t>
   </si>
   <si>
     <t>Simão Augusto</t>
   </si>
   <si>
     <t>ANTÓNIO BONÉ</t>
   </si>
   <si>
     <t xml:space="preserve">João  Antunes</t>
   </si>
@@ -698,51 +698,51 @@
   <si>
     <t>MIGUEL COSTA</t>
   </si>
   <si>
     <t xml:space="preserve"> DESPORTIVO MONTE REAL</t>
   </si>
   <si>
     <t>Carlos Gomes</t>
   </si>
   <si>
     <t>Diogo Vicente</t>
   </si>
   <si>
     <t xml:space="preserve">João  Revés</t>
   </si>
   <si>
     <t>TIAGO SILVA</t>
   </si>
   <si>
     <t xml:space="preserve">André  Viseu</t>
   </si>
   <si>
     <t>ANDRÉ FERREIRA</t>
   </si>
   <si>
-    <t>Sérgio Oliveira</t>
+    <t>Paulo Arrenega</t>
   </si>
   <si>
     <t>Fábio Querido</t>
   </si>
   <si>
     <t>Mariana Oliveira</t>
   </si>
   <si>
     <t xml:space="preserve">Gonçalo  Silva </t>
   </si>
   <si>
     <t>Pedro Côrte-Real</t>
   </si>
   <si>
     <t>Ruben Mendonça</t>
   </si>
   <si>
     <t>GABRIEL SOUZA</t>
   </si>
   <si>
     <t>Sérgio Correia</t>
   </si>
   <si>
     <t>Henrique Cruz</t>
   </si>
@@ -905,51 +905,51 @@
   <si>
     <t>Tiago Carvalhinho</t>
   </si>
   <si>
     <t xml:space="preserve">VÍTOR   TEIXEIRA</t>
   </si>
   <si>
     <t xml:space="preserve">Pedro  Ferreira</t>
   </si>
   <si>
     <t xml:space="preserve">Sergio  Ladeira </t>
   </si>
   <si>
     <t xml:space="preserve">Hugo  Pereira</t>
   </si>
   <si>
     <t>Márcio Mateus</t>
   </si>
   <si>
     <t>F 35</t>
   </si>
   <si>
     <t>Ana Mendes</t>
   </si>
   <si>
-    <t>Ana Silveira</t>
+    <t>Steve Gabadinho</t>
   </si>
   <si>
     <t>Rita Raimundo</t>
   </si>
   <si>
     <t>Ana Coutinho</t>
   </si>
   <si>
     <t>ÁGNES KOPPÁNYI</t>
   </si>
   <si>
     <t xml:space="preserve">Mónica  Carvalho</t>
   </si>
   <si>
     <t>JOANA TRANCA</t>
   </si>
   <si>
     <t>Rosa Ribeiro</t>
   </si>
   <si>
     <t>INES MARTINS</t>
   </si>
   <si>
     <t>M 40</t>
   </si>
@@ -1577,51 +1577,51 @@
   <si>
     <t>Luís Coelho</t>
   </si>
   <si>
     <t xml:space="preserve">SÉRGIO    PAIVA</t>
   </si>
   <si>
     <t>Paulo Silva</t>
   </si>
   <si>
     <t>PEDRO MAGALHÃES</t>
   </si>
   <si>
     <t>Romário Almeida</t>
   </si>
   <si>
     <t>Walkandrun.pt-Seaside</t>
   </si>
   <si>
     <t>Inês Sousa</t>
   </si>
   <si>
     <t xml:space="preserve">PEDRO PRETO </t>
   </si>
   <si>
-    <t>Filipe Rebelo</t>
+    <t>Joaquim Amaral</t>
   </si>
   <si>
     <t xml:space="preserve">Joao  Borrego</t>
   </si>
   <si>
     <t>PAULO JORGE MARTINS</t>
   </si>
   <si>
     <t xml:space="preserve">Dinis  Ribas </t>
   </si>
   <si>
     <t>GONÇALO COSTA</t>
   </si>
   <si>
     <t>Miguel David</t>
   </si>
   <si>
     <t xml:space="preserve">CARLOS   SILVA</t>
   </si>
   <si>
     <t>João Bogalheiro</t>
   </si>
   <si>
     <t xml:space="preserve">RUI   OLIVEIRA</t>
   </si>
@@ -1658,51 +1658,51 @@
   <si>
     <t xml:space="preserve">ORLANDO  CORREIA</t>
   </si>
   <si>
     <t>Rui Correia</t>
   </si>
   <si>
     <t>PEDRO ESTEVES</t>
   </si>
   <si>
     <t>Luis Barata</t>
   </si>
   <si>
     <t>JULIO FERREIRA</t>
   </si>
   <si>
     <t>JORGE LEONARDO</t>
   </si>
   <si>
     <t>Paulo Tomás</t>
   </si>
   <si>
     <t>SEBASTIÃO BARATA</t>
   </si>
   <si>
-    <t>FRANCISCO MOTA</t>
+    <t>Gustavo Monteiro</t>
   </si>
   <si>
     <t>Nuno Duarte</t>
   </si>
   <si>
     <t>Henrique Ferreira</t>
   </si>
   <si>
     <t>Manuel Correia</t>
   </si>
   <si>
     <t xml:space="preserve">Daniel  Morais</t>
   </si>
   <si>
     <t>Ricardo Rodrigues</t>
   </si>
   <si>
     <t>João Revés</t>
   </si>
   <si>
     <t xml:space="preserve">BENTO   QUARESMA</t>
   </si>
   <si>
     <t xml:space="preserve">José  Raposo</t>
   </si>
@@ -2147,51 +2147,51 @@
   <si>
     <t>Carlos Marques</t>
   </si>
   <si>
     <t>JOSÉ MAIO</t>
   </si>
   <si>
     <t>Manuel Araújo</t>
   </si>
   <si>
     <t>JOÃO CARVALHINHO</t>
   </si>
   <si>
     <t>Lúcio Morais</t>
   </si>
   <si>
     <t xml:space="preserve">RICARDO   TAPADA</t>
   </si>
   <si>
     <t>José Freitas</t>
   </si>
   <si>
     <t xml:space="preserve">ANTÓNIO  ALVES</t>
   </si>
   <si>
-    <t xml:space="preserve">Carlos  Silva</t>
+    <t xml:space="preserve">Ana  Sobral</t>
   </si>
   <si>
     <t>António Lima</t>
   </si>
   <si>
     <t>JOSÉ RODRIGUES</t>
   </si>
   <si>
     <t>Jorge Oliveira</t>
   </si>
   <si>
     <t xml:space="preserve">Luis  Almeida</t>
   </si>
   <si>
     <t>João Teixeira</t>
   </si>
   <si>
     <t xml:space="preserve">Hermínio  Cabeceira</t>
   </si>
   <si>
     <t>Joaquim Lopes</t>
   </si>
   <si>
     <t>José Silva</t>
   </si>