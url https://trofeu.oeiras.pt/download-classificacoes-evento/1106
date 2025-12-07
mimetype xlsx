--- v0 (2025-10-18)
+++ v1 (2025-12-07)
@@ -512,51 +512,51 @@
   <si>
     <t xml:space="preserve">VALTER    GOMES</t>
   </si>
   <si>
     <t xml:space="preserve">TOMÁS     ESTEVES</t>
   </si>
   <si>
     <t>ALEXANDRE PEREIRA</t>
   </si>
   <si>
     <t xml:space="preserve">JOSÉ      CARLOS</t>
   </si>
   <si>
     <t xml:space="preserve">EDSON     CARVALHO</t>
   </si>
   <si>
     <t>Pedro Sousa</t>
   </si>
   <si>
     <t>Gonçalo Gomes</t>
   </si>
   <si>
     <t xml:space="preserve"> Atlético Clube de Porto Salvo</t>
   </si>
   <si>
-    <t>PEDRO VIEIRA</t>
+    <t>DEUS KAPUNGA</t>
   </si>
   <si>
     <t>Diogo Carvalho</t>
   </si>
   <si>
     <t>Sub 23 - Femininos</t>
   </si>
   <si>
     <t xml:space="preserve">TATIANA   MOURA</t>
   </si>
   <si>
     <t>Rita Bacelar</t>
   </si>
   <si>
     <t>JOYCELENE BARROS</t>
   </si>
   <si>
     <t xml:space="preserve">INÊS      PINTO</t>
   </si>
   <si>
     <t>Sofia Gonçalves</t>
   </si>
   <si>
     <t>Seniores - Masculinos</t>
   </si>
@@ -737,51 +737,51 @@
   <si>
     <t>Ana Cardoso</t>
   </si>
   <si>
     <t>Daniela Bragança</t>
   </si>
   <si>
     <t>M 35</t>
   </si>
   <si>
     <t>RODRIGO DUARTE</t>
   </si>
   <si>
     <t xml:space="preserve">JOSÉ   CAMACHO</t>
   </si>
   <si>
     <t>JOSÉ CARLOS TEODORO</t>
   </si>
   <si>
     <t>Tiago Vasconcelos</t>
   </si>
   <si>
     <t>Nuno Quintela</t>
   </si>
   <si>
-    <t xml:space="preserve">TIAGO VELEZ </t>
+    <t>JOSÉ VASCO</t>
   </si>
   <si>
     <t>Bruno Ferreira</t>
   </si>
   <si>
     <t>André Oliveira</t>
   </si>
   <si>
     <t>Grupo Recreativo e Desportivo da Ribeira da Lage</t>
   </si>
   <si>
     <t xml:space="preserve">ANDRÉ   PERDIGÃO</t>
   </si>
   <si>
     <t>Machel Carvalho</t>
   </si>
   <si>
     <t>Edney Escórcio</t>
   </si>
   <si>
     <t>Gonçalo Faria</t>
   </si>
   <si>
     <t>Tiago Cardoso</t>
   </si>
@@ -1007,69 +1007,69 @@
   <si>
     <t>AGOSTINHO SEMEDO</t>
   </si>
   <si>
     <t>Bruno Ornelas</t>
   </si>
   <si>
     <t>Miguel Ramalho</t>
   </si>
   <si>
     <t>Nuno Silva</t>
   </si>
   <si>
     <t>Sérgio Santos</t>
   </si>
   <si>
     <t>Mário Rodrigues</t>
   </si>
   <si>
     <t>Germano Louro</t>
   </si>
   <si>
     <t>GONÇALO PEDRO</t>
   </si>
   <si>
-    <t>Sérgio Lopes</t>
+    <t>Mário Anselmo</t>
   </si>
   <si>
     <t>TIAGO OLIVEIRA</t>
   </si>
   <si>
     <t>F 40</t>
   </si>
   <si>
     <t>MARINA DOMIMGUES</t>
   </si>
   <si>
     <t xml:space="preserve">RITA ROSA </t>
   </si>
   <si>
     <t>Sandra Conceição</t>
   </si>
   <si>
-    <t>ELISABETE MACEDO</t>
+    <t>MARTA MOTA</t>
   </si>
   <si>
     <t>INÊS INFANTE</t>
   </si>
   <si>
     <t>RITA ANTUNES</t>
   </si>
   <si>
     <t>MARIANA FODOR</t>
   </si>
   <si>
     <t>Cátea Ramos</t>
   </si>
   <si>
     <t>HELENA CARDOSO</t>
   </si>
   <si>
     <t>MARISA ABREU</t>
   </si>
   <si>
     <t>Rodrigo Tavares</t>
   </si>
   <si>
     <t>Sara Rosa</t>
   </si>
@@ -1163,57 +1163,57 @@
   <si>
     <t xml:space="preserve">BRUNO   GARCIA</t>
   </si>
   <si>
     <t>PEDRO BURRICA</t>
   </si>
   <si>
     <t>LUIS FILIPE</t>
   </si>
   <si>
     <t>Jorge Nunes</t>
   </si>
   <si>
     <t>Tiago Rocha</t>
   </si>
   <si>
     <t>Bruno Afonso</t>
   </si>
   <si>
     <t>Rui Ferreira</t>
   </si>
   <si>
     <t>CASA DO BENFICA EM ALGUEIRÃO MEM MARTINS - SINTRA</t>
   </si>
   <si>
-    <t>Fraquinho Oliveira</t>
+    <t>BRUNO OLIVEIRA</t>
   </si>
   <si>
     <t>Nuno Santos</t>
   </si>
   <si>
-    <t xml:space="preserve">JOAQUIM AMARAL </t>
+    <t xml:space="preserve">PEDRO  CAVILHAS</t>
   </si>
   <si>
     <t>Rui Cunha</t>
   </si>
   <si>
     <t>JOSÉ BORGES</t>
   </si>
   <si>
     <t>LUIS PINTO</t>
   </si>
   <si>
     <t>Artur Alves</t>
   </si>
   <si>
     <t>RICARDO PEDRO</t>
   </si>
   <si>
     <t>Pedro Raposo</t>
   </si>
   <si>
     <t xml:space="preserve">Nuno  Oliveira</t>
   </si>
   <si>
     <t>RUI ALVES</t>
   </si>
@@ -1235,51 +1235,51 @@
   <si>
     <t>Ricardo Nuno</t>
   </si>
   <si>
     <t xml:space="preserve">Mario  Batista</t>
   </si>
   <si>
     <t>Paulo Serra</t>
   </si>
   <si>
     <t>SEBASTIAN FODOR</t>
   </si>
   <si>
     <t>Pedro Antunes</t>
   </si>
   <si>
     <t>NUNO CORREIA</t>
   </si>
   <si>
     <t>Fernando Silva</t>
   </si>
   <si>
     <t>JOAO LOPES</t>
   </si>
   <si>
-    <t>EZEQUIEL ANDRADE</t>
+    <t>MIGUEL PINTO</t>
   </si>
   <si>
     <t>João Monjardino</t>
   </si>
   <si>
     <t>JOÃO AGUIAR</t>
   </si>
   <si>
     <t>Luís Nogueira</t>
   </si>
   <si>
     <t>HUMBERTO AFONSO</t>
   </si>
   <si>
     <t>CRISPIANO MAGRO</t>
   </si>
   <si>
     <t>Bruno Pereira</t>
   </si>
   <si>
     <t>EVELINO MAGALHÃES</t>
   </si>
   <si>
     <t xml:space="preserve">JOÃO  PEIXOTO</t>
   </si>
@@ -1514,51 +1514,51 @@
   <si>
     <t xml:space="preserve">SÉRGIO    PAIVA</t>
   </si>
   <si>
     <t>PEDRO MAGALHÃES</t>
   </si>
   <si>
     <t>Luís Coelho</t>
   </si>
   <si>
     <t>Eduardo Coelho</t>
   </si>
   <si>
     <t xml:space="preserve">PEDRO PRETO </t>
   </si>
   <si>
     <t>Romário Almeida</t>
   </si>
   <si>
     <t>NATACHA FAUSTINO</t>
   </si>
   <si>
     <t>JOSÉ GOMES TEIXEIRA</t>
   </si>
   <si>
-    <t xml:space="preserve">CARLOS FREITAS </t>
+    <t>Filipe Rebelo</t>
   </si>
   <si>
     <t>PAULO JORGE MARTINS</t>
   </si>
   <si>
     <t xml:space="preserve">Dinis  Ribas </t>
   </si>
   <si>
     <t>FILIPE FILIPE</t>
   </si>
   <si>
     <t>João Bogalheiro</t>
   </si>
   <si>
     <t>AgualvaRunners</t>
   </si>
   <si>
     <t>GONÇALO COSTA</t>
   </si>
   <si>
     <t>Luis Monteiro</t>
   </si>
   <si>
     <t xml:space="preserve">CARLOS   SILVA</t>
   </si>
@@ -1577,51 +1577,51 @@
   <si>
     <t>JOSÉ ALVES</t>
   </si>
   <si>
     <t>Raúl Azevedo</t>
   </si>
   <si>
     <t>LUIS LIMA</t>
   </si>
   <si>
     <t>António Canto</t>
   </si>
   <si>
     <t xml:space="preserve">João  Paulo</t>
   </si>
   <si>
     <t>SEBASTIÃO BARATA</t>
   </si>
   <si>
     <t>Nuno Morgado</t>
   </si>
   <si>
     <t>Mário Porfírio</t>
   </si>
   <si>
-    <t xml:space="preserve">JOAQUIM SANTOS </t>
+    <t>FRANCISCO MOTA</t>
   </si>
   <si>
     <t>Paulo Campos</t>
   </si>
   <si>
     <t>Helder Pereira</t>
   </si>
   <si>
     <t>PEDRO ESTEVES</t>
   </si>
   <si>
     <t>JORGE LEONARDO</t>
   </si>
   <si>
     <t xml:space="preserve">JOÃO   RODRIGUES</t>
   </si>
   <si>
     <t>Nuno Duarte</t>
   </si>
   <si>
     <t xml:space="preserve">ORLANDO  CORREIA</t>
   </si>
   <si>
     <t xml:space="preserve">BENTO   QUARESMA</t>
   </si>
@@ -1661,51 +1661,51 @@
   <si>
     <t>LUÍS SANTOS</t>
   </si>
   <si>
     <t>Paulo Espirito-Santo</t>
   </si>
   <si>
     <t>Tomás Wiborg</t>
   </si>
   <si>
     <t xml:space="preserve"> WLF</t>
   </si>
   <si>
     <t>Miguel Lourenço</t>
   </si>
   <si>
     <t>Rogério Luís</t>
   </si>
   <si>
     <t>Carlos Carvalho</t>
   </si>
   <si>
     <t xml:space="preserve">VÍTOR   CANTO</t>
   </si>
   <si>
-    <t xml:space="preserve">JOÃO  NEVES</t>
+    <t>ANDRÉ LIMA</t>
   </si>
   <si>
     <t>PAULO CORDEIRO</t>
   </si>
   <si>
     <t>Miguel Moradias</t>
   </si>
   <si>
     <t xml:space="preserve">RICARDO   FARIA</t>
   </si>
   <si>
     <t>MARCELO CERDEIRA</t>
   </si>
   <si>
     <t>FERNANDO CARDIA</t>
   </si>
   <si>
     <t xml:space="preserve">José  Raposo</t>
   </si>
   <si>
     <t>Daniel Estrela</t>
   </si>
   <si>
     <t>Carlos Carracha</t>
   </si>
@@ -1715,57 +1715,57 @@
   <si>
     <t xml:space="preserve">Rui  Pastor</t>
   </si>
   <si>
     <t>PASTOR RACING</t>
   </si>
   <si>
     <t>JOAQUIM CARDOSO</t>
   </si>
   <si>
     <t>Rui Vaz</t>
   </si>
   <si>
     <t>António Nobre</t>
   </si>
   <si>
     <t>DAVID ALMEIDA</t>
   </si>
   <si>
     <t>F 50</t>
   </si>
   <si>
     <t>ALEXANDRA PORTELA</t>
   </si>
   <si>
-    <t xml:space="preserve">Ana  Santos</t>
+    <t>Ana Cleto</t>
   </si>
   <si>
     <t xml:space="preserve">Cristina  Henriques</t>
   </si>
   <si>
-    <t>CLÁUDIA BORRALHO</t>
+    <t>VENCEDORA CAPUNGA</t>
   </si>
   <si>
     <t xml:space="preserve">SANDRA  FERNANDES</t>
   </si>
   <si>
     <t xml:space="preserve">ANABELA SALAZAR </t>
   </si>
   <si>
     <t>Fernanda Murteira</t>
   </si>
   <si>
     <t>Maria Ryder</t>
   </si>
   <si>
     <t>ANA LETRA</t>
   </si>
   <si>
     <t>Ana Ferreira</t>
   </si>
   <si>
     <t>Sandra Bação</t>
   </si>
   <si>
     <t xml:space="preserve">ANABELA   SANTOS</t>
   </si>
@@ -1787,51 +1787,51 @@
   <si>
     <t>Celeste Oliveira</t>
   </si>
   <si>
     <t>Ana Nunes</t>
   </si>
   <si>
     <t>Celeste Almeida</t>
   </si>
   <si>
     <t xml:space="preserve">PAULA   SARAIVA</t>
   </si>
   <si>
     <t>Fabiana Zunfrilli</t>
   </si>
   <si>
     <t>Cidália Borges</t>
   </si>
   <si>
     <t>Sara Silva</t>
   </si>
   <si>
     <t>ANA MOTA</t>
   </si>
   <si>
-    <t>Isabel Costa</t>
+    <t>MARIA PEIXOTO</t>
   </si>
   <si>
     <t>Ana Cristina Viegas</t>
   </si>
   <si>
     <t>Sílvia Carlos</t>
   </si>
   <si>
     <t>Nuno Falé</t>
   </si>
   <si>
     <t xml:space="preserve">SÓNIA   CASON</t>
   </si>
   <si>
     <t>Isabel Silva</t>
   </si>
   <si>
     <t>Paula Silva</t>
   </si>
   <si>
     <t>ISABEL SAMPAIO</t>
   </si>
   <si>
     <t>ALZIRA VIEIRA</t>
   </si>
@@ -2114,51 +2114,51 @@
   <si>
     <t>Francisco Reis</t>
   </si>
   <si>
     <t>Vitor Rocha</t>
   </si>
   <si>
     <t>JOÃO INFANTE</t>
   </si>
   <si>
     <t>Antonio Marques</t>
   </si>
   <si>
     <t>Pedro Matos</t>
   </si>
   <si>
     <t>Carlos Marques</t>
   </si>
   <si>
     <t>Carlos Santos</t>
   </si>
   <si>
     <t>Vítor Revés</t>
   </si>
   <si>
-    <t xml:space="preserve">Carlos A  P Silva</t>
+    <t xml:space="preserve">Carlos  Silva</t>
   </si>
   <si>
     <t xml:space="preserve">RICARDO   TAPADA</t>
   </si>
   <si>
     <t>Manuel Araújo</t>
   </si>
   <si>
     <t>JOÃO CARVALHINHO</t>
   </si>
   <si>
     <t>Lúcio Morais</t>
   </si>
   <si>
     <t>Nuno Galvão</t>
   </si>
   <si>
     <t xml:space="preserve">ANTÓNIO  ALVES</t>
   </si>
   <si>
     <t>Jorge Oliveira</t>
   </si>
   <si>
     <t>Manuel Estevens</t>
   </si>