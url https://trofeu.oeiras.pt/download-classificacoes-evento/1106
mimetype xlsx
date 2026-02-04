--- v1 (2025-12-07)
+++ v2 (2026-02-04)
@@ -551,51 +551,51 @@
   <si>
     <t>JOYCELENE BARROS</t>
   </si>
   <si>
     <t xml:space="preserve">INÊS      PINTO</t>
   </si>
   <si>
     <t>Sofia Gonçalves</t>
   </si>
   <si>
     <t>Seniores - Masculinos</t>
   </si>
   <si>
     <t>FILIPE REBELO</t>
   </si>
   <si>
     <t xml:space="preserve">DIOGO     BATISTA</t>
   </si>
   <si>
     <t>Natanael Guerreiro</t>
   </si>
   <si>
     <t>JOSÉ CARVALHO</t>
   </si>
   <si>
-    <t>José Marcos</t>
+    <t xml:space="preserve">Cláudia  Borralho</t>
   </si>
   <si>
     <t xml:space="preserve">Diogo Jacinto </t>
   </si>
   <si>
     <t>Simão Augusto</t>
   </si>
   <si>
     <t>ANTÓNIO BONÉ</t>
   </si>
   <si>
     <t>Diogo Vicente</t>
   </si>
   <si>
     <t>Grupo Recreativo e Desportivo “Os Fixes”</t>
   </si>
   <si>
     <t xml:space="preserve">RICARDO   ALBUQUERQUE</t>
   </si>
   <si>
     <t xml:space="preserve">JOÃO   PEREIRA</t>
   </si>
   <si>
     <t>SOFIA VAZ</t>
   </si>
@@ -605,51 +605,51 @@
   <si>
     <t>AlphaDen Wolves OCR</t>
   </si>
   <si>
     <t>Tiago Pádua</t>
   </si>
   <si>
     <t xml:space="preserve">Daniel  Moreira</t>
   </si>
   <si>
     <t>Carlos Gomes</t>
   </si>
   <si>
     <t>SÉRGIO MARTINS</t>
   </si>
   <si>
     <t xml:space="preserve">João  Revés</t>
   </si>
   <si>
     <t xml:space="preserve">André  Viseu</t>
   </si>
   <si>
     <t xml:space="preserve">SALVADOR BOURA </t>
   </si>
   <si>
-    <t>Sérgio Oliveira</t>
+    <t>Paulo Arrenega</t>
   </si>
   <si>
     <t xml:space="preserve">Lucas  Dutra</t>
   </si>
   <si>
     <t>THIAGO MARINS</t>
   </si>
   <si>
     <t>Mariana Oliveira</t>
   </si>
   <si>
     <t>João Albuquerque</t>
   </si>
   <si>
     <t>Andreia Teles</t>
   </si>
   <si>
     <t>Fábio Querido</t>
   </si>
   <si>
     <t>GABRIEL SOUZA</t>
   </si>
   <si>
     <t>Tiago Romão</t>
   </si>
@@ -803,51 +803,51 @@
   <si>
     <t>João Vale</t>
   </si>
   <si>
     <t xml:space="preserve">Hugo  Pereira</t>
   </si>
   <si>
     <t xml:space="preserve">Sergio  Ladeira </t>
   </si>
   <si>
     <t>Márcio Mateus</t>
   </si>
   <si>
     <t>F 35</t>
   </si>
   <si>
     <t>Inês Clemente</t>
   </si>
   <si>
     <t>TÂNIA PINTO</t>
   </si>
   <si>
     <t>Ana Mendes</t>
   </si>
   <si>
-    <t>Ana Silveira</t>
+    <t>Steve Gabadinho</t>
   </si>
   <si>
     <t>Ana Coutinho</t>
   </si>
   <si>
     <t xml:space="preserve">Mónica  Carvalho</t>
   </si>
   <si>
     <t>Rita Raimundo</t>
   </si>
   <si>
     <t>INÊS RAIMUNDO</t>
   </si>
   <si>
     <t>JOANA TRANCA</t>
   </si>
   <si>
     <t>Andreia Amaro</t>
   </si>
   <si>
     <t>MONICA PEREIRA</t>
   </si>
   <si>
     <t>Rosa Ribeiro</t>
   </si>
@@ -1139,51 +1139,51 @@
   <si>
     <t>Maria Magalhães</t>
   </si>
   <si>
     <t>M 45</t>
   </si>
   <si>
     <t>Luís Brito</t>
   </si>
   <si>
     <t>ANTÓNIO RODRIGUES</t>
   </si>
   <si>
     <t xml:space="preserve">HUGO   DOMINGOS</t>
   </si>
   <si>
     <t xml:space="preserve">NUNO FERNANDES </t>
   </si>
   <si>
     <t xml:space="preserve">JORGE   PINHO</t>
   </si>
   <si>
     <t xml:space="preserve">HUGO   GONÇALVES</t>
   </si>
   <si>
-    <t xml:space="preserve">BRUNO   GARCIA</t>
+    <t>JOÃO LOPES</t>
   </si>
   <si>
     <t>PEDRO BURRICA</t>
   </si>
   <si>
     <t>LUIS FILIPE</t>
   </si>
   <si>
     <t>Jorge Nunes</t>
   </si>
   <si>
     <t>Tiago Rocha</t>
   </si>
   <si>
     <t>Bruno Afonso</t>
   </si>
   <si>
     <t>Rui Ferreira</t>
   </si>
   <si>
     <t>CASA DO BENFICA EM ALGUEIRÃO MEM MARTINS - SINTRA</t>
   </si>
   <si>
     <t>BRUNO OLIVEIRA</t>
   </si>
@@ -1235,51 +1235,51 @@
   <si>
     <t>Ricardo Nuno</t>
   </si>
   <si>
     <t xml:space="preserve">Mario  Batista</t>
   </si>
   <si>
     <t>Paulo Serra</t>
   </si>
   <si>
     <t>SEBASTIAN FODOR</t>
   </si>
   <si>
     <t>Pedro Antunes</t>
   </si>
   <si>
     <t>NUNO CORREIA</t>
   </si>
   <si>
     <t>Fernando Silva</t>
   </si>
   <si>
     <t>JOAO LOPES</t>
   </si>
   <si>
-    <t>MIGUEL PINTO</t>
+    <t>MILA ALEXANDRA HELD</t>
   </si>
   <si>
     <t>João Monjardino</t>
   </si>
   <si>
     <t>JOÃO AGUIAR</t>
   </si>
   <si>
     <t>Luís Nogueira</t>
   </si>
   <si>
     <t>HUMBERTO AFONSO</t>
   </si>
   <si>
     <t>CRISPIANO MAGRO</t>
   </si>
   <si>
     <t>Bruno Pereira</t>
   </si>
   <si>
     <t>EVELINO MAGALHÃES</t>
   </si>
   <si>
     <t xml:space="preserve">JOÃO  PEIXOTO</t>
   </si>
@@ -1514,51 +1514,51 @@
   <si>
     <t xml:space="preserve">SÉRGIO    PAIVA</t>
   </si>
   <si>
     <t>PEDRO MAGALHÃES</t>
   </si>
   <si>
     <t>Luís Coelho</t>
   </si>
   <si>
     <t>Eduardo Coelho</t>
   </si>
   <si>
     <t xml:space="preserve">PEDRO PRETO </t>
   </si>
   <si>
     <t>Romário Almeida</t>
   </si>
   <si>
     <t>NATACHA FAUSTINO</t>
   </si>
   <si>
     <t>JOSÉ GOMES TEIXEIRA</t>
   </si>
   <si>
-    <t>Filipe Rebelo</t>
+    <t>Joaquim Amaral</t>
   </si>
   <si>
     <t>PAULO JORGE MARTINS</t>
   </si>
   <si>
     <t xml:space="preserve">Dinis  Ribas </t>
   </si>
   <si>
     <t>FILIPE FILIPE</t>
   </si>
   <si>
     <t>João Bogalheiro</t>
   </si>
   <si>
     <t>AgualvaRunners</t>
   </si>
   <si>
     <t>GONÇALO COSTA</t>
   </si>
   <si>
     <t>Luis Monteiro</t>
   </si>
   <si>
     <t xml:space="preserve">CARLOS   SILVA</t>
   </si>
@@ -1577,54 +1577,54 @@
   <si>
     <t>JOSÉ ALVES</t>
   </si>
   <si>
     <t>Raúl Azevedo</t>
   </si>
   <si>
     <t>LUIS LIMA</t>
   </si>
   <si>
     <t>António Canto</t>
   </si>
   <si>
     <t xml:space="preserve">João  Paulo</t>
   </si>
   <si>
     <t>SEBASTIÃO BARATA</t>
   </si>
   <si>
     <t>Nuno Morgado</t>
   </si>
   <si>
     <t>Mário Porfírio</t>
   </si>
   <si>
-    <t>FRANCISCO MOTA</t>
-[...2 lines deleted...]
-    <t>Paulo Campos</t>
+    <t>Gustavo Monteiro</t>
+  </si>
+  <si>
+    <t>JORGE PAREDES</t>
   </si>
   <si>
     <t>Helder Pereira</t>
   </si>
   <si>
     <t>PEDRO ESTEVES</t>
   </si>
   <si>
     <t>JORGE LEONARDO</t>
   </si>
   <si>
     <t xml:space="preserve">JOÃO   RODRIGUES</t>
   </si>
   <si>
     <t>Nuno Duarte</t>
   </si>
   <si>
     <t xml:space="preserve">ORLANDO  CORREIA</t>
   </si>
   <si>
     <t xml:space="preserve">BENTO   QUARESMA</t>
   </si>
   <si>
     <t>Manuel Correia</t>
   </si>