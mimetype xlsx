--- v0 (2025-10-31)
+++ v1 (2025-12-15)
@@ -92,51 +92,51 @@
   <si>
     <t>salvador Resende</t>
   </si>
   <si>
     <t>Sport Ponto Come</t>
   </si>
   <si>
     <t>Edson Có</t>
   </si>
   <si>
     <t>Djálano Marujo</t>
   </si>
   <si>
     <t xml:space="preserve">Andre  Sousa</t>
   </si>
   <si>
     <t>Associação Run Tejo</t>
   </si>
   <si>
     <t>RODRIGO LOPES</t>
   </si>
   <si>
     <t>Associação Cultural e Recreativa da Ribeira da Lage</t>
   </si>
   <si>
-    <t xml:space="preserve">Rodrigo  Santos</t>
+    <t>Lourenço Ribeiro</t>
   </si>
   <si>
     <t>Carolina Sousa</t>
   </si>
   <si>
     <t>Santiago Marujo</t>
   </si>
   <si>
     <t>Gustavo Mamede</t>
   </si>
   <si>
     <t>Miguel Silva</t>
   </si>
   <si>
     <t>Martim Monteiro</t>
   </si>
   <si>
     <t>Dinis Pedroso</t>
   </si>
   <si>
     <t xml:space="preserve">GABRIEL   FERNANDES</t>
   </si>
   <si>
     <t xml:space="preserve">Gabriel   Ferreira</t>
   </si>
@@ -524,51 +524,51 @@
   <si>
     <t xml:space="preserve">VALTER    GOMES</t>
   </si>
   <si>
     <t xml:space="preserve">TOMÁS     ESTEVES</t>
   </si>
   <si>
     <t>DAVID DOS SANTOS</t>
   </si>
   <si>
     <t xml:space="preserve">JOSÉ      CARLOS</t>
   </si>
   <si>
     <t xml:space="preserve">TIAGO     SABINO</t>
   </si>
   <si>
     <t xml:space="preserve">EDSON     CARVALHO</t>
   </si>
   <si>
     <t>Pedro Sousa</t>
   </si>
   <si>
     <t>António Madeira</t>
   </si>
   <si>
-    <t>PEDRO VIEIRA</t>
+    <t>DEUS KAPUNGA</t>
   </si>
   <si>
     <t>Gonçalo Gomes</t>
   </si>
   <si>
     <t>Sub 23 - Femininos</t>
   </si>
   <si>
     <t xml:space="preserve">TATIANA   MOURA</t>
   </si>
   <si>
     <t>MARIA SANTOS</t>
   </si>
   <si>
     <t>NATACHA FAUSTINO</t>
   </si>
   <si>
     <t xml:space="preserve">INÊS      PINTO</t>
   </si>
   <si>
     <t>JOYCELENE BARROS</t>
   </si>
   <si>
     <t>Sofia Gonçalves</t>
   </si>
@@ -743,51 +743,51 @@
   <si>
     <t>Alice Rodrigues</t>
   </si>
   <si>
     <t>M 35</t>
   </si>
   <si>
     <t>RODRIGO DUARTE</t>
   </si>
   <si>
     <t xml:space="preserve">JOSÉ   CAMACHO</t>
   </si>
   <si>
     <t>CLÁUDIA SOUSA</t>
   </si>
   <si>
     <t>JOSÉ CARLOS TEODORO</t>
   </si>
   <si>
     <t>Tiago Vasconcelos</t>
   </si>
   <si>
     <t>Hugo Evaristo</t>
   </si>
   <si>
-    <t xml:space="preserve">TIAGO VELEZ </t>
+    <t>JOSÉ VASCO</t>
   </si>
   <si>
     <t>Nuno Quintela</t>
   </si>
   <si>
     <t>Miguel Sousa</t>
   </si>
   <si>
     <t xml:space="preserve">ANDRÉ   PERDIGÃO</t>
   </si>
   <si>
     <t>André Oliveira</t>
   </si>
   <si>
     <t>Grupo Recreativo e Desportivo da Ribeira da Lage</t>
   </si>
   <si>
     <t>Tiago Cardoso</t>
   </si>
   <si>
     <t xml:space="preserve">João  Miranda</t>
   </si>
   <si>
     <t>Machel Carvalho</t>
   </si>
@@ -989,51 +989,51 @@
   <si>
     <t>TIAGO RODRIGUES</t>
   </si>
   <si>
     <t>Ricardo Afonso</t>
   </si>
   <si>
     <t>Nuno Silva</t>
   </si>
   <si>
     <t>GONÇALO PEDRO</t>
   </si>
   <si>
     <t>Jorge Ramos</t>
   </si>
   <si>
     <t>TIAGO OLIVEIRA</t>
   </si>
   <si>
     <t>Mário Rodrigues</t>
   </si>
   <si>
     <t>José Gouveia</t>
   </si>
   <si>
-    <t>Sérgio Lopes</t>
+    <t>Mário Anselmo</t>
   </si>
   <si>
     <t>F 40</t>
   </si>
   <si>
     <t>MARINA DOMIMGUES</t>
   </si>
   <si>
     <t>Sandra Conceição</t>
   </si>
   <si>
     <t xml:space="preserve">RITA ROSA </t>
   </si>
   <si>
     <t>Andreia Craveiro</t>
   </si>
   <si>
     <t>Cátea Ramos</t>
   </si>
   <si>
     <t>HELENA CARDOSO</t>
   </si>
   <si>
     <t>Filipa Severino</t>
   </si>
@@ -1097,141 +1097,141 @@
   <si>
     <t>Sara Carvalhinho</t>
   </si>
   <si>
     <t>FILIPA QUINTAS</t>
   </si>
   <si>
     <t>Susana Mendes</t>
   </si>
   <si>
     <t xml:space="preserve">PATRICIA  COSTA</t>
   </si>
   <si>
     <t>M 45</t>
   </si>
   <si>
     <t>João Castanheira</t>
   </si>
   <si>
     <t xml:space="preserve">5187 - Dados removidos </t>
   </si>
   <si>
     <t xml:space="preserve">NUNO FERNANDES </t>
   </si>
   <si>
-    <t xml:space="preserve">BRUNO   GARCIA</t>
+    <t>JOÃO LOPES</t>
   </si>
   <si>
     <t>João Guterres</t>
   </si>
   <si>
     <t>Nuno Tintim</t>
   </si>
   <si>
     <t xml:space="preserve">HUGO   DOMINGOS</t>
   </si>
   <si>
     <t xml:space="preserve">HUGO   GONÇALVES</t>
   </si>
   <si>
     <t>Rui Silva</t>
   </si>
   <si>
     <t>Bruno Afonso</t>
   </si>
   <si>
     <t>PEDRO BURRICA</t>
   </si>
   <si>
     <t>LUIS FILIPE</t>
   </si>
   <si>
     <t>Jorge Nunes</t>
   </si>
   <si>
     <t>Emanuel Oliveira</t>
   </si>
   <si>
     <t xml:space="preserve">RUI   DUARTE</t>
   </si>
   <si>
     <t>Artur Alves</t>
   </si>
   <si>
     <t>JOSE CRUZ</t>
   </si>
   <si>
     <t>Jorge Paredes</t>
   </si>
   <si>
-    <t>Fraquinho Oliveira</t>
+    <t>BRUNO OLIVEIRA</t>
   </si>
   <si>
     <t>RUI ALVES</t>
   </si>
   <si>
     <t xml:space="preserve">ANTÓNIO   ORLANDO</t>
   </si>
   <si>
     <t xml:space="preserve">Nuno  Oliveira</t>
   </si>
   <si>
     <t xml:space="preserve">Ricardo  Reis</t>
   </si>
   <si>
     <t xml:space="preserve">Pedro  Gomes </t>
   </si>
   <si>
     <t>Rui Cunha</t>
   </si>
   <si>
     <t>Bruno Pereira</t>
   </si>
   <si>
     <t>Ricardo Nuno</t>
   </si>
   <si>
     <t>Pedro Antunes</t>
   </si>
   <si>
     <t>RICARDO PEDRO</t>
   </si>
   <si>
     <t>Carlos Luiz</t>
   </si>
   <si>
     <t>Mário Lima</t>
   </si>
   <si>
     <t>RODRIGO SANTOS</t>
   </si>
   <si>
     <t>Fernando Silva</t>
   </si>
   <si>
-    <t>EZEQUIEL ANDRADE</t>
+    <t>MILA ALEXANDRA HELD</t>
   </si>
   <si>
     <t>Paulo Serra</t>
   </si>
   <si>
     <t>Luís Nogueira</t>
   </si>
   <si>
     <t>Hugo Ferreira</t>
   </si>
   <si>
     <t>EVELINO MAGALHÃES</t>
   </si>
   <si>
     <t xml:space="preserve">Mario  Batista</t>
   </si>
   <si>
     <t>HUMBERTO AFONSO</t>
   </si>
   <si>
     <t>CRISPIANO MAGRO</t>
   </si>
   <si>
     <t>Rui Corveira</t>
   </si>
@@ -1253,51 +1253,51 @@
   <si>
     <t>Alexandre Joaquim</t>
   </si>
   <si>
     <t>CARLOS CARDOSO</t>
   </si>
   <si>
     <t>Ricardo Cascão</t>
   </si>
   <si>
     <t>Nuno Alves</t>
   </si>
   <si>
     <t>Sergio Antunes</t>
   </si>
   <si>
     <t>Sérgio Pires</t>
   </si>
   <si>
     <t>Filipe Cameira</t>
   </si>
   <si>
     <t>Paulo Sousa</t>
   </si>
   <si>
-    <t>Nuno Ricardo</t>
+    <t>Sandra Segura</t>
   </si>
   <si>
     <t>Hugo Casqueiro</t>
   </si>
   <si>
     <t>Nelson Mileu</t>
   </si>
   <si>
     <t xml:space="preserve">Luis  Menezes</t>
   </si>
   <si>
     <t>Joao Ferreira</t>
   </si>
   <si>
     <t xml:space="preserve">RAFAEL  MENDES</t>
   </si>
   <si>
     <t>F 45</t>
   </si>
   <si>
     <t xml:space="preserve">CÉLIA  SILVA</t>
   </si>
   <si>
     <t>VANDA MURTEIRA</t>
   </si>
@@ -1442,102 +1442,102 @@
   <si>
     <t xml:space="preserve">ORLANDO  CORREIA</t>
   </si>
   <si>
     <t>DINIS MORAIS</t>
   </si>
   <si>
     <t>JOSÉ ALVES</t>
   </si>
   <si>
     <t>Pedro Andrade</t>
   </si>
   <si>
     <t>António Canto</t>
   </si>
   <si>
     <t xml:space="preserve">PEDRO   CANELAS</t>
   </si>
   <si>
     <t>Raúl Azevedo</t>
   </si>
   <si>
     <t>Leonor Moura</t>
   </si>
   <si>
-    <t xml:space="preserve">JOAQUIM SANTOS </t>
+    <t>FRANCISCO MOTA</t>
   </si>
   <si>
     <t>Nuno Morgado</t>
   </si>
   <si>
     <t xml:space="preserve">João  Paulo</t>
   </si>
   <si>
     <t>PEDRO ESTEVES</t>
   </si>
   <si>
-    <t>Paulo Campos</t>
+    <t>JORGE PAREDES</t>
   </si>
   <si>
     <t>JULIO FERREIRA</t>
   </si>
   <si>
     <t xml:space="preserve">BENTO   QUARESMA</t>
   </si>
   <si>
     <t>JORGE LEONARDO</t>
   </si>
   <si>
     <t xml:space="preserve">JOÃO   RODRIGUES</t>
   </si>
   <si>
     <t>Mário Porfírio</t>
   </si>
   <si>
     <t>Nuno Duarte</t>
   </si>
   <si>
     <t>Helder Pereira</t>
   </si>
   <si>
     <t>Rui Correia</t>
   </si>
   <si>
     <t>Luis Barata</t>
   </si>
   <si>
     <t xml:space="preserve">DOMINGOS   GATO</t>
   </si>
   <si>
     <t>Henrique Ferreira</t>
   </si>
   <si>
     <t>Luis Pinheiro</t>
   </si>
   <si>
-    <t xml:space="preserve">JOÃO  NEVES</t>
+    <t>ANDRÉ LIMA</t>
   </si>
   <si>
     <t>Miguel Lourenço</t>
   </si>
   <si>
     <t>Manoel Cardoso</t>
   </si>
   <si>
     <t>MARCELO CERDEIRA</t>
   </si>
   <si>
     <t>Daniel Estrela</t>
   </si>
   <si>
     <t xml:space="preserve">Daniel  Morais</t>
   </si>
   <si>
     <t>Etienne Lopes</t>
   </si>
   <si>
     <t>Manuel Correia</t>
   </si>
   <si>
     <t>Carlos Carvalho</t>
   </si>
@@ -1565,51 +1565,51 @@
   <si>
     <t>Sergio Filipe</t>
   </si>
   <si>
     <t>Carlos Gonçalves</t>
   </si>
   <si>
     <t>Pedro Pereira</t>
   </si>
   <si>
     <t xml:space="preserve">Orlando  Silva</t>
   </si>
   <si>
     <t>DAVID ALMEIDA</t>
   </si>
   <si>
     <t>João Arroz</t>
   </si>
   <si>
     <t>Ricardo Esteves</t>
   </si>
   <si>
     <t>F 50</t>
   </si>
   <si>
-    <t xml:space="preserve">Ana  Santos</t>
+    <t>Ana Cleto</t>
   </si>
   <si>
     <t xml:space="preserve">SANDRA  FERNANDES</t>
   </si>
   <si>
     <t>Maria Ryder</t>
   </si>
   <si>
     <t>Sandra Bação</t>
   </si>
   <si>
     <t>Isabel Antunes</t>
   </si>
   <si>
     <t>Susana Gomes</t>
   </si>
   <si>
     <t>Eugénia Ribeiro</t>
   </si>
   <si>
     <t>ANA MOTA</t>
   </si>
   <si>
     <t>Patricia Encarnação</t>
   </si>
@@ -1634,51 +1634,51 @@
   <si>
     <t>Fabiana Zunfrilli</t>
   </si>
   <si>
     <t>Celeste Almeida</t>
   </si>
   <si>
     <t>Sónia Amaro</t>
   </si>
   <si>
     <t>Elsa Almeida</t>
   </si>
   <si>
     <t xml:space="preserve">Helena  Sanches</t>
   </si>
   <si>
     <t>Ana Nunes</t>
   </si>
   <si>
     <t>Sara Silva</t>
   </si>
   <si>
     <t>Cristina Zancu</t>
   </si>
   <si>
-    <t>Isabel Costa</t>
+    <t>MARIA PEIXOTO</t>
   </si>
   <si>
     <t>Ana Cristina Viegas</t>
   </si>
   <si>
     <t>Maria Gonçalves</t>
   </si>
   <si>
     <t>Isabel Silva</t>
   </si>
   <si>
     <t xml:space="preserve">SÓNIA   CASON</t>
   </si>
   <si>
     <t>ALZIRA VIEIRA</t>
   </si>
   <si>
     <t>Patrícia Pinto</t>
   </si>
   <si>
     <t>Sofia Morgado</t>
   </si>
   <si>
     <t xml:space="preserve">Gracinda  Fernandes</t>
   </si>
@@ -1922,51 +1922,51 @@
   <si>
     <t>Pedro Matos</t>
   </si>
   <si>
     <t>Carlos Santos</t>
   </si>
   <si>
     <t>Vitor Rocha</t>
   </si>
   <si>
     <t>Carlos Marques</t>
   </si>
   <si>
     <t>Manuel Araújo</t>
   </si>
   <si>
     <t>Vítor Revés</t>
   </si>
   <si>
     <t xml:space="preserve">RICARDO   TAPADA</t>
   </si>
   <si>
     <t>Nuno Galvão</t>
   </si>
   <si>
-    <t xml:space="preserve">Carlos A  P Silva</t>
+    <t xml:space="preserve">Carlos  Silva</t>
   </si>
   <si>
     <t>José Freitas</t>
   </si>
   <si>
     <t>JOÃO CARVALHINHO</t>
   </si>
   <si>
     <t>Lúcio Morais</t>
   </si>
   <si>
     <t xml:space="preserve">ANTÓNIO  ALVES</t>
   </si>
   <si>
     <t>Manuel Rego</t>
   </si>
   <si>
     <t>Jorge Oliveira</t>
   </si>
   <si>
     <t>João Teixeira</t>
   </si>
   <si>
     <t xml:space="preserve">Hermínio  Cabeceira</t>
   </si>