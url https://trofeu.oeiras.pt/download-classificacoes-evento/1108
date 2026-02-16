--- v1 (2025-12-15)
+++ v2 (2026-02-16)
@@ -560,51 +560,51 @@
   <si>
     <t>MARIA SANTOS</t>
   </si>
   <si>
     <t>NATACHA FAUSTINO</t>
   </si>
   <si>
     <t xml:space="preserve">INÊS      PINTO</t>
   </si>
   <si>
     <t>JOYCELENE BARROS</t>
   </si>
   <si>
     <t>Sofia Gonçalves</t>
   </si>
   <si>
     <t>Seniores - Masculinos</t>
   </si>
   <si>
     <t>FILIPE REBELO</t>
   </si>
   <si>
     <t>ANTÓNIO GAMA DA SILVA</t>
   </si>
   <si>
-    <t>José Marcos</t>
+    <t xml:space="preserve">Cláudia  Borralho</t>
   </si>
   <si>
     <t xml:space="preserve">DIOGO     BATISTA</t>
   </si>
   <si>
     <t>ANA GOMES</t>
   </si>
   <si>
     <t xml:space="preserve">Diogo Jacinto </t>
   </si>
   <si>
     <t>ANTÓNIO BONÉ</t>
   </si>
   <si>
     <t xml:space="preserve">Daniel  Moreira</t>
   </si>
   <si>
     <t>Grupo Recreativo e Desportivo “Os Fixes”</t>
   </si>
   <si>
     <t xml:space="preserve">JOÃO   PEREIRA</t>
   </si>
   <si>
     <t xml:space="preserve">RICARDO   ALBUQUERQUE</t>
   </si>
@@ -1442,51 +1442,51 @@
   <si>
     <t xml:space="preserve">ORLANDO  CORREIA</t>
   </si>
   <si>
     <t>DINIS MORAIS</t>
   </si>
   <si>
     <t>JOSÉ ALVES</t>
   </si>
   <si>
     <t>Pedro Andrade</t>
   </si>
   <si>
     <t>António Canto</t>
   </si>
   <si>
     <t xml:space="preserve">PEDRO   CANELAS</t>
   </si>
   <si>
     <t>Raúl Azevedo</t>
   </si>
   <si>
     <t>Leonor Moura</t>
   </si>
   <si>
-    <t>FRANCISCO MOTA</t>
+    <t>Gustavo Monteiro</t>
   </si>
   <si>
     <t>Nuno Morgado</t>
   </si>
   <si>
     <t xml:space="preserve">João  Paulo</t>
   </si>
   <si>
     <t>PEDRO ESTEVES</t>
   </si>
   <si>
     <t>JORGE PAREDES</t>
   </si>
   <si>
     <t>JULIO FERREIRA</t>
   </si>
   <si>
     <t xml:space="preserve">BENTO   QUARESMA</t>
   </si>
   <si>
     <t>JORGE LEONARDO</t>
   </si>
   <si>
     <t xml:space="preserve">JOÃO   RODRIGUES</t>
   </si>