--- v0 (2025-10-20)
+++ v1 (2025-12-07)
@@ -542,51 +542,51 @@
   <si>
     <t xml:space="preserve">TOMÁS     ESTEVES</t>
   </si>
   <si>
     <t xml:space="preserve">VALTER    GOMES</t>
   </si>
   <si>
     <t>DAVID DOS SANTOS</t>
   </si>
   <si>
     <t>Pedro Sousa</t>
   </si>
   <si>
     <t xml:space="preserve">EDSON     CARVALHO</t>
   </si>
   <si>
     <t>António Madeira</t>
   </si>
   <si>
     <t xml:space="preserve">DIOGO     CORREIA</t>
   </si>
   <si>
     <t>Gonçalo Gomes</t>
   </si>
   <si>
-    <t>PEDRO VIEIRA</t>
+    <t>DEUS KAPUNGA</t>
   </si>
   <si>
     <t>Vinícius Santos</t>
   </si>
   <si>
     <t>Sub 23 - Femininos</t>
   </si>
   <si>
     <t xml:space="preserve">TATIANA   MOURA</t>
   </si>
   <si>
     <t>MARIA SANTOS</t>
   </si>
   <si>
     <t>Rita Bacelar</t>
   </si>
   <si>
     <t>NATACHA FAUSTINO</t>
   </si>
   <si>
     <t xml:space="preserve">INÊS      PINTO</t>
   </si>
   <si>
     <t>Sofia Gonçalves</t>
   </si>
@@ -812,51 +812,51 @@
   <si>
     <t>JOSÉ CARLOS TEODORO</t>
   </si>
   <si>
     <t>CLÁUDIA SOUSA</t>
   </si>
   <si>
     <t>Luís Barracho</t>
   </si>
   <si>
     <t>Paulo Morgado</t>
   </si>
   <si>
     <t>Nuno Quintela</t>
   </si>
   <si>
     <t>Hugo Evaristo</t>
   </si>
   <si>
     <t>David Eiras</t>
   </si>
   <si>
     <t>Ricardo Ribeiro</t>
   </si>
   <si>
-    <t xml:space="preserve">TIAGO VELEZ </t>
+    <t>JOSÉ VASCO</t>
   </si>
   <si>
     <t>André Oliveira</t>
   </si>
   <si>
     <t>Grupo Recreativo e Desportivo da Ribeira da Lage</t>
   </si>
   <si>
     <t>Ivandro Moreira</t>
   </si>
   <si>
     <t>AgualvaRunners</t>
   </si>
   <si>
     <t>Edney Escórcio</t>
   </si>
   <si>
     <t>Diogo Inácio</t>
   </si>
   <si>
     <t>Nelson Moreira</t>
   </si>
   <si>
     <t>Orlando Couceiro</t>
   </si>
@@ -1262,51 +1262,51 @@
   <si>
     <t>Emanuel Oliveira</t>
   </si>
   <si>
     <t>Artur Alves</t>
   </si>
   <si>
     <t>Rui Ferreira</t>
   </si>
   <si>
     <t>CASA DO BENFICA EM ALGUEIRÃO MEM MARTINS - SINTRA</t>
   </si>
   <si>
     <t>Tiago Rocha</t>
   </si>
   <si>
     <t>RUI ALVES</t>
   </si>
   <si>
     <t xml:space="preserve">Nuno  Carrilho</t>
   </si>
   <si>
     <t xml:space="preserve">Nuno  Oliveira</t>
   </si>
   <si>
-    <t xml:space="preserve">JOAQUIM AMARAL </t>
+    <t xml:space="preserve">PEDRO  CAVILHAS</t>
   </si>
   <si>
     <t>Luís Figueira</t>
   </si>
   <si>
     <t>Rui Cunha</t>
   </si>
   <si>
     <t>LUIS PINTO</t>
   </si>
   <si>
     <t>Pedro Raposo</t>
   </si>
   <si>
     <t xml:space="preserve">ANTÓNIO   ORLANDO</t>
   </si>
   <si>
     <t>Gil Monteiro</t>
   </si>
   <si>
     <t>Ricardo Nuno</t>
   </si>
   <si>
     <t>RICARDO PEDRO</t>
   </si>
@@ -1595,102 +1595,102 @@
   <si>
     <t>M 50</t>
   </si>
   <si>
     <t xml:space="preserve">SÉRGIO    PAIVA</t>
   </si>
   <si>
     <t>Eduardo Coelho</t>
   </si>
   <si>
     <t>Luís Coelho</t>
   </si>
   <si>
     <t>PEDRO MAGALHÃES</t>
   </si>
   <si>
     <t xml:space="preserve">PEDRO PRETO </t>
   </si>
   <si>
     <t xml:space="preserve">Joao  Borrego</t>
   </si>
   <si>
     <t>JOSÉ GOMES TEIXEIRA</t>
   </si>
   <si>
-    <t xml:space="preserve">CARLOS FREITAS </t>
+    <t>Filipe Rebelo</t>
   </si>
   <si>
     <t>Inês Sousa</t>
   </si>
   <si>
     <t>Miguel David</t>
   </si>
   <si>
     <t>PAULO JORGE MARTINS</t>
   </si>
   <si>
     <t>LUIS LIMA</t>
   </si>
   <si>
     <t xml:space="preserve">Dinis  Ribas </t>
   </si>
   <si>
     <t xml:space="preserve">CARLOS   SILVA</t>
   </si>
   <si>
     <t>João Bogalheiro</t>
   </si>
   <si>
     <t>Luis Monteiro</t>
   </si>
   <si>
     <t>João Narra</t>
   </si>
   <si>
     <t>GONÇALO COSTA</t>
   </si>
   <si>
     <t>DINIS MORAIS</t>
   </si>
   <si>
     <t xml:space="preserve">PEDRO   CANELAS</t>
   </si>
   <si>
     <t>Raúl Azevedo</t>
   </si>
   <si>
     <t>Paulo Campos</t>
   </si>
   <si>
     <t xml:space="preserve">Daniel  Morais</t>
   </si>
   <si>
     <t xml:space="preserve">João  Paulo</t>
   </si>
   <si>
-    <t xml:space="preserve">JOAQUIM SANTOS </t>
+    <t>FRANCISCO MOTA</t>
   </si>
   <si>
     <t>Nuno Morgado</t>
   </si>
   <si>
     <t>Henrique Ferreira</t>
   </si>
   <si>
     <t>PEDRO ESTEVES</t>
   </si>
   <si>
     <t xml:space="preserve">BENTO   QUARESMA</t>
   </si>
   <si>
     <t>Mário Porfírio</t>
   </si>
   <si>
     <t>Luis Pinheiro</t>
   </si>
   <si>
     <t>Nuno Duarte</t>
   </si>
   <si>
     <t>Carlos Coelho</t>
   </si>
@@ -1700,51 +1700,51 @@
   <si>
     <t>Pedro Teixeira</t>
   </si>
   <si>
     <t>Filipe Ribeiro</t>
   </si>
   <si>
     <t>Luis Barata</t>
   </si>
   <si>
     <t>Miguel Lourenço</t>
   </si>
   <si>
     <t>Paulo Correia</t>
   </si>
   <si>
     <t>pedro serras</t>
   </si>
   <si>
     <t>Miguel Moradias</t>
   </si>
   <si>
     <t>Daniel Estrela</t>
   </si>
   <si>
-    <t xml:space="preserve">JOÃO  NEVES</t>
+    <t>ANDRÉ LIMA</t>
   </si>
   <si>
     <t>Paulo Espirito-Santo</t>
   </si>
   <si>
     <t>António Martins</t>
   </si>
   <si>
     <t xml:space="preserve">VÍTOR   CANTO</t>
   </si>
   <si>
     <t>Etienne Lopes</t>
   </si>
   <si>
     <t>Carlos Carvalho</t>
   </si>
   <si>
     <t>João Revés</t>
   </si>
   <si>
     <t>Tomás Wiborg</t>
   </si>
   <si>
     <t xml:space="preserve"> WLF</t>
   </si>
@@ -1772,51 +1772,51 @@
   <si>
     <t>DAVID ALMEIDA</t>
   </si>
   <si>
     <t>F 50</t>
   </si>
   <si>
     <t>ALEXANDRA PORTELA</t>
   </si>
   <si>
     <t>Fernanda Santinha</t>
   </si>
   <si>
     <t xml:space="preserve">ANA RUTE  PEREIRA</t>
   </si>
   <si>
     <t xml:space="preserve">Cristina  Henriques</t>
   </si>
   <si>
     <t xml:space="preserve">ANABELA SALAZAR </t>
   </si>
   <si>
     <t>Fernanda Murteira</t>
   </si>
   <si>
-    <t>CLÁUDIA BORRALHO</t>
+    <t>VENCEDORA CAPUNGA</t>
   </si>
   <si>
     <t>Susana Gomes</t>
   </si>
   <si>
     <t>Natasha Dias</t>
   </si>
   <si>
     <t>Maria Ryder</t>
   </si>
   <si>
     <t>Ana Ferreira</t>
   </si>
   <si>
     <t>Sandra Bação</t>
   </si>
   <si>
     <t>Maria Proença</t>
   </si>
   <si>
     <t>Isabel Antunes</t>
   </si>
   <si>
     <t xml:space="preserve">SANDRA  FERNANDES</t>
   </si>
@@ -2177,51 +2177,51 @@
   <si>
     <t>Carlos Lopes</t>
   </si>
   <si>
     <t>JOÃO INFANTE</t>
   </si>
   <si>
     <t>Carlos Santos</t>
   </si>
   <si>
     <t>Pedro Matos</t>
   </si>
   <si>
     <t>Nuno Galvão</t>
   </si>
   <si>
     <t>Manuel Araújo</t>
   </si>
   <si>
     <t xml:space="preserve">RICARDO   TAPADA</t>
   </si>
   <si>
     <t>JOÃO CARVALHINHO</t>
   </si>
   <si>
-    <t xml:space="preserve">Carlos A  P Silva</t>
+    <t xml:space="preserve">Carlos  Silva</t>
   </si>
   <si>
     <t xml:space="preserve">ANTÓNIO  ALVES</t>
   </si>
   <si>
     <t>JOSÉ RODRIGUES</t>
   </si>
   <si>
     <t>Paulo Rodrigues</t>
   </si>
   <si>
     <t>Jorge Oliveira</t>
   </si>
   <si>
     <t>Jorge Valadares</t>
   </si>
   <si>
     <t>João Teixeira</t>
   </si>
   <si>
     <t xml:space="preserve">Luis  Almeida</t>
   </si>
   <si>
     <t>F 60</t>
   </si>