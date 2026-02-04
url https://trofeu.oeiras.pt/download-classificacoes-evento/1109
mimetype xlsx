--- v1 (2025-12-07)
+++ v2 (2026-02-04)
@@ -674,78 +674,78 @@
   <si>
     <t xml:space="preserve">João  Revés</t>
   </si>
   <si>
     <t>ANDRÉ FERREIRA</t>
   </si>
   <si>
     <t>Associação de Moradores 18 de Maio</t>
   </si>
   <si>
     <t>Tiago Ferreira</t>
   </si>
   <si>
     <t>AlphaDen Wolves OCR</t>
   </si>
   <si>
     <t xml:space="preserve">LUÍS TEIXEIRA </t>
   </si>
   <si>
     <t>Frederico Sousa</t>
   </si>
   <si>
     <t>HUGO SILVEIRA</t>
   </si>
   <si>
-    <t>Sérgio Oliveira</t>
+    <t>Paulo Arrenega</t>
   </si>
   <si>
     <t>Paulo Ruiz</t>
   </si>
   <si>
     <t>William Salvador</t>
   </si>
   <si>
     <t xml:space="preserve">Daniel  Moreira</t>
   </si>
   <si>
     <t>Henrique Cruz</t>
   </si>
   <si>
     <t>Pedro Pereira</t>
   </si>
   <si>
     <t>Tiago Valente</t>
   </si>
   <si>
     <t xml:space="preserve">Francisco  Val</t>
   </si>
   <si>
     <t>Carlos Ferreira</t>
   </si>
   <si>
-    <t>Rodrigo Afonso</t>
+    <t xml:space="preserve">Hugo  Martins</t>
   </si>
   <si>
     <t>Rogério Chaves</t>
   </si>
   <si>
     <t>Rúben Franco</t>
   </si>
   <si>
     <t>ADRC Mata de Benfica</t>
   </si>
   <si>
     <t>Seniores - Femininos</t>
   </si>
   <si>
     <t xml:space="preserve">SARA      MONTEIRO</t>
   </si>
   <si>
     <t xml:space="preserve">ANA REBELO </t>
   </si>
   <si>
     <t>Jessara Xavier</t>
   </si>
   <si>
     <t>Rita Santos</t>
   </si>
@@ -890,51 +890,51 @@
   <si>
     <t>Marco Damas</t>
   </si>
   <si>
     <t>António Matas</t>
   </si>
   <si>
     <t xml:space="preserve">Ricardo  Gomes</t>
   </si>
   <si>
     <t>Márcio Mateus</t>
   </si>
   <si>
     <t>F 35</t>
   </si>
   <si>
     <t xml:space="preserve">Carla  Almeida</t>
   </si>
   <si>
     <t>Inês Clemente</t>
   </si>
   <si>
     <t>Carla Jesus</t>
   </si>
   <si>
-    <t>Ana Silveira</t>
+    <t>Steve Gabadinho</t>
   </si>
   <si>
     <t>Ana Mendes</t>
   </si>
   <si>
     <t>Ana Coutinho</t>
   </si>
   <si>
     <t>Rita Raimundo</t>
   </si>
   <si>
     <t>Célia Lopes</t>
   </si>
   <si>
     <t>Jaqueline Piva</t>
   </si>
   <si>
     <t>Rosa Ribeiro</t>
   </si>
   <si>
     <t>MONICA PEREIRA</t>
   </si>
   <si>
     <t xml:space="preserve">Carlos  Carvalho</t>
   </si>
@@ -1196,51 +1196,51 @@
   <si>
     <t>Luís Brito</t>
   </si>
   <si>
     <t xml:space="preserve">ARTUR   PEREIRA</t>
   </si>
   <si>
     <t>JOÃO PIRES</t>
   </si>
   <si>
     <t xml:space="preserve">NÚCLEO ATLETISMO ZONA ABÓBODA </t>
   </si>
   <si>
     <t xml:space="preserve">RICARDO   REIS</t>
   </si>
   <si>
     <t>João Castanheira</t>
   </si>
   <si>
     <t>Nuno Tintim</t>
   </si>
   <si>
     <t xml:space="preserve">HUGO   GONÇALVES</t>
   </si>
   <si>
-    <t xml:space="preserve">BRUNO   GARCIA</t>
+    <t>JOÃO LOPES</t>
   </si>
   <si>
     <t xml:space="preserve">NUNO FERNANDES </t>
   </si>
   <si>
     <t>João Guterres</t>
   </si>
   <si>
     <t xml:space="preserve">JORGE   PINHO</t>
   </si>
   <si>
     <t>Nuno Cordeiro</t>
   </si>
   <si>
     <t>Associação de Pára-quedistas Tejo-Norte</t>
   </si>
   <si>
     <t>Rui Silva</t>
   </si>
   <si>
     <t>PEDRO BURRICA</t>
   </si>
   <si>
     <t>Nuno Santos</t>
   </si>
@@ -1376,51 +1376,51 @@
   <si>
     <t>João Neves</t>
   </si>
   <si>
     <t xml:space="preserve">Jose Fernandes </t>
   </si>
   <si>
     <t>Emanuel Pequeno</t>
   </si>
   <si>
     <t>Bernardo Salavessa</t>
   </si>
   <si>
     <t>Sergio Antunes</t>
   </si>
   <si>
     <t>JOÂO COCHARRO</t>
   </si>
   <si>
     <t xml:space="preserve">João  Paiva</t>
   </si>
   <si>
     <t>Bruno Veríssimo</t>
   </si>
   <si>
-    <t>Nuno Ricardo</t>
+    <t>Sandra Segura</t>
   </si>
   <si>
     <t>Eduardo Poças</t>
   </si>
   <si>
     <t>Nuno Alves</t>
   </si>
   <si>
     <t>Sérgio Pires</t>
   </si>
   <si>
     <t>Luis Pinto</t>
   </si>
   <si>
     <t>Pedro M. Bica</t>
   </si>
   <si>
     <t>Gonçalo Santos</t>
   </si>
   <si>
     <t>Paulo Sousa</t>
   </si>
   <si>
     <t>Paulo Caçador</t>
   </si>
@@ -1595,102 +1595,102 @@
   <si>
     <t>M 50</t>
   </si>
   <si>
     <t xml:space="preserve">SÉRGIO    PAIVA</t>
   </si>
   <si>
     <t>Eduardo Coelho</t>
   </si>
   <si>
     <t>Luís Coelho</t>
   </si>
   <si>
     <t>PEDRO MAGALHÃES</t>
   </si>
   <si>
     <t xml:space="preserve">PEDRO PRETO </t>
   </si>
   <si>
     <t xml:space="preserve">Joao  Borrego</t>
   </si>
   <si>
     <t>JOSÉ GOMES TEIXEIRA</t>
   </si>
   <si>
-    <t>Filipe Rebelo</t>
+    <t>Joaquim Amaral</t>
   </si>
   <si>
     <t>Inês Sousa</t>
   </si>
   <si>
     <t>Miguel David</t>
   </si>
   <si>
     <t>PAULO JORGE MARTINS</t>
   </si>
   <si>
     <t>LUIS LIMA</t>
   </si>
   <si>
     <t xml:space="preserve">Dinis  Ribas </t>
   </si>
   <si>
     <t xml:space="preserve">CARLOS   SILVA</t>
   </si>
   <si>
     <t>João Bogalheiro</t>
   </si>
   <si>
     <t>Luis Monteiro</t>
   </si>
   <si>
     <t>João Narra</t>
   </si>
   <si>
     <t>GONÇALO COSTA</t>
   </si>
   <si>
     <t>DINIS MORAIS</t>
   </si>
   <si>
     <t xml:space="preserve">PEDRO   CANELAS</t>
   </si>
   <si>
     <t>Raúl Azevedo</t>
   </si>
   <si>
-    <t>Paulo Campos</t>
+    <t>JORGE PAREDES</t>
   </si>
   <si>
     <t xml:space="preserve">Daniel  Morais</t>
   </si>
   <si>
     <t xml:space="preserve">João  Paulo</t>
   </si>
   <si>
-    <t>FRANCISCO MOTA</t>
+    <t>Gustavo Monteiro</t>
   </si>
   <si>
     <t>Nuno Morgado</t>
   </si>
   <si>
     <t>Henrique Ferreira</t>
   </si>
   <si>
     <t>PEDRO ESTEVES</t>
   </si>
   <si>
     <t xml:space="preserve">BENTO   QUARESMA</t>
   </si>
   <si>
     <t>Mário Porfírio</t>
   </si>
   <si>
     <t>Luis Pinheiro</t>
   </si>
   <si>
     <t>Nuno Duarte</t>
   </si>
   <si>
     <t>Carlos Coelho</t>
   </si>