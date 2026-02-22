--- v0 (2025-11-03)
+++ v1 (2026-02-22)
@@ -458,84 +458,84 @@
   <si>
     <t xml:space="preserve">VALTER    GOMES</t>
   </si>
   <si>
     <t xml:space="preserve">JOSÉ      CARLOS</t>
   </si>
   <si>
     <t>DAVID DOS SANTOS</t>
   </si>
   <si>
     <t xml:space="preserve">TOMÁS     ESTEVES</t>
   </si>
   <si>
     <t xml:space="preserve">EDSON     CARVALHO</t>
   </si>
   <si>
     <t xml:space="preserve">DIOGO     CORREIA</t>
   </si>
   <si>
     <t>Gonçalo Gomes</t>
   </si>
   <si>
     <t xml:space="preserve"> Atlético Clube de Porto Salvo</t>
   </si>
   <si>
-    <t>PEDRO VIEIRA</t>
+    <t>DEUS KAPUNGA</t>
   </si>
   <si>
     <t>JOÃO LEMOS</t>
   </si>
   <si>
     <t>Sub 23 - Femininos</t>
   </si>
   <si>
     <t xml:space="preserve">TATIANA   MOURA</t>
   </si>
   <si>
     <t>Rita Bacelar</t>
   </si>
   <si>
     <t>MARIA SANTOS</t>
   </si>
   <si>
     <t>JOYCELENE BARROS</t>
   </si>
   <si>
     <t>Sofia Gonçalves</t>
   </si>
   <si>
     <t>Carolina Azevedo</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
     <t>Seniores - Masculinos</t>
   </si>
   <si>
-    <t>José Marcos</t>
+    <t xml:space="preserve">Cláudia  Borralho</t>
   </si>
   <si>
     <t>Natanael Guerreiro</t>
   </si>
   <si>
     <t>ANTÓNIO GAMA DA SILVA</t>
   </si>
   <si>
     <t>Simão Augusto</t>
   </si>
   <si>
     <t xml:space="preserve">LUÍS TEIXEIRA </t>
   </si>
   <si>
     <t xml:space="preserve">JOÃO   PEREIRA</t>
   </si>
   <si>
     <t>JOSÉ CARVALHO</t>
   </si>
   <si>
     <t xml:space="preserve">SALVADOR BOURA </t>
   </si>
   <si>
     <t>ANA GOMES</t>
   </si>
@@ -584,51 +584,51 @@
   <si>
     <t>Mariana Oliveira</t>
   </si>
   <si>
     <t>Rúben Franco</t>
   </si>
   <si>
     <t>Francisco Lopes</t>
   </si>
   <si>
     <t>TIAGO SILVA</t>
   </si>
   <si>
     <t xml:space="preserve">Gonçalo  Silva </t>
   </si>
   <si>
     <t>Fábio Querido</t>
   </si>
   <si>
     <t>ANDRÉ FERREIRA</t>
   </si>
   <si>
     <t>Associação de Moradores 18 de Maio</t>
   </si>
   <si>
-    <t>Sérgio Oliveira</t>
+    <t>Paulo Arrenega</t>
   </si>
   <si>
     <t>William Salvador</t>
   </si>
   <si>
     <t>José Santos</t>
   </si>
   <si>
     <t>Valejas Atlético Clube</t>
   </si>
   <si>
     <t xml:space="preserve">André  Viseu</t>
   </si>
   <si>
     <t xml:space="preserve">Francisco  Val</t>
   </si>
   <si>
     <t>Carlos Ferreira</t>
   </si>
   <si>
     <t>Henrique Cruz</t>
   </si>
   <si>
     <t xml:space="preserve">Gonçalo  Santos</t>
   </si>
@@ -719,51 +719,51 @@
   <si>
     <t xml:space="preserve">JOSÉ   CAMACHO</t>
   </si>
   <si>
     <t>JOSÉ CARLOS TEODORO</t>
   </si>
   <si>
     <t>Tiago Vasconcelos</t>
   </si>
   <si>
     <t>David Caroço Nunes</t>
   </si>
   <si>
     <t>Tramagal Sport União</t>
   </si>
   <si>
     <t>Nuno Quintela</t>
   </si>
   <si>
     <t>David Eiras</t>
   </si>
   <si>
     <t>Hugo Evaristo</t>
   </si>
   <si>
-    <t xml:space="preserve">TIAGO VELEZ </t>
+    <t>JOSÉ VASCO</t>
   </si>
   <si>
     <t>André Oliveira</t>
   </si>
   <si>
     <t>André Pires</t>
   </si>
   <si>
     <t>Tiago Andrade</t>
   </si>
   <si>
     <t>TELMO JORGE</t>
   </si>
   <si>
     <t>Tomás Ascensão</t>
   </si>
   <si>
     <t xml:space="preserve">Diogo  Santos</t>
   </si>
   <si>
     <t xml:space="preserve">MIGUEL   PENA</t>
   </si>
   <si>
     <t>João Santos</t>
   </si>
@@ -782,51 +782,51 @@
   <si>
     <t>João Vale</t>
   </si>
   <si>
     <t xml:space="preserve">Ricardo  Gomes</t>
   </si>
   <si>
     <t>João Marques</t>
   </si>
   <si>
     <t>JOÃO SANTOS</t>
   </si>
   <si>
     <t>Márcio Mateus</t>
   </si>
   <si>
     <t>F 35</t>
   </si>
   <si>
     <t xml:space="preserve">Carla  Almeida</t>
   </si>
   <si>
     <t>Inês Clemente</t>
   </si>
   <si>
-    <t>Ana Silveira</t>
+    <t>Steve Gabadinho</t>
   </si>
   <si>
     <t>Ana Coutinho</t>
   </si>
   <si>
     <t xml:space="preserve">Catarina  Couto </t>
   </si>
   <si>
     <t>Rita Raimundo</t>
   </si>
   <si>
     <t xml:space="preserve">Mónica  Carvalho</t>
   </si>
   <si>
     <t>Associação Cultural e Recreativa da Ribeira da Lage</t>
   </si>
   <si>
     <t>LILIANA JORGE</t>
   </si>
   <si>
     <t>M 40</t>
   </si>
   <si>
     <t>Bruno Pinto</t>
   </si>
@@ -938,51 +938,51 @@
   <si>
     <t>Frederico Barreiros</t>
   </si>
   <si>
     <t>Pedro Ferreira</t>
   </si>
   <si>
     <t>Nuno Curto</t>
   </si>
   <si>
     <t>GONÇALO PEDRO</t>
   </si>
   <si>
     <t>Nuno Barata</t>
   </si>
   <si>
     <t>Bruno Ornelas</t>
   </si>
   <si>
     <t xml:space="preserve">Vítor  Mendes</t>
   </si>
   <si>
     <t>TIAGO OLIVEIRA</t>
   </si>
   <si>
-    <t>Sérgio Lopes</t>
+    <t>Mário Anselmo</t>
   </si>
   <si>
     <t>Alvaro Neto</t>
   </si>
   <si>
     <t>F 40</t>
   </si>
   <si>
     <t>MARINA DOMIMGUES</t>
   </si>
   <si>
     <t xml:space="preserve">RITA ROSA </t>
   </si>
   <si>
     <t>Sandra Conceição</t>
   </si>
   <si>
     <t>MARIANA FODOR</t>
   </si>
   <si>
     <t xml:space="preserve">Ana  Maia Marques</t>
   </si>
   <si>
     <t>Cátea Ramos</t>
   </si>
@@ -1073,63 +1073,63 @@
   <si>
     <t xml:space="preserve">HUGO   DOMINGOS</t>
   </si>
   <si>
     <t>LUIS FILIPE</t>
   </si>
   <si>
     <t>PEDRO BURRICA</t>
   </si>
   <si>
     <t>Bruno Afonso</t>
   </si>
   <si>
     <t>Jorge Nunes</t>
   </si>
   <si>
     <t>Nuno Santos</t>
   </si>
   <si>
     <t>Luís Godinho</t>
   </si>
   <si>
     <t>RUI ALVES</t>
   </si>
   <si>
-    <t>Fraquinho Oliveira</t>
+    <t>BRUNO OLIVEIRA</t>
   </si>
   <si>
     <t>Luís Figueira</t>
   </si>
   <si>
     <t xml:space="preserve">PEDRO   VITORINO</t>
   </si>
   <si>
     <t>Tiago Rocha</t>
   </si>
   <si>
-    <t xml:space="preserve">JOAQUIM AMARAL </t>
+    <t xml:space="preserve">PEDRO  CAVILHAS</t>
   </si>
   <si>
     <t xml:space="preserve">RUI   DUARTE</t>
   </si>
   <si>
     <t xml:space="preserve">Nuno  Oliveira</t>
   </si>
   <si>
     <t>Artur Alves</t>
   </si>
   <si>
     <t>JOSE CRUZ</t>
   </si>
   <si>
     <t>Pedro Antunes</t>
   </si>
   <si>
     <t>Bruno Pereira</t>
   </si>
   <si>
     <t xml:space="preserve">Mario  Batista</t>
   </si>
   <si>
     <t>Bruno A. Sousa</t>
   </si>
@@ -1151,66 +1151,66 @@
   <si>
     <t>Milton Perpétua</t>
   </si>
   <si>
     <t>RICARDO PEDRO</t>
   </si>
   <si>
     <t xml:space="preserve">ANTÓNIO   ORLANDO</t>
   </si>
   <si>
     <t>Fernando Palma</t>
   </si>
   <si>
     <t>Luís Nogueira</t>
   </si>
   <si>
     <t>EVELINO MAGALHÃES</t>
   </si>
   <si>
     <t>Paulo Serra</t>
   </si>
   <si>
     <t>João Sayanda</t>
   </si>
   <si>
-    <t>EZEQUIEL ANDRADE</t>
+    <t>MILA ALEXANDRA HELD</t>
   </si>
   <si>
     <t>João Monjardino</t>
   </si>
   <si>
     <t>JOAO CURVELO</t>
   </si>
   <si>
     <t>HUMBERTO AFONSO</t>
   </si>
   <si>
     <t>JOÂO COCHARRO</t>
   </si>
   <si>
-    <t>Nuno Ricardo</t>
+    <t>Sandra Segura</t>
   </si>
   <si>
     <t>Nuno Alves</t>
   </si>
   <si>
     <t>RUI ANTUNES</t>
   </si>
   <si>
     <t>Bruno Raposo</t>
   </si>
   <si>
     <t xml:space="preserve">Jorge  Marques</t>
   </si>
   <si>
     <t>Bernardo Salavessa</t>
   </si>
   <si>
     <t>JOAO LOPES</t>
   </si>
   <si>
     <t>CARLOS CARDOSO</t>
   </si>
   <si>
     <t>Gonçalo Santos</t>
   </si>
@@ -1328,60 +1328,60 @@
   <si>
     <t>Olga Palma</t>
   </si>
   <si>
     <t xml:space="preserve">ALEXANDRA   FERREIRA</t>
   </si>
   <si>
     <t>Rita Marques</t>
   </si>
   <si>
     <t>Maria Veiga</t>
   </si>
   <si>
     <t>Fernanda Ferreira</t>
   </si>
   <si>
     <t>CARLA ALVES</t>
   </si>
   <si>
     <t>Marisa Bettencourt</t>
   </si>
   <si>
     <t>M 50</t>
   </si>
   <si>
-    <t>NATACHA FAUSTINO</t>
+    <t>AEVERTON OLIVEIRA</t>
   </si>
   <si>
     <t xml:space="preserve">PEDRO PRETO </t>
   </si>
   <si>
     <t>PAULO JORGE MARTINS</t>
   </si>
   <si>
-    <t xml:space="preserve">CARLOS FREITAS </t>
+    <t>Joaquim Amaral</t>
   </si>
   <si>
     <t xml:space="preserve">CARLOS   SILVA</t>
   </si>
   <si>
     <t>João Narra</t>
   </si>
   <si>
     <t xml:space="preserve">Dinis  Ribas </t>
   </si>
   <si>
     <t>João Bogalheiro</t>
   </si>
   <si>
     <t>AgualvaRunners</t>
   </si>
   <si>
     <t>Luis Monteiro</t>
   </si>
   <si>
     <t xml:space="preserve">Joao  Borrego</t>
   </si>
   <si>
     <t>Paulo Tomás</t>
   </si>
@@ -1415,51 +1415,51 @@
   <si>
     <t>Mário Porfírio</t>
   </si>
   <si>
     <t xml:space="preserve">João  Paulo</t>
   </si>
   <si>
     <t>Nuno Duarte</t>
   </si>
   <si>
     <t>JULIO FERREIRA</t>
   </si>
   <si>
     <t>António Canto</t>
   </si>
   <si>
     <t xml:space="preserve">BENTO   QUARESMA</t>
   </si>
   <si>
     <t>Bento Raminhos</t>
   </si>
   <si>
     <t>Pedro Teixeira</t>
   </si>
   <si>
-    <t>Paulo Campos</t>
+    <t>JORGE PAREDES</t>
   </si>
   <si>
     <t>Carlos Coelho</t>
   </si>
   <si>
     <t>Associação de Pára-quedistas Tejo-Norte</t>
   </si>
   <si>
     <t>António Martins</t>
   </si>
   <si>
     <t>MARCELO CERDEIRA</t>
   </si>
   <si>
     <t>Miguel Lourenço</t>
   </si>
   <si>
     <t xml:space="preserve">Miguel  Azevedo</t>
   </si>
   <si>
     <t>Filipe Ribeiro</t>
   </si>
   <si>
     <t>Etienne Lopes</t>
   </si>
@@ -1511,51 +1511,51 @@
   <si>
     <t xml:space="preserve">Carlos  Pena</t>
   </si>
   <si>
     <t>Carlos Gonçalves</t>
   </si>
   <si>
     <t>Pedro Pereira</t>
   </si>
   <si>
     <t xml:space="preserve">José  Raposo</t>
   </si>
   <si>
     <t>João Arroz</t>
   </si>
   <si>
     <t>DAVID ALMEIDA</t>
   </si>
   <si>
     <t>F 50</t>
   </si>
   <si>
     <t>ALEXANDRA PORTELA</t>
   </si>
   <si>
-    <t>CLÁUDIA BORRALHO</t>
+    <t>VENCEDORA CAPUNGA</t>
   </si>
   <si>
     <t>Fernanda Murteira</t>
   </si>
   <si>
     <t>ANA LETRA</t>
   </si>
   <si>
     <t xml:space="preserve">ANABELA SALAZAR </t>
   </si>
   <si>
     <t>Susana Gomes</t>
   </si>
   <si>
     <t xml:space="preserve">Gracinda  Fernandes</t>
   </si>
   <si>
     <t>Maria Ryder</t>
   </si>
   <si>
     <t>Sandra Bação</t>
   </si>
   <si>
     <t>Ana Ferreira</t>
   </si>
@@ -1892,51 +1892,51 @@
   <si>
     <t>Carlos Marques</t>
   </si>
   <si>
     <t>VASCO PALMA</t>
   </si>
   <si>
     <t>Vítor Revés</t>
   </si>
   <si>
     <t>Nuno Galvão</t>
   </si>
   <si>
     <t>Fernando Rosa</t>
   </si>
   <si>
     <t>JOÃO CARVALHINHO</t>
   </si>
   <si>
     <t xml:space="preserve">RICARDO   TAPADA</t>
   </si>
   <si>
     <t>Lúcio Morais</t>
   </si>
   <si>
-    <t xml:space="preserve">Carlos A  P Silva</t>
+    <t xml:space="preserve">Ana  Sobral</t>
   </si>
   <si>
     <t xml:space="preserve">ANTÓNIO  ALVES</t>
   </si>
   <si>
     <t>António Lima</t>
   </si>
   <si>
     <t>Jorge Oliveira</t>
   </si>
   <si>
     <t>Jorge Valadares</t>
   </si>
   <si>
     <t xml:space="preserve">Hermínio  Cabeceira</t>
   </si>
   <si>
     <t>F 60</t>
   </si>
   <si>
     <t>Lúcia Silva</t>
   </si>
   <si>
     <t>M Conceição D Alves</t>
   </si>