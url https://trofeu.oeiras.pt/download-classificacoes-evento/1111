--- v0 (2025-10-14)
+++ v1 (2025-12-07)
@@ -479,51 +479,51 @@
   <si>
     <t>EVANDRO PIRES</t>
   </si>
   <si>
     <t>Afonso Antunes</t>
   </si>
   <si>
     <t xml:space="preserve">JOEL      BARROS</t>
   </si>
   <si>
     <t xml:space="preserve">MIGUEL    AGUIAR</t>
   </si>
   <si>
     <t>Salvador Alves</t>
   </si>
   <si>
     <t xml:space="preserve">DUARTE    PINTO</t>
   </si>
   <si>
     <t xml:space="preserve">MIGUEL    SAYANDA</t>
   </si>
   <si>
     <t xml:space="preserve">Cláudio  Revés</t>
   </si>
   <si>
-    <t>Diogo Freitas</t>
+    <t>PODEROSO KAPUNGA</t>
   </si>
   <si>
     <t>Gonçalo Magalhaes</t>
   </si>
   <si>
     <t>Pedro Rijo</t>
   </si>
   <si>
     <t>Juniores - Femininos</t>
   </si>
   <si>
     <t xml:space="preserve">PETRA     SANTOS</t>
   </si>
   <si>
     <t xml:space="preserve">CAROLINA  COSTA</t>
   </si>
   <si>
     <t>Silvania Costa</t>
   </si>
   <si>
     <t>BEATRIZ BAPTISTA</t>
   </si>
   <si>
     <t>Sub 23 - Masculinos</t>
   </si>
@@ -533,51 +533,51 @@
   <si>
     <t xml:space="preserve">VALTER    GOMES</t>
   </si>
   <si>
     <t>DAVID DOS SANTOS</t>
   </si>
   <si>
     <t>MIGUEL REBELO</t>
   </si>
   <si>
     <t xml:space="preserve">EDSON     CARVALHO</t>
   </si>
   <si>
     <t xml:space="preserve">JOSÉ      CARLOS</t>
   </si>
   <si>
     <t>ALEXANDRE PEREIRA</t>
   </si>
   <si>
     <t xml:space="preserve">DIOGO     CORREIA</t>
   </si>
   <si>
     <t>Francisco Goveia</t>
   </si>
   <si>
-    <t>PEDRO VIEIRA</t>
+    <t>DEUS KAPUNGA</t>
   </si>
   <si>
     <t>MANUEL PINHEIRO</t>
   </si>
   <si>
     <t>Sub 23 - Femininos</t>
   </si>
   <si>
     <t xml:space="preserve">TATIANA   MOURA</t>
   </si>
   <si>
     <t>Rita Bacelar</t>
   </si>
   <si>
     <t xml:space="preserve">INÊS      PINTO</t>
   </si>
   <si>
     <t>JOYCELENE BARROS</t>
   </si>
   <si>
     <t>Sofia Gonçalves</t>
   </si>
   <si>
     <t>Gonçalo Moreira</t>
   </si>
@@ -740,96 +740,96 @@
   <si>
     <t>Valejas Atlético Clube</t>
   </si>
   <si>
     <t xml:space="preserve">Claudia   Dias</t>
   </si>
   <si>
     <t xml:space="preserve">Glória  Dias</t>
   </si>
   <si>
     <t xml:space="preserve">Inês  Dias</t>
   </si>
   <si>
     <t xml:space="preserve">Claúdia  Jerónimo</t>
   </si>
   <si>
     <t>ANA FRUTUOSO</t>
   </si>
   <si>
     <t>Tetiana Buga</t>
   </si>
   <si>
     <t>Bruno Carvalho</t>
   </si>
   <si>
-    <t>CÁTIA TAVARES</t>
+    <t>CÁTIA FIDALGO</t>
   </si>
   <si>
     <t>Grupo Recreativo e Desportivo da Ribeira da Lage</t>
   </si>
   <si>
     <t>M 35</t>
   </si>
   <si>
     <t>Tiago Graça</t>
   </si>
   <si>
     <t>RODRIGO DUARTE</t>
   </si>
   <si>
     <t xml:space="preserve">JOSÉ   CAMACHO</t>
   </si>
   <si>
     <t>CLÁUDIA SOUSA</t>
   </si>
   <si>
     <t>JOSÉ CARLOS TEODORO</t>
   </si>
   <si>
     <t>Hugo Evaristo</t>
   </si>
   <si>
     <t>David Caroço Nunes</t>
   </si>
   <si>
     <t>Tramagal Sport União</t>
   </si>
   <si>
     <t>Nuno Quintela</t>
   </si>
   <si>
     <t>Bruno Ferreira</t>
   </si>
   <si>
     <t>Ricardo Ribeiro</t>
   </si>
   <si>
     <t>Miguel Sousa</t>
   </si>
   <si>
-    <t xml:space="preserve">TIAGO VELEZ </t>
+    <t>JOSÉ VASCO</t>
   </si>
   <si>
     <t>André Oliveira</t>
   </si>
   <si>
     <t>Tiago Andrade</t>
   </si>
   <si>
     <t>TELMO JORGE</t>
   </si>
   <si>
     <t>Tiago Cardoso</t>
   </si>
   <si>
     <t xml:space="preserve">Diogo  Santos</t>
   </si>
   <si>
     <t>Grupo Desportivo de Barcarena</t>
   </si>
   <si>
     <t xml:space="preserve">VÍTOR   TEIXEIRA</t>
   </si>
   <si>
     <t>Diogo Inácio</t>
   </si>
@@ -1001,87 +1001,87 @@
   <si>
     <t xml:space="preserve">José  Ribeiro</t>
   </si>
   <si>
     <t xml:space="preserve">Marco  Pinto</t>
   </si>
   <si>
     <t>Nuno Curto</t>
   </si>
   <si>
     <t xml:space="preserve">Vítor  Mendes</t>
   </si>
   <si>
     <t xml:space="preserve">Nuno  Meia-Onça</t>
   </si>
   <si>
     <t>Nuno Barata</t>
   </si>
   <si>
     <t>Sérgio Santos</t>
   </si>
   <si>
     <t>GONÇALO PEDRO</t>
   </si>
   <si>
-    <t>Sérgio Lopes</t>
+    <t>Mário Anselmo</t>
   </si>
   <si>
     <t>Nuno Silva</t>
   </si>
   <si>
     <t>Ricardo Afonso</t>
   </si>
   <si>
     <t xml:space="preserve">Miguel  Santos</t>
   </si>
   <si>
     <t>TIAGO OLIVEIRA</t>
   </si>
   <si>
     <t>Mário Rodrigues</t>
   </si>
   <si>
     <t>Nuno Borralho</t>
   </si>
   <si>
     <t>F 40</t>
   </si>
   <si>
     <t>MARINA DOMIMGUES</t>
   </si>
   <si>
     <t xml:space="preserve">RITA ROSA </t>
   </si>
   <si>
     <t>Sandra Conceição</t>
   </si>
   <si>
     <t>INÊS INFANTE</t>
   </si>
   <si>
-    <t>ELISABETE MACEDO</t>
+    <t>MARTA MOTA</t>
   </si>
   <si>
     <t>HELENA CARDOSO</t>
   </si>
   <si>
     <t>Cátea Ramos</t>
   </si>
   <si>
     <t>MARIANA FODOR</t>
   </si>
   <si>
     <t>Suelen Almeida</t>
   </si>
   <si>
     <t>EUGÉNIA TEIXEIRA</t>
   </si>
   <si>
     <t xml:space="preserve">Diana  Guimarães</t>
   </si>
   <si>
     <t>Maria Jesus</t>
   </si>
   <si>
     <t>SANDRA PAULICO</t>
   </si>
@@ -1175,51 +1175,51 @@
   <si>
     <t>Jorge Nunes</t>
   </si>
   <si>
     <t xml:space="preserve">Nuno  Carrilho</t>
   </si>
   <si>
     <t>Bruno Afonso</t>
   </si>
   <si>
     <t>Rui Ferreira</t>
   </si>
   <si>
     <t>CASA DO BENFICA EM ALGUEIRÃO MEM MARTINS - SINTRA</t>
   </si>
   <si>
     <t>Luís Godinho</t>
   </si>
   <si>
     <t>Luis Neves</t>
   </si>
   <si>
     <t>Nuno Santos</t>
   </si>
   <si>
-    <t xml:space="preserve">JOAQUIM AMARAL </t>
+    <t xml:space="preserve">PEDRO  CAVILHAS</t>
   </si>
   <si>
     <t>Bruno Pereira</t>
   </si>
   <si>
     <t>Tiago Rocha</t>
   </si>
   <si>
     <t>Hugo Silva</t>
   </si>
   <si>
     <t xml:space="preserve">Nuno  Oliveira</t>
   </si>
   <si>
     <t>Bruno Oliveira</t>
   </si>
   <si>
     <t xml:space="preserve">Ricardo  Reis</t>
   </si>
   <si>
     <t>JOÃO AGUIAR</t>
   </si>
   <si>
     <t>JOSÉ BORGES</t>
   </si>
@@ -1250,51 +1250,51 @@
   <si>
     <t>Emanuel Oliveira</t>
   </si>
   <si>
     <t>Milton Perpétua</t>
   </si>
   <si>
     <t>João Sayanda</t>
   </si>
   <si>
     <t>João Monjardino</t>
   </si>
   <si>
     <t>Luís Nogueira</t>
   </si>
   <si>
     <t>Fernando Palma</t>
   </si>
   <si>
     <t>EVELINO MAGALHÃES</t>
   </si>
   <si>
     <t>Fernando Silva</t>
   </si>
   <si>
-    <t>EZEQUIEL ANDRADE</t>
+    <t>MIGUEL PINTO</t>
   </si>
   <si>
     <t>CRISPIANO MAGRO</t>
   </si>
   <si>
     <t xml:space="preserve">Jorge  Marques</t>
   </si>
   <si>
     <t xml:space="preserve">Mario  Batista</t>
   </si>
   <si>
     <t>Artur Alves</t>
   </si>
   <si>
     <t>Nuno Ricardo</t>
   </si>
   <si>
     <t>Ricardo Faria</t>
   </si>
   <si>
     <t>Bruno Raposo</t>
   </si>
   <si>
     <t>RODRIGO SANTOS</t>
   </si>
@@ -1469,99 +1469,99 @@
   <si>
     <t>Ana Sofia Pereira</t>
   </si>
   <si>
     <t>CARLA ALVES</t>
   </si>
   <si>
     <t>M 50</t>
   </si>
   <si>
     <t xml:space="preserve">SÉRGIO    PAIVA</t>
   </si>
   <si>
     <t xml:space="preserve">PEDRO PRETO </t>
   </si>
   <si>
     <t xml:space="preserve">Joao  Borrego</t>
   </si>
   <si>
     <t>PAULO JORGE MARTINS</t>
   </si>
   <si>
     <t>NATACHA FAUSTINO</t>
   </si>
   <si>
-    <t xml:space="preserve">CARLOS FREITAS </t>
+    <t>Filipe Rebelo</t>
   </si>
   <si>
     <t>João Narra</t>
   </si>
   <si>
     <t>LUIS LIMA</t>
   </si>
   <si>
     <t>Rui Cleto</t>
   </si>
   <si>
     <t>Amigos do Atletismo de Mafra</t>
   </si>
   <si>
     <t>Luis Monteiro</t>
   </si>
   <si>
     <t>GONÇALO COSTA</t>
   </si>
   <si>
     <t>João Bogalheiro</t>
   </si>
   <si>
     <t>AgualvaRunners</t>
   </si>
   <si>
     <t xml:space="preserve">RUI   OLIVEIRA</t>
   </si>
   <si>
     <t>JOSÉ ALVES</t>
   </si>
   <si>
     <t xml:space="preserve">ORLANDO  CORREIA</t>
   </si>
   <si>
     <t>Francisco Laneta</t>
   </si>
   <si>
     <t>Raúl Azevedo</t>
   </si>
   <si>
     <t>PEDRO ESTEVES</t>
   </si>
   <si>
     <t>Henrique Ferreira</t>
   </si>
   <si>
-    <t xml:space="preserve">JOAQUIM SANTOS </t>
+    <t>FRANCISCO MOTA</t>
   </si>
   <si>
     <t>DINIS MORAIS</t>
   </si>
   <si>
     <t>Paulo Lopes</t>
   </si>
   <si>
     <t xml:space="preserve">João  Paulo</t>
   </si>
   <si>
     <t>António Canto</t>
   </si>
   <si>
     <t>JULIO FERREIRA</t>
   </si>
   <si>
     <t>Carlos Valente</t>
   </si>
   <si>
     <t>Nuno Duarte</t>
   </si>
   <si>
     <t>Paulo Campos</t>
   </si>
@@ -1658,105 +1658,105 @@
   <si>
     <t xml:space="preserve">Orlando  Silva</t>
   </si>
   <si>
     <t>MARCOS PIMENTA</t>
   </si>
   <si>
     <t>António Nobre</t>
   </si>
   <si>
     <t>João Arroz</t>
   </si>
   <si>
     <t>Jose Antonio</t>
   </si>
   <si>
     <t>DAVID ALMEIDA</t>
   </si>
   <si>
     <t>F 50</t>
   </si>
   <si>
     <t>ALEXANDRA PORTELA</t>
   </si>
   <si>
-    <t xml:space="preserve">Ana  Santos</t>
+    <t>Ana Cleto</t>
   </si>
   <si>
     <t xml:space="preserve">ANA RUTE  PEREIRA</t>
   </si>
   <si>
-    <t>CLÁUDIA BORRALHO</t>
+    <t>VENCEDORA CAPUNGA</t>
   </si>
   <si>
     <t xml:space="preserve">SANDRA  FERNANDES</t>
   </si>
   <si>
     <t xml:space="preserve">ANABELA SALAZAR </t>
   </si>
   <si>
     <t>Fernanda Murteira</t>
   </si>
   <si>
     <t>Maria Ryder</t>
   </si>
   <si>
     <t>Isabel Antunes</t>
   </si>
   <si>
     <t>Sandra Bação</t>
   </si>
   <si>
     <t>Eugénia Ribeiro</t>
   </si>
   <si>
     <t>Elisa Gonçalves</t>
   </si>
   <si>
     <t>Licínia Rego</t>
   </si>
   <si>
     <t xml:space="preserve">RITA   MINA</t>
   </si>
   <si>
     <t>Susana Pais</t>
   </si>
   <si>
     <t>Ana Nunes</t>
   </si>
   <si>
     <t>ANA MOTA</t>
   </si>
   <si>
     <t>Celeste Almeida</t>
   </si>
   <si>
     <t>Maria Cristina Oliveira</t>
   </si>
   <si>
-    <t>Isabel Costa</t>
+    <t>MARIA PEIXOTO</t>
   </si>
   <si>
     <t xml:space="preserve">Susana  Jacinto</t>
   </si>
   <si>
     <t>Sara Silva</t>
   </si>
   <si>
     <t xml:space="preserve">LUCIA  LOUREÇO</t>
   </si>
   <si>
     <t>Elsa Almeida</t>
   </si>
   <si>
     <t xml:space="preserve">CARLA   RAPOSO</t>
   </si>
   <si>
     <t>ISABEL SAMPAIO</t>
   </si>
   <si>
     <t>Isabel Silva</t>
   </si>
   <si>
     <t>Patrícia Pinto</t>
   </si>
@@ -1997,51 +1997,51 @@
   <si>
     <t>Thelmo Cunha</t>
   </si>
   <si>
     <t>Carlos Santos</t>
   </si>
   <si>
     <t>Nuno Galvão</t>
   </si>
   <si>
     <t>Pedro Matos</t>
   </si>
   <si>
     <t>Carlos Marques</t>
   </si>
   <si>
     <t>Vítor Revés</t>
   </si>
   <si>
     <t>JOÃO CARVALHINHO</t>
   </si>
   <si>
     <t>JOSÉ RODRIGUES</t>
   </si>
   <si>
-    <t xml:space="preserve">Carlos A  P Silva</t>
+    <t xml:space="preserve">Carlos  Silva</t>
   </si>
   <si>
     <t xml:space="preserve">RICARDO   TAPADA</t>
   </si>
   <si>
     <t>Lúcio Morais</t>
   </si>
   <si>
     <t>VASCO PALMA</t>
   </si>
   <si>
     <t>Manuel Rego</t>
   </si>
   <si>
     <t xml:space="preserve">ANTÓNIO  ALVES</t>
   </si>
   <si>
     <t>António Lima</t>
   </si>
   <si>
     <t>João Teixeira</t>
   </si>
   <si>
     <t>Jorge Oliveira</t>
   </si>