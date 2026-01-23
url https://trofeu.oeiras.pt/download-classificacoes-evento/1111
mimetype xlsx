--- v1 (2025-12-07)
+++ v2 (2026-01-23)
@@ -566,51 +566,51 @@
   <si>
     <t xml:space="preserve">TATIANA   MOURA</t>
   </si>
   <si>
     <t>Rita Bacelar</t>
   </si>
   <si>
     <t xml:space="preserve">INÊS      PINTO</t>
   </si>
   <si>
     <t>JOYCELENE BARROS</t>
   </si>
   <si>
     <t>Sofia Gonçalves</t>
   </si>
   <si>
     <t>Gonçalo Moreira</t>
   </si>
   <si>
     <t>Seniores - Masculinos</t>
   </si>
   <si>
     <t>FILIPE REBELO</t>
   </si>
   <si>
-    <t>José Marcos</t>
+    <t xml:space="preserve">Cláudia  Borralho</t>
   </si>
   <si>
     <t xml:space="preserve">Nuno  Carraça</t>
   </si>
   <si>
     <t>ANA GOMES</t>
   </si>
   <si>
     <t xml:space="preserve">Diogo Jacinto </t>
   </si>
   <si>
     <t xml:space="preserve">DIOGO     BATISTA</t>
   </si>
   <si>
     <t>Diogo Vicente</t>
   </si>
   <si>
     <t>Grupo Recreativo e Desportivo “Os Fixes”</t>
   </si>
   <si>
     <t>ANTÓNIO BONÉ</t>
   </si>
   <si>
     <t xml:space="preserve">LUÍS TEIXEIRA </t>
   </si>
@@ -1250,66 +1250,66 @@
   <si>
     <t>Emanuel Oliveira</t>
   </si>
   <si>
     <t>Milton Perpétua</t>
   </si>
   <si>
     <t>João Sayanda</t>
   </si>
   <si>
     <t>João Monjardino</t>
   </si>
   <si>
     <t>Luís Nogueira</t>
   </si>
   <si>
     <t>Fernando Palma</t>
   </si>
   <si>
     <t>EVELINO MAGALHÃES</t>
   </si>
   <si>
     <t>Fernando Silva</t>
   </si>
   <si>
-    <t>MIGUEL PINTO</t>
+    <t>MILA ALEXANDRA HELD</t>
   </si>
   <si>
     <t>CRISPIANO MAGRO</t>
   </si>
   <si>
     <t xml:space="preserve">Jorge  Marques</t>
   </si>
   <si>
     <t xml:space="preserve">Mario  Batista</t>
   </si>
   <si>
     <t>Artur Alves</t>
   </si>
   <si>
-    <t>Nuno Ricardo</t>
+    <t>Sandra Segura</t>
   </si>
   <si>
     <t>Ricardo Faria</t>
   </si>
   <si>
     <t>Bruno Raposo</t>
   </si>
   <si>
     <t>RODRIGO SANTOS</t>
   </si>
   <si>
     <t>Pedro Pereira</t>
   </si>
   <si>
     <t>José Sousa</t>
   </si>
   <si>
     <t>RUI ANTUNES</t>
   </si>
   <si>
     <t>Pedro Domingos</t>
   </si>
   <si>
     <t>Bruno Veríssimo</t>
   </si>
@@ -1469,123 +1469,123 @@
   <si>
     <t>Ana Sofia Pereira</t>
   </si>
   <si>
     <t>CARLA ALVES</t>
   </si>
   <si>
     <t>M 50</t>
   </si>
   <si>
     <t xml:space="preserve">SÉRGIO    PAIVA</t>
   </si>
   <si>
     <t xml:space="preserve">PEDRO PRETO </t>
   </si>
   <si>
     <t xml:space="preserve">Joao  Borrego</t>
   </si>
   <si>
     <t>PAULO JORGE MARTINS</t>
   </si>
   <si>
     <t>NATACHA FAUSTINO</t>
   </si>
   <si>
-    <t>Filipe Rebelo</t>
+    <t>Joaquim Amaral</t>
   </si>
   <si>
     <t>João Narra</t>
   </si>
   <si>
     <t>LUIS LIMA</t>
   </si>
   <si>
     <t>Rui Cleto</t>
   </si>
   <si>
     <t>Amigos do Atletismo de Mafra</t>
   </si>
   <si>
     <t>Luis Monteiro</t>
   </si>
   <si>
     <t>GONÇALO COSTA</t>
   </si>
   <si>
     <t>João Bogalheiro</t>
   </si>
   <si>
     <t>AgualvaRunners</t>
   </si>
   <si>
     <t xml:space="preserve">RUI   OLIVEIRA</t>
   </si>
   <si>
     <t>JOSÉ ALVES</t>
   </si>
   <si>
     <t xml:space="preserve">ORLANDO  CORREIA</t>
   </si>
   <si>
     <t>Francisco Laneta</t>
   </si>
   <si>
     <t>Raúl Azevedo</t>
   </si>
   <si>
     <t>PEDRO ESTEVES</t>
   </si>
   <si>
     <t>Henrique Ferreira</t>
   </si>
   <si>
-    <t>FRANCISCO MOTA</t>
+    <t>Gustavo Monteiro</t>
   </si>
   <si>
     <t>DINIS MORAIS</t>
   </si>
   <si>
     <t>Paulo Lopes</t>
   </si>
   <si>
     <t xml:space="preserve">João  Paulo</t>
   </si>
   <si>
     <t>António Canto</t>
   </si>
   <si>
     <t>JULIO FERREIRA</t>
   </si>
   <si>
     <t>Carlos Valente</t>
   </si>
   <si>
     <t>Nuno Duarte</t>
   </si>
   <si>
-    <t>Paulo Campos</t>
+    <t>JORGE PAREDES</t>
   </si>
   <si>
     <t xml:space="preserve">BENTO   QUARESMA</t>
   </si>
   <si>
     <t>Carlos Coelho</t>
   </si>
   <si>
     <t>Associação de Pára-quedistas Tejo-Norte</t>
   </si>
   <si>
     <t>Paulo Correia</t>
   </si>
   <si>
     <t>Bento Raminhos</t>
   </si>
   <si>
     <t>Manoel Cardoso</t>
   </si>
   <si>
     <t>Luis Pinheiro</t>
   </si>
   <si>
     <t>pedro serras</t>
   </si>