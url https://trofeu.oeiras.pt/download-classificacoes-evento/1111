--- v2 (2026-01-23)
+++ v3 (2026-03-10)
@@ -839,51 +839,51 @@
   <si>
     <t>João Vale</t>
   </si>
   <si>
     <t>PEDRO SANTOS</t>
   </si>
   <si>
     <t>JOÃO SANTOS</t>
   </si>
   <si>
     <t>Márcio Mateus</t>
   </si>
   <si>
     <t>F 35</t>
   </si>
   <si>
     <t xml:space="preserve">Carla  Almeida</t>
   </si>
   <si>
     <t>Inês Clemente</t>
   </si>
   <si>
     <t>Carla Jesus</t>
   </si>
   <si>
-    <t>Ana Silveira</t>
+    <t>Steve Gabadinho</t>
   </si>
   <si>
     <t>Nelma Craveiro</t>
   </si>
   <si>
     <t>TÂNIA PINTO</t>
   </si>
   <si>
     <t>Ana Coutinho</t>
   </si>
   <si>
     <t>Rita Raimundo</t>
   </si>
   <si>
     <t xml:space="preserve">4403 - Dados removidos </t>
   </si>
   <si>
     <t xml:space="preserve">Mónica  Carvalho</t>
   </si>
   <si>
     <t>Associação Cultural e Recreativa da Ribeira da Lage</t>
   </si>
   <si>
     <t>Célia Lopes</t>
   </si>
@@ -1466,51 +1466,51 @@
   <si>
     <t>RENATA ALBERNAZ</t>
   </si>
   <si>
     <t>Ana Sofia Pereira</t>
   </si>
   <si>
     <t>CARLA ALVES</t>
   </si>
   <si>
     <t>M 50</t>
   </si>
   <si>
     <t xml:space="preserve">SÉRGIO    PAIVA</t>
   </si>
   <si>
     <t xml:space="preserve">PEDRO PRETO </t>
   </si>
   <si>
     <t xml:space="preserve">Joao  Borrego</t>
   </si>
   <si>
     <t>PAULO JORGE MARTINS</t>
   </si>
   <si>
-    <t>NATACHA FAUSTINO</t>
+    <t>AEVERTON OLIVEIRA</t>
   </si>
   <si>
     <t>Joaquim Amaral</t>
   </si>
   <si>
     <t>João Narra</t>
   </si>
   <si>
     <t>LUIS LIMA</t>
   </si>
   <si>
     <t>Rui Cleto</t>
   </si>
   <si>
     <t>Amigos do Atletismo de Mafra</t>
   </si>
   <si>
     <t>Luis Monteiro</t>
   </si>
   <si>
     <t>GONÇALO COSTA</t>
   </si>
   <si>
     <t>João Bogalheiro</t>
   </si>
@@ -1997,51 +1997,51 @@
   <si>
     <t>Thelmo Cunha</t>
   </si>
   <si>
     <t>Carlos Santos</t>
   </si>
   <si>
     <t>Nuno Galvão</t>
   </si>
   <si>
     <t>Pedro Matos</t>
   </si>
   <si>
     <t>Carlos Marques</t>
   </si>
   <si>
     <t>Vítor Revés</t>
   </si>
   <si>
     <t>JOÃO CARVALHINHO</t>
   </si>
   <si>
     <t>JOSÉ RODRIGUES</t>
   </si>
   <si>
-    <t xml:space="preserve">Carlos  Silva</t>
+    <t xml:space="preserve">Ana  Sobral</t>
   </si>
   <si>
     <t xml:space="preserve">RICARDO   TAPADA</t>
   </si>
   <si>
     <t>Lúcio Morais</t>
   </si>
   <si>
     <t>VASCO PALMA</t>
   </si>
   <si>
     <t>Manuel Rego</t>
   </si>
   <si>
     <t xml:space="preserve">ANTÓNIO  ALVES</t>
   </si>
   <si>
     <t>António Lima</t>
   </si>
   <si>
     <t>João Teixeira</t>
   </si>
   <si>
     <t>Jorge Oliveira</t>
   </si>