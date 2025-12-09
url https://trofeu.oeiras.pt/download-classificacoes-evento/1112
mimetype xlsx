--- v0 (2025-10-25)
+++ v1 (2025-12-09)
@@ -428,51 +428,51 @@
   <si>
     <t xml:space="preserve">TOMÁS     ESTEVES</t>
   </si>
   <si>
     <t xml:space="preserve">JOSÉ      CARLOS</t>
   </si>
   <si>
     <t xml:space="preserve">VALTER    GOMES</t>
   </si>
   <si>
     <t>ALEXANDRE PEREIRA</t>
   </si>
   <si>
     <t xml:space="preserve">EDSON     CARVALHO</t>
   </si>
   <si>
     <t xml:space="preserve">DIOGO     CORREIA</t>
   </si>
   <si>
     <t>Gonçalo Gomes</t>
   </si>
   <si>
     <t xml:space="preserve"> Atlético Clube de Porto Salvo</t>
   </si>
   <si>
-    <t>PEDRO VIEIRA</t>
+    <t>DEUS KAPUNGA</t>
   </si>
   <si>
     <t>Diogo Carvalho</t>
   </si>
   <si>
     <t>JOÃO LEMOS</t>
   </si>
   <si>
     <t>Sub 23 - Femininos</t>
   </si>
   <si>
     <t>NATACHA FAUSTINO</t>
   </si>
   <si>
     <t>Rita Bacelar</t>
   </si>
   <si>
     <t xml:space="preserve">INÊS      PINTO</t>
   </si>
   <si>
     <t>Sofia Gonçalves</t>
   </si>
   <si>
     <t>Mafalda Bação</t>
   </si>
@@ -641,81 +641,81 @@
   <si>
     <t>Artemisa Mendes</t>
   </si>
   <si>
     <t>Beatriz David</t>
   </si>
   <si>
     <t>LILIANA CORREIA</t>
   </si>
   <si>
     <t>Sofia Cruz</t>
   </si>
   <si>
     <t xml:space="preserve">Claúdia  Jerónimo</t>
   </si>
   <si>
     <t>Tetiana Buga</t>
   </si>
   <si>
     <t>Soraia Paraíso</t>
   </si>
   <si>
     <t>Bruno Carvalho</t>
   </si>
   <si>
-    <t>CÁTIA TAVARES</t>
+    <t>CÁTIA FIDALGO</t>
   </si>
   <si>
     <t>Grupo Recreativo e Desportivo da Ribeira da Lage</t>
   </si>
   <si>
     <t>M 35</t>
   </si>
   <si>
     <t>Tiago Graça</t>
   </si>
   <si>
     <t>RODRIGO DUARTE</t>
   </si>
   <si>
     <t>CLÁUDIA SOUSA</t>
   </si>
   <si>
     <t xml:space="preserve">JOSÉ   CAMACHO</t>
   </si>
   <si>
     <t>JOSÉ CARLOS TEODORO</t>
   </si>
   <si>
     <t>Nuno Quintela</t>
   </si>
   <si>
     <t>André Oliveira</t>
   </si>
   <si>
-    <t xml:space="preserve">TIAGO VELEZ </t>
+    <t>JOSÉ VASCO</t>
   </si>
   <si>
     <t>David Eiras</t>
   </si>
   <si>
     <t>Tiago Andrade</t>
   </si>
   <si>
     <t>Andre Leandro</t>
   </si>
   <si>
     <t xml:space="preserve">NÚCLEO ATLETISMO ZONA ABÓBODA </t>
   </si>
   <si>
     <t>Machel Carvalho</t>
   </si>
   <si>
     <t>Diogo Inácio</t>
   </si>
   <si>
     <t>André Pires</t>
   </si>
   <si>
     <t>Tiago Cardoso</t>
   </si>
@@ -917,78 +917,78 @@
   <si>
     <t>Patrick Simões</t>
   </si>
   <si>
     <t>Sandro Costa</t>
   </si>
   <si>
     <t>Filipe Paulo</t>
   </si>
   <si>
     <t xml:space="preserve">Nuno  Meia-Onça</t>
   </si>
   <si>
     <t xml:space="preserve">Ricardo  Ferreira</t>
   </si>
   <si>
     <t>JOSÉ SANTOS</t>
   </si>
   <si>
     <t>Hugo Reis</t>
   </si>
   <si>
     <t>Pedro Ferreira</t>
   </si>
   <si>
-    <t>Sérgio Lopes</t>
+    <t>Mário Anselmo</t>
   </si>
   <si>
     <t>TIAGO RODRIGUES</t>
   </si>
   <si>
     <t>GONÇALO PEDRO</t>
   </si>
   <si>
     <t>Bruno Ornelas</t>
   </si>
   <si>
     <t>Nuno Borralho</t>
   </si>
   <si>
     <t>F 40</t>
   </si>
   <si>
     <t>MARINA DOMIMGUES</t>
   </si>
   <si>
     <t xml:space="preserve">RITA ROSA </t>
   </si>
   <si>
     <t>Sandra Conceição</t>
   </si>
   <si>
-    <t>ELISABETE MACEDO</t>
+    <t>MARTA MOTA</t>
   </si>
   <si>
     <t>INÊS INFANTE</t>
   </si>
   <si>
     <t>Eva Silva</t>
   </si>
   <si>
     <t>Sandrina Cunha</t>
   </si>
   <si>
     <t>Cátea Ramos</t>
   </si>
   <si>
     <t>HELENA CARDOSO</t>
   </si>
   <si>
     <t>Rodrigo Tavares</t>
   </si>
   <si>
     <t>Suelen Almeida</t>
   </si>
   <si>
     <t>Sara Rosa</t>
   </si>
@@ -1067,96 +1067,96 @@
   <si>
     <t xml:space="preserve">BRUNO   GARCIA</t>
   </si>
   <si>
     <t>LUIS FILIPE</t>
   </si>
   <si>
     <t>PEDRO BURRICA</t>
   </si>
   <si>
     <t>Nuno Santos</t>
   </si>
   <si>
     <t>Jorge Nunes</t>
   </si>
   <si>
     <t>RUI ALVES</t>
   </si>
   <si>
     <t>Luis Neves</t>
   </si>
   <si>
     <t>Emanuel Oliveira</t>
   </si>
   <si>
-    <t>Fraquinho Oliveira</t>
+    <t>BRUNO OLIVEIRA</t>
   </si>
   <si>
     <t>Bruno Afonso</t>
   </si>
   <si>
     <t>Hugo Silva</t>
   </si>
   <si>
     <t>Bruno Pereira</t>
   </si>
   <si>
     <t>Rui Cunha</t>
   </si>
   <si>
     <t xml:space="preserve">Nuno  Oliveira</t>
   </si>
   <si>
     <t xml:space="preserve">Mario  Batista</t>
   </si>
   <si>
     <t xml:space="preserve">Nuno  Carrilho</t>
   </si>
   <si>
     <t>Martin Stoermer</t>
   </si>
   <si>
     <t>JOSÉ BORGES</t>
   </si>
   <si>
     <t>Luís Figueira</t>
   </si>
   <si>
     <t>Tiago Rocha</t>
   </si>
   <si>
     <t xml:space="preserve">RUI   DUARTE</t>
   </si>
   <si>
     <t>Ricardo Nuno</t>
   </si>
   <si>
     <t>Milton Perpétua</t>
   </si>
   <si>
-    <t xml:space="preserve">JOAQUIM AMARAL </t>
+    <t xml:space="preserve">PEDRO  CAVILHAS</t>
   </si>
   <si>
     <t>JOSE CRUZ</t>
   </si>
   <si>
     <t>Paulo Serra</t>
   </si>
   <si>
     <t>EVELINO MAGALHÃES</t>
   </si>
   <si>
     <t>João Sayanda</t>
   </si>
   <si>
     <t>Nuno Alves</t>
   </si>
   <si>
     <t>Nuno Ricardo</t>
   </si>
   <si>
     <t>Luís Nogueira</t>
   </si>
   <si>
     <t>JOAO LOPES</t>
   </si>
@@ -1322,90 +1322,90 @@
   <si>
     <t>Luísa Madeira</t>
   </si>
   <si>
     <t>M 50</t>
   </si>
   <si>
     <t xml:space="preserve">SÉRGIO    PAIVA</t>
   </si>
   <si>
     <t>JOSÉ GOMES TEIXEIRA</t>
   </si>
   <si>
     <t xml:space="preserve">Joao  Borrego</t>
   </si>
   <si>
     <t>PAULO JORGE MARTINS</t>
   </si>
   <si>
     <t>Miguel David</t>
   </si>
   <si>
     <t xml:space="preserve">PEDRO PRETO </t>
   </si>
   <si>
-    <t xml:space="preserve">CARLOS FREITAS </t>
+    <t>Filipe Rebelo</t>
   </si>
   <si>
     <t>LUIS LIMA</t>
   </si>
   <si>
     <t>José Ruivo</t>
   </si>
   <si>
     <t xml:space="preserve">CARLOS   SILVA</t>
   </si>
   <si>
     <t>João Narra</t>
   </si>
   <si>
     <t>Paulo Tomás</t>
   </si>
   <si>
     <t xml:space="preserve">Dinis  Ribas </t>
   </si>
   <si>
     <t>Francisco Laneta</t>
   </si>
   <si>
     <t>João Bogalheiro</t>
   </si>
   <si>
     <t>AgualvaRunners</t>
   </si>
   <si>
     <t>JOSÉ ALVES</t>
   </si>
   <si>
     <t>Antonio Trigueiro</t>
   </si>
   <si>
     <t>LUÍS CARVALHO</t>
   </si>
   <si>
-    <t>Paulo Campos</t>
+    <t>JORGE PAREDES</t>
   </si>
   <si>
     <t>Henrique Ferreira</t>
   </si>
   <si>
     <t>Rui Lacerda</t>
   </si>
   <si>
     <t xml:space="preserve">João  Paulo</t>
   </si>
   <si>
     <t>PEDRO ESTEVES</t>
   </si>
   <si>
     <t>Leonor Moura</t>
   </si>
   <si>
     <t>Nuno Morgado</t>
   </si>
   <si>
     <t xml:space="preserve">PEDRO   CANELAS</t>
   </si>
   <si>
     <t>JULIO FERREIRA</t>
   </si>
@@ -1523,51 +1523,51 @@
   <si>
     <t>João Arroz</t>
   </si>
   <si>
     <t>DAVID ALMEIDA</t>
   </si>
   <si>
     <t xml:space="preserve">Vasco  Ascensão</t>
   </si>
   <si>
     <t>JOSÉ MATOS</t>
   </si>
   <si>
     <t>Luis Barata</t>
   </si>
   <si>
     <t>F 50</t>
   </si>
   <si>
     <t>ALEXANDRA PORTELA</t>
   </si>
   <si>
     <t xml:space="preserve">Cristina  Henriques</t>
   </si>
   <si>
-    <t>CLÁUDIA BORRALHO</t>
+    <t>VENCEDORA CAPUNGA</t>
   </si>
   <si>
     <t xml:space="preserve">ANA RUTE  PEREIRA</t>
   </si>
   <si>
     <t xml:space="preserve">SANDRA  FERNANDES</t>
   </si>
   <si>
     <t xml:space="preserve">Gracinda  Fernandes</t>
   </si>
   <si>
     <t>Fernanda Murteira</t>
   </si>
   <si>
     <t>Susana Gomes</t>
   </si>
   <si>
     <t>Isabel Antunes</t>
   </si>
   <si>
     <t>Maria Ryder</t>
   </si>
   <si>
     <t>Sandra Bação</t>
   </si>
@@ -1601,51 +1601,51 @@
   <si>
     <t>ANA MOTA</t>
   </si>
   <si>
     <t>Cidália Borges</t>
   </si>
   <si>
     <t xml:space="preserve">RITA   MINA</t>
   </si>
   <si>
     <t xml:space="preserve">LUCIA  LOUREÇO</t>
   </si>
   <si>
     <t>Fabiana Zunfrilli</t>
   </si>
   <si>
     <t>Sara Silva</t>
   </si>
   <si>
     <t xml:space="preserve">MARIA  CEBOLA</t>
   </si>
   <si>
     <t xml:space="preserve">Susana  Jacinto</t>
   </si>
   <si>
-    <t>Isabel Costa</t>
+    <t>MARIA PEIXOTO</t>
   </si>
   <si>
     <t xml:space="preserve">Susana  Crespo </t>
   </si>
   <si>
     <t xml:space="preserve">Dora  Lopes</t>
   </si>
   <si>
     <t>TERESA JERÓNIMO</t>
   </si>
   <si>
     <t>ISABEL SAMPAIO</t>
   </si>
   <si>
     <t>Ana Cristina Viegas</t>
   </si>
   <si>
     <t>Paula Silva</t>
   </si>
   <si>
     <t xml:space="preserve">CARLA   RAPOSO</t>
   </si>
   <si>
     <t>Isabel Silva</t>
   </si>
@@ -1880,51 +1880,51 @@
   <si>
     <t>CASA DO BENFICA EM ALGUEIRÃO MEM MARTINS - SINTRA</t>
   </si>
   <si>
     <t>Carlos Santos</t>
   </si>
   <si>
     <t>Nuno Galvão</t>
   </si>
   <si>
     <t>Thelmo Cunha</t>
   </si>
   <si>
     <t>JOÃO INFANTE</t>
   </si>
   <si>
     <t>Vítor Revés</t>
   </si>
   <si>
     <t xml:space="preserve">RICARDO   TAPADA</t>
   </si>
   <si>
     <t>Carlos Marques</t>
   </si>
   <si>
-    <t xml:space="preserve">Carlos A  P Silva</t>
+    <t xml:space="preserve">Carlos  Silva</t>
   </si>
   <si>
     <t>António Major</t>
   </si>
   <si>
     <t>JOSÉ RODRIGUES</t>
   </si>
   <si>
     <t>José Freitas</t>
   </si>
   <si>
     <t>Paulo Jorge Duarte Silva</t>
   </si>
   <si>
     <t>Jorge Oliveira</t>
   </si>
   <si>
     <t>Paulo Rodrigues</t>
   </si>
   <si>
     <t>António Lima</t>
   </si>
   <si>
     <t>João Teixeira</t>
   </si>