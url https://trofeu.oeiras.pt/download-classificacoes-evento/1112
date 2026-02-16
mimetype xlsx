--- v1 (2025-12-09)
+++ v2 (2026-02-16)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Atletas" sheetId="1" r:id="rId1"/>
     <sheet name="Colectivo" sheetId="2" r:id="rId3"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="721" uniqueCount="721">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="722" uniqueCount="722">
   <si>
     <t>40º Troféu CM Oeiras - Grande Prémio Estádio Nacional</t>
   </si>
   <si>
     <t>Benjamins B - Masculinos</t>
   </si>
   <si>
     <t>Posição</t>
   </si>
   <si>
     <t>Dorsal</t>
   </si>
   <si>
     <t>Atleta</t>
   </si>
   <si>
     <t>Clube/Equipa</t>
   </si>
   <si>
     <t>Pontos</t>
   </si>
   <si>
     <t>Tiago Sánchez</t>
   </si>
   <si>
@@ -461,51 +461,51 @@
   <si>
     <t>Sub 23 - Femininos</t>
   </si>
   <si>
     <t>NATACHA FAUSTINO</t>
   </si>
   <si>
     <t>Rita Bacelar</t>
   </si>
   <si>
     <t xml:space="preserve">INÊS      PINTO</t>
   </si>
   <si>
     <t>Sofia Gonçalves</t>
   </si>
   <si>
     <t>Mafalda Bação</t>
   </si>
   <si>
     <t>Seniores - Masculinos</t>
   </si>
   <si>
     <t>FILIPE REBELO</t>
   </si>
   <si>
-    <t>José Marcos</t>
+    <t xml:space="preserve">Cláudia  Borralho</t>
   </si>
   <si>
     <t xml:space="preserve">Nuno  Carraça</t>
   </si>
   <si>
     <t>Diogo Vicente</t>
   </si>
   <si>
     <t>Grupo Recreativo e Desportivo “Os Fixes”</t>
   </si>
   <si>
     <t>Sérgio Pinto</t>
   </si>
   <si>
     <t xml:space="preserve">DIOGO     BATISTA</t>
   </si>
   <si>
     <t>ANTÓNIO BONÉ</t>
   </si>
   <si>
     <t xml:space="preserve">Diogo Jacinto </t>
   </si>
   <si>
     <t>Simão Augusto</t>
   </si>
@@ -527,51 +527,51 @@
   <si>
     <t>MIGUEL COSTA</t>
   </si>
   <si>
     <t>Tiago Pádua</t>
   </si>
   <si>
     <t>Carlos Gomes</t>
   </si>
   <si>
     <t>David Pereira</t>
   </si>
   <si>
     <t xml:space="preserve">André  Viseu</t>
   </si>
   <si>
     <t>André Ribeiro</t>
   </si>
   <si>
     <t>GMCJamor</t>
   </si>
   <si>
     <t>Mariana Oliveira</t>
   </si>
   <si>
-    <t>Sérgio Oliveira</t>
+    <t>Paulo Arrenega</t>
   </si>
   <si>
     <t>Rúben Franco</t>
   </si>
   <si>
     <t>ADRC Mata de Benfica</t>
   </si>
   <si>
     <t xml:space="preserve">Gonçalo  Silva </t>
   </si>
   <si>
     <t>Fábio Querido</t>
   </si>
   <si>
     <t>ANDRE ABREU</t>
   </si>
   <si>
     <t>HUGO SILVEIRA</t>
   </si>
   <si>
     <t>Frederico Sousa</t>
   </si>
   <si>
     <t>TIAGO SILVA</t>
   </si>
@@ -743,51 +743,51 @@
   <si>
     <t>António Matas</t>
   </si>
   <si>
     <t>JOÃO SANTOS</t>
   </si>
   <si>
     <t>Márcio Mateus</t>
   </si>
   <si>
     <t>F 35</t>
   </si>
   <si>
     <t xml:space="preserve">Carla  Almeida</t>
   </si>
   <si>
     <t>CARLA PEREIRA</t>
   </si>
   <si>
     <t>Inês Clemente</t>
   </si>
   <si>
     <t>Carla Jesus</t>
   </si>
   <si>
-    <t>Ana Silveira</t>
+    <t>Steve Gabadinho</t>
   </si>
   <si>
     <t>Ana Coutinho</t>
   </si>
   <si>
     <t>Rita Raimundo</t>
   </si>
   <si>
     <t>AlphaDen Wolves OCR</t>
   </si>
   <si>
     <t>ÁGNES KOPPÁNYI</t>
   </si>
   <si>
     <t>Célia Lopes</t>
   </si>
   <si>
     <t>Marta Sanchez</t>
   </si>
   <si>
     <t>FILIPA RELVAS</t>
   </si>
   <si>
     <t>Mafalda Santos</t>
   </si>
@@ -1043,51 +1043,51 @@
   <si>
     <t>Associação Cultural e Recreativa da Ribeira da Lage</t>
   </si>
   <si>
     <t xml:space="preserve">PATRICIA  COSTA</t>
   </si>
   <si>
     <t>M 45</t>
   </si>
   <si>
     <t>Luís Brito</t>
   </si>
   <si>
     <t xml:space="preserve">ARTUR   PEREIRA</t>
   </si>
   <si>
     <t>JOÃO PIRES</t>
   </si>
   <si>
     <t>João Castanheira</t>
   </si>
   <si>
     <t xml:space="preserve">HUGO   GONÇALVES</t>
   </si>
   <si>
-    <t xml:space="preserve">BRUNO   GARCIA</t>
+    <t>JOÃO LOPES</t>
   </si>
   <si>
     <t>LUIS FILIPE</t>
   </si>
   <si>
     <t>PEDRO BURRICA</t>
   </si>
   <si>
     <t>Nuno Santos</t>
   </si>
   <si>
     <t>Jorge Nunes</t>
   </si>
   <si>
     <t>RUI ALVES</t>
   </si>
   <si>
     <t>Luis Neves</t>
   </si>
   <si>
     <t>Emanuel Oliveira</t>
   </si>
   <si>
     <t>BRUNO OLIVEIRA</t>
   </si>
@@ -1130,51 +1130,51 @@
   <si>
     <t>Ricardo Nuno</t>
   </si>
   <si>
     <t>Milton Perpétua</t>
   </si>
   <si>
     <t xml:space="preserve">PEDRO  CAVILHAS</t>
   </si>
   <si>
     <t>JOSE CRUZ</t>
   </si>
   <si>
     <t>Paulo Serra</t>
   </si>
   <si>
     <t>EVELINO MAGALHÃES</t>
   </si>
   <si>
     <t>João Sayanda</t>
   </si>
   <si>
     <t>Nuno Alves</t>
   </si>
   <si>
-    <t>Nuno Ricardo</t>
+    <t>Sandra Segura</t>
   </si>
   <si>
     <t>Luís Nogueira</t>
   </si>
   <si>
     <t>JOAO LOPES</t>
   </si>
   <si>
     <t>João Monjardino</t>
   </si>
   <si>
     <t xml:space="preserve">André  Ramires</t>
   </si>
   <si>
     <t>Fernando Silva</t>
   </si>
   <si>
     <t>JOAO CURVELO</t>
   </si>
   <si>
     <t>Eduardo Poças</t>
   </si>
   <si>
     <t>JOÂO CARVALHO</t>
   </si>
@@ -1310,63 +1310,66 @@
   <si>
     <t>Sofia Cordeiro</t>
   </si>
   <si>
     <t>Marisa Bettencourt</t>
   </si>
   <si>
     <t xml:space="preserve">ALEXANDRA   SOUSA</t>
   </si>
   <si>
     <t>Tania Pinto</t>
   </si>
   <si>
     <t>Luísa Madeira</t>
   </si>
   <si>
     <t>M 50</t>
   </si>
   <si>
     <t xml:space="preserve">SÉRGIO    PAIVA</t>
   </si>
   <si>
     <t>JOSÉ GOMES TEIXEIRA</t>
   </si>
   <si>
+    <t>AEVERTON OLIVEIRA</t>
+  </si>
+  <si>
     <t xml:space="preserve">Joao  Borrego</t>
   </si>
   <si>
     <t>PAULO JORGE MARTINS</t>
   </si>
   <si>
     <t>Miguel David</t>
   </si>
   <si>
     <t xml:space="preserve">PEDRO PRETO </t>
   </si>
   <si>
-    <t>Filipe Rebelo</t>
+    <t>Joaquim Amaral</t>
   </si>
   <si>
     <t>LUIS LIMA</t>
   </si>
   <si>
     <t>José Ruivo</t>
   </si>
   <si>
     <t xml:space="preserve">CARLOS   SILVA</t>
   </si>
   <si>
     <t>João Narra</t>
   </si>
   <si>
     <t>Paulo Tomás</t>
   </si>
   <si>
     <t xml:space="preserve">Dinis  Ribas </t>
   </si>
   <si>
     <t>Francisco Laneta</t>
   </si>
   <si>
     <t>João Bogalheiro</t>
   </si>
@@ -9539,5066 +9542,5066 @@
     <row r="468">
       <c r="A468" s="1">
         <v>2</v>
       </c>
       <c r="B468" s="1">
         <v>1107</v>
       </c>
       <c r="C468" s="1" t="s">
         <v>433</v>
       </c>
       <c r="D468" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E468" s="1">
         <v>13</v>
       </c>
     </row>
     <row r="469">
       <c r="A469" s="1">
         <v>3</v>
       </c>
       <c r="B469" s="1">
         <v>350</v>
       </c>
       <c r="C469" s="1" t="s">
-        <v>144</v>
+        <v>434</v>
       </c>
       <c r="D469" s="1" t="s">
         <v>27</v>
       </c>
       <c r="E469" s="1">
         <v>11</v>
       </c>
     </row>
     <row r="470">
       <c r="A470" s="1">
         <v>4</v>
       </c>
       <c r="B470" s="1">
         <v>1392</v>
       </c>
       <c r="C470" s="1" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="D470" s="1" t="s">
         <v>19</v>
       </c>
       <c r="E470" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="471">
       <c r="A471" s="1">
         <v>5</v>
       </c>
       <c r="B471" s="1">
         <v>1057</v>
       </c>
       <c r="C471" s="1" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="D471" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E471" s="1">
         <v>9</v>
       </c>
     </row>
     <row r="472">
       <c r="A472" s="1">
         <v>6</v>
       </c>
       <c r="B472" s="1">
         <v>1534</v>
       </c>
       <c r="C472" s="1" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
       <c r="D472" s="1" t="s">
         <v>36</v>
       </c>
       <c r="E472" s="1">
         <v>8</v>
       </c>
     </row>
     <row r="473">
       <c r="A473" s="1">
         <v>7</v>
       </c>
       <c r="B473" s="1">
         <v>753</v>
       </c>
       <c r="C473" s="1" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="D473" s="1" t="s">
         <v>19</v>
       </c>
       <c r="E473" s="1">
         <v>7</v>
       </c>
     </row>
     <row r="474">
       <c r="A474" s="1">
         <v>8</v>
       </c>
       <c r="B474" s="1">
         <v>752</v>
       </c>
       <c r="C474" s="1" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="D474" s="1" t="s">
         <v>19</v>
       </c>
       <c r="E474" s="1">
         <v>6</v>
       </c>
     </row>
     <row r="475">
       <c r="A475" s="1">
         <v>9</v>
       </c>
       <c r="B475" s="1">
         <v>1300</v>
       </c>
       <c r="C475" s="1" t="s">
-        <v>439</v>
+        <v>440</v>
       </c>
       <c r="D475" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E475" s="1">
         <v>5</v>
       </c>
     </row>
     <row r="476">
       <c r="A476" s="1">
         <v>10</v>
       </c>
       <c r="B476" s="1">
         <v>76</v>
       </c>
       <c r="C476" s="1" t="s">
-        <v>440</v>
+        <v>441</v>
       </c>
       <c r="D476" s="1" t="s">
         <v>8</v>
       </c>
       <c r="E476" s="1">
         <v>4</v>
       </c>
     </row>
     <row r="477">
       <c r="A477" s="1">
         <v>11</v>
       </c>
       <c r="B477" s="1">
         <v>352</v>
       </c>
       <c r="C477" s="1" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
       <c r="D477" s="1" t="s">
         <v>27</v>
       </c>
       <c r="E477" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="478">
       <c r="A478" s="1">
         <v>12</v>
       </c>
       <c r="B478" s="1">
         <v>730</v>
       </c>
       <c r="C478" s="1" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="D478" s="1" t="s">
         <v>49</v>
       </c>
       <c r="E478" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="479">
       <c r="A479" s="1">
         <v>13</v>
       </c>
       <c r="B479" s="1">
         <v>104</v>
       </c>
       <c r="C479" s="1" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
       <c r="D479" s="1" t="s">
         <v>8</v>
       </c>
       <c r="E479" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="480">
       <c r="A480" s="1">
         <v>14</v>
       </c>
       <c r="B480" s="1">
         <v>668</v>
       </c>
       <c r="C480" s="1" t="s">
-        <v>444</v>
+        <v>445</v>
       </c>
       <c r="D480" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E480" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="481">
       <c r="A481" s="1">
         <v>15</v>
       </c>
       <c r="B481" s="1">
         <v>1179</v>
       </c>
       <c r="C481" s="1" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="D481" s="1" t="s">
         <v>212</v>
       </c>
       <c r="E481" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="482">
       <c r="A482" s="1">
         <v>16</v>
       </c>
       <c r="B482" s="1">
         <v>1488</v>
       </c>
       <c r="C482" s="1" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
       <c r="D482" s="1" t="s">
-        <v>447</v>
+        <v>448</v>
       </c>
       <c r="E482" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="483">
       <c r="A483" s="1">
         <v>17</v>
       </c>
       <c r="B483" s="1">
         <v>1054</v>
       </c>
       <c r="C483" s="1" t="s">
-        <v>448</v>
+        <v>449</v>
       </c>
       <c r="D483" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E483" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="484">
       <c r="A484" s="1">
         <v>18</v>
       </c>
       <c r="B484" s="1">
         <v>1625</v>
       </c>
       <c r="C484" s="1" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="D484" s="1" t="s">
         <v>225</v>
       </c>
       <c r="E484" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="485">
       <c r="A485" s="1">
         <v>19</v>
       </c>
       <c r="B485" s="1">
         <v>1769</v>
       </c>
       <c r="C485" s="1" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="D485" s="1" t="s">
         <v>27</v>
       </c>
       <c r="E485" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="486">
       <c r="A486" s="1">
         <v>20</v>
       </c>
       <c r="B486" s="1">
         <v>1207</v>
       </c>
       <c r="C486" s="1" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="D486" s="1" t="s">
         <v>212</v>
       </c>
       <c r="E486" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="487">
       <c r="A487" s="1">
         <v>21</v>
       </c>
       <c r="B487" s="1">
         <v>708</v>
       </c>
       <c r="C487" s="1" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
       <c r="D487" s="1" t="s">
         <v>49</v>
       </c>
       <c r="E487" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="488">
       <c r="A488" s="1">
         <v>22</v>
       </c>
       <c r="B488" s="1">
         <v>1977</v>
       </c>
       <c r="C488" s="1" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="D488" s="1" t="s">
         <v>112</v>
       </c>
       <c r="E488" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="489">
       <c r="A489" s="1">
         <v>23</v>
       </c>
       <c r="B489" s="1">
         <v>675</v>
       </c>
       <c r="C489" s="1" t="s">
-        <v>454</v>
+        <v>455</v>
       </c>
       <c r="D489" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E489" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="490">
       <c r="A490" s="1">
         <v>24</v>
       </c>
       <c r="B490" s="1">
         <v>1301</v>
       </c>
       <c r="C490" s="1" t="s">
-        <v>455</v>
+        <v>456</v>
       </c>
       <c r="D490" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E490" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="491">
       <c r="A491" s="1">
         <v>25</v>
       </c>
       <c r="B491" s="1">
         <v>1467</v>
       </c>
       <c r="C491" s="1" t="s">
-        <v>456</v>
+        <v>457</v>
       </c>
       <c r="D491" s="1" t="s">
         <v>171</v>
       </c>
       <c r="E491" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="492">
       <c r="A492" s="1">
         <v>26</v>
       </c>
       <c r="B492" s="1">
         <v>1315</v>
       </c>
       <c r="C492" s="1" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
       <c r="D492" s="1" t="s">
         <v>171</v>
       </c>
       <c r="E492" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="493">
       <c r="A493" s="1">
         <v>27</v>
       </c>
       <c r="B493" s="1">
         <v>345</v>
       </c>
       <c r="C493" s="1" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="D493" s="1" t="s">
         <v>27</v>
       </c>
       <c r="E493" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="494">
       <c r="A494" s="1">
         <v>28</v>
       </c>
       <c r="B494" s="1">
         <v>782</v>
       </c>
       <c r="C494" s="1" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
       <c r="D494" s="1" t="s">
         <v>130</v>
       </c>
       <c r="E494" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="495">
       <c r="A495" s="1">
         <v>29</v>
       </c>
       <c r="B495" s="1">
         <v>1171</v>
       </c>
       <c r="C495" s="1" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="D495" s="1" t="s">
         <v>212</v>
       </c>
       <c r="E495" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="496">
       <c r="A496" s="1">
         <v>30</v>
       </c>
       <c r="B496" s="1">
         <v>34</v>
       </c>
       <c r="C496" s="1" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
       <c r="D496" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E496" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="497">
       <c r="A497" s="1">
         <v>31</v>
       </c>
       <c r="B497" s="1">
         <v>341</v>
       </c>
       <c r="C497" s="1" t="s">
-        <v>462</v>
+        <v>463</v>
       </c>
       <c r="D497" s="1" t="s">
         <v>27</v>
       </c>
       <c r="E497" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="498">
       <c r="A498" s="1">
         <v>32</v>
       </c>
       <c r="B498" s="1">
         <v>97</v>
       </c>
       <c r="C498" s="1" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="D498" s="1" t="s">
         <v>8</v>
       </c>
       <c r="E498" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="499">
       <c r="A499" s="1">
         <v>33</v>
       </c>
       <c r="B499" s="1">
         <v>705</v>
       </c>
       <c r="C499" s="1" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="D499" s="1" t="s">
         <v>49</v>
       </c>
       <c r="E499" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="500">
       <c r="A500" s="1">
         <v>34</v>
       </c>
       <c r="B500" s="1">
         <v>344</v>
       </c>
       <c r="C500" s="1" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="D500" s="1" t="s">
         <v>27</v>
       </c>
       <c r="E500" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="501">
       <c r="A501" s="1">
         <v>35</v>
       </c>
       <c r="B501" s="1">
         <v>1751</v>
       </c>
       <c r="C501" s="1" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="D501" s="1" t="s">
         <v>230</v>
       </c>
       <c r="E501" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="502">
       <c r="A502" s="1">
         <v>36</v>
       </c>
       <c r="B502" s="1">
         <v>195</v>
       </c>
       <c r="C502" s="1" t="s">
-        <v>467</v>
+        <v>468</v>
       </c>
       <c r="D502" s="1" t="s">
         <v>27</v>
       </c>
       <c r="E502" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="503">
       <c r="A503" s="1">
         <v>37</v>
       </c>
       <c r="B503" s="1">
         <v>1669</v>
       </c>
       <c r="C503" s="1" t="s">
-        <v>468</v>
+        <v>469</v>
       </c>
       <c r="D503" s="1" t="s">
         <v>130</v>
       </c>
       <c r="E503" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="504">
       <c r="A504" s="1">
         <v>38</v>
       </c>
       <c r="B504" s="1">
         <v>273</v>
       </c>
       <c r="C504" s="1" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
       <c r="D504" s="1" t="s">
         <v>36</v>
       </c>
       <c r="E504" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="505">
       <c r="A505" s="1">
         <v>39</v>
       </c>
       <c r="B505" s="1">
         <v>1280</v>
       </c>
       <c r="C505" s="1" t="s">
-        <v>470</v>
+        <v>471</v>
       </c>
       <c r="D505" s="1" t="s">
         <v>230</v>
       </c>
       <c r="E505" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="506">
       <c r="A506" s="1">
         <v>40</v>
       </c>
       <c r="B506" s="1">
         <v>1492</v>
       </c>
       <c r="C506" s="1" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="D506" s="1" t="s">
         <v>49</v>
       </c>
       <c r="E506" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="507">
       <c r="A507" s="1">
         <v>41</v>
       </c>
       <c r="B507" s="1">
         <v>1819</v>
       </c>
       <c r="C507" s="1" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="D507" s="1" t="s">
         <v>112</v>
       </c>
       <c r="E507" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="508">
       <c r="A508" s="1">
         <v>42</v>
       </c>
       <c r="B508" s="1">
         <v>1116</v>
       </c>
       <c r="C508" s="1" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
       <c r="D508" s="1" t="s">
         <v>30</v>
       </c>
       <c r="E508" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="509">
       <c r="A509" s="1">
         <v>43</v>
       </c>
       <c r="B509" s="1">
         <v>1593</v>
       </c>
       <c r="C509" s="1" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
       <c r="D509" s="1" t="s">
         <v>49</v>
       </c>
       <c r="E509" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="510">
       <c r="A510" s="1">
         <v>44</v>
       </c>
       <c r="B510" s="1">
         <v>1817</v>
       </c>
       <c r="C510" s="1" t="s">
-        <v>475</v>
+        <v>476</v>
       </c>
       <c r="D510" s="1" t="s">
         <v>112</v>
       </c>
       <c r="E510" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="511">
       <c r="A511" s="1">
         <v>45</v>
       </c>
       <c r="B511" s="1">
         <v>1091</v>
       </c>
       <c r="C511" s="1" t="s">
-        <v>476</v>
+        <v>477</v>
       </c>
       <c r="D511" s="1" t="s">
         <v>154</v>
       </c>
       <c r="E511" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="512">
       <c r="A512" s="1">
         <v>46</v>
       </c>
       <c r="B512" s="1">
         <v>8</v>
       </c>
       <c r="C512" s="1" t="s">
-        <v>477</v>
+        <v>478</v>
       </c>
       <c r="D512" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E512" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="513">
       <c r="A513" s="1">
         <v>47</v>
       </c>
       <c r="B513" s="1">
         <v>353</v>
       </c>
       <c r="C513" s="1" t="s">
-        <v>478</v>
+        <v>479</v>
       </c>
       <c r="D513" s="1" t="s">
         <v>27</v>
       </c>
       <c r="E513" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="514">
       <c r="A514" s="1">
         <v>48</v>
       </c>
       <c r="B514" s="1">
         <v>609</v>
       </c>
       <c r="C514" s="1" t="s">
-        <v>479</v>
+        <v>480</v>
       </c>
       <c r="D514" s="1" t="s">
         <v>36</v>
       </c>
       <c r="E514" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="515">
       <c r="A515" s="1">
         <v>49</v>
       </c>
       <c r="B515" s="1">
         <v>1741</v>
       </c>
       <c r="C515" s="1" t="s">
-        <v>480</v>
+        <v>481</v>
       </c>
       <c r="D515" s="1" t="s">
-        <v>481</v>
+        <v>482</v>
       </c>
       <c r="E515" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="516">
       <c r="A516" s="1">
         <v>50</v>
       </c>
       <c r="B516" s="1">
         <v>1329</v>
       </c>
       <c r="C516" s="1" t="s">
-        <v>482</v>
+        <v>483</v>
       </c>
       <c r="D516" s="1" t="s">
         <v>171</v>
       </c>
       <c r="E516" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="517">
       <c r="A517" s="1">
         <v>51</v>
       </c>
       <c r="B517" s="1">
         <v>37</v>
       </c>
       <c r="C517" s="1" t="s">
-        <v>483</v>
+        <v>484</v>
       </c>
       <c r="D517" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E517" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="518">
       <c r="A518" s="1">
         <v>52</v>
       </c>
       <c r="B518" s="1">
         <v>1557</v>
       </c>
       <c r="C518" s="1" t="s">
-        <v>484</v>
+        <v>485</v>
       </c>
       <c r="D518" s="1" t="s">
         <v>8</v>
       </c>
       <c r="E518" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="519">
       <c r="A519" s="1">
         <v>53</v>
       </c>
       <c r="B519" s="1">
         <v>610</v>
       </c>
       <c r="C519" s="1" t="s">
-        <v>485</v>
+        <v>486</v>
       </c>
       <c r="D519" s="1" t="s">
         <v>36</v>
       </c>
       <c r="E519" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="520">
       <c r="A520" s="1">
         <v>54</v>
       </c>
       <c r="B520" s="1">
         <v>1587</v>
       </c>
       <c r="C520" s="1" t="s">
-        <v>486</v>
+        <v>487</v>
       </c>
       <c r="D520" s="1" t="s">
         <v>130</v>
       </c>
       <c r="E520" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="521">
       <c r="A521" s="1">
         <v>55</v>
       </c>
       <c r="B521" s="1">
         <v>1520</v>
       </c>
       <c r="C521" s="1" t="s">
-        <v>487</v>
+        <v>488</v>
       </c>
       <c r="D521" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E521" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="522">
       <c r="A522" s="1">
         <v>56</v>
       </c>
       <c r="B522" s="1">
         <v>1123</v>
       </c>
       <c r="C522" s="1" t="s">
-        <v>488</v>
+        <v>489</v>
       </c>
       <c r="D522" s="1" t="s">
         <v>30</v>
       </c>
       <c r="E522" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="523">
       <c r="A523" s="1">
         <v>57</v>
       </c>
       <c r="B523" s="1">
         <v>721</v>
       </c>
       <c r="C523" s="1" t="s">
-        <v>489</v>
+        <v>490</v>
       </c>
       <c r="D523" s="1" t="s">
         <v>49</v>
       </c>
       <c r="E523" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="524">
       <c r="A524" s="1">
         <v>58</v>
       </c>
       <c r="B524" s="1">
         <v>1455</v>
       </c>
       <c r="C524" s="1" t="s">
-        <v>490</v>
+        <v>491</v>
       </c>
       <c r="D524" s="1" t="s">
-        <v>491</v>
+        <v>492</v>
       </c>
       <c r="E524" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="525">
       <c r="A525" s="1">
         <v>59</v>
       </c>
       <c r="B525" s="1">
         <v>670</v>
       </c>
       <c r="C525" s="1" t="s">
-        <v>492</v>
+        <v>493</v>
       </c>
       <c r="D525" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E525" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="526">
       <c r="A526" s="1">
         <v>60</v>
       </c>
       <c r="B526" s="1">
         <v>339</v>
       </c>
       <c r="C526" s="1" t="s">
-        <v>493</v>
+        <v>494</v>
       </c>
       <c r="D526" s="1" t="s">
         <v>27</v>
       </c>
       <c r="E526" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="527">
       <c r="A527" s="1">
         <v>61</v>
       </c>
       <c r="B527" s="1">
         <v>1079</v>
       </c>
       <c r="C527" s="1" t="s">
-        <v>494</v>
+        <v>495</v>
       </c>
       <c r="D527" s="1" t="s">
         <v>154</v>
       </c>
       <c r="E527" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="528">
       <c r="A528" s="1">
         <v>62</v>
       </c>
       <c r="B528" s="1">
         <v>9</v>
       </c>
       <c r="C528" s="1" t="s">
-        <v>495</v>
+        <v>496</v>
       </c>
       <c r="D528" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E528" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="529">
       <c r="A529" s="1">
         <v>63</v>
       </c>
       <c r="B529" s="1">
         <v>337</v>
       </c>
       <c r="C529" s="1" t="s">
-        <v>496</v>
+        <v>497</v>
       </c>
       <c r="D529" s="1" t="s">
         <v>27</v>
       </c>
       <c r="E529" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="530">
       <c r="A530" s="1">
         <v>64</v>
       </c>
       <c r="B530" s="1">
         <v>20</v>
       </c>
       <c r="C530" s="1" t="s">
-        <v>497</v>
+        <v>498</v>
       </c>
       <c r="D530" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E530" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="531">
       <c r="A531" s="1">
         <v>65</v>
       </c>
       <c r="B531" s="1">
         <v>348</v>
       </c>
       <c r="C531" s="1" t="s">
-        <v>498</v>
+        <v>499</v>
       </c>
       <c r="D531" s="1" t="s">
         <v>27</v>
       </c>
       <c r="E531" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="532">
       <c r="A532" s="1">
         <v>66</v>
       </c>
       <c r="B532" s="1">
         <v>1275</v>
       </c>
       <c r="C532" s="1" t="s">
-        <v>499</v>
+        <v>500</v>
       </c>
       <c r="D532" s="1" t="s">
         <v>230</v>
       </c>
       <c r="E532" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="533">
       <c r="A533" s="1">
         <v>67</v>
       </c>
       <c r="B533" s="1">
         <v>1988</v>
       </c>
       <c r="C533" s="1" t="s">
-        <v>500</v>
+        <v>501</v>
       </c>
       <c r="D533" s="1" t="s">
         <v>212</v>
       </c>
       <c r="E533" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="534">
       <c r="A534" s="1">
         <v>68</v>
       </c>
       <c r="B534" s="1">
         <v>1028</v>
       </c>
       <c r="C534" s="1" t="s">
-        <v>501</v>
+        <v>502</v>
       </c>
       <c r="D534" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E534" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="537">
       <c r="A537" s="3" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="B537" s="3" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="C537" s="3" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="D537" s="3" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="E537" s="3" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
     </row>
     <row r="538">
       <c r="A538" s="2" t="s">
         <v>2</v>
       </c>
       <c r="B538" s="2" t="s">
         <v>3</v>
       </c>
       <c r="C538" s="2" t="s">
         <v>4</v>
       </c>
       <c r="D538" s="2" t="s">
         <v>5</v>
       </c>
       <c r="E538" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="539">
       <c r="A539" s="1">
         <v>1</v>
       </c>
       <c r="B539" s="1">
         <v>755</v>
       </c>
       <c r="C539" s="1" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
       <c r="D539" s="1" t="s">
         <v>19</v>
       </c>
       <c r="E539" s="1">
         <v>15</v>
       </c>
     </row>
     <row r="540">
       <c r="A540" s="1">
         <v>2</v>
       </c>
       <c r="B540" s="1">
         <v>413</v>
       </c>
       <c r="C540" s="1" t="s">
-        <v>504</v>
+        <v>505</v>
       </c>
       <c r="D540" s="1" t="s">
         <v>91</v>
       </c>
       <c r="E540" s="1">
         <v>13</v>
       </c>
     </row>
     <row r="541">
       <c r="A541" s="1">
         <v>3</v>
       </c>
       <c r="B541" s="1">
         <v>829</v>
       </c>
       <c r="C541" s="1" t="s">
-        <v>505</v>
+        <v>506</v>
       </c>
       <c r="D541" s="1" t="s">
         <v>19</v>
       </c>
       <c r="E541" s="1">
         <v>11</v>
       </c>
     </row>
     <row r="542">
       <c r="A542" s="1">
         <v>4</v>
       </c>
       <c r="B542" s="1">
         <v>1010</v>
       </c>
       <c r="C542" s="1" t="s">
-        <v>506</v>
+        <v>507</v>
       </c>
       <c r="D542" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E542" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="543">
       <c r="A543" s="1">
         <v>5</v>
       </c>
       <c r="B543" s="1">
         <v>1337</v>
       </c>
       <c r="C543" s="1" t="s">
-        <v>507</v>
+        <v>508</v>
       </c>
       <c r="D543" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E543" s="1">
         <v>9</v>
       </c>
     </row>
     <row r="544">
       <c r="A544" s="1">
         <v>6</v>
       </c>
       <c r="B544" s="1">
         <v>1325</v>
       </c>
       <c r="C544" s="1" t="s">
-        <v>508</v>
+        <v>509</v>
       </c>
       <c r="D544" s="1" t="s">
         <v>171</v>
       </c>
       <c r="E544" s="1">
         <v>8</v>
       </c>
     </row>
     <row r="545">
       <c r="A545" s="1">
         <v>7</v>
       </c>
       <c r="B545" s="1">
         <v>1164</v>
       </c>
       <c r="C545" s="1" t="s">
-        <v>509</v>
+        <v>510</v>
       </c>
       <c r="D545" s="1" t="s">
         <v>212</v>
       </c>
       <c r="E545" s="1">
         <v>7</v>
       </c>
     </row>
     <row r="546">
       <c r="A546" s="1">
         <v>8</v>
       </c>
       <c r="B546" s="1">
         <v>1273</v>
       </c>
       <c r="C546" s="1" t="s">
-        <v>510</v>
+        <v>511</v>
       </c>
       <c r="D546" s="1" t="s">
         <v>230</v>
       </c>
       <c r="E546" s="1">
         <v>6</v>
       </c>
     </row>
     <row r="547">
       <c r="A547" s="1">
         <v>9</v>
       </c>
       <c r="B547" s="1">
         <v>168</v>
       </c>
       <c r="C547" s="1" t="s">
-        <v>511</v>
+        <v>512</v>
       </c>
       <c r="D547" s="1" t="s">
         <v>8</v>
       </c>
       <c r="E547" s="1">
         <v>5</v>
       </c>
     </row>
     <row r="548">
       <c r="A548" s="1">
         <v>10</v>
       </c>
       <c r="B548" s="1">
         <v>646</v>
       </c>
       <c r="C548" s="1" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
       <c r="D548" s="1" t="s">
         <v>36</v>
       </c>
       <c r="E548" s="1">
         <v>4</v>
       </c>
     </row>
     <row r="549">
       <c r="A549" s="1">
         <v>11</v>
       </c>
       <c r="B549" s="1">
         <v>641</v>
       </c>
       <c r="C549" s="1" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
       <c r="D549" s="1" t="s">
         <v>36</v>
       </c>
       <c r="E549" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="550">
       <c r="A550" s="1">
         <v>12</v>
       </c>
       <c r="B550" s="1">
         <v>704</v>
       </c>
       <c r="C550" s="1" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
       <c r="D550" s="1" t="s">
         <v>49</v>
       </c>
       <c r="E550" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="551">
       <c r="A551" s="1">
         <v>13</v>
       </c>
       <c r="B551" s="1">
         <v>47</v>
       </c>
       <c r="C551" s="1" t="s">
-        <v>515</v>
+        <v>516</v>
       </c>
       <c r="D551" s="1" t="s">
         <v>8</v>
       </c>
       <c r="E551" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="552">
       <c r="A552" s="1">
         <v>14</v>
       </c>
       <c r="B552" s="1">
         <v>59</v>
       </c>
       <c r="C552" s="1" t="s">
-        <v>516</v>
+        <v>517</v>
       </c>
       <c r="D552" s="1" t="s">
         <v>8</v>
       </c>
       <c r="E552" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="553">
       <c r="A553" s="1">
         <v>15</v>
       </c>
       <c r="B553" s="1">
         <v>258</v>
       </c>
       <c r="C553" s="1" t="s">
-        <v>517</v>
+        <v>518</v>
       </c>
       <c r="D553" s="1" t="s">
         <v>27</v>
       </c>
       <c r="E553" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="554">
       <c r="A554" s="1">
         <v>16</v>
       </c>
       <c r="B554" s="1">
         <v>1442</v>
       </c>
       <c r="C554" s="1" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
       <c r="D554" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E554" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="555">
       <c r="A555" s="1">
         <v>17</v>
       </c>
       <c r="B555" s="1">
         <v>264</v>
       </c>
       <c r="C555" s="1" t="s">
-        <v>519</v>
+        <v>520</v>
       </c>
       <c r="D555" s="1" t="s">
         <v>27</v>
       </c>
       <c r="E555" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="556">
       <c r="A556" s="1">
         <v>18</v>
       </c>
       <c r="B556" s="1">
         <v>89</v>
       </c>
       <c r="C556" s="1" t="s">
-        <v>520</v>
+        <v>521</v>
       </c>
       <c r="D556" s="1" t="s">
         <v>8</v>
       </c>
       <c r="E556" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="557">
       <c r="A557" s="1">
         <v>19</v>
       </c>
       <c r="B557" s="1">
         <v>700</v>
       </c>
       <c r="C557" s="1" t="s">
-        <v>521</v>
+        <v>522</v>
       </c>
       <c r="D557" s="1" t="s">
         <v>49</v>
       </c>
       <c r="E557" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="558">
       <c r="A558" s="1">
         <v>20</v>
       </c>
       <c r="B558" s="1">
         <v>649</v>
       </c>
       <c r="C558" s="1" t="s">
-        <v>522</v>
+        <v>523</v>
       </c>
       <c r="D558" s="1" t="s">
         <v>49</v>
       </c>
       <c r="E558" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="559">
       <c r="A559" s="1">
         <v>21</v>
       </c>
       <c r="B559" s="1">
         <v>892</v>
       </c>
       <c r="C559" s="1" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
       <c r="D559" s="1" t="s">
         <v>130</v>
       </c>
       <c r="E559" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="560">
       <c r="A560" s="1">
         <v>22</v>
       </c>
       <c r="B560" s="1">
         <v>10</v>
       </c>
       <c r="C560" s="1" t="s">
-        <v>524</v>
+        <v>525</v>
       </c>
       <c r="D560" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E560" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="561">
       <c r="A561" s="1">
         <v>23</v>
       </c>
       <c r="B561" s="1">
         <v>160</v>
       </c>
       <c r="C561" s="1" t="s">
-        <v>525</v>
+        <v>526</v>
       </c>
       <c r="D561" s="1" t="s">
         <v>27</v>
       </c>
       <c r="E561" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="562">
       <c r="A562" s="1">
         <v>24</v>
       </c>
       <c r="B562" s="1">
         <v>1348</v>
       </c>
       <c r="C562" s="1" t="s">
-        <v>526</v>
+        <v>527</v>
       </c>
       <c r="D562" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E562" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="563">
       <c r="A563" s="1">
         <v>25</v>
       </c>
       <c r="B563" s="1">
         <v>16</v>
       </c>
       <c r="C563" s="1" t="s">
-        <v>527</v>
+        <v>528</v>
       </c>
       <c r="D563" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E563" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="564">
       <c r="A564" s="1">
         <v>26</v>
       </c>
       <c r="B564" s="1">
         <v>1087</v>
       </c>
       <c r="C564" s="1" t="s">
-        <v>528</v>
+        <v>529</v>
       </c>
       <c r="D564" s="1" t="s">
         <v>154</v>
       </c>
       <c r="E564" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="565">
       <c r="A565" s="1">
         <v>27</v>
       </c>
       <c r="B565" s="1">
         <v>263</v>
       </c>
       <c r="C565" s="1" t="s">
-        <v>529</v>
+        <v>530</v>
       </c>
       <c r="D565" s="1" t="s">
         <v>27</v>
       </c>
       <c r="E565" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="566">
       <c r="A566" s="1">
         <v>28</v>
       </c>
       <c r="B566" s="1">
         <v>1393</v>
       </c>
       <c r="C566" s="1" t="s">
-        <v>530</v>
+        <v>531</v>
       </c>
       <c r="D566" s="1" t="s">
         <v>19</v>
       </c>
       <c r="E566" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="567">
       <c r="A567" s="1">
         <v>29</v>
       </c>
       <c r="B567" s="1">
         <v>1491</v>
       </c>
       <c r="C567" s="1" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
       <c r="D567" s="1" t="s">
         <v>212</v>
       </c>
       <c r="E567" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="568">
       <c r="A568" s="1">
         <v>30</v>
       </c>
       <c r="B568" s="1">
         <v>1843</v>
       </c>
       <c r="C568" s="1" t="s">
-        <v>532</v>
+        <v>533</v>
       </c>
       <c r="D568" s="1" t="s">
         <v>171</v>
       </c>
       <c r="E568" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="569">
       <c r="A569" s="1">
         <v>31</v>
       </c>
       <c r="B569" s="1">
         <v>1453</v>
       </c>
       <c r="C569" s="1" t="s">
-        <v>533</v>
+        <v>534</v>
       </c>
       <c r="D569" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E569" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="570">
       <c r="A570" s="1">
         <v>32</v>
       </c>
       <c r="B570" s="1">
         <v>1779</v>
       </c>
       <c r="C570" s="1" t="s">
-        <v>534</v>
+        <v>535</v>
       </c>
       <c r="D570" s="1" t="s">
         <v>164</v>
       </c>
       <c r="E570" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="571">
       <c r="A571" s="1">
         <v>33</v>
       </c>
       <c r="B571" s="1">
         <v>1063</v>
       </c>
       <c r="C571" s="1" t="s">
-        <v>535</v>
+        <v>536</v>
       </c>
       <c r="D571" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E571" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="572">
       <c r="A572" s="1">
         <v>34</v>
       </c>
       <c r="B572" s="1">
         <v>1431</v>
       </c>
       <c r="C572" s="1" t="s">
-        <v>536</v>
+        <v>537</v>
       </c>
       <c r="D572" s="1" t="s">
         <v>49</v>
       </c>
       <c r="E572" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="573">
       <c r="A573" s="1">
         <v>35</v>
       </c>
       <c r="B573" s="1">
         <v>101</v>
       </c>
       <c r="C573" s="1" t="s">
-        <v>537</v>
+        <v>538</v>
       </c>
       <c r="D573" s="1" t="s">
         <v>8</v>
       </c>
       <c r="E573" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="574">
       <c r="A574" s="1">
         <v>36</v>
       </c>
       <c r="B574" s="1">
         <v>260</v>
       </c>
       <c r="C574" s="1" t="s">
-        <v>538</v>
+        <v>539</v>
       </c>
       <c r="D574" s="1" t="s">
         <v>27</v>
       </c>
       <c r="E574" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="575">
       <c r="A575" s="1">
         <v>37</v>
       </c>
       <c r="B575" s="1">
         <v>432</v>
       </c>
       <c r="C575" s="1" t="s">
-        <v>539</v>
+        <v>540</v>
       </c>
       <c r="D575" s="1" t="s">
         <v>36</v>
       </c>
       <c r="E575" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="576">
       <c r="A576" s="1">
         <v>38</v>
       </c>
       <c r="B576" s="1">
         <v>270</v>
       </c>
       <c r="C576" s="1" t="s">
-        <v>540</v>
+        <v>541</v>
       </c>
       <c r="D576" s="1" t="s">
         <v>27</v>
       </c>
       <c r="E576" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="577">
       <c r="A577" s="1">
         <v>39</v>
       </c>
       <c r="B577" s="1">
         <v>1351</v>
       </c>
       <c r="C577" s="1" t="s">
-        <v>541</v>
+        <v>542</v>
       </c>
       <c r="D577" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E577" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="578">
       <c r="A578" s="1">
         <v>40</v>
       </c>
       <c r="B578" s="1">
         <v>7</v>
       </c>
       <c r="C578" s="1" t="s">
-        <v>542</v>
+        <v>543</v>
       </c>
       <c r="D578" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E578" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="579">
       <c r="A579" s="1">
         <v>41</v>
       </c>
       <c r="B579" s="1">
         <v>647</v>
       </c>
       <c r="C579" s="1" t="s">
-        <v>543</v>
+        <v>544</v>
       </c>
       <c r="D579" s="1" t="s">
         <v>49</v>
       </c>
       <c r="E579" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="580">
       <c r="A580" s="1">
         <v>42</v>
       </c>
       <c r="B580" s="1">
         <v>1050</v>
       </c>
       <c r="C580" s="1" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
       <c r="D580" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E580" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="581">
       <c r="A581" s="1">
         <v>43</v>
       </c>
       <c r="B581" s="1">
         <v>946</v>
       </c>
       <c r="C581" s="1" t="s">
-        <v>545</v>
+        <v>546</v>
       </c>
       <c r="D581" s="1" t="s">
         <v>139</v>
       </c>
       <c r="E581" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="582">
       <c r="A582" s="1">
         <v>44</v>
       </c>
       <c r="B582" s="1">
         <v>1523</v>
       </c>
       <c r="C582" s="1" t="s">
-        <v>546</v>
+        <v>547</v>
       </c>
       <c r="D582" s="1" t="s">
         <v>171</v>
       </c>
       <c r="E582" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="585">
       <c r="A585" s="3" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
       <c r="B585" s="3" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
       <c r="C585" s="3" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
       <c r="D585" s="3" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
       <c r="E585" s="3" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
     </row>
     <row r="586">
       <c r="A586" s="2" t="s">
         <v>2</v>
       </c>
       <c r="B586" s="2" t="s">
         <v>3</v>
       </c>
       <c r="C586" s="2" t="s">
         <v>4</v>
       </c>
       <c r="D586" s="2" t="s">
         <v>5</v>
       </c>
       <c r="E586" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="587">
       <c r="A587" s="1">
         <v>1</v>
       </c>
       <c r="B587" s="1">
         <v>1081</v>
       </c>
       <c r="C587" s="1" t="s">
-        <v>548</v>
+        <v>549</v>
       </c>
       <c r="D587" s="1" t="s">
         <v>154</v>
       </c>
       <c r="E587" s="1">
         <v>15</v>
       </c>
     </row>
     <row r="588">
       <c r="A588" s="1">
         <v>2</v>
       </c>
       <c r="B588" s="1">
         <v>765</v>
       </c>
       <c r="C588" s="1" t="s">
-        <v>549</v>
+        <v>550</v>
       </c>
       <c r="D588" s="1" t="s">
         <v>19</v>
       </c>
       <c r="E588" s="1">
         <v>13</v>
       </c>
     </row>
     <row r="589">
       <c r="A589" s="1">
         <v>3</v>
       </c>
       <c r="B589" s="1">
         <v>1165</v>
       </c>
       <c r="C589" s="1" t="s">
-        <v>550</v>
+        <v>551</v>
       </c>
       <c r="D589" s="1" t="s">
         <v>212</v>
       </c>
       <c r="E589" s="1">
         <v>11</v>
       </c>
     </row>
     <row r="590">
       <c r="A590" s="1">
         <v>4</v>
       </c>
       <c r="B590" s="1">
         <v>1185</v>
       </c>
       <c r="C590" s="1" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
       <c r="D590" s="1" t="s">
         <v>212</v>
       </c>
       <c r="E590" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="591">
       <c r="A591" s="1">
         <v>5</v>
       </c>
       <c r="B591" s="1">
         <v>1619</v>
       </c>
       <c r="C591" s="1" t="s">
-        <v>552</v>
+        <v>553</v>
       </c>
       <c r="D591" s="1" t="s">
         <v>164</v>
       </c>
       <c r="E591" s="1">
         <v>9</v>
       </c>
     </row>
     <row r="592">
       <c r="A592" s="1">
         <v>6</v>
       </c>
       <c r="B592" s="1">
         <v>1023</v>
       </c>
       <c r="C592" s="1" t="s">
-        <v>553</v>
+        <v>554</v>
       </c>
       <c r="D592" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E592" s="1">
         <v>8</v>
       </c>
     </row>
     <row r="593">
       <c r="A593" s="1">
         <v>7</v>
       </c>
       <c r="B593" s="1">
         <v>1733</v>
       </c>
       <c r="C593" s="1" t="s">
-        <v>554</v>
+        <v>555</v>
       </c>
       <c r="D593" s="1" t="s">
         <v>112</v>
       </c>
       <c r="E593" s="1">
         <v>7</v>
       </c>
     </row>
     <row r="594">
       <c r="A594" s="1">
         <v>8</v>
       </c>
       <c r="B594" s="1">
         <v>544</v>
       </c>
       <c r="C594" s="1" t="s">
-        <v>555</v>
+        <v>556</v>
       </c>
       <c r="D594" s="1" t="s">
         <v>36</v>
       </c>
       <c r="E594" s="1">
         <v>6</v>
       </c>
     </row>
     <row r="595">
       <c r="A595" s="1">
         <v>9</v>
       </c>
       <c r="B595" s="1">
         <v>364</v>
       </c>
       <c r="C595" s="1" t="s">
-        <v>556</v>
+        <v>557</v>
       </c>
       <c r="D595" s="1" t="s">
         <v>27</v>
       </c>
       <c r="E595" s="1">
         <v>5</v>
       </c>
     </row>
     <row r="596">
       <c r="A596" s="1">
         <v>10</v>
       </c>
       <c r="B596" s="1">
         <v>370</v>
       </c>
       <c r="C596" s="1" t="s">
-        <v>557</v>
+        <v>558</v>
       </c>
       <c r="D596" s="1" t="s">
         <v>27</v>
       </c>
       <c r="E596" s="1">
         <v>4</v>
       </c>
     </row>
     <row r="597">
       <c r="A597" s="1">
         <v>11</v>
       </c>
       <c r="B597" s="1">
         <v>200</v>
       </c>
       <c r="C597" s="1" t="s">
-        <v>558</v>
+        <v>559</v>
       </c>
       <c r="D597" s="1" t="s">
         <v>27</v>
       </c>
       <c r="E597" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="598">
       <c r="A598" s="1">
         <v>12</v>
       </c>
       <c r="B598" s="1">
         <v>1166</v>
       </c>
       <c r="C598" s="1" t="s">
-        <v>559</v>
+        <v>560</v>
       </c>
       <c r="D598" s="1" t="s">
         <v>212</v>
       </c>
       <c r="E598" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="599">
       <c r="A599" s="1">
         <v>13</v>
       </c>
       <c r="B599" s="1">
         <v>1035</v>
       </c>
       <c r="C599" s="1" t="s">
-        <v>560</v>
+        <v>561</v>
       </c>
       <c r="D599" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E599" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="600">
       <c r="A600" s="1">
         <v>14</v>
       </c>
       <c r="B600" s="1">
         <v>1120</v>
       </c>
       <c r="C600" s="1" t="s">
-        <v>561</v>
+        <v>562</v>
       </c>
       <c r="D600" s="1" t="s">
         <v>30</v>
       </c>
       <c r="E600" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="601">
       <c r="A601" s="1">
         <v>15</v>
       </c>
       <c r="B601" s="1">
         <v>1633</v>
       </c>
       <c r="C601" s="1" t="s">
-        <v>562</v>
+        <v>563</v>
       </c>
       <c r="D601" s="1" t="s">
         <v>225</v>
       </c>
       <c r="E601" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="602">
       <c r="A602" s="1">
         <v>16</v>
       </c>
       <c r="B602" s="1">
         <v>1350</v>
       </c>
       <c r="C602" s="1" t="s">
-        <v>563</v>
+        <v>564</v>
       </c>
       <c r="D602" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E602" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="603">
       <c r="A603" s="1">
         <v>17</v>
       </c>
       <c r="B603" s="1">
         <v>763</v>
       </c>
       <c r="C603" s="1" t="s">
-        <v>564</v>
+        <v>565</v>
       </c>
       <c r="D603" s="1" t="s">
         <v>19</v>
       </c>
       <c r="E603" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="604">
       <c r="A604" s="1">
         <v>18</v>
       </c>
       <c r="B604" s="1">
         <v>124</v>
       </c>
       <c r="C604" s="1" t="s">
-        <v>565</v>
+        <v>566</v>
       </c>
       <c r="D604" s="1" t="s">
         <v>8</v>
       </c>
       <c r="E604" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="605">
       <c r="A605" s="1">
         <v>19</v>
       </c>
       <c r="B605" s="1">
         <v>111</v>
       </c>
       <c r="C605" s="1" t="s">
-        <v>566</v>
+        <v>567</v>
       </c>
       <c r="D605" s="1" t="s">
         <v>8</v>
       </c>
       <c r="E605" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="606">
       <c r="A606" s="1">
         <v>20</v>
       </c>
       <c r="B606" s="1">
         <v>1156</v>
       </c>
       <c r="C606" s="1" t="s">
-        <v>567</v>
+        <v>568</v>
       </c>
       <c r="D606" s="1" t="s">
         <v>212</v>
       </c>
       <c r="E606" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="607">
       <c r="A607" s="1">
         <v>21</v>
       </c>
       <c r="B607" s="1">
         <v>929</v>
       </c>
       <c r="C607" s="1" t="s">
-        <v>568</v>
+        <v>569</v>
       </c>
       <c r="D607" s="1" t="s">
         <v>171</v>
       </c>
       <c r="E607" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="608">
       <c r="A608" s="1">
         <v>22</v>
       </c>
       <c r="B608" s="1">
         <v>1486</v>
       </c>
       <c r="C608" s="1" t="s">
-        <v>569</v>
+        <v>570</v>
       </c>
       <c r="D608" s="1" t="s">
         <v>36</v>
       </c>
       <c r="E608" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="609">
       <c r="A609" s="1">
         <v>23</v>
       </c>
       <c r="B609" s="1">
         <v>1012</v>
       </c>
       <c r="C609" s="1" t="s">
-        <v>570</v>
+        <v>571</v>
       </c>
       <c r="D609" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E609" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="610">
       <c r="A610" s="1">
         <v>24</v>
       </c>
       <c r="B610" s="1">
         <v>1158</v>
       </c>
       <c r="C610" s="1" t="s">
-        <v>571</v>
+        <v>572</v>
       </c>
       <c r="D610" s="1" t="s">
         <v>212</v>
       </c>
       <c r="E610" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="611">
       <c r="A611" s="1">
         <v>25</v>
       </c>
       <c r="B611" s="1">
         <v>38</v>
       </c>
       <c r="C611" s="1" t="s">
-        <v>572</v>
+        <v>573</v>
       </c>
       <c r="D611" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E611" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="612">
       <c r="A612" s="1">
         <v>26</v>
       </c>
       <c r="B612" s="1">
         <v>202</v>
       </c>
       <c r="C612" s="1" t="s">
-        <v>573</v>
+        <v>574</v>
       </c>
       <c r="D612" s="1" t="s">
         <v>27</v>
       </c>
       <c r="E612" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="613">
       <c r="A613" s="1">
         <v>27</v>
       </c>
       <c r="B613" s="1">
         <v>369</v>
       </c>
       <c r="C613" s="1" t="s">
-        <v>574</v>
+        <v>575</v>
       </c>
       <c r="D613" s="1" t="s">
         <v>27</v>
       </c>
       <c r="E613" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="614">
       <c r="A614" s="1">
         <v>28</v>
       </c>
       <c r="B614" s="1">
         <v>1446</v>
       </c>
       <c r="C614" s="1" t="s">
-        <v>575</v>
+        <v>576</v>
       </c>
       <c r="D614" s="1" t="s">
         <v>171</v>
       </c>
       <c r="E614" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="615">
       <c r="A615" s="1">
         <v>29</v>
       </c>
       <c r="B615" s="1">
         <v>1026</v>
       </c>
       <c r="C615" s="1" t="s">
-        <v>576</v>
+        <v>577</v>
       </c>
       <c r="D615" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E615" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="616">
       <c r="A616" s="1">
         <v>30</v>
       </c>
       <c r="B616" s="1">
         <v>25</v>
       </c>
       <c r="C616" s="1" t="s">
-        <v>577</v>
+        <v>578</v>
       </c>
       <c r="D616" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E616" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="617">
       <c r="A617" s="1">
         <v>31</v>
       </c>
       <c r="B617" s="1">
         <v>1387</v>
       </c>
       <c r="C617" s="1" t="s">
-        <v>578</v>
+        <v>579</v>
       </c>
       <c r="D617" s="1" t="s">
         <v>171</v>
       </c>
       <c r="E617" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="618">
       <c r="A618" s="1">
         <v>32</v>
       </c>
       <c r="B618" s="1">
         <v>1650</v>
       </c>
       <c r="C618" s="1" t="s">
-        <v>579</v>
+        <v>580</v>
       </c>
       <c r="D618" s="1" t="s">
         <v>27</v>
       </c>
       <c r="E618" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="619">
       <c r="A619" s="1">
         <v>33</v>
       </c>
       <c r="B619" s="1">
         <v>265</v>
       </c>
       <c r="C619" s="1" t="s">
-        <v>580</v>
+        <v>581</v>
       </c>
       <c r="D619" s="1" t="s">
         <v>36</v>
       </c>
       <c r="E619" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="622">
       <c r="A622" s="3" t="s">
-        <v>581</v>
+        <v>582</v>
       </c>
       <c r="B622" s="3" t="s">
-        <v>581</v>
+        <v>582</v>
       </c>
       <c r="C622" s="3" t="s">
-        <v>581</v>
+        <v>582</v>
       </c>
       <c r="D622" s="3" t="s">
-        <v>581</v>
+        <v>582</v>
       </c>
       <c r="E622" s="3" t="s">
-        <v>581</v>
+        <v>582</v>
       </c>
     </row>
     <row r="623">
       <c r="A623" s="2" t="s">
         <v>2</v>
       </c>
       <c r="B623" s="2" t="s">
         <v>3</v>
       </c>
       <c r="C623" s="2" t="s">
         <v>4</v>
       </c>
       <c r="D623" s="2" t="s">
         <v>5</v>
       </c>
       <c r="E623" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="624">
       <c r="A624" s="1">
         <v>1</v>
       </c>
       <c r="B624" s="1">
         <v>761</v>
       </c>
       <c r="C624" s="1" t="s">
-        <v>582</v>
+        <v>583</v>
       </c>
       <c r="D624" s="1" t="s">
         <v>19</v>
       </c>
       <c r="E624" s="1">
         <v>15</v>
       </c>
     </row>
     <row r="625">
       <c r="A625" s="1">
         <v>2</v>
       </c>
       <c r="B625" s="1">
         <v>23</v>
       </c>
       <c r="C625" s="1" t="s">
-        <v>583</v>
+        <v>584</v>
       </c>
       <c r="D625" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E625" s="1">
         <v>13</v>
       </c>
     </row>
     <row r="626">
       <c r="A626" s="1">
         <v>3</v>
       </c>
       <c r="B626" s="1">
         <v>1017</v>
       </c>
       <c r="C626" s="1" t="s">
-        <v>584</v>
+        <v>585</v>
       </c>
       <c r="D626" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E626" s="1">
         <v>11</v>
       </c>
     </row>
     <row r="627">
       <c r="A627" s="1">
         <v>4</v>
       </c>
       <c r="B627" s="1">
         <v>758</v>
       </c>
       <c r="C627" s="1" t="s">
-        <v>585</v>
+        <v>586</v>
       </c>
       <c r="D627" s="1" t="s">
         <v>19</v>
       </c>
       <c r="E627" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="628">
       <c r="A628" s="1">
         <v>5</v>
       </c>
       <c r="B628" s="1">
         <v>831</v>
       </c>
       <c r="C628" s="1" t="s">
-        <v>586</v>
+        <v>587</v>
       </c>
       <c r="D628" s="1" t="s">
         <v>19</v>
       </c>
       <c r="E628" s="1">
         <v>9</v>
       </c>
     </row>
     <row r="629">
       <c r="A629" s="1">
         <v>6</v>
       </c>
       <c r="B629" s="1">
         <v>66</v>
       </c>
       <c r="C629" s="1" t="s">
-        <v>587</v>
+        <v>588</v>
       </c>
       <c r="D629" s="1" t="s">
         <v>8</v>
       </c>
       <c r="E629" s="1">
         <v>8</v>
       </c>
     </row>
     <row r="630">
       <c r="A630" s="1">
         <v>7</v>
       </c>
       <c r="B630" s="1">
         <v>272</v>
       </c>
       <c r="C630" s="1" t="s">
-        <v>588</v>
+        <v>589</v>
       </c>
       <c r="D630" s="1" t="s">
         <v>27</v>
       </c>
       <c r="E630" s="1">
         <v>7</v>
       </c>
     </row>
     <row r="631">
       <c r="A631" s="1">
         <v>8</v>
       </c>
       <c r="B631" s="1">
         <v>1457</v>
       </c>
       <c r="C631" s="1" t="s">
-        <v>589</v>
+        <v>590</v>
       </c>
       <c r="D631" s="1" t="s">
         <v>171</v>
       </c>
       <c r="E631" s="1">
         <v>6</v>
       </c>
     </row>
     <row r="632">
       <c r="A632" s="1">
         <v>9</v>
       </c>
       <c r="B632" s="1">
         <v>1764</v>
       </c>
       <c r="C632" s="1" t="s">
-        <v>537</v>
+        <v>538</v>
       </c>
       <c r="D632" s="1" t="s">
         <v>91</v>
       </c>
       <c r="E632" s="1">
         <v>5</v>
       </c>
     </row>
     <row r="633">
       <c r="A633" s="1">
         <v>10</v>
       </c>
       <c r="B633" s="1">
         <v>1246</v>
       </c>
       <c r="C633" s="1" t="s">
-        <v>590</v>
+        <v>591</v>
       </c>
       <c r="D633" s="1" t="s">
         <v>36</v>
       </c>
       <c r="E633" s="1">
         <v>4</v>
       </c>
     </row>
     <row r="634">
       <c r="A634" s="1">
         <v>11</v>
       </c>
       <c r="B634" s="1">
         <v>165</v>
       </c>
       <c r="C634" s="1" t="s">
-        <v>591</v>
+        <v>592</v>
       </c>
       <c r="D634" s="1" t="s">
         <v>27</v>
       </c>
       <c r="E634" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="635">
       <c r="A635" s="1">
         <v>12</v>
       </c>
       <c r="B635" s="1">
         <v>1352</v>
       </c>
       <c r="C635" s="1" t="s">
-        <v>592</v>
+        <v>593</v>
       </c>
       <c r="D635" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E635" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="636">
       <c r="A636" s="1">
         <v>13</v>
       </c>
       <c r="B636" s="1">
         <v>536</v>
       </c>
       <c r="C636" s="1" t="s">
-        <v>593</v>
+        <v>594</v>
       </c>
       <c r="D636" s="1" t="s">
         <v>36</v>
       </c>
       <c r="E636" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="637">
       <c r="A637" s="1">
         <v>14</v>
       </c>
       <c r="B637" s="1">
         <v>1016</v>
       </c>
       <c r="C637" s="1" t="s">
-        <v>594</v>
+        <v>595</v>
       </c>
       <c r="D637" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E637" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="638">
       <c r="A638" s="1">
         <v>15</v>
       </c>
       <c r="B638" s="1">
         <v>1388</v>
       </c>
       <c r="C638" s="1" t="s">
-        <v>595</v>
+        <v>596</v>
       </c>
       <c r="D638" s="1" t="s">
         <v>171</v>
       </c>
       <c r="E638" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="639">
       <c r="A639" s="1">
         <v>16</v>
       </c>
       <c r="B639" s="1">
         <v>278</v>
       </c>
       <c r="C639" s="1" t="s">
-        <v>596</v>
+        <v>597</v>
       </c>
       <c r="D639" s="1" t="s">
         <v>27</v>
       </c>
       <c r="E639" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="640">
       <c r="A640" s="1">
         <v>17</v>
       </c>
       <c r="B640" s="1">
         <v>542</v>
       </c>
       <c r="C640" s="1" t="s">
-        <v>597</v>
+        <v>598</v>
       </c>
       <c r="D640" s="1" t="s">
         <v>36</v>
       </c>
       <c r="E640" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="641">
       <c r="A641" s="1">
         <v>18</v>
       </c>
       <c r="B641" s="1">
         <v>1077</v>
       </c>
       <c r="C641" s="1" t="s">
-        <v>598</v>
+        <v>599</v>
       </c>
       <c r="D641" s="1" t="s">
         <v>154</v>
       </c>
       <c r="E641" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="642">
       <c r="A642" s="1">
         <v>19</v>
       </c>
       <c r="B642" s="1">
         <v>1987</v>
       </c>
       <c r="C642" s="1" t="s">
-        <v>599</v>
+        <v>600</v>
       </c>
       <c r="D642" s="1" t="s">
         <v>8</v>
       </c>
       <c r="E642" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="643">
       <c r="A643" s="1">
         <v>20</v>
       </c>
       <c r="B643" s="1">
         <v>48</v>
       </c>
       <c r="C643" s="1" t="s">
-        <v>600</v>
+        <v>601</v>
       </c>
       <c r="D643" s="1" t="s">
         <v>8</v>
       </c>
       <c r="E643" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="646">
       <c r="A646" s="3" t="s">
-        <v>601</v>
+        <v>602</v>
       </c>
       <c r="B646" s="3" t="s">
-        <v>601</v>
+        <v>602</v>
       </c>
       <c r="C646" s="3" t="s">
-        <v>601</v>
+        <v>602</v>
       </c>
       <c r="D646" s="3" t="s">
-        <v>601</v>
+        <v>602</v>
       </c>
       <c r="E646" s="3" t="s">
-        <v>601</v>
+        <v>602</v>
       </c>
     </row>
     <row r="647">
       <c r="A647" s="2" t="s">
         <v>2</v>
       </c>
       <c r="B647" s="2" t="s">
         <v>3</v>
       </c>
       <c r="C647" s="2" t="s">
         <v>4</v>
       </c>
       <c r="D647" s="2" t="s">
         <v>5</v>
       </c>
       <c r="E647" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="648">
       <c r="A648" s="1">
         <v>1</v>
       </c>
       <c r="B648" s="1">
         <v>378</v>
       </c>
       <c r="C648" s="1" t="s">
-        <v>602</v>
+        <v>603</v>
       </c>
       <c r="D648" s="1" t="s">
         <v>27</v>
       </c>
       <c r="E648" s="1">
         <v>15</v>
       </c>
     </row>
     <row r="649">
       <c r="A649" s="1">
         <v>2</v>
       </c>
       <c r="B649" s="1">
         <v>1013</v>
       </c>
       <c r="C649" s="1" t="s">
-        <v>603</v>
+        <v>604</v>
       </c>
       <c r="D649" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E649" s="1">
         <v>13</v>
       </c>
     </row>
     <row r="650">
       <c r="A650" s="1">
         <v>3</v>
       </c>
       <c r="B650" s="1">
         <v>771</v>
       </c>
       <c r="C650" s="1" t="s">
-        <v>604</v>
+        <v>605</v>
       </c>
       <c r="D650" s="1" t="s">
         <v>19</v>
       </c>
       <c r="E650" s="1">
         <v>11</v>
       </c>
     </row>
     <row r="651">
       <c r="A651" s="1">
         <v>4</v>
       </c>
       <c r="B651" s="1">
         <v>1627</v>
       </c>
       <c r="C651" s="1" t="s">
-        <v>555</v>
+        <v>556</v>
       </c>
       <c r="D651" s="1" t="s">
         <v>225</v>
       </c>
       <c r="E651" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="652">
       <c r="A652" s="1">
         <v>5</v>
       </c>
       <c r="B652" s="1">
         <v>1248</v>
       </c>
       <c r="C652" s="1" t="s">
-        <v>605</v>
+        <v>606</v>
       </c>
       <c r="D652" s="1" t="s">
         <v>212</v>
       </c>
       <c r="E652" s="1">
         <v>9</v>
       </c>
     </row>
     <row r="653">
       <c r="A653" s="1">
         <v>6</v>
       </c>
       <c r="B653" s="1">
         <v>1250</v>
       </c>
       <c r="C653" s="1" t="s">
-        <v>606</v>
+        <v>607</v>
       </c>
       <c r="D653" s="1" t="s">
-        <v>481</v>
+        <v>482</v>
       </c>
       <c r="E653" s="1">
         <v>8</v>
       </c>
     </row>
     <row r="654">
       <c r="A654" s="1">
         <v>7</v>
       </c>
       <c r="B654" s="1">
         <v>529</v>
       </c>
       <c r="C654" s="1" t="s">
-        <v>607</v>
+        <v>608</v>
       </c>
       <c r="D654" s="1" t="s">
         <v>19</v>
       </c>
       <c r="E654" s="1">
         <v>7</v>
       </c>
     </row>
     <row r="655">
       <c r="A655" s="1">
         <v>8</v>
       </c>
       <c r="B655" s="1">
         <v>376</v>
       </c>
       <c r="C655" s="1" t="s">
-        <v>608</v>
+        <v>609</v>
       </c>
       <c r="D655" s="1" t="s">
         <v>27</v>
       </c>
       <c r="E655" s="1">
         <v>6</v>
       </c>
     </row>
     <row r="656">
       <c r="A656" s="1">
         <v>9</v>
       </c>
       <c r="B656" s="1">
         <v>1084</v>
       </c>
       <c r="C656" s="1" t="s">
-        <v>609</v>
+        <v>610</v>
       </c>
       <c r="D656" s="1" t="s">
         <v>154</v>
       </c>
       <c r="E656" s="1">
         <v>5</v>
       </c>
     </row>
     <row r="657">
       <c r="A657" s="1">
         <v>10</v>
       </c>
       <c r="B657" s="1">
         <v>839</v>
       </c>
       <c r="C657" s="1" t="s">
-        <v>610</v>
+        <v>611</v>
       </c>
       <c r="D657" s="1" t="s">
         <v>36</v>
       </c>
       <c r="E657" s="1">
         <v>4</v>
       </c>
     </row>
     <row r="658">
       <c r="A658" s="1">
         <v>11</v>
       </c>
       <c r="B658" s="1">
         <v>1597</v>
       </c>
       <c r="C658" s="1" t="s">
-        <v>611</v>
+        <v>612</v>
       </c>
       <c r="D658" s="1" t="s">
-        <v>612</v>
+        <v>613</v>
       </c>
       <c r="E658" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="659">
       <c r="A659" s="1">
         <v>12</v>
       </c>
       <c r="B659" s="1">
         <v>1203</v>
       </c>
       <c r="C659" s="1" t="s">
-        <v>613</v>
+        <v>614</v>
       </c>
       <c r="D659" s="1" t="s">
         <v>212</v>
       </c>
       <c r="E659" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="660">
       <c r="A660" s="1">
         <v>13</v>
       </c>
       <c r="B660" s="1">
         <v>1174</v>
       </c>
       <c r="C660" s="1" t="s">
-        <v>614</v>
+        <v>615</v>
       </c>
       <c r="D660" s="1" t="s">
         <v>212</v>
       </c>
       <c r="E660" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="661">
       <c r="A661" s="1">
         <v>14</v>
       </c>
       <c r="B661" s="1">
         <v>1418</v>
       </c>
       <c r="C661" s="1" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
       <c r="D661" s="1" t="s">
-        <v>616</v>
+        <v>617</v>
       </c>
       <c r="E661" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="662">
       <c r="A662" s="1">
         <v>15</v>
       </c>
       <c r="B662" s="1">
         <v>699</v>
       </c>
       <c r="C662" s="1" t="s">
-        <v>617</v>
+        <v>618</v>
       </c>
       <c r="D662" s="1" t="s">
         <v>49</v>
       </c>
       <c r="E662" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="663">
       <c r="A663" s="1">
         <v>16</v>
       </c>
       <c r="B663" s="1">
         <v>717</v>
       </c>
       <c r="C663" s="1" t="s">
-        <v>618</v>
+        <v>619</v>
       </c>
       <c r="D663" s="1" t="s">
         <v>49</v>
       </c>
       <c r="E663" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="664">
       <c r="A664" s="1">
         <v>17</v>
       </c>
       <c r="B664" s="1">
         <v>80</v>
       </c>
       <c r="C664" s="1" t="s">
-        <v>619</v>
+        <v>620</v>
       </c>
       <c r="D664" s="1" t="s">
         <v>8</v>
       </c>
       <c r="E664" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="665">
       <c r="A665" s="1">
         <v>18</v>
       </c>
       <c r="B665" s="1">
         <v>1476</v>
       </c>
       <c r="C665" s="1" t="s">
-        <v>620</v>
+        <v>621</v>
       </c>
       <c r="D665" s="1" t="s">
         <v>27</v>
       </c>
       <c r="E665" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="666">
       <c r="A666" s="1">
         <v>19</v>
       </c>
       <c r="B666" s="1">
         <v>1160</v>
       </c>
       <c r="C666" s="1" t="s">
-        <v>621</v>
+        <v>622</v>
       </c>
       <c r="D666" s="1" t="s">
         <v>212</v>
       </c>
       <c r="E666" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="667">
       <c r="A667" s="1">
         <v>20</v>
       </c>
       <c r="B667" s="1">
         <v>374</v>
       </c>
       <c r="C667" s="1" t="s">
-        <v>622</v>
+        <v>623</v>
       </c>
       <c r="D667" s="1" t="s">
         <v>27</v>
       </c>
       <c r="E667" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="668">
       <c r="A668" s="1">
         <v>21</v>
       </c>
       <c r="B668" s="1">
         <v>253</v>
       </c>
       <c r="C668" s="1" t="s">
-        <v>623</v>
+        <v>624</v>
       </c>
       <c r="D668" s="1" t="s">
         <v>36</v>
       </c>
       <c r="E668" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="669">
       <c r="A669" s="1">
         <v>22</v>
       </c>
       <c r="B669" s="1">
         <v>375</v>
       </c>
       <c r="C669" s="1" t="s">
-        <v>624</v>
+        <v>625</v>
       </c>
       <c r="D669" s="1" t="s">
         <v>171</v>
       </c>
       <c r="E669" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="670">
       <c r="A670" s="1">
         <v>23</v>
       </c>
       <c r="B670" s="1">
         <v>1249</v>
       </c>
       <c r="C670" s="1" t="s">
-        <v>625</v>
+        <v>626</v>
       </c>
       <c r="D670" s="1" t="s">
-        <v>481</v>
+        <v>482</v>
       </c>
       <c r="E670" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="671">
       <c r="A671" s="1">
         <v>24</v>
       </c>
       <c r="B671" s="1">
         <v>381</v>
       </c>
       <c r="C671" s="1" t="s">
-        <v>626</v>
+        <v>627</v>
       </c>
       <c r="D671" s="1" t="s">
         <v>27</v>
       </c>
       <c r="E671" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="672">
       <c r="A672" s="1">
         <v>25</v>
       </c>
       <c r="B672" s="1">
         <v>1118</v>
       </c>
       <c r="C672" s="1" t="s">
-        <v>627</v>
+        <v>628</v>
       </c>
       <c r="D672" s="1" t="s">
         <v>30</v>
       </c>
       <c r="E672" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="673">
       <c r="A673" s="1">
         <v>26</v>
       </c>
       <c r="B673" s="1">
         <v>1636</v>
       </c>
       <c r="C673" s="1" t="s">
-        <v>628</v>
+        <v>629</v>
       </c>
       <c r="D673" s="1" t="s">
         <v>171</v>
       </c>
       <c r="E673" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="674">
       <c r="A674" s="1">
         <v>27</v>
       </c>
       <c r="B674" s="1">
         <v>1083</v>
       </c>
       <c r="C674" s="1" t="s">
-        <v>629</v>
+        <v>630</v>
       </c>
       <c r="D674" s="1" t="s">
         <v>154</v>
       </c>
       <c r="E674" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="675">
       <c r="A675" s="1">
         <v>28</v>
       </c>
       <c r="B675" s="1">
         <v>1251</v>
       </c>
       <c r="C675" s="1" t="s">
-        <v>630</v>
+        <v>631</v>
       </c>
       <c r="D675" s="1" t="s">
-        <v>481</v>
+        <v>482</v>
       </c>
       <c r="E675" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="676">
       <c r="A676" s="1">
         <v>29</v>
       </c>
       <c r="B676" s="1">
         <v>1206</v>
       </c>
       <c r="C676" s="1" t="s">
-        <v>631</v>
+        <v>632</v>
       </c>
       <c r="D676" s="1" t="s">
         <v>212</v>
       </c>
       <c r="E676" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="677">
       <c r="A677" s="1">
         <v>30</v>
       </c>
       <c r="B677" s="1">
         <v>709</v>
       </c>
       <c r="C677" s="1" t="s">
-        <v>632</v>
+        <v>633</v>
       </c>
       <c r="D677" s="1" t="s">
         <v>49</v>
       </c>
       <c r="E677" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="678">
       <c r="A678" s="1">
         <v>31</v>
       </c>
       <c r="B678" s="1">
         <v>52</v>
       </c>
       <c r="C678" s="1" t="s">
-        <v>633</v>
+        <v>634</v>
       </c>
       <c r="D678" s="1" t="s">
         <v>8</v>
       </c>
       <c r="E678" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="681">
       <c r="A681" s="3" t="s">
-        <v>634</v>
+        <v>635</v>
       </c>
       <c r="B681" s="3" t="s">
-        <v>634</v>
+        <v>635</v>
       </c>
       <c r="C681" s="3" t="s">
-        <v>634</v>
+        <v>635</v>
       </c>
       <c r="D681" s="3" t="s">
-        <v>634</v>
+        <v>635</v>
       </c>
       <c r="E681" s="3" t="s">
-        <v>634</v>
+        <v>635</v>
       </c>
     </row>
     <row r="682">
       <c r="A682" s="2" t="s">
         <v>2</v>
       </c>
       <c r="B682" s="2" t="s">
         <v>3</v>
       </c>
       <c r="C682" s="2" t="s">
         <v>4</v>
       </c>
       <c r="D682" s="2" t="s">
         <v>5</v>
       </c>
       <c r="E682" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="683">
       <c r="A683" s="1">
         <v>1</v>
       </c>
       <c r="B683" s="1">
         <v>1496</v>
       </c>
       <c r="C683" s="1" t="s">
-        <v>635</v>
+        <v>636</v>
       </c>
       <c r="D683" s="1" t="s">
         <v>171</v>
       </c>
       <c r="E683" s="1">
         <v>15</v>
       </c>
     </row>
     <row r="684">
       <c r="A684" s="1">
         <v>2</v>
       </c>
       <c r="B684" s="1">
         <v>1162</v>
       </c>
       <c r="C684" s="1" t="s">
-        <v>636</v>
+        <v>637</v>
       </c>
       <c r="D684" s="1" t="s">
         <v>212</v>
       </c>
       <c r="E684" s="1">
         <v>13</v>
       </c>
     </row>
     <row r="685">
       <c r="A685" s="1">
         <v>3</v>
       </c>
       <c r="B685" s="1">
         <v>424</v>
       </c>
       <c r="C685" s="1" t="s">
-        <v>637</v>
+        <v>638</v>
       </c>
       <c r="D685" s="1" t="s">
         <v>36</v>
       </c>
       <c r="E685" s="1">
         <v>11</v>
       </c>
     </row>
     <row r="686">
       <c r="A686" s="1">
         <v>4</v>
       </c>
       <c r="B686" s="1">
         <v>91</v>
       </c>
       <c r="C686" s="1" t="s">
-        <v>638</v>
+        <v>639</v>
       </c>
       <c r="D686" s="1" t="s">
         <v>8</v>
       </c>
       <c r="E686" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="687">
       <c r="A687" s="1">
         <v>5</v>
       </c>
       <c r="B687" s="1">
         <v>289</v>
       </c>
       <c r="C687" s="1" t="s">
-        <v>639</v>
+        <v>640</v>
       </c>
       <c r="D687" s="1" t="s">
         <v>36</v>
       </c>
       <c r="E687" s="1">
         <v>9</v>
       </c>
     </row>
     <row r="688">
       <c r="A688" s="1">
         <v>6</v>
       </c>
       <c r="B688" s="1">
         <v>1638</v>
       </c>
       <c r="C688" s="1" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="D688" s="1" t="s">
         <v>171</v>
       </c>
       <c r="E688" s="1">
         <v>8</v>
       </c>
     </row>
     <row r="689">
       <c r="A689" s="1">
         <v>7</v>
       </c>
       <c r="B689" s="1">
         <v>718</v>
       </c>
       <c r="C689" s="1" t="s">
-        <v>641</v>
+        <v>642</v>
       </c>
       <c r="D689" s="1" t="s">
         <v>49</v>
       </c>
       <c r="E689" s="1">
         <v>7</v>
       </c>
     </row>
     <row r="690">
       <c r="A690" s="1">
         <v>8</v>
       </c>
       <c r="B690" s="1">
         <v>283</v>
       </c>
       <c r="C690" s="1" t="s">
-        <v>642</v>
+        <v>643</v>
       </c>
       <c r="D690" s="1" t="s">
         <v>27</v>
       </c>
       <c r="E690" s="1">
         <v>6</v>
       </c>
     </row>
     <row r="691">
       <c r="A691" s="1">
         <v>9</v>
       </c>
       <c r="B691" s="1">
         <v>94</v>
       </c>
       <c r="C691" s="1" t="s">
-        <v>643</v>
+        <v>644</v>
       </c>
       <c r="D691" s="1" t="s">
         <v>8</v>
       </c>
       <c r="E691" s="1">
         <v>5</v>
       </c>
     </row>
     <row r="692">
       <c r="A692" s="1">
         <v>10</v>
       </c>
       <c r="B692" s="1">
         <v>57</v>
       </c>
       <c r="C692" s="1" t="s">
-        <v>644</v>
+        <v>645</v>
       </c>
       <c r="D692" s="1" t="s">
         <v>8</v>
       </c>
       <c r="E692" s="1">
         <v>4</v>
       </c>
     </row>
     <row r="693">
       <c r="A693" s="1">
         <v>11</v>
       </c>
       <c r="B693" s="1">
         <v>1840</v>
       </c>
       <c r="C693" s="1" t="s">
-        <v>645</v>
+        <v>646</v>
       </c>
       <c r="D693" s="1" t="s">
         <v>49</v>
       </c>
       <c r="E693" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="694">
       <c r="A694" s="1">
         <v>12</v>
       </c>
       <c r="B694" s="1">
         <v>1454</v>
       </c>
       <c r="C694" s="1" t="s">
-        <v>646</v>
+        <v>647</v>
       </c>
       <c r="D694" s="1" t="s">
         <v>36</v>
       </c>
       <c r="E694" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="695">
       <c r="A695" s="1">
         <v>13</v>
       </c>
       <c r="B695" s="1">
         <v>1018</v>
       </c>
       <c r="C695" s="1" t="s">
-        <v>647</v>
+        <v>648</v>
       </c>
       <c r="D695" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E695" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="696">
       <c r="A696" s="1">
         <v>14</v>
       </c>
       <c r="B696" s="1">
         <v>1095</v>
       </c>
       <c r="C696" s="1" t="s">
-        <v>648</v>
+        <v>649</v>
       </c>
       <c r="D696" s="1" t="s">
         <v>154</v>
       </c>
       <c r="E696" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="697">
       <c r="A697" s="1">
         <v>15</v>
       </c>
       <c r="B697" s="1">
         <v>1360</v>
       </c>
       <c r="C697" s="1" t="s">
-        <v>649</v>
+        <v>650</v>
       </c>
       <c r="D697" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E697" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="700">
       <c r="A700" s="3" t="s">
-        <v>650</v>
+        <v>651</v>
       </c>
       <c r="B700" s="3" t="s">
-        <v>650</v>
+        <v>651</v>
       </c>
       <c r="C700" s="3" t="s">
-        <v>650</v>
+        <v>651</v>
       </c>
       <c r="D700" s="3" t="s">
-        <v>650</v>
+        <v>651</v>
       </c>
       <c r="E700" s="3" t="s">
-        <v>650</v>
+        <v>651</v>
       </c>
     </row>
     <row r="701">
       <c r="A701" s="2" t="s">
         <v>2</v>
       </c>
       <c r="B701" s="2" t="s">
         <v>3</v>
       </c>
       <c r="C701" s="2" t="s">
         <v>4</v>
       </c>
       <c r="D701" s="2" t="s">
         <v>5</v>
       </c>
       <c r="E701" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="702">
       <c r="A702" s="1">
         <v>1</v>
       </c>
       <c r="B702" s="1">
         <v>1543</v>
       </c>
       <c r="C702" s="1" t="s">
-        <v>651</v>
+        <v>652</v>
       </c>
       <c r="D702" s="1" t="s">
         <v>154</v>
       </c>
       <c r="E702" s="1">
         <v>15</v>
       </c>
     </row>
     <row r="703">
       <c r="A703" s="1">
         <v>2</v>
       </c>
       <c r="B703" s="1">
         <v>1208</v>
       </c>
       <c r="C703" s="1" t="s">
-        <v>652</v>
+        <v>653</v>
       </c>
       <c r="D703" s="1" t="s">
         <v>212</v>
       </c>
       <c r="E703" s="1">
         <v>13</v>
       </c>
     </row>
     <row r="704">
       <c r="A704" s="1">
         <v>3</v>
       </c>
       <c r="B704" s="1">
         <v>390</v>
       </c>
       <c r="C704" s="1" t="s">
-        <v>653</v>
+        <v>654</v>
       </c>
       <c r="D704" s="1" t="s">
         <v>27</v>
       </c>
       <c r="E704" s="1">
         <v>11</v>
       </c>
     </row>
     <row r="705">
       <c r="A705" s="1">
         <v>4</v>
       </c>
       <c r="B705" s="1">
         <v>210</v>
       </c>
       <c r="C705" s="1" t="s">
-        <v>654</v>
+        <v>655</v>
       </c>
       <c r="D705" s="1" t="s">
         <v>27</v>
       </c>
       <c r="E705" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="706">
       <c r="A706" s="1">
         <v>5</v>
       </c>
       <c r="B706" s="1">
         <v>1045</v>
       </c>
       <c r="C706" s="1" t="s">
-        <v>655</v>
+        <v>656</v>
       </c>
       <c r="D706" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E706" s="1">
         <v>9</v>
       </c>
     </row>
     <row r="707">
       <c r="A707" s="1">
         <v>6</v>
       </c>
       <c r="B707" s="1">
         <v>1198</v>
       </c>
       <c r="C707" s="1" t="s">
-        <v>656</v>
+        <v>657</v>
       </c>
       <c r="D707" s="1" t="s">
         <v>212</v>
       </c>
       <c r="E707" s="1">
         <v>8</v>
       </c>
     </row>
     <row r="708">
       <c r="A708" s="1">
         <v>7</v>
       </c>
       <c r="B708" s="1">
         <v>1663</v>
       </c>
       <c r="C708" s="1" t="s">
-        <v>657</v>
+        <v>658</v>
       </c>
       <c r="D708" s="1" t="s">
         <v>112</v>
       </c>
       <c r="E708" s="1">
         <v>7</v>
       </c>
     </row>
     <row r="709">
       <c r="A709" s="1">
         <v>8</v>
       </c>
       <c r="B709" s="1">
         <v>185</v>
       </c>
       <c r="C709" s="1" t="s">
-        <v>658</v>
+        <v>659</v>
       </c>
       <c r="D709" s="1" t="s">
         <v>8</v>
       </c>
       <c r="E709" s="1">
         <v>6</v>
       </c>
     </row>
     <row r="710">
       <c r="A710" s="1">
         <v>9</v>
       </c>
       <c r="B710" s="1">
         <v>1472</v>
       </c>
       <c r="C710" s="1" t="s">
-        <v>659</v>
+        <v>660</v>
       </c>
       <c r="D710" s="1" t="s">
         <v>154</v>
       </c>
       <c r="E710" s="1">
         <v>5</v>
       </c>
     </row>
     <row r="711">
       <c r="A711" s="1">
         <v>10</v>
       </c>
       <c r="B711" s="1">
         <v>391</v>
       </c>
       <c r="C711" s="1" t="s">
-        <v>660</v>
+        <v>661</v>
       </c>
       <c r="D711" s="1" t="s">
         <v>27</v>
       </c>
       <c r="E711" s="1">
         <v>4</v>
       </c>
     </row>
     <row r="712">
       <c r="A712" s="1">
         <v>11</v>
       </c>
       <c r="B712" s="1">
         <v>635</v>
       </c>
       <c r="C712" s="1" t="s">
-        <v>661</v>
+        <v>662</v>
       </c>
       <c r="D712" s="1" t="s">
         <v>36</v>
       </c>
       <c r="E712" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="713">
       <c r="A713" s="1">
         <v>12</v>
       </c>
       <c r="B713" s="1">
         <v>402</v>
       </c>
       <c r="C713" s="1" t="s">
-        <v>662</v>
+        <v>663</v>
       </c>
       <c r="D713" s="1" t="s">
         <v>91</v>
       </c>
       <c r="E713" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="714">
       <c r="A714" s="1">
         <v>13</v>
       </c>
       <c r="B714" s="1">
         <v>1066</v>
       </c>
       <c r="C714" s="1" t="s">
-        <v>663</v>
+        <v>664</v>
       </c>
       <c r="D714" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E714" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="715">
       <c r="A715" s="1">
         <v>14</v>
       </c>
       <c r="B715" s="1">
         <v>396</v>
       </c>
       <c r="C715" s="1" t="s">
-        <v>664</v>
+        <v>665</v>
       </c>
       <c r="D715" s="1" t="s">
         <v>27</v>
       </c>
       <c r="E715" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="716">
       <c r="A716" s="1">
         <v>15</v>
       </c>
       <c r="B716" s="1">
         <v>1820</v>
       </c>
       <c r="C716" s="1" t="s">
-        <v>665</v>
+        <v>666</v>
       </c>
       <c r="D716" s="1" t="s">
         <v>27</v>
       </c>
       <c r="E716" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="717">
       <c r="A717" s="1">
         <v>16</v>
       </c>
       <c r="B717" s="1">
         <v>1502</v>
       </c>
       <c r="C717" s="1" t="s">
-        <v>666</v>
+        <v>667</v>
       </c>
       <c r="D717" s="1" t="s">
         <v>49</v>
       </c>
       <c r="E717" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="718">
       <c r="A718" s="1">
         <v>17</v>
       </c>
       <c r="B718" s="1">
         <v>585</v>
       </c>
       <c r="C718" s="1" t="s">
-        <v>667</v>
+        <v>668</v>
       </c>
       <c r="D718" s="1" t="s">
         <v>36</v>
       </c>
       <c r="E718" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="719">
       <c r="A719" s="1">
         <v>18</v>
       </c>
       <c r="B719" s="1">
         <v>386</v>
       </c>
       <c r="C719" s="1" t="s">
-        <v>668</v>
+        <v>669</v>
       </c>
       <c r="D719" s="1" t="s">
         <v>91</v>
       </c>
       <c r="E719" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="720">
       <c r="A720" s="1">
         <v>19</v>
       </c>
       <c r="B720" s="1">
         <v>387</v>
       </c>
       <c r="C720" s="1" t="s">
-        <v>669</v>
+        <v>670</v>
       </c>
       <c r="D720" s="1" t="s">
         <v>27</v>
       </c>
       <c r="E720" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="721">
       <c r="A721" s="1">
         <v>20</v>
       </c>
       <c r="B721" s="1">
         <v>239</v>
       </c>
       <c r="C721" s="1" t="s">
-        <v>670</v>
+        <v>671</v>
       </c>
       <c r="D721" s="1" t="s">
         <v>27</v>
       </c>
       <c r="E721" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="722">
       <c r="A722" s="1">
         <v>21</v>
       </c>
       <c r="B722" s="1">
         <v>1059</v>
       </c>
       <c r="C722" s="1" t="s">
-        <v>671</v>
+        <v>672</v>
       </c>
       <c r="D722" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E722" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="723">
       <c r="A723" s="1">
         <v>22</v>
       </c>
       <c r="B723" s="1">
         <v>1201</v>
       </c>
       <c r="C723" s="1" t="s">
-        <v>672</v>
+        <v>673</v>
       </c>
       <c r="D723" s="1" t="s">
         <v>212</v>
       </c>
       <c r="E723" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="724">
       <c r="A724" s="1">
         <v>23</v>
       </c>
       <c r="B724" s="1">
         <v>1082</v>
       </c>
       <c r="C724" s="1" t="s">
-        <v>673</v>
+        <v>674</v>
       </c>
       <c r="D724" s="1" t="s">
         <v>154</v>
       </c>
       <c r="E724" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="725">
       <c r="A725" s="1">
         <v>24</v>
       </c>
       <c r="B725" s="1">
         <v>397</v>
       </c>
       <c r="C725" s="1" t="s">
-        <v>674</v>
+        <v>675</v>
       </c>
       <c r="D725" s="1" t="s">
         <v>27</v>
       </c>
       <c r="E725" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="728">
       <c r="A728" s="3" t="s">
-        <v>675</v>
+        <v>676</v>
       </c>
       <c r="B728" s="3" t="s">
-        <v>675</v>
+        <v>676</v>
       </c>
       <c r="C728" s="3" t="s">
-        <v>675</v>
+        <v>676</v>
       </c>
       <c r="D728" s="3" t="s">
-        <v>675</v>
+        <v>676</v>
       </c>
       <c r="E728" s="3" t="s">
-        <v>675</v>
+        <v>676</v>
       </c>
     </row>
     <row r="729">
       <c r="A729" s="2" t="s">
         <v>2</v>
       </c>
       <c r="B729" s="2" t="s">
         <v>3</v>
       </c>
       <c r="C729" s="2" t="s">
         <v>4</v>
       </c>
       <c r="D729" s="2" t="s">
         <v>5</v>
       </c>
       <c r="E729" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="730">
       <c r="A730" s="1">
         <v>1</v>
       </c>
       <c r="B730" s="1">
         <v>840</v>
       </c>
       <c r="C730" s="1" t="s">
-        <v>676</v>
+        <v>677</v>
       </c>
       <c r="D730" s="1" t="s">
         <v>19</v>
       </c>
       <c r="E730" s="1">
         <v>15</v>
       </c>
     </row>
     <row r="731">
       <c r="A731" s="1">
         <v>2</v>
       </c>
       <c r="B731" s="1">
         <v>93</v>
       </c>
       <c r="C731" s="1" t="s">
-        <v>677</v>
+        <v>678</v>
       </c>
       <c r="D731" s="1" t="s">
         <v>8</v>
       </c>
       <c r="E731" s="1">
         <v>13</v>
       </c>
     </row>
     <row r="732">
       <c r="A732" s="1">
         <v>3</v>
       </c>
       <c r="B732" s="1">
         <v>692</v>
       </c>
       <c r="C732" s="1" t="s">
-        <v>678</v>
+        <v>679</v>
       </c>
       <c r="D732" s="1" t="s">
         <v>49</v>
       </c>
       <c r="E732" s="1">
         <v>11</v>
       </c>
     </row>
     <row r="733">
       <c r="A733" s="1">
         <v>4</v>
       </c>
       <c r="B733" s="1">
         <v>1356</v>
       </c>
       <c r="C733" s="1" t="s">
-        <v>679</v>
+        <v>680</v>
       </c>
       <c r="D733" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E733" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="734">
       <c r="A734" s="1">
         <v>5</v>
       </c>
       <c r="B734" s="1">
         <v>65</v>
       </c>
       <c r="C734" s="1" t="s">
-        <v>680</v>
+        <v>681</v>
       </c>
       <c r="D734" s="1" t="s">
         <v>8</v>
       </c>
       <c r="E734" s="1">
         <v>9</v>
       </c>
     </row>
     <row r="737">
       <c r="A737" s="3" t="s">
-        <v>681</v>
+        <v>682</v>
       </c>
       <c r="B737" s="3" t="s">
-        <v>681</v>
+        <v>682</v>
       </c>
       <c r="C737" s="3" t="s">
-        <v>681</v>
+        <v>682</v>
       </c>
       <c r="D737" s="3" t="s">
-        <v>681</v>
+        <v>682</v>
       </c>
       <c r="E737" s="3" t="s">
-        <v>681</v>
+        <v>682</v>
       </c>
     </row>
     <row r="738">
       <c r="A738" s="2" t="s">
         <v>2</v>
       </c>
       <c r="B738" s="2" t="s">
         <v>3</v>
       </c>
       <c r="C738" s="2" t="s">
         <v>4</v>
       </c>
       <c r="D738" s="2" t="s">
         <v>5</v>
       </c>
       <c r="E738" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="739">
       <c r="A739" s="1">
         <v>1</v>
       </c>
       <c r="B739" s="1">
         <v>1224</v>
       </c>
       <c r="C739" s="1" t="s">
-        <v>682</v>
+        <v>683</v>
       </c>
       <c r="D739" s="1" t="s">
         <v>212</v>
       </c>
       <c r="E739" s="1">
         <v>15</v>
       </c>
     </row>
     <row r="740">
       <c r="A740" s="1">
         <v>2</v>
       </c>
       <c r="B740" s="1">
         <v>1404</v>
       </c>
       <c r="C740" s="1" t="s">
-        <v>683</v>
+        <v>684</v>
       </c>
       <c r="D740" s="1" t="s">
         <v>154</v>
       </c>
       <c r="E740" s="1">
         <v>13</v>
       </c>
     </row>
     <row r="741">
       <c r="A741" s="1">
         <v>3</v>
       </c>
       <c r="B741" s="1">
         <v>326</v>
       </c>
       <c r="C741" s="1" t="s">
-        <v>684</v>
+        <v>685</v>
       </c>
       <c r="D741" s="1" t="s">
         <v>36</v>
       </c>
       <c r="E741" s="1">
         <v>11</v>
       </c>
     </row>
     <row r="742">
       <c r="A742" s="1">
         <v>4</v>
       </c>
       <c r="B742" s="1">
         <v>400</v>
       </c>
       <c r="C742" s="1" t="s">
-        <v>685</v>
+        <v>686</v>
       </c>
       <c r="D742" s="1" t="s">
         <v>27</v>
       </c>
       <c r="E742" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="743">
       <c r="A743" s="1">
         <v>5</v>
       </c>
       <c r="B743" s="1">
         <v>1256</v>
       </c>
       <c r="C743" s="1" t="s">
-        <v>686</v>
+        <v>687</v>
       </c>
       <c r="D743" s="1" t="s">
         <v>230</v>
       </c>
       <c r="E743" s="1">
         <v>9</v>
       </c>
     </row>
     <row r="744">
       <c r="A744" s="1">
         <v>6</v>
       </c>
       <c r="B744" s="1">
         <v>1199</v>
       </c>
       <c r="C744" s="1" t="s">
-        <v>687</v>
+        <v>688</v>
       </c>
       <c r="D744" s="1" t="s">
         <v>212</v>
       </c>
       <c r="E744" s="1">
         <v>8</v>
       </c>
     </row>
     <row r="745">
       <c r="A745" s="1">
         <v>7</v>
       </c>
       <c r="B745" s="1">
         <v>24</v>
       </c>
       <c r="C745" s="1" t="s">
-        <v>688</v>
+        <v>689</v>
       </c>
       <c r="D745" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E745" s="1">
         <v>7</v>
       </c>
     </row>
     <row r="746">
       <c r="A746" s="1">
         <v>8</v>
       </c>
       <c r="B746" s="1">
         <v>1195</v>
       </c>
       <c r="C746" s="1" t="s">
-        <v>689</v>
+        <v>690</v>
       </c>
       <c r="D746" s="1" t="s">
         <v>212</v>
       </c>
       <c r="E746" s="1">
         <v>6</v>
       </c>
     </row>
     <row r="747">
       <c r="A747" s="1">
         <v>9</v>
       </c>
       <c r="B747" s="1">
         <v>1334</v>
       </c>
       <c r="C747" s="1" t="s">
-        <v>690</v>
+        <v>691</v>
       </c>
       <c r="D747" s="1" t="s">
         <v>171</v>
       </c>
       <c r="E747" s="1">
         <v>5</v>
       </c>
     </row>
     <row r="748">
       <c r="A748" s="1">
         <v>10</v>
       </c>
       <c r="B748" s="1">
         <v>408</v>
       </c>
       <c r="C748" s="1" t="s">
-        <v>691</v>
+        <v>692</v>
       </c>
       <c r="D748" s="1" t="s">
         <v>36</v>
       </c>
       <c r="E748" s="1">
         <v>4</v>
       </c>
     </row>
     <row r="749">
       <c r="A749" s="1">
         <v>11</v>
       </c>
       <c r="B749" s="1">
         <v>1571</v>
       </c>
       <c r="C749" s="1" t="s">
-        <v>692</v>
+        <v>693</v>
       </c>
       <c r="D749" s="1" t="s">
         <v>171</v>
       </c>
       <c r="E749" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="750">
       <c r="A750" s="1">
         <v>12</v>
       </c>
       <c r="B750" s="1">
         <v>1213</v>
       </c>
       <c r="C750" s="1" t="s">
-        <v>693</v>
+        <v>694</v>
       </c>
       <c r="D750" s="1" t="s">
         <v>212</v>
       </c>
       <c r="E750" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="751">
       <c r="A751" s="1">
         <v>13</v>
       </c>
       <c r="B751" s="1">
         <v>399</v>
       </c>
       <c r="C751" s="1" t="s">
-        <v>694</v>
+        <v>695</v>
       </c>
       <c r="D751" s="1" t="s">
         <v>27</v>
       </c>
       <c r="E751" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="754">
       <c r="A754" s="3" t="s">
-        <v>695</v>
+        <v>696</v>
       </c>
       <c r="B754" s="3" t="s">
-        <v>695</v>
+        <v>696</v>
       </c>
       <c r="C754" s="3" t="s">
-        <v>695</v>
+        <v>696</v>
       </c>
       <c r="D754" s="3" t="s">
-        <v>695</v>
+        <v>696</v>
       </c>
       <c r="E754" s="3" t="s">
-        <v>695</v>
+        <v>696</v>
       </c>
     </row>
     <row r="755">
       <c r="A755" s="2" t="s">
         <v>2</v>
       </c>
       <c r="B755" s="2" t="s">
         <v>3</v>
       </c>
       <c r="C755" s="2" t="s">
         <v>4</v>
       </c>
       <c r="D755" s="2" t="s">
         <v>5</v>
       </c>
       <c r="E755" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="756">
       <c r="A756" s="1">
         <v>1</v>
       </c>
       <c r="B756" s="1">
         <v>166</v>
       </c>
       <c r="C756" s="1" t="s">
-        <v>696</v>
+        <v>697</v>
       </c>
       <c r="D756" s="1" t="s">
         <v>27</v>
       </c>
       <c r="E756" s="1">
         <v>15</v>
       </c>
     </row>
     <row r="757">
       <c r="A757" s="1">
         <v>2</v>
       </c>
       <c r="B757" s="1">
         <v>95</v>
       </c>
       <c r="C757" s="1" t="s">
-        <v>697</v>
+        <v>698</v>
       </c>
       <c r="D757" s="1" t="s">
         <v>8</v>
       </c>
       <c r="E757" s="1">
         <v>13</v>
       </c>
     </row>
     <row r="758">
       <c r="A758" s="1">
         <v>3</v>
       </c>
       <c r="B758" s="1">
         <v>1265</v>
       </c>
       <c r="C758" s="1" t="s">
-        <v>698</v>
+        <v>699</v>
       </c>
       <c r="D758" s="1" t="s">
         <v>230</v>
       </c>
       <c r="E758" s="1">
         <v>11</v>
       </c>
     </row>
     <row r="759">
       <c r="A759" s="1">
         <v>4</v>
       </c>
       <c r="B759" s="1">
         <v>902</v>
       </c>
       <c r="C759" s="1" t="s">
-        <v>699</v>
+        <v>700</v>
       </c>
       <c r="D759" s="1" t="s">
         <v>27</v>
       </c>
       <c r="E759" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="760">
       <c r="A760" s="1">
         <v>5</v>
       </c>
       <c r="B760" s="1">
         <v>1345</v>
       </c>
       <c r="C760" s="1" t="s">
-        <v>700</v>
+        <v>701</v>
       </c>
       <c r="D760" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E760" s="1">
         <v>9</v>
       </c>
     </row>
     <row r="763">
       <c r="A763" s="3" t="s">
-        <v>701</v>
+        <v>702</v>
       </c>
       <c r="B763" s="3" t="s">
-        <v>701</v>
+        <v>702</v>
       </c>
       <c r="C763" s="3" t="s">
-        <v>701</v>
+        <v>702</v>
       </c>
       <c r="D763" s="3" t="s">
-        <v>701</v>
+        <v>702</v>
       </c>
       <c r="E763" s="3" t="s">
-        <v>701</v>
+        <v>702</v>
       </c>
     </row>
     <row r="764">
       <c r="A764" s="2" t="s">
         <v>2</v>
       </c>
       <c r="B764" s="2" t="s">
         <v>3</v>
       </c>
       <c r="C764" s="2" t="s">
         <v>4</v>
       </c>
       <c r="D764" s="2" t="s">
         <v>5</v>
       </c>
       <c r="E764" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="765">
       <c r="A765" s="1">
         <v>1</v>
       </c>
       <c r="B765" s="1">
         <v>836</v>
       </c>
       <c r="C765" s="1" t="s">
-        <v>702</v>
+        <v>703</v>
       </c>
       <c r="D765" s="1" t="s">
         <v>19</v>
       </c>
       <c r="E765" s="1">
         <v>15</v>
       </c>
     </row>
     <row r="766">
       <c r="A766" s="1">
         <v>2</v>
       </c>
       <c r="B766" s="1">
         <v>1284</v>
       </c>
       <c r="C766" s="1" t="s">
-        <v>703</v>
+        <v>704</v>
       </c>
       <c r="D766" s="1" t="s">
         <v>230</v>
       </c>
       <c r="E766" s="1">
         <v>13</v>
       </c>
     </row>
     <row r="767">
       <c r="A767" s="1">
         <v>3</v>
       </c>
       <c r="B767" s="1">
         <v>1014</v>
       </c>
       <c r="C767" s="1" t="s">
-        <v>704</v>
+        <v>705</v>
       </c>
       <c r="D767" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E767" s="1">
         <v>11</v>
       </c>
     </row>
     <row r="768">
       <c r="A768" s="1">
         <v>4</v>
       </c>
       <c r="B768" s="1">
         <v>1286</v>
       </c>
       <c r="C768" s="1" t="s">
-        <v>705</v>
+        <v>706</v>
       </c>
       <c r="D768" s="1" t="s">
         <v>230</v>
       </c>
       <c r="E768" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="769">
       <c r="A769" s="1">
         <v>5</v>
       </c>
       <c r="B769" s="1">
         <v>401</v>
       </c>
       <c r="C769" s="1" t="s">
-        <v>706</v>
+        <v>707</v>
       </c>
       <c r="D769" s="1" t="s">
         <v>27</v>
       </c>
       <c r="E769" s="1">
         <v>9</v>
       </c>
     </row>
     <row r="770">
       <c r="A770" s="1">
         <v>6</v>
       </c>
       <c r="B770" s="1">
         <v>1287</v>
       </c>
       <c r="C770" s="1" t="s">
-        <v>707</v>
+        <v>708</v>
       </c>
       <c r="D770" s="1" t="s">
         <v>230</v>
       </c>
       <c r="E770" s="1">
         <v>8</v>
       </c>
     </row>
     <row r="771">
       <c r="A771" s="1">
         <v>7</v>
       </c>
       <c r="B771" s="1">
         <v>1086</v>
       </c>
       <c r="C771" s="1" t="s">
-        <v>708</v>
+        <v>709</v>
       </c>
       <c r="D771" s="1" t="s">
         <v>154</v>
       </c>
       <c r="E771" s="1">
         <v>7</v>
       </c>
     </row>
     <row r="772">
       <c r="A772" s="1">
         <v>8</v>
       </c>
       <c r="B772" s="1">
         <v>403</v>
       </c>
       <c r="C772" s="1" t="s">
-        <v>709</v>
+        <v>710</v>
       </c>
       <c r="D772" s="1" t="s">
         <v>27</v>
       </c>
       <c r="E772" s="1">
         <v>6</v>
       </c>
     </row>
     <row r="773">
       <c r="A773" s="1">
         <v>9</v>
       </c>
       <c r="B773" s="1">
         <v>1628</v>
       </c>
       <c r="C773" s="1" t="s">
-        <v>710</v>
+        <v>711</v>
       </c>
       <c r="D773" s="1" t="s">
         <v>225</v>
       </c>
       <c r="E773" s="1">
         <v>5</v>
       </c>
     </row>
     <row r="774">
       <c r="A774" s="1">
         <v>10</v>
       </c>
       <c r="B774" s="1">
         <v>1861</v>
       </c>
       <c r="C774" s="1" t="s">
         <v>349</v>
       </c>
       <c r="D774" s="1" t="s">
         <v>230</v>
       </c>
       <c r="E774" s="1">
         <v>4</v>
       </c>
     </row>
     <row r="775">
       <c r="A775" s="1">
         <v>11</v>
       </c>
       <c r="B775" s="1">
         <v>1660</v>
       </c>
       <c r="C775" s="1" t="s">
-        <v>711</v>
+        <v>712</v>
       </c>
       <c r="D775" s="1" t="s">
         <v>36</v>
       </c>
       <c r="E775" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="776">
       <c r="A776" s="1">
         <v>12</v>
       </c>
       <c r="B776" s="1">
         <v>1759</v>
       </c>
       <c r="C776" s="1" t="s">
-        <v>712</v>
+        <v>713</v>
       </c>
       <c r="D776" s="1" t="s">
         <v>139</v>
       </c>
       <c r="E776" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="777">
       <c r="A777" s="1">
         <v>13</v>
       </c>
       <c r="B777" s="1">
         <v>1401</v>
       </c>
       <c r="C777" s="1" t="s">
-        <v>713</v>
+        <v>714</v>
       </c>
       <c r="D777" s="1" t="s">
         <v>19</v>
       </c>
       <c r="E777" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="778">
       <c r="A778" s="1">
         <v>14</v>
       </c>
       <c r="B778" s="1">
         <v>249</v>
       </c>
       <c r="C778" s="1" t="s">
-        <v>714</v>
+        <v>715</v>
       </c>
       <c r="D778" s="1" t="s">
         <v>27</v>
       </c>
       <c r="E778" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="779">
       <c r="A779" s="1">
         <v>15</v>
       </c>
       <c r="B779" s="1">
         <v>901</v>
       </c>
       <c r="C779" s="1" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="D779" s="1" t="s">
         <v>27</v>
       </c>
       <c r="E779" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="780">
       <c r="A780" s="1">
         <v>16</v>
       </c>
       <c r="B780" s="1">
         <v>1055</v>
       </c>
       <c r="C780" s="1" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="D780" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E780" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="781">
       <c r="A781" s="1">
         <v>17</v>
       </c>
       <c r="B781" s="1">
         <v>1521</v>
       </c>
       <c r="C781" s="1" t="s">
-        <v>717</v>
+        <v>718</v>
       </c>
       <c r="D781" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E781" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="782">
       <c r="A782" s="1">
         <v>18</v>
       </c>
       <c r="B782" s="1">
         <v>1818</v>
       </c>
       <c r="C782" s="1" t="s">
-        <v>718</v>
+        <v>719</v>
       </c>
       <c r="D782" s="1" t="s">
         <v>27</v>
       </c>
       <c r="E782" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="783">
       <c r="A783" s="1">
         <v>19</v>
       </c>
       <c r="B783" s="1">
         <v>898</v>
       </c>
       <c r="C783" s="1" t="s">
-        <v>719</v>
+        <v>720</v>
       </c>
       <c r="D783" s="1" t="s">
         <v>27</v>
       </c>
       <c r="E783" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="784">
       <c r="A784" s="1">
         <v>20</v>
       </c>
       <c r="B784" s="1">
         <v>900</v>
       </c>
       <c r="C784" s="1" t="s">
-        <v>720</v>
+        <v>721</v>
       </c>
       <c r="D784" s="1" t="s">
         <v>27</v>
       </c>
       <c r="E784" s="1">
         <v>3</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:F2"/>
     <mergeCell ref="A3:E3"/>
     <mergeCell ref="A20:E20"/>
     <mergeCell ref="A35:E35"/>
     <mergeCell ref="A51:E51"/>
     <mergeCell ref="A70:E70"/>
     <mergeCell ref="A88:E88"/>
     <mergeCell ref="A99:E99"/>
     <mergeCell ref="A114:E114"/>
     <mergeCell ref="A123:E123"/>
     <mergeCell ref="A137:E137"/>
     <mergeCell ref="A145:E145"/>
     <mergeCell ref="A159:E159"/>
     <mergeCell ref="A168:E168"/>
     <mergeCell ref="A205:E205"/>
@@ -14869,51 +14872,51 @@
         <v>18</v>
       </c>
       <c r="B21" s="1" t="s">
         <v>164</v>
       </c>
       <c r="C21" s="1">
         <v>34</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="1">
         <v>19</v>
       </c>
       <c r="B22" s="1" t="s">
         <v>75</v>
       </c>
       <c r="C22" s="1">
         <v>13</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="1">
         <v>20</v>
       </c>
       <c r="B23" s="1" t="s">
-        <v>481</v>
+        <v>482</v>
       </c>
       <c r="C23" s="1">
         <v>13</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="1">
         <v>21</v>
       </c>
       <c r="B24" s="1" t="s">
         <v>139</v>
       </c>
       <c r="C24" s="1">
         <v>13</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="1">
         <v>22</v>
       </c>
       <c r="B25" s="1" t="s">
         <v>248</v>
       </c>
       <c r="C25" s="1">
         <v>7</v>
@@ -14924,71 +14927,71 @@
         <v>23</v>
       </c>
       <c r="B26" s="1" t="s">
         <v>197</v>
       </c>
       <c r="C26" s="1">
         <v>6</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="1">
         <v>24</v>
       </c>
       <c r="B27" s="1" t="s">
         <v>175</v>
       </c>
       <c r="C27" s="1">
         <v>4</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="1">
         <v>25</v>
       </c>
       <c r="B28" s="1" t="s">
-        <v>616</v>
+        <v>617</v>
       </c>
       <c r="C28" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="1">
         <v>25</v>
       </c>
       <c r="B29" s="1" t="s">
-        <v>612</v>
+        <v>613</v>
       </c>
       <c r="C29" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="1">
         <v>25</v>
       </c>
       <c r="B30" s="1" t="s">
-        <v>447</v>
+        <v>448</v>
       </c>
       <c r="C30" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="1">
         <v>26</v>
       </c>
       <c r="B31" s="1" t="s">
-        <v>491</v>
+        <v>492</v>
       </c>
       <c r="C31" s="1">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:D2"/>
   </mergeCells>
   <headerFooter/>
 </worksheet>
 </file>