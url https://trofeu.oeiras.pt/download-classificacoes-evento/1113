--- v0 (2025-10-22)
+++ v1 (2025-12-16)
@@ -458,51 +458,51 @@
   <si>
     <t xml:space="preserve">VALTER    GOMES</t>
   </si>
   <si>
     <t>DAVID DOS SANTOS</t>
   </si>
   <si>
     <t xml:space="preserve">JOSÉ      CARLOS</t>
   </si>
   <si>
     <t xml:space="preserve">EDSON     CARVALHO</t>
   </si>
   <si>
     <t>ALEXANDRE PEREIRA</t>
   </si>
   <si>
     <t xml:space="preserve">DIOGO     CORREIA</t>
   </si>
   <si>
     <t>Gonçalo Gomes</t>
   </si>
   <si>
     <t>Pedro Sousa</t>
   </si>
   <si>
-    <t>PEDRO VIEIRA</t>
+    <t>DEUS KAPUNGA</t>
   </si>
   <si>
     <t>Bernardo Tavares</t>
   </si>
   <si>
     <t>Sub 23 - Femininos</t>
   </si>
   <si>
     <t xml:space="preserve">TATIANA   MOURA</t>
   </si>
   <si>
     <t>Daniela Almeida</t>
   </si>
   <si>
     <t xml:space="preserve">INÊS      PINTO</t>
   </si>
   <si>
     <t>JOYCELENE BARROS</t>
   </si>
   <si>
     <t>Rita Bacelar</t>
   </si>
   <si>
     <t>Carolina Azevedo</t>
   </si>
@@ -662,99 +662,99 @@
   <si>
     <t>Carlota Simões</t>
   </si>
   <si>
     <t>Catarina Borges</t>
   </si>
   <si>
     <t>Artemisa Mendes</t>
   </si>
   <si>
     <t>Beatriz David</t>
   </si>
   <si>
     <t>Tetiana Buga</t>
   </si>
   <si>
     <t xml:space="preserve">Inês  Dias</t>
   </si>
   <si>
     <t>AlphaDen Wolves OCR</t>
   </si>
   <si>
     <t>PATRICIA PEREIRA</t>
   </si>
   <si>
-    <t>CÁTIA TAVARES</t>
+    <t>CÁTIA FIDALGO</t>
   </si>
   <si>
     <t>Grupo Recreativo e Desportivo da Ribeira da Lage</t>
   </si>
   <si>
     <t xml:space="preserve">Beatriz  Chaves</t>
   </si>
   <si>
     <t>Sunshine Guillano</t>
   </si>
   <si>
     <t>M 35</t>
   </si>
   <si>
     <t>RODRIGO DUARTE</t>
   </si>
   <si>
     <t>Tiago Vasconcelos</t>
   </si>
   <si>
     <t>CLÁUDIA SOUSA</t>
   </si>
   <si>
     <t xml:space="preserve">JOSÉ   CAMACHO</t>
   </si>
   <si>
     <t>JOSÉ CARLOS TEODORO</t>
   </si>
   <si>
     <t>Hugo Evaristo</t>
   </si>
   <si>
     <t>Ivandro Moreira</t>
   </si>
   <si>
     <t>AgualvaRunners</t>
   </si>
   <si>
     <t>Nuno Quintela</t>
   </si>
   <si>
     <t>Paulo Morgado</t>
   </si>
   <si>
     <t>David Eiras</t>
   </si>
   <si>
-    <t xml:space="preserve">TIAGO VELEZ </t>
+    <t>JOSÉ VASCO</t>
   </si>
   <si>
     <t>André Oliveira</t>
   </si>
   <si>
     <t>Machel Carvalho</t>
   </si>
   <si>
     <t>André Pires</t>
   </si>
   <si>
     <t>Tomás Ascensão</t>
   </si>
   <si>
     <t xml:space="preserve">Diogo  Santos</t>
   </si>
   <si>
     <t>Diogo Inácio</t>
   </si>
   <si>
     <t xml:space="preserve">VÍTOR   TEIXEIRA</t>
   </si>
   <si>
     <t>Steven Santos</t>
   </si>
@@ -968,84 +968,84 @@
   <si>
     <t>Nuno Curto</t>
   </si>
   <si>
     <t xml:space="preserve">Ricardo  Ferreira</t>
   </si>
   <si>
     <t>Filipe Paulo</t>
   </si>
   <si>
     <t>Pedro Ferreira</t>
   </si>
   <si>
     <t>Jorge Ramos</t>
   </si>
   <si>
     <t xml:space="preserve">Vítor  Mendes</t>
   </si>
   <si>
     <t>Sérgio Santos</t>
   </si>
   <si>
     <t xml:space="preserve">Vinicius  Guedes</t>
   </si>
   <si>
-    <t>Sérgio Lopes</t>
+    <t>Mário Anselmo</t>
   </si>
   <si>
     <t>Ricardo Afonso</t>
   </si>
   <si>
     <t>Luis Semedo</t>
   </si>
   <si>
     <t>TIAGO OLIVEIRA</t>
   </si>
   <si>
     <t xml:space="preserve">Carlos  Isaac</t>
   </si>
   <si>
     <t>Miguel Ramalho</t>
   </si>
   <si>
     <t>AGOSTINHO MATOS</t>
   </si>
   <si>
     <t>F 40</t>
   </si>
   <si>
     <t>MARINA DOMIMGUES</t>
   </si>
   <si>
     <t xml:space="preserve">RITA ROSA </t>
   </si>
   <si>
     <t>Sandra Conceição</t>
   </si>
   <si>
-    <t>ELISABETE MACEDO</t>
+    <t>MARTA MOTA</t>
   </si>
   <si>
     <t>HELENA CARDOSO</t>
   </si>
   <si>
     <t>MARIANA FODOR</t>
   </si>
   <si>
     <t>EUGÉNIA TEIXEIRA</t>
   </si>
   <si>
     <t>Suelen Almeida</t>
   </si>
   <si>
     <t>SANDRA PAULICO</t>
   </si>
   <si>
     <t>Maria Almeida</t>
   </si>
   <si>
     <t>Vera Toubarro</t>
   </si>
   <si>
     <t>Odilia Gomes</t>
   </si>
@@ -1118,51 +1118,51 @@
   <si>
     <t>Luís Brito</t>
   </si>
   <si>
     <t xml:space="preserve">RICARDO   REIS</t>
   </si>
   <si>
     <t>JOÃO PIRES</t>
   </si>
   <si>
     <t xml:space="preserve">NÚCLEO ATLETISMO ZONA ABÓBODA </t>
   </si>
   <si>
     <t>Nuno Tintim</t>
   </si>
   <si>
     <t xml:space="preserve">HUGO   GONÇALVES</t>
   </si>
   <si>
     <t xml:space="preserve">HUGO   DOMINGOS</t>
   </si>
   <si>
     <t>PAULO MARTINS</t>
   </si>
   <si>
-    <t xml:space="preserve">BRUNO   GARCIA</t>
+    <t>JOÃO LOPES</t>
   </si>
   <si>
     <t>LUIS FILIPE</t>
   </si>
   <si>
     <t>David José Moutinho</t>
   </si>
   <si>
     <t>Nuno Santos</t>
   </si>
   <si>
     <t>João Castanheira</t>
   </si>
   <si>
     <t>Luís Godinho</t>
   </si>
   <si>
     <t>Nuno Cordeiro</t>
   </si>
   <si>
     <t>Associação de Pára-quedistas Tejo-Norte</t>
   </si>
   <si>
     <t>Jorge Nunes</t>
   </si>
@@ -1505,63 +1505,63 @@
   <si>
     <t>Tania Pinto</t>
   </si>
   <si>
     <t>Sílvia Moreira</t>
   </si>
   <si>
     <t>RITA PEREIRA</t>
   </si>
   <si>
     <t>Fátima Barreto</t>
   </si>
   <si>
     <t>M 50</t>
   </si>
   <si>
     <t xml:space="preserve">SÉRGIO    PAIVA</t>
   </si>
   <si>
     <t xml:space="preserve">PEDRO PRETO </t>
   </si>
   <si>
     <t>NATACHA FAUSTINO</t>
   </si>
   <si>
-    <t xml:space="preserve">CARLOS FREITAS </t>
+    <t>Filipe Rebelo</t>
   </si>
   <si>
     <t xml:space="preserve">Joao  Borrego</t>
   </si>
   <si>
     <t>LUIS LIMA</t>
   </si>
   <si>
     <t>PAULO JORGE MARTINS</t>
   </si>
   <si>
-    <t>Igor Tchemaguine</t>
+    <t>Ana Lúcia Rebelo</t>
   </si>
   <si>
     <t>JOSÉ GOMES TEIXEIRA</t>
   </si>
   <si>
     <t>Paulo Tomás</t>
   </si>
   <si>
     <t xml:space="preserve">RUI   OLIVEIRA</t>
   </si>
   <si>
     <t>Luis Monteiro</t>
   </si>
   <si>
     <t xml:space="preserve">CARLOS   SILVA</t>
   </si>
   <si>
     <t>João Bogalheiro</t>
   </si>
   <si>
     <t xml:space="preserve">Dinis  Ribas </t>
   </si>
   <si>
     <t>João Narra</t>
   </si>
@@ -1619,51 +1619,51 @@
   <si>
     <t>Helder Pereira</t>
   </si>
   <si>
     <t>Leonor Moura</t>
   </si>
   <si>
     <t xml:space="preserve">José  Raposo</t>
   </si>
   <si>
     <t>Carlos Coelho</t>
   </si>
   <si>
     <t>Miguel Moradias</t>
   </si>
   <si>
     <t>SEBASTIÃO BARATA</t>
   </si>
   <si>
     <t>Luis Pinheiro</t>
   </si>
   <si>
     <t>Paulo Silva</t>
   </si>
   <si>
-    <t>Paulo Campos</t>
+    <t>JORGE PAREDES</t>
   </si>
   <si>
     <t>João Manuel Anjos</t>
   </si>
   <si>
     <t>Miguel Lourenço</t>
   </si>
   <si>
     <t>Manoel Cardoso</t>
   </si>
   <si>
     <t>Ricardo Rodrigues</t>
   </si>
   <si>
     <t xml:space="preserve">Daniel  Morais</t>
   </si>
   <si>
     <t>Rodrigo Ferreira</t>
   </si>
   <si>
     <t>Nuno Morgado</t>
   </si>
   <si>
     <t xml:space="preserve">RICARDO   FARIA</t>
   </si>
@@ -1721,51 +1721,51 @@
   <si>
     <t>João Arroz</t>
   </si>
   <si>
     <t>Luís Simão e Sousa</t>
   </si>
   <si>
     <t>Fernando Gil</t>
   </si>
   <si>
     <t>Jorge Bento</t>
   </si>
   <si>
     <t>José Ruivo</t>
   </si>
   <si>
     <t>JOSÉ MATOS</t>
   </si>
   <si>
     <t>F 50</t>
   </si>
   <si>
     <t>ALEXANDRA PORTELA</t>
   </si>
   <si>
-    <t>CLÁUDIA BORRALHO</t>
+    <t>VENCEDORA CAPUNGA</t>
   </si>
   <si>
     <t xml:space="preserve">Cristina  Henriques</t>
   </si>
   <si>
     <t xml:space="preserve">ANA RUTE  PEREIRA</t>
   </si>
   <si>
     <t>Fernanda Murteira</t>
   </si>
   <si>
     <t>Maria Ryder</t>
   </si>
   <si>
     <t>Natasha Dias</t>
   </si>
   <si>
     <t>Sandra Bação</t>
   </si>
   <si>
     <t>Isabel Antunes</t>
   </si>
   <si>
     <t>ANA LETRA</t>
   </si>
@@ -1778,51 +1778,51 @@
   <si>
     <t>Ana Nunes</t>
   </si>
   <si>
     <t>Licínia Rego</t>
   </si>
   <si>
     <t>ANA MOTA</t>
   </si>
   <si>
     <t xml:space="preserve">PAULA   SARAIVA</t>
   </si>
   <si>
     <t>Eugénia Ribeiro</t>
   </si>
   <si>
     <t>Elizabete Santos</t>
   </si>
   <si>
     <t>Carmen Cristino</t>
   </si>
   <si>
     <t>Sónia Amaro</t>
   </si>
   <si>
-    <t>Isabel Costa</t>
+    <t>MARIA PEIXOTO</t>
   </si>
   <si>
     <t>Cidália Borges</t>
   </si>
   <si>
     <t>Patricia Encarnação</t>
   </si>
   <si>
     <t>Fabiana Zunfrilli</t>
   </si>
   <si>
     <t>Maria Borges</t>
   </si>
   <si>
     <t>Sara Silva</t>
   </si>
   <si>
     <t>Maria Rosário Fonseca</t>
   </si>
   <si>
     <t>Celeste Almeida</t>
   </si>
   <si>
     <t xml:space="preserve">LUCIA  LOUREÇO</t>
   </si>
@@ -2138,51 +2138,51 @@
   <si>
     <t>Vítor Revés</t>
   </si>
   <si>
     <t>Nuno Galvão</t>
   </si>
   <si>
     <t>JOSÉ RODRIGUES</t>
   </si>
   <si>
     <t xml:space="preserve">RICARDO   TAPADA</t>
   </si>
   <si>
     <t>Carlos Santos</t>
   </si>
   <si>
     <t>Paulo Mallen</t>
   </si>
   <si>
     <t>JOÃO CARVALHINHO</t>
   </si>
   <si>
     <t>JOÃO INFANTE</t>
   </si>
   <si>
-    <t xml:space="preserve">Carlos A  P Silva</t>
+    <t xml:space="preserve">Carlos  Silva</t>
   </si>
   <si>
     <t>António Lima</t>
   </si>
   <si>
     <t xml:space="preserve">ANTÓNIO  ALVES</t>
   </si>
   <si>
     <t>Luís Pereira</t>
   </si>
   <si>
     <t>Jorge Oliveira</t>
   </si>
   <si>
     <t>João Teixeira</t>
   </si>
   <si>
     <t xml:space="preserve">Hermínio  Cabeceira</t>
   </si>
   <si>
     <t>José Silva</t>
   </si>
   <si>
     <t>F 60</t>
   </si>