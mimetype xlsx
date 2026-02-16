--- v1 (2025-12-16)
+++ v2 (2026-02-16)
@@ -572,51 +572,51 @@
   <si>
     <t>Amir Aníbal</t>
   </si>
   <si>
     <t>Tiago Pádua</t>
   </si>
   <si>
     <t xml:space="preserve">Gonçalo  Silva </t>
   </si>
   <si>
     <t>Carla Almeida</t>
   </si>
   <si>
     <t>João Albuquerque</t>
   </si>
   <si>
     <t>Carlos Gomes</t>
   </si>
   <si>
     <t>João Pires</t>
   </si>
   <si>
     <t>Sérgio Reis</t>
   </si>
   <si>
-    <t>Sérgio Oliveira</t>
+    <t>Paulo Arrenega</t>
   </si>
   <si>
     <t xml:space="preserve">André  Viseu</t>
   </si>
   <si>
     <t>Frederico Sousa</t>
   </si>
   <si>
     <t xml:space="preserve">Daniel  Moreira</t>
   </si>
   <si>
     <t xml:space="preserve">Francisco  Val</t>
   </si>
   <si>
     <t xml:space="preserve">João  Revés</t>
   </si>
   <si>
     <t>Henrique Cruz</t>
   </si>
   <si>
     <t>Pedro Lourenço</t>
   </si>
   <si>
     <t>Jaime Lopes</t>
   </si>
@@ -782,51 +782,51 @@
   <si>
     <t xml:space="preserve">Hugo  Pereira</t>
   </si>
   <si>
     <t>JOÃO SANTOS</t>
   </si>
   <si>
     <t>F 35</t>
   </si>
   <si>
     <t xml:space="preserve">Carla  Almeida</t>
   </si>
   <si>
     <t>CARLA PEREIRA</t>
   </si>
   <si>
     <t>Inês Clemente</t>
   </si>
   <si>
     <t>Carla Jesus</t>
   </si>
   <si>
     <t>TÂNIA PINTO</t>
   </si>
   <si>
-    <t>Ana Silveira</t>
+    <t>Steve Gabadinho</t>
   </si>
   <si>
     <t>Ana Coutinho</t>
   </si>
   <si>
     <t>Rita Raimundo</t>
   </si>
   <si>
     <t>Evelina Kocharova</t>
   </si>
   <si>
     <t>ÁGNES KOPPÁNYI</t>
   </si>
   <si>
     <t>Andreia Amaro</t>
   </si>
   <si>
     <t xml:space="preserve">Mónica  Carvalho</t>
   </si>
   <si>
     <t>Associação Cultural e Recreativa da Ribeira da Lage</t>
   </si>
   <si>
     <t>Marta Sanchez</t>
   </si>
@@ -1502,54 +1502,54 @@
   <si>
     <t xml:space="preserve">ALEXANDRA   SOUSA</t>
   </si>
   <si>
     <t>Tania Pinto</t>
   </si>
   <si>
     <t>Sílvia Moreira</t>
   </si>
   <si>
     <t>RITA PEREIRA</t>
   </si>
   <si>
     <t>Fátima Barreto</t>
   </si>
   <si>
     <t>M 50</t>
   </si>
   <si>
     <t xml:space="preserve">SÉRGIO    PAIVA</t>
   </si>
   <si>
     <t xml:space="preserve">PEDRO PRETO </t>
   </si>
   <si>
-    <t>NATACHA FAUSTINO</t>
-[...2 lines deleted...]
-    <t>Filipe Rebelo</t>
+    <t>AEVERTON OLIVEIRA</t>
+  </si>
+  <si>
+    <t>Joaquim Amaral</t>
   </si>
   <si>
     <t xml:space="preserve">Joao  Borrego</t>
   </si>
   <si>
     <t>LUIS LIMA</t>
   </si>
   <si>
     <t>PAULO JORGE MARTINS</t>
   </si>
   <si>
     <t>Ana Lúcia Rebelo</t>
   </si>
   <si>
     <t>JOSÉ GOMES TEIXEIRA</t>
   </si>
   <si>
     <t>Paulo Tomás</t>
   </si>
   <si>
     <t xml:space="preserve">RUI   OLIVEIRA</t>
   </si>
   <si>
     <t>Luis Monteiro</t>
   </si>