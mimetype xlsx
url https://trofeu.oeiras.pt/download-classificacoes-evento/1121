--- v0 (2025-10-25)
+++ v1 (2025-12-11)
@@ -230,51 +230,51 @@
   <si>
     <t>REGINA FREDERICO</t>
   </si>
   <si>
     <t>Yasmin Tchemaguine</t>
   </si>
   <si>
     <t>Jaciara Cabral</t>
   </si>
   <si>
     <t>Maria Coutinho</t>
   </si>
   <si>
     <t>Giovana Marques</t>
   </si>
   <si>
     <t>Maratona Clube de Portugal</t>
   </si>
   <si>
     <t xml:space="preserve">Maria   Arêde</t>
   </si>
   <si>
     <t>MADALENA MARTINS</t>
   </si>
   <si>
-    <t>Madalena Costa</t>
+    <t>Patrick Soares</t>
   </si>
   <si>
     <t>Madalena Martins</t>
   </si>
   <si>
     <t>Leonor Alves</t>
   </si>
   <si>
     <t>MELISA GARCIA</t>
   </si>
   <si>
     <t>Keliane Guadalupe</t>
   </si>
   <si>
     <t>Sofia Oliveira</t>
   </si>
   <si>
     <t>RITA VENTURI</t>
   </si>
   <si>
     <t>Irene Vaz</t>
   </si>
   <si>
     <t>Mariam Chichah</t>
   </si>
@@ -314,51 +314,51 @@
   <si>
     <t>Manuel Filipe</t>
   </si>
   <si>
     <t>David Rodrigues</t>
   </si>
   <si>
     <t>Salvador Areal</t>
   </si>
   <si>
     <t>GMCJamor</t>
   </si>
   <si>
     <t>Rafael Machado</t>
   </si>
   <si>
     <t>Hugo Florêncio</t>
   </si>
   <si>
     <t>Guilherme Candeias</t>
   </si>
   <si>
     <t xml:space="preserve">Margarida  Inácio</t>
   </si>
   <si>
-    <t>Leonor De Oliveira</t>
+    <t>Dinis Sempiterno</t>
   </si>
   <si>
     <t>Grupo Recreativo e Desportivo “Os Fixes”</t>
   </si>
   <si>
     <t>Lourenço Arroz</t>
   </si>
   <si>
     <t>Carolina Sousa</t>
   </si>
   <si>
     <t>FRANCISCO FIGUEIREDO</t>
   </si>
   <si>
     <t>Infantis - Femininos</t>
   </si>
   <si>
     <t>CAROLINA MADUREIRA</t>
   </si>
   <si>
     <t>CATARINA LOPES</t>
   </si>
   <si>
     <t>Leonor Santos</t>
   </si>
@@ -572,51 +572,51 @@
   <si>
     <t>Afonso Antunes</t>
   </si>
   <si>
     <t>TOMÁS ESTEVES</t>
   </si>
   <si>
     <t>DAVID DOS SANTOS</t>
   </si>
   <si>
     <t>EDSON CARVALHO</t>
   </si>
   <si>
     <t>Filipe Condinho</t>
   </si>
   <si>
     <t>Pablo Alves</t>
   </si>
   <si>
     <t>Gonçalo Gomes</t>
   </si>
   <si>
     <t xml:space="preserve"> Atlético Clube de Porto Salvo</t>
   </si>
   <si>
-    <t>PEDRO VIEIRA</t>
+    <t>DEUS KAPUNGA</t>
   </si>
   <si>
     <t>Rodrigo Andrade</t>
   </si>
   <si>
     <t>Sub 23 - Femininos</t>
   </si>
   <si>
     <t>Rita Bacelar</t>
   </si>
   <si>
     <t xml:space="preserve">SOFIA GONÇALVES </t>
   </si>
   <si>
     <t>Camila Anjos</t>
   </si>
   <si>
     <t>Seniores - Masculinos</t>
   </si>
   <si>
     <t>Ismael Carvalho</t>
   </si>
   <si>
     <t>ANTÓNIO GAMA DA SILVA</t>
   </si>
@@ -803,51 +803,51 @@
   <si>
     <t>Susana Jorge</t>
   </si>
   <si>
     <t>Sofia Cruz</t>
   </si>
   <si>
     <t xml:space="preserve">Marta  Raposo</t>
   </si>
   <si>
     <t xml:space="preserve">Bárbara  Marques</t>
   </si>
   <si>
     <t>Daniela Bata</t>
   </si>
   <si>
     <t>Marcela da Silva</t>
   </si>
   <si>
     <t xml:space="preserve">Teresinha Aragão </t>
   </si>
   <si>
     <t>Rita García-Mon</t>
   </si>
   <si>
-    <t>Rita Lopes</t>
+    <t xml:space="preserve">Catarina  Monteiro</t>
   </si>
   <si>
     <t>Soraia Paraíso</t>
   </si>
   <si>
     <t>Raquel Pinheiro</t>
   </si>
   <si>
     <t>Mariana Oliveira</t>
   </si>
   <si>
     <t>Mafalda Bação</t>
   </si>
   <si>
     <t>Bernardo Esteves</t>
   </si>
   <si>
     <t>Joana Ogura</t>
   </si>
   <si>
     <t>Ana Martins</t>
   </si>
   <si>
     <t>Verónica Ramos</t>
   </si>
@@ -863,78 +863,78 @@
   <si>
     <t>NUNO CARRAÇA</t>
   </si>
   <si>
     <t>Tiago Graça</t>
   </si>
   <si>
     <t xml:space="preserve">PLÁCIDO JESUS </t>
   </si>
   <si>
     <t xml:space="preserve">Gonçalo  Correia</t>
   </si>
   <si>
     <t>Diogo Louro</t>
   </si>
   <si>
     <t>Nuno Quintela</t>
   </si>
   <si>
     <t xml:space="preserve">Diogo  Silva</t>
   </si>
   <si>
     <t xml:space="preserve">Gonçalo  Silva </t>
   </si>
   <si>
-    <t xml:space="preserve">TIAGO VELEZ </t>
+    <t>JOSÉ VASCO</t>
   </si>
   <si>
     <t>André Oliveira</t>
   </si>
   <si>
     <t>Carlos Duque</t>
   </si>
   <si>
     <t>Steven Santos</t>
   </si>
   <si>
     <t>Luís Barracho</t>
   </si>
   <si>
     <t>Paulo Morgado</t>
   </si>
   <si>
     <t>Tiago Andrade</t>
   </si>
   <si>
     <t>Bruno Rodrigues</t>
   </si>
   <si>
     <t>Penivelas</t>
   </si>
   <si>
-    <t>PHILLIP JOSÉ</t>
+    <t>GONÇALO MARTINHO</t>
   </si>
   <si>
     <t>MARTIJN BOONS</t>
   </si>
   <si>
     <t xml:space="preserve">João  Miranda</t>
   </si>
   <si>
     <t>André Pereira</t>
   </si>
   <si>
     <t>Silvino Machado</t>
   </si>
   <si>
     <t>Orlando Couceiro</t>
   </si>
   <si>
     <t xml:space="preserve">MIGUEL   PENA</t>
   </si>
   <si>
     <t>Rafael Amador</t>
   </si>
   <si>
     <t xml:space="preserve">Fábio  Martins</t>
   </si>
@@ -1148,72 +1148,72 @@
   <si>
     <t>Filipe Paulo</t>
   </si>
   <si>
     <t xml:space="preserve">Simão  Ortega</t>
   </si>
   <si>
     <t xml:space="preserve">Bruno  Pinto</t>
   </si>
   <si>
     <t>Carlos Almeida</t>
   </si>
   <si>
     <t>Simão Ribeiro</t>
   </si>
   <si>
     <t>Mário Rodrigues</t>
   </si>
   <si>
     <t xml:space="preserve">VÍTOR   TEIXEIRA</t>
   </si>
   <si>
     <t>Pedro Ribeiro</t>
   </si>
   <si>
-    <t>Sérgio Lopes</t>
+    <t>Mário Anselmo</t>
   </si>
   <si>
     <t>Bruno Barroso</t>
   </si>
   <si>
     <t>RAFAEL RAMOS</t>
   </si>
   <si>
     <t>F 40</t>
   </si>
   <si>
     <t>MARINA DOMIMGUES</t>
   </si>
   <si>
     <t xml:space="preserve">RITA ROSA </t>
   </si>
   <si>
     <t>Mauro Gaspar</t>
   </si>
   <si>
-    <t>ELISABETE MACEDO</t>
+    <t>MARTA MOTA</t>
   </si>
   <si>
     <t>Inês Almeida</t>
   </si>
   <si>
     <t>CARLA PEREIRA</t>
   </si>
   <si>
     <t>Ana Silveira</t>
   </si>
   <si>
     <t>CATARINA PALMA</t>
   </si>
   <si>
     <t xml:space="preserve">Marisa  Carvalho</t>
   </si>
   <si>
     <t>Ana Sobral</t>
   </si>
   <si>
     <t>Cátea Ramos</t>
   </si>
   <si>
     <t>Vera Carmo</t>
   </si>
@@ -1271,120 +1271,120 @@
   <si>
     <t>Luís Brito</t>
   </si>
   <si>
     <t>LUIS PINTO</t>
   </si>
   <si>
     <t>Bruno Pinto</t>
   </si>
   <si>
     <t xml:space="preserve">NUNO FERNANDES </t>
   </si>
   <si>
     <t>Nuno Tintim</t>
   </si>
   <si>
     <t>João Guterres</t>
   </si>
   <si>
     <t>Joao Castanheira</t>
   </si>
   <si>
     <t>Gonçalo Brás</t>
   </si>
   <si>
-    <t xml:space="preserve">BRUNO   GARCIA</t>
+    <t>JOÃO LOPES</t>
   </si>
   <si>
     <t>RUI ALVES</t>
   </si>
   <si>
     <t>António Batalha</t>
   </si>
   <si>
     <t>Miguel Lopes</t>
   </si>
   <si>
     <t>Bruno Afonso</t>
   </si>
   <si>
     <t>Bruno Pereira</t>
   </si>
   <si>
     <t>Nuno Cordeiro</t>
   </si>
   <si>
     <t>Tiago Rocha</t>
   </si>
   <si>
-    <t xml:space="preserve">JOAQUIM AMARAL </t>
+    <t xml:space="preserve">PEDRO  CAVILHAS</t>
   </si>
   <si>
     <t>Sérgio Pontes</t>
   </si>
   <si>
     <t>Artur Alves</t>
   </si>
   <si>
     <t xml:space="preserve">Nuno  Oliveira</t>
   </si>
   <si>
     <t xml:space="preserve">RUI   DUARTE</t>
   </si>
   <si>
     <t xml:space="preserve">Mario  Batista</t>
   </si>
   <si>
     <t>Frederico Nobre</t>
   </si>
   <si>
     <t>JOSÉ BORGES</t>
   </si>
   <si>
     <t xml:space="preserve">ANTÓNIO   ORLANDO</t>
   </si>
   <si>
     <t xml:space="preserve">Jorge  Marques</t>
   </si>
   <si>
     <t xml:space="preserve">José Miguel  Barradas</t>
   </si>
   <si>
     <t>FERNANDO ANJOS</t>
   </si>
   <si>
     <t>Pedro Raposo</t>
   </si>
   <si>
     <t>Paulo Serra</t>
   </si>
   <si>
     <t>Sérgio Vieira</t>
   </si>
   <si>
-    <t>Fraquinho Oliveira</t>
+    <t>BRUNO OLIVEIRA</t>
   </si>
   <si>
     <t>Rui Bras</t>
   </si>
   <si>
     <t>Nuno Curto</t>
   </si>
   <si>
     <t>António Lavajo</t>
   </si>
   <si>
     <t>Pedro M. Bica</t>
   </si>
   <si>
     <t>Bruno Reis</t>
   </si>
   <si>
     <t>Oeiras Marina</t>
   </si>
   <si>
     <t>Milton Perpétua</t>
   </si>
   <si>
     <t>Bruno Raposo</t>
   </si>
@@ -1571,51 +1571,51 @@
   <si>
     <t>Carla Palma</t>
   </si>
   <si>
     <t>Cristina Oliveira</t>
   </si>
   <si>
     <t xml:space="preserve">Ana  Serra</t>
   </si>
   <si>
     <t>MARGARIDA ANJOS</t>
   </si>
   <si>
     <t>Clara Clérigo</t>
   </si>
   <si>
     <t>Sandra Cabral</t>
   </si>
   <si>
     <t>Luísa Madeira</t>
   </si>
   <si>
     <t xml:space="preserve">Mariana  Borges</t>
   </si>
   <si>
-    <t xml:space="preserve">Camila  Assunção </t>
+    <t>Salvador Matos</t>
   </si>
   <si>
     <t xml:space="preserve">MARINA   PANTALIÃO</t>
   </si>
   <si>
     <t>DORA TABORDA</t>
   </si>
   <si>
     <t>Elisabete Domingues</t>
   </si>
   <si>
     <t>Andreia Craveiro</t>
   </si>
   <si>
     <t>Fátima Barreto</t>
   </si>
   <si>
     <t>M 50</t>
   </si>
   <si>
     <t>SÉRGIO PAIVA</t>
   </si>
   <si>
     <t>PEDRO MAGALHÃES</t>
   </si>
@@ -1631,54 +1631,54 @@
   <si>
     <t>Igor Tchemaguine</t>
   </si>
   <si>
     <t xml:space="preserve">Dinis  Ribas </t>
   </si>
   <si>
     <t>Paulo Martins</t>
   </si>
   <si>
     <t>RUI CABRAL</t>
   </si>
   <si>
     <t xml:space="preserve">FERNANDO   MIRANDA</t>
   </si>
   <si>
     <t>Carlos Taveira</t>
   </si>
   <si>
     <t>Marco Felício</t>
   </si>
   <si>
     <t>Emanuel Oliveira</t>
   </si>
   <si>
-    <t xml:space="preserve">CARLOS FREITAS </t>
-[...2 lines deleted...]
-    <t xml:space="preserve">JORGE  NUNES DA SILVA</t>
+    <t>Filipe Rebelo</t>
+  </si>
+  <si>
+    <t>ABNER KIENE</t>
   </si>
   <si>
     <t xml:space="preserve">Gonçalo  Baroutakis </t>
   </si>
   <si>
     <t>Antonio Trigueiro</t>
   </si>
   <si>
     <t>Carlos Craveira</t>
   </si>
   <si>
     <t>Rui Lacerda</t>
   </si>
   <si>
     <t>Dinis Morais</t>
   </si>
   <si>
     <t>Carlos Calado</t>
   </si>
   <si>
     <t>JOSE CRUZ</t>
   </si>
   <si>
     <t>Rui Correia</t>
   </si>
@@ -1727,57 +1727,57 @@
   <si>
     <t>Rui Neves</t>
   </si>
   <si>
     <t>CRISPIANO MAGRO</t>
   </si>
   <si>
     <t>Carlos Coelho</t>
   </si>
   <si>
     <t xml:space="preserve">Rodrigo  Santos</t>
   </si>
   <si>
     <t>Sérgio Ramos</t>
   </si>
   <si>
     <t>Luís Nogueira</t>
   </si>
   <si>
     <t>Miguel Lourenço</t>
   </si>
   <si>
     <t xml:space="preserve">Paulo Lúcio </t>
   </si>
   <si>
-    <t xml:space="preserve">JOAQUIM SANTOS </t>
+    <t>FRANCISCO MOTA</t>
   </si>
   <si>
     <t xml:space="preserve">Daniel  Morais</t>
   </si>
   <si>
-    <t>Nuno Maltez</t>
+    <t>Miguel Garcia</t>
   </si>
   <si>
     <t>António Martins</t>
   </si>
   <si>
     <t xml:space="preserve">Vasco  Ascensão</t>
   </si>
   <si>
     <t>Nuno Botelho</t>
   </si>
   <si>
     <t>João Sayanda</t>
   </si>
   <si>
     <t xml:space="preserve">JORGE   PINHEIRO</t>
   </si>
   <si>
     <t>João Martins</t>
   </si>
   <si>
     <t xml:space="preserve">VÍTOR   CANTO</t>
   </si>
   <si>
     <t>Paulo Trindade</t>
   </si>
@@ -1931,51 +1931,51 @@
   <si>
     <t>ANA MOTA</t>
   </si>
   <si>
     <t xml:space="preserve">Maria  Bica</t>
   </si>
   <si>
     <t>Fabiana Zunfrilli</t>
   </si>
   <si>
     <t>PAULA REBELO</t>
   </si>
   <si>
     <t xml:space="preserve">Susana  Rodrigues </t>
   </si>
   <si>
     <t xml:space="preserve">ELSA  LUIZ</t>
   </si>
   <si>
     <t>Celeste Oliveira</t>
   </si>
   <si>
     <t xml:space="preserve">RITA   MINA</t>
   </si>
   <si>
-    <t>Isabel Costa</t>
+    <t>MARIA PEIXOTO</t>
   </si>
   <si>
     <t>Elsa Almeida</t>
   </si>
   <si>
     <t>Maria Gonçalves</t>
   </si>
   <si>
     <t xml:space="preserve">PAULA   SARAIVA</t>
   </si>
   <si>
     <t>Cristina Zancu</t>
   </si>
   <si>
     <t>Iolanda Feliciano</t>
   </si>
   <si>
     <t xml:space="preserve">Ana  Nunes</t>
   </si>
   <si>
     <t>Cidália Borges</t>
   </si>
   <si>
     <t>Maria Veiga</t>
   </si>
@@ -2024,51 +2024,51 @@
   <si>
     <t xml:space="preserve">Avelino  Soares</t>
   </si>
   <si>
     <t>João Narra</t>
   </si>
   <si>
     <t>Kauã Morozini</t>
   </si>
   <si>
     <t xml:space="preserve">DIAMANTINO  GAMITO</t>
   </si>
   <si>
     <t>Mário Duarte</t>
   </si>
   <si>
     <t>Henrique Ferreira</t>
   </si>
   <si>
     <t>Jose Baptista</t>
   </si>
   <si>
     <t>Nuno Carvalho</t>
   </si>
   <si>
-    <t>Pedro Ferreira</t>
+    <t>Pedro Silva Ferreira</t>
   </si>
   <si>
     <t>Paulo Monteiro</t>
   </si>
   <si>
     <t>João Marques</t>
   </si>
   <si>
     <t>Carlos Hilário</t>
   </si>
   <si>
     <t>MARCELO CERDEIRA</t>
   </si>
   <si>
     <t>Bento Raminhos</t>
   </si>
   <si>
     <t>Alfredo Bacelar</t>
   </si>
   <si>
     <t>Luís Abreu</t>
   </si>
   <si>
     <t>Fernando Gonçalves</t>
   </si>
@@ -2108,51 +2108,51 @@
   <si>
     <t xml:space="preserve">FERNANDO   COELHO</t>
   </si>
   <si>
     <t>José Borges</t>
   </si>
   <si>
     <t>Luis Gonçalves</t>
   </si>
   <si>
     <t>Luís Correia</t>
   </si>
   <si>
     <t>Dárcio Silva</t>
   </si>
   <si>
     <t>Luís Cotrim</t>
   </si>
   <si>
     <t xml:space="preserve">Carlos  Lomba</t>
   </si>
   <si>
     <t>F 55</t>
   </si>
   <si>
-    <t xml:space="preserve">Ana  Santos</t>
+    <t>Ana Cleto</t>
   </si>
   <si>
     <t>Amigos do Atletismo de Mafra</t>
   </si>
   <si>
     <t xml:space="preserve">PAULA   FERNANDES</t>
   </si>
   <si>
     <t>RITA ROSA</t>
   </si>
   <si>
     <t>Lília Gonçalves</t>
   </si>
   <si>
     <t>Conceição Lopes</t>
   </si>
   <si>
     <t xml:space="preserve">NATÁLIA DIAS </t>
   </si>
   <si>
     <t>EDUARDO COELHO</t>
   </si>
   <si>
     <t>Rosarinho Dias</t>
   </si>
@@ -2258,51 +2258,51 @@
   <si>
     <t>Pedro Matos</t>
   </si>
   <si>
     <t>António Major</t>
   </si>
   <si>
     <t>Hernâni Silva</t>
   </si>
   <si>
     <t>Paulo Jorge Duarte Silva</t>
   </si>
   <si>
     <t>Vitor Vital</t>
   </si>
   <si>
     <t>João Reis</t>
   </si>
   <si>
     <t>Jorge Oliveira</t>
   </si>
   <si>
     <t>Manuel Rego</t>
   </si>
   <si>
-    <t xml:space="preserve">Carlos A  P Silva</t>
+    <t xml:space="preserve">Carlos  Silva</t>
   </si>
   <si>
     <t xml:space="preserve">Carmo  Ribeiro</t>
   </si>
   <si>
     <t>F 60</t>
   </si>
   <si>
     <t>EMÍLIA TAVARES</t>
   </si>
   <si>
     <t xml:space="preserve">Ivone  Lourenço</t>
   </si>
   <si>
     <t>Maria Sequeira</t>
   </si>
   <si>
     <t>Maria Serra</t>
   </si>
   <si>
     <t>Olga Galvão</t>
   </si>
   <si>
     <t>Maria Rita</t>
   </si>