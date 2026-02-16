--- v1 (2025-12-11)
+++ v2 (2026-02-16)
@@ -260,51 +260,51 @@
   <si>
     <t>Leonor Alves</t>
   </si>
   <si>
     <t>MELISA GARCIA</t>
   </si>
   <si>
     <t>Keliane Guadalupe</t>
   </si>
   <si>
     <t>Sofia Oliveira</t>
   </si>
   <si>
     <t>RITA VENTURI</t>
   </si>
   <si>
     <t>Irene Vaz</t>
   </si>
   <si>
     <t>Mariam Chichah</t>
   </si>
   <si>
     <t>GIOVANNA TAVARES</t>
   </si>
   <si>
-    <t xml:space="preserve">Jéssica  Almeida</t>
+    <t>Luis Trindade</t>
   </si>
   <si>
     <t>Diana Lopes</t>
   </si>
   <si>
     <t>Infantis - Masculinos</t>
   </si>
   <si>
     <t>Miguel Marianito Marianito</t>
   </si>
   <si>
     <t>Grupo Recreativo e Desportivo da Ribeira da Lage</t>
   </si>
   <si>
     <t>DIOGO MUGARRO</t>
   </si>
   <si>
     <t>JOSÉ MARIA BRANDÃO</t>
   </si>
   <si>
     <t>Filipe Maravilha</t>
   </si>
   <si>
     <t>Luís Silva</t>
   </si>
@@ -599,75 +599,75 @@
   <si>
     <t>Rodrigo Andrade</t>
   </si>
   <si>
     <t>Sub 23 - Femininos</t>
   </si>
   <si>
     <t>Rita Bacelar</t>
   </si>
   <si>
     <t xml:space="preserve">SOFIA GONÇALVES </t>
   </si>
   <si>
     <t>Camila Anjos</t>
   </si>
   <si>
     <t>Seniores - Masculinos</t>
   </si>
   <si>
     <t>Ismael Carvalho</t>
   </si>
   <si>
     <t>ANTÓNIO GAMA DA SILVA</t>
   </si>
   <si>
-    <t>DIOGO BATISTA</t>
+    <t>GONÇALO GONÇALVES</t>
   </si>
   <si>
     <t>FILIPE REBELO</t>
   </si>
   <si>
     <t>Natanael Guerreiro</t>
   </si>
   <si>
     <t>HENRIQUE SANTOS</t>
   </si>
   <si>
     <t>Gonçalo Oliveira</t>
   </si>
   <si>
     <t>ANA GOMES</t>
   </si>
   <si>
     <t xml:space="preserve">Alexandre  Florindo</t>
   </si>
   <si>
     <t xml:space="preserve">SALVADOR BOURA </t>
   </si>
   <si>
-    <t>José Marcos</t>
+    <t xml:space="preserve">Cláudia  Borralho</t>
   </si>
   <si>
     <t>VALTER GOMES</t>
   </si>
   <si>
     <t>Marcos Estrela</t>
   </si>
   <si>
     <t>ANTÓNIO BONÉ</t>
   </si>
   <si>
     <t>Fábio Zuada</t>
   </si>
   <si>
     <t>MIGUEL COSTA</t>
   </si>
   <si>
     <t xml:space="preserve"> DESPORTIVO MONTE REAL</t>
   </si>
   <si>
     <t>João Nunes</t>
   </si>
   <si>
     <t>João Rocha</t>
   </si>
@@ -686,51 +686,51 @@
   <si>
     <t>Amir Aníbal</t>
   </si>
   <si>
     <t xml:space="preserve">André  Viseu</t>
   </si>
   <si>
     <t>GONÇALO BALTAZAR</t>
   </si>
   <si>
     <t>David Pereira</t>
   </si>
   <si>
     <t>HUGO SILVEIRA</t>
   </si>
   <si>
     <t>José Santos</t>
   </si>
   <si>
     <t>Alain Breton</t>
   </si>
   <si>
     <t>Associação de Pára-quedistas Tejo-Norte</t>
   </si>
   <si>
-    <t>Sérgio Oliveira</t>
+    <t>Paulo Arrenega</t>
   </si>
   <si>
     <t>Pedro Marques</t>
   </si>
   <si>
     <t>Filipe Pereira</t>
   </si>
   <si>
     <t>Nazariy Kovalyuk</t>
   </si>
   <si>
     <t>André Cotrim</t>
   </si>
   <si>
     <t>Jan Haecker</t>
   </si>
   <si>
     <t>José Marcos Nunes</t>
   </si>
   <si>
     <t>Richard Perez</t>
   </si>
   <si>
     <t>João Moradias</t>
   </si>
@@ -929,302 +929,302 @@
   <si>
     <t>Orlando Couceiro</t>
   </si>
   <si>
     <t xml:space="preserve">MIGUEL   PENA</t>
   </si>
   <si>
     <t>Rafael Amador</t>
   </si>
   <si>
     <t xml:space="preserve">Fábio  Martins</t>
   </si>
   <si>
     <t>João Albuquerque</t>
   </si>
   <si>
     <t>Diogo Inácio</t>
   </si>
   <si>
     <t>Rafael Silva</t>
   </si>
   <si>
     <t>Fábio Querido</t>
   </si>
   <si>
+    <t>Tiago Ribeiro</t>
+  </si>
+  <si>
+    <t>GONÇALO PIRES</t>
+  </si>
+  <si>
+    <t>Associação Cultural e Recreativa da Ribeira da Lage</t>
+  </si>
+  <si>
+    <t xml:space="preserve">João  Raposo</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nuno  Sampaio</t>
+  </si>
+  <si>
+    <t>Nuno Martins</t>
+  </si>
+  <si>
+    <t>André Teixeira</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Bruno  Silva</t>
+  </si>
+  <si>
+    <t>Henrique Cruz</t>
+  </si>
+  <si>
+    <t>João Vale</t>
+  </si>
+  <si>
+    <t>Paulo Falcao</t>
+  </si>
+  <si>
+    <t>Sérgio Correia</t>
+  </si>
+  <si>
+    <t>F 35</t>
+  </si>
+  <si>
+    <t>Pedro Quintela</t>
+  </si>
+  <si>
+    <t>Ana Sofia Lino Mendes</t>
+  </si>
+  <si>
+    <t>Carla Jesus</t>
+  </si>
+  <si>
+    <t>Ana Coutinho</t>
+  </si>
+  <si>
+    <t>Célia Lopes</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mónica  Carvalho</t>
+  </si>
+  <si>
+    <t>Evelina Kocharova</t>
+  </si>
+  <si>
+    <t>Sidónia Atanásio</t>
+  </si>
+  <si>
+    <t>Andreia Amaro</t>
+  </si>
+  <si>
+    <t>Tetiana Buga</t>
+  </si>
+  <si>
+    <t>FILIPA RELVAS</t>
+  </si>
+  <si>
+    <t>Rita Raimundo</t>
+  </si>
+  <si>
+    <t>Elena Shtaba</t>
+  </si>
+  <si>
+    <t>Sara Amorim</t>
+  </si>
+  <si>
+    <t>M 40</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ANDRÉ   CORVO</t>
+  </si>
+  <si>
+    <t>HELDER GROSSO</t>
+  </si>
+  <si>
+    <t>JOEL PENA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">RUI   SILVA</t>
+  </si>
+  <si>
+    <t>Pedro Serra</t>
+  </si>
+  <si>
+    <t>Paulo Rocha</t>
+  </si>
+  <si>
+    <t>Rui Santos</t>
+  </si>
+  <si>
+    <t>Nuno Graça</t>
+  </si>
+  <si>
+    <t>Bruno Ferreira</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Marco  Alves </t>
+  </si>
+  <si>
+    <t>José Carmo da Silva</t>
+  </si>
+  <si>
+    <t>Nuno Bóia</t>
+  </si>
+  <si>
+    <t>Nuno Louro</t>
+  </si>
+  <si>
+    <t>Bruno Oliveira</t>
+  </si>
+  <si>
+    <t>Rui Jesus</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MIGUEL   SEQUEIRA</t>
+  </si>
+  <si>
+    <t>Eduardo Lopes</t>
+  </si>
+  <si>
+    <t>Ricardo Nobre</t>
+  </si>
+  <si>
+    <t>Ricardo Pascoal</t>
+  </si>
+  <si>
+    <t>Bruno Amaro</t>
+  </si>
+  <si>
+    <t>ANDRÉ SEQUEIRA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Vinicius  Guedes</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PAULO VELEZ </t>
+  </si>
+  <si>
+    <t>João Tomaz</t>
+  </si>
+  <si>
+    <t>TIAGO SOUSA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Carlos  Marinho </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ricardo  Ferreira</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Duarte  Teixeira</t>
+  </si>
+  <si>
+    <t>Helder Rosário</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Luis  Miranda</t>
+  </si>
+  <si>
+    <t>Nelson Marques</t>
+  </si>
+  <si>
+    <t>Tiago Nunes</t>
+  </si>
+  <si>
+    <t>Luis Semedo</t>
+  </si>
+  <si>
+    <t>CESAR HENRIQUES</t>
+  </si>
+  <si>
+    <t>Leandro Rodrigues</t>
+  </si>
+  <si>
+    <t>Hércules Baptista</t>
+  </si>
+  <si>
+    <t>GONÇALO PEDRO</t>
+  </si>
+  <si>
+    <t>Filipe Paulo</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Simão  Ortega</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Bruno  Pinto</t>
+  </si>
+  <si>
+    <t>Carlos Almeida</t>
+  </si>
+  <si>
+    <t>Simão Ribeiro</t>
+  </si>
+  <si>
+    <t>Mário Rodrigues</t>
+  </si>
+  <si>
+    <t xml:space="preserve">VÍTOR   TEIXEIRA</t>
+  </si>
+  <si>
+    <t>Pedro Ribeiro</t>
+  </si>
+  <si>
+    <t>Mário Anselmo</t>
+  </si>
+  <si>
+    <t>Bruno Barroso</t>
+  </si>
+  <si>
+    <t>RAFAEL RAMOS</t>
+  </si>
+  <si>
+    <t>F 40</t>
+  </si>
+  <si>
+    <t>MARINA DOMIMGUES</t>
+  </si>
+  <si>
+    <t xml:space="preserve">RITA ROSA </t>
+  </si>
+  <si>
+    <t>Mauro Gaspar</t>
+  </si>
+  <si>
+    <t>MARTA MOTA</t>
+  </si>
+  <si>
+    <t>Inês Almeida</t>
+  </si>
+  <si>
+    <t>CARLA PEREIRA</t>
+  </si>
+  <si>
     <t>Steve Gabadinho</t>
   </si>
   <si>
-    <t>GONÇALO PIRES</t>
-[...247 lines deleted...]
-  <si>
     <t>CATARINA PALMA</t>
   </si>
   <si>
     <t xml:space="preserve">Marisa  Carvalho</t>
   </si>
   <si>
     <t>Ana Sobral</t>
   </si>
   <si>
     <t>Cátea Ramos</t>
   </si>
   <si>
     <t>Vera Carmo</t>
   </si>
   <si>
     <t>Suelen Almeida</t>
   </si>
   <si>
     <t>Rodrigo Tavares</t>
   </si>
   <si>
     <t>Sandra Enes</t>
   </si>
   <si>
     <t>Maria Jesus</t>
@@ -1607,75 +1607,75 @@
   <si>
     <t>Andreia Craveiro</t>
   </si>
   <si>
     <t>Fátima Barreto</t>
   </si>
   <si>
     <t>M 50</t>
   </si>
   <si>
     <t>SÉRGIO PAIVA</t>
   </si>
   <si>
     <t>PEDRO MAGALHÃES</t>
   </si>
   <si>
     <t>LUIS LIMA</t>
   </si>
   <si>
     <t xml:space="preserve">ARTUR   PEREIRA</t>
   </si>
   <si>
     <t>Artur Santiago</t>
   </si>
   <si>
-    <t>Igor Tchemaguine</t>
+    <t>Ana Lúcia Rebelo</t>
   </si>
   <si>
     <t xml:space="preserve">Dinis  Ribas </t>
   </si>
   <si>
     <t>Paulo Martins</t>
   </si>
   <si>
     <t>RUI CABRAL</t>
   </si>
   <si>
     <t xml:space="preserve">FERNANDO   MIRANDA</t>
   </si>
   <si>
     <t>Carlos Taveira</t>
   </si>
   <si>
     <t>Marco Felício</t>
   </si>
   <si>
     <t>Emanuel Oliveira</t>
   </si>
   <si>
-    <t>Filipe Rebelo</t>
+    <t>Joaquim Amaral</t>
   </si>
   <si>
     <t>ABNER KIENE</t>
   </si>
   <si>
     <t xml:space="preserve">Gonçalo  Baroutakis </t>
   </si>
   <si>
     <t>Antonio Trigueiro</t>
   </si>
   <si>
     <t>Carlos Craveira</t>
   </si>
   <si>
     <t>Rui Lacerda</t>
   </si>
   <si>
     <t>Dinis Morais</t>
   </si>
   <si>
     <t>Carlos Calado</t>
   </si>
   <si>
     <t>JOSE CRUZ</t>
   </si>
@@ -1727,51 +1727,51 @@
   <si>
     <t>Rui Neves</t>
   </si>
   <si>
     <t>CRISPIANO MAGRO</t>
   </si>
   <si>
     <t>Carlos Coelho</t>
   </si>
   <si>
     <t xml:space="preserve">Rodrigo  Santos</t>
   </si>
   <si>
     <t>Sérgio Ramos</t>
   </si>
   <si>
     <t>Luís Nogueira</t>
   </si>
   <si>
     <t>Miguel Lourenço</t>
   </si>
   <si>
     <t xml:space="preserve">Paulo Lúcio </t>
   </si>
   <si>
-    <t>FRANCISCO MOTA</t>
+    <t>Gustavo Monteiro</t>
   </si>
   <si>
     <t xml:space="preserve">Daniel  Morais</t>
   </si>
   <si>
     <t>Miguel Garcia</t>
   </si>
   <si>
     <t>António Martins</t>
   </si>
   <si>
     <t xml:space="preserve">Vasco  Ascensão</t>
   </si>
   <si>
     <t>Nuno Botelho</t>
   </si>
   <si>
     <t>João Sayanda</t>
   </si>
   <si>
     <t xml:space="preserve">JORGE   PINHEIRO</t>
   </si>
   <si>
     <t>João Martins</t>
   </si>