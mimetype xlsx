--- v0 (2025-11-04)
+++ v1 (2025-12-21)
@@ -62,81 +62,81 @@
   <si>
     <t>ALEX NANQUE</t>
   </si>
   <si>
     <t>Grupo Musical 1º Dezembro Queijas</t>
   </si>
   <si>
     <t>FRANCISCO BRANDÃO</t>
   </si>
   <si>
     <t>SANTIAGO NOGUEIRA</t>
   </si>
   <si>
     <t>Linda-a-Pastora Sporting Clube</t>
   </si>
   <si>
     <t>David Gabadinho</t>
   </si>
   <si>
     <t>Associação Run Tejo</t>
   </si>
   <si>
     <t>DJEISON FERNANDES</t>
   </si>
   <si>
-    <t>Santiago Marques</t>
+    <t>Helena Silva</t>
   </si>
   <si>
     <t>Associação de Moradores 18 de Maio</t>
   </si>
   <si>
     <t>STEVEN RELVAS GROSSO</t>
   </si>
   <si>
     <t>Ricardo Pinto</t>
   </si>
   <si>
     <t>Sport Ponto Come</t>
   </si>
   <si>
     <t xml:space="preserve">Manuel  Moreira</t>
   </si>
   <si>
     <t>Academia Recreativa de Linda-a-Velha</t>
   </si>
   <si>
     <t>Frederico Ferreira</t>
   </si>
   <si>
     <t>Diogo Lucas</t>
   </si>
   <si>
     <t>Valejas Atlético Clube</t>
   </si>
   <si>
-    <t xml:space="preserve">André  Taborda</t>
+    <t>Tiago Maniés</t>
   </si>
   <si>
     <t>Kevin Sateles</t>
   </si>
   <si>
     <t>Sociedade de Educação e Recreio "Os Unidos de Leceia"</t>
   </si>
   <si>
     <t>Derikson Marques</t>
   </si>
   <si>
     <t>Grupo Recreativo Cultural e Desportivo de Leião</t>
   </si>
   <si>
     <t>Valentim Gouveia</t>
   </si>
   <si>
     <t>Grupo Recreativo e Desportivo “Os Fixes”</t>
   </si>
   <si>
     <t>Vasco Moleiro</t>
   </si>
   <si>
     <t xml:space="preserve">Henrique  Pinto</t>
   </si>
@@ -257,51 +257,51 @@
   <si>
     <t>Jaciara Cabral</t>
   </si>
   <si>
     <t>Maria Coutinho</t>
   </si>
   <si>
     <t>Giovana Marques</t>
   </si>
   <si>
     <t>Maratona Clube de Portugal</t>
   </si>
   <si>
     <t>ALEXANDRA ALMEIDA</t>
   </si>
   <si>
     <t xml:space="preserve">Maria   Arêde</t>
   </si>
   <si>
     <t>MADALENA MARTINS</t>
   </si>
   <si>
     <t xml:space="preserve">Ellen   Correia</t>
   </si>
   <si>
-    <t xml:space="preserve">CARMINHO  MATIAS</t>
+    <t>Carminho Matias</t>
   </si>
   <si>
     <t>MADALENA ANTUNES</t>
   </si>
   <si>
     <t xml:space="preserve">Maria  Silva</t>
   </si>
   <si>
     <t>MELISA GARCIA</t>
   </si>
   <si>
     <t>RITA VENTURI</t>
   </si>
   <si>
     <t>Keliane Guadalupe</t>
   </si>
   <si>
     <t>Irene Vaz</t>
   </si>
   <si>
     <t>Maria Araújo</t>
   </si>
   <si>
     <t>Madalena Martins</t>
   </si>
@@ -452,51 +452,51 @@
   <si>
     <t>Maria Beatriz Mendes</t>
   </si>
   <si>
     <t xml:space="preserve">Diana  Nunes</t>
   </si>
   <si>
     <t>FRANCISCA BRANCO</t>
   </si>
   <si>
     <t>SERENA MONTEIRO</t>
   </si>
   <si>
     <t>INÊS CUNHA LOPES</t>
   </si>
   <si>
     <t>Marta Neves</t>
   </si>
   <si>
     <t>MARTA MARTINS</t>
   </si>
   <si>
     <t>Rita Bota</t>
   </si>
   <si>
-    <t>CONSTANÇA CRUZINHA</t>
+    <t>PAULO JORGE MARTINS</t>
   </si>
   <si>
     <t>SANDRA REIS</t>
   </si>
   <si>
     <t>ÍRIS ALMEIDA</t>
   </si>
   <si>
     <t>Lara Correia</t>
   </si>
   <si>
     <t>Joana Michaux</t>
   </si>
   <si>
     <t>Juvenis - Masculinos</t>
   </si>
   <si>
     <t>Guilherme Filipe</t>
   </si>
   <si>
     <t xml:space="preserve">DIOGO     BRANDÃO</t>
   </si>
   <si>
     <t xml:space="preserve">ANDRÉ  COSTA </t>
   </si>
@@ -545,51 +545,51 @@
   <si>
     <t>Juniores - Masculinos</t>
   </si>
   <si>
     <t>EVANDRO PIRES</t>
   </si>
   <si>
     <t>JOEL BARROS</t>
   </si>
   <si>
     <t>MIGUEL AGUIAR</t>
   </si>
   <si>
     <t>Rafael Santos</t>
   </si>
   <si>
     <t xml:space="preserve">Luca  Robinson</t>
   </si>
   <si>
     <t>MICAEL ESCALEIRA</t>
   </si>
   <si>
     <t xml:space="preserve">Luis  Almeida</t>
   </si>
   <si>
-    <t>Gabriel Pereira</t>
+    <t>VICENTE ANTUNES</t>
   </si>
   <si>
     <t>Miguel Sayanda</t>
   </si>
   <si>
     <t>David Gonçalves</t>
   </si>
   <si>
     <t>Mateus Pires</t>
   </si>
   <si>
     <t>RODRIGO LUIZ</t>
   </si>
   <si>
     <t>Alvaro Martins</t>
   </si>
   <si>
     <t xml:space="preserve">Gonçalo  Magalhães</t>
   </si>
   <si>
     <t xml:space="preserve">RAFAEL   RODRIGUES</t>
   </si>
   <si>
     <t>Juniores - Femininos</t>
   </si>
@@ -626,51 +626,51 @@
   <si>
     <t>Sub 23 - Masculinos</t>
   </si>
   <si>
     <t>Afonso Antunes</t>
   </si>
   <si>
     <t>TOMÁS ESTEVES</t>
   </si>
   <si>
     <t xml:space="preserve">ALEXANDRE  PEREIRA</t>
   </si>
   <si>
     <t>EDSON CARVALHO</t>
   </si>
   <si>
     <t>Filipe Condinho</t>
   </si>
   <si>
     <t>Gonçalo Gomes</t>
   </si>
   <si>
     <t>Pedro Sousa</t>
   </si>
   <si>
-    <t>PEDRO VIEIRA</t>
+    <t>DEUS KAPUNGA</t>
   </si>
   <si>
     <t>Salvador Alves</t>
   </si>
   <si>
     <t>Nuno Henriques da Cruz</t>
   </si>
   <si>
     <t>Sub 23 - Femininos</t>
   </si>
   <si>
     <t>Rita Bacelar</t>
   </si>
   <si>
     <t xml:space="preserve">SOFIA GONÇALVES </t>
   </si>
   <si>
     <t>Madalena Preciso</t>
   </si>
   <si>
     <t>Camila Anjos</t>
   </si>
   <si>
     <t>Beatriz Baptista</t>
   </si>
@@ -857,66 +857,66 @@
   <si>
     <t>Rita Rodrigues</t>
   </si>
   <si>
     <t>Joana Conceição</t>
   </si>
   <si>
     <t xml:space="preserve">Claúdia  Jerónimo</t>
   </si>
   <si>
     <t>Daniela Bata</t>
   </si>
   <si>
     <t xml:space="preserve">Marta  Raposo</t>
   </si>
   <si>
     <t>Marcela da Silva</t>
   </si>
   <si>
     <t>Sara Fernandes</t>
   </si>
   <si>
     <t xml:space="preserve">Bárbara  Marques</t>
   </si>
   <si>
-    <t>CÁTIA TAVARES</t>
+    <t>CÁTIA FIDALGO</t>
   </si>
   <si>
     <t xml:space="preserve">Mafalda   Santos</t>
   </si>
   <si>
     <t xml:space="preserve">Teresinha Aragão </t>
   </si>
   <si>
     <t>Rita García-Mon</t>
   </si>
   <si>
     <t>Mafalda Bação</t>
   </si>
   <si>
-    <t>Rita Lopes</t>
+    <t xml:space="preserve">Catarina  Monteiro</t>
   </si>
   <si>
     <t>Soraia Paraíso</t>
   </si>
   <si>
     <t>Mariana Oliveira</t>
   </si>
   <si>
     <t xml:space="preserve">Matilde  Mota Manuel</t>
   </si>
   <si>
     <t>Marta Góis</t>
   </si>
   <si>
     <t>Carolina Albuquerque</t>
   </si>
   <si>
     <t>Ana Patrícia Dias</t>
   </si>
   <si>
     <t>Ana Beatriz Cerqueira</t>
   </si>
   <si>
     <t>M 35</t>
   </si>
@@ -929,72 +929,72 @@
   <si>
     <t xml:space="preserve">JOSÉ   CAMACHO</t>
   </si>
   <si>
     <t xml:space="preserve">Gonçalo  Correia</t>
   </si>
   <si>
     <t>Nuno Quintela</t>
   </si>
   <si>
     <t>Diogo Louro</t>
   </si>
   <si>
     <t xml:space="preserve">Diogo  Silva</t>
   </si>
   <si>
     <t>Steven Santos</t>
   </si>
   <si>
     <t>JOSÉ CARLOS TEODORO</t>
   </si>
   <si>
     <t>Carlos Duque</t>
   </si>
   <si>
-    <t xml:space="preserve">TIAGO VELEZ </t>
+    <t>JOSÉ VASCO</t>
   </si>
   <si>
     <t>André Oliveira</t>
   </si>
   <si>
     <t xml:space="preserve">Gonçalo  Silva </t>
   </si>
   <si>
     <t xml:space="preserve">José  Júnior</t>
   </si>
   <si>
     <t>JOSÉ MARTINS</t>
   </si>
   <si>
     <t>Associação Cultural e Recreativa da Ribeira da Lage</t>
   </si>
   <si>
     <t xml:space="preserve">João  Miranda</t>
   </si>
   <si>
-    <t>PHILLIP JOSÉ</t>
+    <t>GONÇALO MARTINHO</t>
   </si>
   <si>
     <t>André Pereira</t>
   </si>
   <si>
     <t>Machel Carvalho</t>
   </si>
   <si>
     <t>João Albuquerque</t>
   </si>
   <si>
     <t>Gonçalo Rangel</t>
   </si>
   <si>
     <t>Fábio Querido</t>
   </si>
   <si>
     <t>Diogo Inácio</t>
   </si>
   <si>
     <t>Tiago Cardoso</t>
   </si>
   <si>
     <t>GONÇALO PIRES</t>
   </si>
@@ -1232,51 +1232,51 @@
   <si>
     <t>Simão Ribeiro</t>
   </si>
   <si>
     <t xml:space="preserve">VÍTOR   TEIXEIRA</t>
   </si>
   <si>
     <t>RAFAEL RAMOS</t>
   </si>
   <si>
     <t>Bruno Barroso</t>
   </si>
   <si>
     <t>F 40</t>
   </si>
   <si>
     <t>MARINA DOMIMGUES</t>
   </si>
   <si>
     <t xml:space="preserve">RITA ROSA </t>
   </si>
   <si>
     <t>Mauro Gaspar</t>
   </si>
   <si>
-    <t>ELISABETE MACEDO</t>
+    <t>MARTA MOTA</t>
   </si>
   <si>
     <t>Inês Almeida</t>
   </si>
   <si>
     <t xml:space="preserve">Ana  Mendonça</t>
   </si>
   <si>
     <t>Ana Silveira</t>
   </si>
   <si>
     <t>Ana Sobral</t>
   </si>
   <si>
     <t>Ana Rita Seixo</t>
   </si>
   <si>
     <t xml:space="preserve">Diana  Guimarães</t>
   </si>
   <si>
     <t>Rodrigo Tavares</t>
   </si>
   <si>
     <t>Suelen Almeida</t>
   </si>
@@ -1382,138 +1382,138 @@
   <si>
     <t>correr Loures</t>
   </si>
   <si>
     <t xml:space="preserve">Nuno  Dantas</t>
   </si>
   <si>
     <t>Artur Alves</t>
   </si>
   <si>
     <t xml:space="preserve">Paulo  Norton</t>
   </si>
   <si>
     <t>Nuno Carioca</t>
   </si>
   <si>
     <t>Tiago Rocha</t>
   </si>
   <si>
     <t>Bruno Pereira</t>
   </si>
   <si>
     <t>Bruno Afonso</t>
   </si>
   <si>
-    <t>Jorge Paredes</t>
+    <t>VÂNIA VALÉRIO</t>
   </si>
   <si>
     <t xml:space="preserve">RUI   DUARTE</t>
   </si>
   <si>
-    <t xml:space="preserve">JOAQUIM AMARAL </t>
+    <t xml:space="preserve">PEDRO  CAVILHAS</t>
   </si>
   <si>
     <t xml:space="preserve">Nuno  Oliveira</t>
   </si>
   <si>
     <t>JOSÉ BORGES</t>
   </si>
   <si>
     <t>Luis Filipe</t>
   </si>
   <si>
     <t xml:space="preserve">João  Moreira</t>
   </si>
   <si>
     <t>Luís Figueira</t>
   </si>
   <si>
     <t xml:space="preserve">ANTÓNIO   ORLANDO</t>
   </si>
   <si>
     <t xml:space="preserve">Ricardo  Reis</t>
   </si>
   <si>
     <t>Gil Monteiro</t>
   </si>
   <si>
     <t>André Liberato</t>
   </si>
   <si>
     <t xml:space="preserve">José Miguel  Barradas</t>
   </si>
   <si>
-    <t>Nuno Ricardo</t>
+    <t>Sandra Segura</t>
   </si>
   <si>
     <t>Eduardo Luís</t>
   </si>
   <si>
     <t>Paulo Serra</t>
   </si>
   <si>
     <t>Nuno Curto</t>
   </si>
   <si>
     <t>SEBASTIAN FODOR</t>
   </si>
   <si>
     <t>Pedro Paulo</t>
   </si>
   <si>
     <t>Nuno Santos</t>
   </si>
   <si>
     <t>Bruno Raposo</t>
   </si>
   <si>
     <t>Carlos Luiz</t>
   </si>
   <si>
     <t>Sergio Antunes</t>
   </si>
   <si>
     <t xml:space="preserve">Luis  Sousa</t>
   </si>
   <si>
     <t>Pedro Domingos</t>
   </si>
   <si>
     <t>Oeiras Marina</t>
   </si>
   <si>
     <t>António Lavajo</t>
   </si>
   <si>
     <t xml:space="preserve">José  Pardal </t>
   </si>
   <si>
     <t>CARLOS SIMOES</t>
   </si>
   <si>
-    <t>Nuno Falé</t>
+    <t>José Ferreira</t>
   </si>
   <si>
     <t xml:space="preserve">Bruno  Marcelino</t>
   </si>
   <si>
     <t>RICARDO CAMPOS</t>
   </si>
   <si>
     <t>Paulo Caçador</t>
   </si>
   <si>
     <t>Andrónico Duarte</t>
   </si>
   <si>
     <t>RUI ALEGRE</t>
   </si>
   <si>
     <t>Rui Vaz Rodrigues</t>
   </si>
   <si>
     <t>JOAO LOPES</t>
   </si>
   <si>
     <t>Gonçalo Santos</t>
   </si>
@@ -1562,51 +1562,51 @@
   <si>
     <t xml:space="preserve">Filipe  Cunha</t>
   </si>
   <si>
     <t>Nelson Mileu</t>
   </si>
   <si>
     <t>Eduardo Poças</t>
   </si>
   <si>
     <t>CARLOS CARDOSO</t>
   </si>
   <si>
     <t>Hugo Casqueiro</t>
   </si>
   <si>
     <t xml:space="preserve">Luís  Braz</t>
   </si>
   <si>
     <t>Gonçalo Loureiro</t>
   </si>
   <si>
     <t>Gustavo Arroz</t>
   </si>
   <si>
-    <t xml:space="preserve">Luis  Menezes</t>
+    <t xml:space="preserve">Luis  Meneses</t>
   </si>
   <si>
     <t>F 45</t>
   </si>
   <si>
     <t xml:space="preserve">Aileen  Dooley </t>
   </si>
   <si>
     <t>SUSANA RAPOSO</t>
   </si>
   <si>
     <t>ANA ALMEIDA</t>
   </si>
   <si>
     <t>Céu Fernandes</t>
   </si>
   <si>
     <t xml:space="preserve">Marta  Borges</t>
   </si>
   <si>
     <t>Maria Maçanita</t>
   </si>
   <si>
     <t>Rute Queiroz</t>
   </si>
@@ -1646,96 +1646,96 @@
   <si>
     <t>Sofia Pedro</t>
   </si>
   <si>
     <t xml:space="preserve">Mariana  Borges</t>
   </si>
   <si>
     <t>Cristina Oliveira</t>
   </si>
   <si>
     <t xml:space="preserve">Ana  Serra</t>
   </si>
   <si>
     <t>Elisabete Domingues</t>
   </si>
   <si>
     <t>Carla Alves</t>
   </si>
   <si>
     <t>MARIA AROUCA</t>
   </si>
   <si>
     <t>Rita Dray</t>
   </si>
   <si>
-    <t xml:space="preserve">Camila  Assunção </t>
+    <t>Salvador Matos</t>
   </si>
   <si>
     <t>DORA TABORDA</t>
   </si>
   <si>
     <t xml:space="preserve">MARINA   PANTALIÃO</t>
   </si>
   <si>
     <t>Sofia Pereira</t>
   </si>
   <si>
     <t>Andreia Craveiro</t>
   </si>
   <si>
     <t>Sofia Reis</t>
   </si>
   <si>
     <t>M 50</t>
   </si>
   <si>
     <t>SÉRGIO PAIVA</t>
   </si>
   <si>
     <t>LUIS LIMA</t>
   </si>
   <si>
     <t xml:space="preserve">FERNANDO   MIRANDA</t>
   </si>
   <si>
-    <t>Igor Tchemaguine</t>
+    <t>Ana Lúcia Rebelo</t>
   </si>
   <si>
     <t>Paulo Martins</t>
   </si>
   <si>
     <t>RUI CABRAL</t>
   </si>
   <si>
-    <t xml:space="preserve">JORGE  NUNES DA SILVA</t>
+    <t>ABNER KIENE</t>
   </si>
   <si>
     <t xml:space="preserve">Dinis  Ribas </t>
   </si>
   <si>
-    <t xml:space="preserve">CARLOS FREITAS </t>
+    <t>Filipe Rebelo</t>
   </si>
   <si>
     <t>Emanuel Oliveira</t>
   </si>
   <si>
     <t xml:space="preserve">CARLOS   SILVA</t>
   </si>
   <si>
     <t xml:space="preserve">Gonçalo  Baroutakis </t>
   </si>
   <si>
     <t>Dinis Morais</t>
   </si>
   <si>
     <t>JOSE CRUZ</t>
   </si>
   <si>
     <t>Rui Lacerda</t>
   </si>
   <si>
     <t>Beatriz Rebelo</t>
   </si>
   <si>
     <t xml:space="preserve">Pedro  Gomes </t>
   </si>
@@ -1802,51 +1802,51 @@
   <si>
     <t>PEDRO FERNANDES</t>
   </si>
   <si>
     <t xml:space="preserve">João  Paulo</t>
   </si>
   <si>
     <t xml:space="preserve">Paulo Lúcio </t>
   </si>
   <si>
     <t>Rui Neves</t>
   </si>
   <si>
     <t xml:space="preserve">José  Véstias</t>
   </si>
   <si>
     <t>Miguel Lourenço</t>
   </si>
   <si>
     <t xml:space="preserve">JORGE   PINHEIRO</t>
   </si>
   <si>
     <t xml:space="preserve">Vasco  Ascensão</t>
   </si>
   <si>
-    <t>EZEQUIEL ANDRADE</t>
+    <t>MILA ALEXANDRA HELD</t>
   </si>
   <si>
     <t xml:space="preserve">RICARDO   FARIA</t>
   </si>
   <si>
     <t>Paulo Sousa</t>
   </si>
   <si>
     <t>Paulo Silva</t>
   </si>
   <si>
     <t>João Sayanda</t>
   </si>
   <si>
     <t>Filipe Ribeiro</t>
   </si>
   <si>
     <t>Luis Coelho</t>
   </si>
   <si>
     <t>RUI ANTUNES</t>
   </si>
   <si>
     <t>Ricardo Esteves</t>
   </si>
@@ -1931,51 +1931,51 @@
   <si>
     <t>Jaime Abreu</t>
   </si>
   <si>
     <t>F 50</t>
   </si>
   <si>
     <t xml:space="preserve">ANA   FRUTUOSO</t>
   </si>
   <si>
     <t>Fernanda Santinha</t>
   </si>
   <si>
     <t>Ana Pereira</t>
   </si>
   <si>
     <t xml:space="preserve">PATRÍCIA   MATOS</t>
   </si>
   <si>
     <t>ALEXANDRA PORTELA</t>
   </si>
   <si>
     <t>Sandra Bação</t>
   </si>
   <si>
-    <t>CLÁUDIA BORRALHO</t>
+    <t>VENCEDORA CAPUNGA</t>
   </si>
   <si>
     <t>Fernanda Murteira</t>
   </si>
   <si>
     <t xml:space="preserve">ANABELA SALAZAR </t>
   </si>
   <si>
     <t>Lara Sayanda</t>
   </si>
   <si>
     <t xml:space="preserve">SANDRA  FERNANDES</t>
   </si>
   <si>
     <t>ANA ABRUNHOSA</t>
   </si>
   <si>
     <t>Natasha Dias</t>
   </si>
   <si>
     <t>Maria Ryder</t>
   </si>
   <si>
     <t>Sónia Monteiro</t>
   </si>
@@ -2027,51 +2027,51 @@
   <si>
     <t>Sónia Amaro</t>
   </si>
   <si>
     <t>Cidália Borges</t>
   </si>
   <si>
     <t xml:space="preserve">PAULA   SARAIVA</t>
   </si>
   <si>
     <t xml:space="preserve">RITA   MINA</t>
   </si>
   <si>
     <t>Alexandra Pinto</t>
   </si>
   <si>
     <t>Cristina Francisco</t>
   </si>
   <si>
     <t>Ruth Neves</t>
   </si>
   <si>
     <t>CRISTINA MORGADO</t>
   </si>
   <si>
-    <t>Isabel Costa</t>
+    <t>MARIA PEIXOTO</t>
   </si>
   <si>
     <t>Maria Gonçalves</t>
   </si>
   <si>
     <t xml:space="preserve">Ana  Nunes</t>
   </si>
   <si>
     <t>Maria Veiga</t>
   </si>
   <si>
     <t>Paula Silva</t>
   </si>
   <si>
     <t>Sofia Morgado</t>
   </si>
   <si>
     <t>Lucinda Espada</t>
   </si>
   <si>
     <t>Cristina Neves</t>
   </si>
   <si>
     <t>Carla Rato</t>
   </si>
@@ -2204,51 +2204,51 @@
   <si>
     <t>Rui Magalhães</t>
   </si>
   <si>
     <t>José Borges</t>
   </si>
   <si>
     <t>Guilherme Araújo Felipe de Oliveira</t>
   </si>
   <si>
     <t>Dárcio Silva</t>
   </si>
   <si>
     <t xml:space="preserve">João Pedro  Vaz</t>
   </si>
   <si>
     <t xml:space="preserve">Carlos  Lomba</t>
   </si>
   <si>
     <t>Eduardo Lopes</t>
   </si>
   <si>
     <t>F 55</t>
   </si>
   <si>
-    <t xml:space="preserve">Ana  Santos</t>
+    <t>Ana Cleto</t>
   </si>
   <si>
     <t>Amigos do Atletismo de Mafra</t>
   </si>
   <si>
     <t xml:space="preserve">PAULA   FERNANDES</t>
   </si>
   <si>
     <t xml:space="preserve">Maria  Duarte</t>
   </si>
   <si>
     <t>Lília Gonçalves</t>
   </si>
   <si>
     <t xml:space="preserve">Luísa  Carvalhinho</t>
   </si>
   <si>
     <t xml:space="preserve">NATÁLIA DIAS </t>
   </si>
   <si>
     <t>Conceição Lopes</t>
   </si>
   <si>
     <t>Licínia Rego</t>
   </si>