--- v1 (2025-12-21)
+++ v2 (2026-02-22)
@@ -725,51 +725,51 @@
   <si>
     <t>Tiago Pádua</t>
   </si>
   <si>
     <t>João Manuel Jorge</t>
   </si>
   <si>
     <t>GONÇALO BALTAZAR</t>
   </si>
   <si>
     <t>Nazariy Kovalyuk</t>
   </si>
   <si>
     <t>José Santos</t>
   </si>
   <si>
     <t xml:space="preserve">André  Viseu</t>
   </si>
   <si>
     <t>David Pereira</t>
   </si>
   <si>
     <t>Gonçalo Vasconcelos</t>
   </si>
   <si>
-    <t>Sérgio Oliveira</t>
+    <t>Paulo Arrenega</t>
   </si>
   <si>
     <t>Tiago Freitas</t>
   </si>
   <si>
     <t>Carlos Gomes</t>
   </si>
   <si>
     <t>Alain Breton</t>
   </si>
   <si>
     <t>Associação de Pára-quedistas Tejo-Norte</t>
   </si>
   <si>
     <t>Tiago Fernandes</t>
   </si>
   <si>
     <t>Pedro Marques</t>
   </si>
   <si>
     <t>Richard Perez</t>
   </si>
   <si>
     <t>João Moradias</t>
   </si>
@@ -884,54 +884,54 @@
   <si>
     <t xml:space="preserve">Mafalda   Santos</t>
   </si>
   <si>
     <t xml:space="preserve">Teresinha Aragão </t>
   </si>
   <si>
     <t>Rita García-Mon</t>
   </si>
   <si>
     <t>Mafalda Bação</t>
   </si>
   <si>
     <t xml:space="preserve">Catarina  Monteiro</t>
   </si>
   <si>
     <t>Soraia Paraíso</t>
   </si>
   <si>
     <t>Mariana Oliveira</t>
   </si>
   <si>
     <t xml:space="preserve">Matilde  Mota Manuel</t>
   </si>
   <si>
-    <t>Marta Góis</t>
-[...2 lines deleted...]
-    <t>Carolina Albuquerque</t>
+    <t>Rita Jardim</t>
+  </si>
+  <si>
+    <t>Rafael Oliveira</t>
   </si>
   <si>
     <t>Ana Patrícia Dias</t>
   </si>
   <si>
     <t>Ana Beatriz Cerqueira</t>
   </si>
   <si>
     <t>M 35</t>
   </si>
   <si>
     <t>NUNO CARRAÇA</t>
   </si>
   <si>
     <t>Ricardo Cortes</t>
   </si>
   <si>
     <t xml:space="preserve">JOSÉ   CAMACHO</t>
   </si>
   <si>
     <t xml:space="preserve">Gonçalo  Correia</t>
   </si>
   <si>
     <t>Nuno Quintela</t>
   </si>
@@ -950,344 +950,344 @@
   <si>
     <t>Carlos Duque</t>
   </si>
   <si>
     <t>JOSÉ VASCO</t>
   </si>
   <si>
     <t>André Oliveira</t>
   </si>
   <si>
     <t xml:space="preserve">Gonçalo  Silva </t>
   </si>
   <si>
     <t xml:space="preserve">José  Júnior</t>
   </si>
   <si>
     <t>JOSÉ MARTINS</t>
   </si>
   <si>
     <t>Associação Cultural e Recreativa da Ribeira da Lage</t>
   </si>
   <si>
     <t xml:space="preserve">João  Miranda</t>
   </si>
   <si>
-    <t>GONÇALO MARTINHO</t>
+    <t>GONÇALO MOUTINHO</t>
   </si>
   <si>
     <t>André Pereira</t>
   </si>
   <si>
     <t>Machel Carvalho</t>
   </si>
   <si>
     <t>João Albuquerque</t>
   </si>
   <si>
     <t>Gonçalo Rangel</t>
   </si>
   <si>
     <t>Fábio Querido</t>
   </si>
   <si>
     <t>Diogo Inácio</t>
   </si>
   <si>
     <t>Tiago Cardoso</t>
   </si>
   <si>
     <t>GONÇALO PIRES</t>
   </si>
   <si>
     <t>Rafael Silva</t>
   </si>
   <si>
+    <t>Tiago Ribeiro</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Diogo  Santos</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Bruno  Silva</t>
+  </si>
+  <si>
+    <t>Nuno Martins</t>
+  </si>
+  <si>
+    <t>Ruben Mendonça</t>
+  </si>
+  <si>
+    <t>Henrique Cruz</t>
+  </si>
+  <si>
+    <t>Márcio Mateus</t>
+  </si>
+  <si>
+    <t>Sérgio Correia</t>
+  </si>
+  <si>
+    <t>F 35</t>
+  </si>
+  <si>
+    <t>Pedro Quintela</t>
+  </si>
+  <si>
+    <t>TÂNIA PINTO</t>
+  </si>
+  <si>
+    <t>Ana Sofia Lino Mendes</t>
+  </si>
+  <si>
+    <t>Ana Coutinho</t>
+  </si>
+  <si>
+    <t>Sidónia Atanásio</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mónica  Carvalho</t>
+  </si>
+  <si>
+    <t>Evelina Kocharova</t>
+  </si>
+  <si>
+    <t>Rita Raimundo</t>
+  </si>
+  <si>
+    <t>Sara Amorim</t>
+  </si>
+  <si>
+    <t>Elena Shtaba</t>
+  </si>
+  <si>
+    <t>PATRICIA PINA</t>
+  </si>
+  <si>
+    <t>LILIANA JORGE</t>
+  </si>
+  <si>
+    <t>M 40</t>
+  </si>
+  <si>
+    <t>Ricardo Madeira</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ANDRÉ   CORVO</t>
+  </si>
+  <si>
+    <t>JOEL PENA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">RUI   SILVA</t>
+  </si>
+  <si>
+    <t>FREDERICO RODRIGUES</t>
+  </si>
+  <si>
+    <t>Nuno Graça</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SÉRGIO   MALHEIRO</t>
+  </si>
+  <si>
+    <t>HELDER GROSSO</t>
+  </si>
+  <si>
+    <t>André Ferreira</t>
+  </si>
+  <si>
+    <t>Manuel Júlio</t>
+  </si>
+  <si>
+    <t>Miguel Sousa</t>
+  </si>
+  <si>
+    <t>Rui Santos</t>
+  </si>
+  <si>
+    <t>Bruno Ferreira</t>
+  </si>
+  <si>
+    <t>Miguel Ramalho</t>
+  </si>
+  <si>
+    <t>José Carmo da Silva</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MIGUEL   SEQUEIRA</t>
+  </si>
+  <si>
+    <t>João Pereira</t>
+  </si>
+  <si>
+    <t>Rui Jesus</t>
+  </si>
+  <si>
+    <t>Bruno Oliveira</t>
+  </si>
+  <si>
+    <t>Nelson Antunes</t>
+  </si>
+  <si>
+    <t>Eduardo Coelho</t>
+  </si>
+  <si>
+    <t>ADRC Mata de Benfica</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Vinicius  Guedes</t>
+  </si>
+  <si>
+    <t>ANDRÉ SEQUEIRA</t>
+  </si>
+  <si>
+    <t>João Tomaz</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PAULO VELEZ </t>
+  </si>
+  <si>
+    <t>Ricardo Nobre</t>
+  </si>
+  <si>
+    <t>Ricardo Pascoal</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Cristiano  Mendes </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Miguel  Simões</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Paulo  Marques</t>
+  </si>
+  <si>
+    <t>EVANDRO LOPEZ</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Duarte  Teixeira</t>
+  </si>
+  <si>
+    <t>CESAR HENRIQUES</t>
+  </si>
+  <si>
+    <t>Filipe Paulo</t>
+  </si>
+  <si>
+    <t>TIAGO SOUSA</t>
+  </si>
+  <si>
+    <t>Luis Semedo</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Carlos  Marinho </t>
+  </si>
+  <si>
+    <t>Helder Rosário</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Miguel  Santos</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Luis  Miranda</t>
+  </si>
+  <si>
+    <t>Tiago Nunes</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Marco  Pinto</t>
+  </si>
+  <si>
+    <t>Dário Palma</t>
+  </si>
+  <si>
+    <t>Leandro Rodrigues</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Bruno  Pinto</t>
+  </si>
+  <si>
+    <t>GONÇALO PEDRO</t>
+  </si>
+  <si>
+    <t>PEDRO SANGUINO</t>
+  </si>
+  <si>
+    <t>DIOGO ALMEIDA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">André  Fialho </t>
+  </si>
+  <si>
+    <t>Ricardo Afonso</t>
+  </si>
+  <si>
+    <t>Pedro Ribeiro</t>
+  </si>
+  <si>
+    <t>Mário Rodrigues</t>
+  </si>
+  <si>
+    <t>Yuri Natividade</t>
+  </si>
+  <si>
+    <t>Simão Ribeiro</t>
+  </si>
+  <si>
+    <t xml:space="preserve">VÍTOR   TEIXEIRA</t>
+  </si>
+  <si>
+    <t>RAFAEL RAMOS</t>
+  </si>
+  <si>
+    <t>Bruno Barroso</t>
+  </si>
+  <si>
+    <t>F 40</t>
+  </si>
+  <si>
+    <t>MARINA DOMIMGUES</t>
+  </si>
+  <si>
+    <t xml:space="preserve">RITA ROSA </t>
+  </si>
+  <si>
+    <t>Mauro Gaspar</t>
+  </si>
+  <si>
+    <t>MARTA MOTA</t>
+  </si>
+  <si>
+    <t>Inês Almeida</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ana  Mendonça</t>
+  </si>
+  <si>
     <t>Steve Gabadinho</t>
   </si>
   <si>
-    <t xml:space="preserve">Diogo  Santos</t>
-[...259 lines deleted...]
-  <si>
     <t>Ana Sobral</t>
   </si>
   <si>
     <t>Ana Rita Seixo</t>
   </si>
   <si>
     <t xml:space="preserve">Diana  Guimarães</t>
   </si>
   <si>
     <t>Rodrigo Tavares</t>
   </si>
   <si>
     <t>Suelen Almeida</t>
   </si>
   <si>
     <t>Maria Jesus</t>
   </si>
   <si>
     <t>Isabel Gomez</t>
   </si>
   <si>
     <t>Rita Pasadas</t>
   </si>
   <si>
     <t>JOANA SILVA</t>
@@ -1691,51 +1691,51 @@
   <si>
     <t>SÉRGIO PAIVA</t>
   </si>
   <si>
     <t>LUIS LIMA</t>
   </si>
   <si>
     <t xml:space="preserve">FERNANDO   MIRANDA</t>
   </si>
   <si>
     <t>Ana Lúcia Rebelo</t>
   </si>
   <si>
     <t>Paulo Martins</t>
   </si>
   <si>
     <t>RUI CABRAL</t>
   </si>
   <si>
     <t>ABNER KIENE</t>
   </si>
   <si>
     <t xml:space="preserve">Dinis  Ribas </t>
   </si>
   <si>
-    <t>Filipe Rebelo</t>
+    <t>Joaquim Amaral</t>
   </si>
   <si>
     <t>Emanuel Oliveira</t>
   </si>
   <si>
     <t xml:space="preserve">CARLOS   SILVA</t>
   </si>
   <si>
     <t xml:space="preserve">Gonçalo  Baroutakis </t>
   </si>
   <si>
     <t>Dinis Morais</t>
   </si>
   <si>
     <t>JOSE CRUZ</t>
   </si>
   <si>
     <t>Rui Lacerda</t>
   </si>
   <si>
     <t>Beatriz Rebelo</t>
   </si>
   <si>
     <t xml:space="preserve">Pedro  Gomes </t>
   </si>