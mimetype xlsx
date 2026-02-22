--- v0 (2025-11-03)
+++ v1 (2026-02-22)
@@ -191,51 +191,51 @@
   <si>
     <t>-</t>
   </si>
   <si>
     <t>João Pimenta</t>
   </si>
   <si>
     <t>Afonso Canto</t>
   </si>
   <si>
     <t>Grupo Desportivo de Barcarena</t>
   </si>
   <si>
     <t xml:space="preserve">Gonçalo  Quintelas </t>
   </si>
   <si>
     <t>Sport Ponto Come</t>
   </si>
   <si>
     <t>André Barroso</t>
   </si>
   <si>
     <t xml:space="preserve"> Atlético Clube de Porto Salvo</t>
   </si>
   <si>
-    <t xml:space="preserve">Rodrigo  Santos</t>
+    <t>Lourenço Ribeiro</t>
   </si>
   <si>
     <t>António Coutinho</t>
   </si>
   <si>
     <t>Academia Recreativa de Linda-a-Velha</t>
   </si>
   <si>
     <t>Djálano Marujo</t>
   </si>
   <si>
     <t>Richandro Marujo</t>
   </si>
   <si>
     <t>Diogo Ibraímo</t>
   </si>
   <si>
     <t>André Verissimo</t>
   </si>
   <si>
     <t>FRANCISCO FERNANDES</t>
   </si>
   <si>
     <t>Santiago Pereira</t>
   </si>
@@ -434,51 +434,51 @@
   <si>
     <t>João M. Arroz</t>
   </si>
   <si>
     <t>Iniciados - Femininos</t>
   </si>
   <si>
     <t>Diana Pedro</t>
   </si>
   <si>
     <t>LETICIA SILVA</t>
   </si>
   <si>
     <t>Maria Beatriz Mendes</t>
   </si>
   <si>
     <t>Marta Neves</t>
   </si>
   <si>
     <t>SERENA MONTEIRO</t>
   </si>
   <si>
     <t>Rita Bota</t>
   </si>
   <si>
-    <t>CONSTANÇA CRUZINHA</t>
+    <t>PAULO JORGE MARTINS</t>
   </si>
   <si>
     <t>MARTA MARTINS</t>
   </si>
   <si>
     <t>SANDRA REIS</t>
   </si>
   <si>
     <t>Lara Pedro</t>
   </si>
   <si>
     <t>Juvenis - Masculinos</t>
   </si>
   <si>
     <t xml:space="preserve">DIOGO     BRANDÃO</t>
   </si>
   <si>
     <t>TIAGO VASCO</t>
   </si>
   <si>
     <t xml:space="preserve">TOMÁS PEREIRA </t>
   </si>
   <si>
     <t xml:space="preserve">ANDRÉ  COSTA </t>
   </si>
@@ -509,258 +509,258 @@
   <si>
     <t>Juniores - Masculinos</t>
   </si>
   <si>
     <t>EVANDRO PIRES</t>
   </si>
   <si>
     <t>JOEL BARROS</t>
   </si>
   <si>
     <t>André Ribeiro</t>
   </si>
   <si>
     <t>MIGUEL AGUIAR</t>
   </si>
   <si>
     <t>Rafael Santos</t>
   </si>
   <si>
     <t>MICAEL ESCALEIRA</t>
   </si>
   <si>
     <t xml:space="preserve">Luca  Robinson</t>
   </si>
   <si>
-    <t>Gabriel Pereira</t>
+    <t>VICENTE ANTUNES</t>
   </si>
   <si>
     <t>Miguel Sayanda</t>
   </si>
   <si>
     <t>David Gonçalves</t>
   </si>
   <si>
     <t>RODRIGO LUIZ</t>
   </si>
   <si>
     <t>Miguel Pina</t>
   </si>
   <si>
     <t>Rafael Antunes</t>
   </si>
   <si>
     <t>Alvaro Martins</t>
   </si>
   <si>
     <t xml:space="preserve">Gonçalo  Magalhães</t>
   </si>
   <si>
     <t>Mateus Pires</t>
   </si>
   <si>
     <t>Juniores - Femininos</t>
   </si>
   <si>
     <t>LEONOR SIMÕES</t>
   </si>
   <si>
-    <t>MATILDE MARQUES</t>
+    <t xml:space="preserve">CARLOS  VICENTE</t>
   </si>
   <si>
     <t>CARMEN SÁ</t>
   </si>
   <si>
     <t>Mariana Pinto</t>
   </si>
   <si>
     <t>Rita Silva</t>
   </si>
   <si>
     <t>Sub 23 - Masculinos</t>
   </si>
   <si>
     <t xml:space="preserve">ALEXANDRE  PEREIRA</t>
   </si>
   <si>
     <t>Afonso Antunes</t>
   </si>
   <si>
     <t>TOMÁS ESTEVES</t>
   </si>
   <si>
     <t>DAVID DOS SANTOS</t>
   </si>
   <si>
     <t>Filipe Condinho</t>
   </si>
   <si>
     <t>EDSON CARVALHO</t>
   </si>
   <si>
     <t>Gonçalo Gomes</t>
   </si>
   <si>
-    <t>PEDRO VIEIRA</t>
+    <t>DEUS KAPUNGA</t>
   </si>
   <si>
     <t>Salvador Alves</t>
   </si>
   <si>
     <t>Rodrigo Caetano</t>
   </si>
   <si>
-    <t>Diogo Freitas</t>
+    <t>PODEROSO KAPUNGA</t>
   </si>
   <si>
     <t xml:space="preserve">João  Silva</t>
   </si>
   <si>
     <t xml:space="preserve">Gonçalo   Casimiro</t>
   </si>
   <si>
     <t>Sub 23 - Femininos</t>
   </si>
   <si>
     <t>TATIANA MOURA</t>
   </si>
   <si>
     <t>BEATRIZ FERNANDES</t>
   </si>
   <si>
     <t>Rita Bacelar</t>
   </si>
   <si>
     <t>Camila Anjos</t>
   </si>
   <si>
     <t xml:space="preserve">SOFIA GONÇALVES </t>
   </si>
   <si>
     <t>Gonçalo Moreira</t>
   </si>
   <si>
     <t>Liliana Bata</t>
   </si>
   <si>
     <t>Seniores - Masculinos</t>
   </si>
   <si>
     <t>Ismael Carvalho</t>
   </si>
   <si>
     <t>Tiago Antunes</t>
   </si>
   <si>
-    <t>DIOGO BATISTA</t>
+    <t>GONÇALO GONÇALVES</t>
   </si>
   <si>
     <t>ANA GOMES</t>
   </si>
   <si>
     <t>VALTER GOMES</t>
   </si>
   <si>
     <t>HENRIQUE SANTOS</t>
   </si>
   <si>
     <t xml:space="preserve">JOÃO   PEREIRA</t>
   </si>
   <si>
     <t>Marcos Estrela</t>
   </si>
   <si>
     <t>GONÇALO BALTAZAR</t>
   </si>
   <si>
     <t>Fábio Zuada</t>
   </si>
   <si>
     <t>Simão Augusto</t>
   </si>
   <si>
     <t>Nazariy Kovalyuk</t>
   </si>
   <si>
     <t>Tiago Pádua</t>
   </si>
   <si>
     <t>Miguel Ferreira</t>
   </si>
   <si>
     <t xml:space="preserve">Raul  Alvarez</t>
   </si>
   <si>
     <t>Carlos Gomes</t>
   </si>
   <si>
     <t>José Santos</t>
   </si>
   <si>
     <t xml:space="preserve">André  Viseu</t>
   </si>
   <si>
     <t>Francisco Carneiro</t>
   </si>
   <si>
-    <t>Sérgio Oliveira</t>
+    <t>Paulo Arrenega</t>
   </si>
   <si>
     <t>Martim Pereira</t>
   </si>
   <si>
     <t>Rúben Franco</t>
   </si>
   <si>
     <t>ADRC Mata de Benfica</t>
   </si>
   <si>
     <t>Pedro Marques</t>
   </si>
   <si>
     <t xml:space="preserve">Brar Momme  Rickmers</t>
   </si>
   <si>
     <t>João Roxo</t>
   </si>
   <si>
     <t xml:space="preserve">Francisco  Val</t>
   </si>
   <si>
     <t>Cristiano Filipe</t>
   </si>
   <si>
     <t>Tiago Fernandes</t>
   </si>
   <si>
     <t>ANDRÉ FERREIRA</t>
   </si>
   <si>
     <t>PEDRO QUARESMA</t>
   </si>
   <si>
-    <t xml:space="preserve">José  Cavaco </t>
+    <t xml:space="preserve">Leonardo  Ventura</t>
   </si>
   <si>
     <t>Frederico Sousa</t>
   </si>
   <si>
     <t>António Jesus</t>
   </si>
   <si>
     <t xml:space="preserve">Alexandre  Galvão</t>
   </si>
   <si>
     <t xml:space="preserve">ANA  LIMA</t>
   </si>
   <si>
     <t>Carlos Ferreira</t>
   </si>
   <si>
     <t>Seniores - Femininos</t>
   </si>
   <si>
     <t>KCÉNIA BOUGROVA</t>
   </si>
   <si>
     <t>SARA MONTEIRO</t>
   </si>
@@ -800,75 +800,75 @@
   <si>
     <t>Joana Conceição</t>
   </si>
   <si>
     <t>Marcela da Silva</t>
   </si>
   <si>
     <t>Daniela Bata</t>
   </si>
   <si>
     <t xml:space="preserve">Jéssica  Canudo</t>
   </si>
   <si>
     <t>Sara Fernandes</t>
   </si>
   <si>
     <t>Laura Salazar</t>
   </si>
   <si>
     <t>Clara Guedes</t>
   </si>
   <si>
     <t xml:space="preserve">Mafalda   Santos</t>
   </si>
   <si>
-    <t>Rita Lopes</t>
+    <t xml:space="preserve">Catarina  Monteiro</t>
   </si>
   <si>
     <t>Mafalda Bação</t>
   </si>
   <si>
     <t xml:space="preserve">Matilde  Mota Manuel</t>
   </si>
   <si>
     <t>MARIA SANTOS</t>
   </si>
   <si>
     <t>Soraia Paraíso</t>
   </si>
   <si>
     <t xml:space="preserve">Teresinha Aragão </t>
   </si>
   <si>
     <t>Rita García-Mon</t>
   </si>
   <si>
     <t xml:space="preserve">Joana  Macedo</t>
   </si>
   <si>
-    <t>Marta Góis</t>
+    <t>Rita Jardim</t>
   </si>
   <si>
     <t>Rita Couto</t>
   </si>
   <si>
     <t>Floriana Di Buono</t>
   </si>
   <si>
     <t>Sandra Clara</t>
   </si>
   <si>
     <t>Ana Maria Silva</t>
   </si>
   <si>
     <t>Mara Afonso</t>
   </si>
   <si>
     <t>Jhuwyn Santos</t>
   </si>
   <si>
     <t>Ana Carvalho</t>
   </si>
   <si>
     <t>Ana Beatriz Cerqueira</t>
   </si>
@@ -884,374 +884,374 @@
   <si>
     <t>NUNO CARRAÇA</t>
   </si>
   <si>
     <t>Tiago Graça</t>
   </si>
   <si>
     <t>Ricardo Cortes</t>
   </si>
   <si>
     <t>Diogo Louro</t>
   </si>
   <si>
     <t>Nuno Quintela</t>
   </si>
   <si>
     <t>David Eiras</t>
   </si>
   <si>
     <t>Steven Santos</t>
   </si>
   <si>
     <t>Carlos Duque</t>
   </si>
   <si>
-    <t xml:space="preserve">TIAGO VELEZ </t>
+    <t>JOSÉ VASCO</t>
   </si>
   <si>
     <t>André Oliveira</t>
   </si>
   <si>
     <t xml:space="preserve">José  Júnior</t>
   </si>
   <si>
     <t>JOSÉ MARTINS</t>
   </si>
   <si>
     <t>Associação Cultural e Recreativa da Ribeira da Lage</t>
   </si>
   <si>
     <t>André Pereira</t>
   </si>
   <si>
     <t xml:space="preserve">João  Miranda</t>
   </si>
   <si>
     <t>Fauler Campos</t>
   </si>
   <si>
     <t>Jacson Reis</t>
   </si>
   <si>
     <t>Tiago Andrade</t>
   </si>
   <si>
     <t>André Rodrigues</t>
   </si>
   <si>
+    <t>Tiago Ribeiro</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Diogo  Santos</t>
+  </si>
+  <si>
+    <t xml:space="preserve">João  Raposo</t>
+  </si>
+  <si>
+    <t>GONÇALO PIRES</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Fábio  Martins</t>
+  </si>
+  <si>
+    <t>Fábio Querido</t>
+  </si>
+  <si>
+    <t>Rafael Silva</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nuno  Silva</t>
+  </si>
+  <si>
+    <t>Paulo Ramos</t>
+  </si>
+  <si>
+    <t>Cassiano Fernando</t>
+  </si>
+  <si>
+    <t>Rafael Amador</t>
+  </si>
+  <si>
+    <t>Nuno Martins</t>
+  </si>
+  <si>
+    <t>Tiago Cardoso</t>
+  </si>
+  <si>
+    <t>Ruben Mendonça</t>
+  </si>
+  <si>
+    <t>Sérgio Correia</t>
+  </si>
+  <si>
+    <t>André Teixeira</t>
+  </si>
+  <si>
+    <t>Dárcio Silva</t>
+  </si>
+  <si>
+    <t>Márcio Mateus</t>
+  </si>
+  <si>
+    <t>F 35</t>
+  </si>
+  <si>
+    <t>Pedro Quintela</t>
+  </si>
+  <si>
+    <t>TÂNIA PINTO</t>
+  </si>
+  <si>
+    <t>Ana Sofia Lino Mendes</t>
+  </si>
+  <si>
+    <t>Ana Coutinho</t>
+  </si>
+  <si>
+    <t>Sidónia Atanásio</t>
+  </si>
+  <si>
+    <t>Vânia Andrade</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mónica  Carvalho</t>
+  </si>
+  <si>
+    <t>Rita Raimundo</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ana Cristina  Lima</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sofia Félix </t>
+  </si>
+  <si>
+    <t>Tetiana Buga</t>
+  </si>
+  <si>
+    <t>Sara Amorim</t>
+  </si>
+  <si>
+    <t>Vania Faria</t>
+  </si>
+  <si>
+    <t>LILIANA JORGE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mariana  Fraga</t>
+  </si>
+  <si>
+    <t>M 40</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ANDRÉ   CORVO</t>
+  </si>
+  <si>
+    <t>JOEL PENA</t>
+  </si>
+  <si>
+    <t>Nuno Graça</t>
+  </si>
+  <si>
+    <t xml:space="preserve">RUI   SILVA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SÉRGIO   MALHEIRO</t>
+  </si>
+  <si>
+    <t>Manuel Júlio</t>
+  </si>
+  <si>
+    <t>Paulo Rocha</t>
+  </si>
+  <si>
+    <t>Miguel Sousa</t>
+  </si>
+  <si>
+    <t>Filipe Pereira</t>
+  </si>
+  <si>
+    <t>Mauro Fonseca</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Marco  Alves </t>
+  </si>
+  <si>
+    <t>João Pereira</t>
+  </si>
+  <si>
+    <t>Rui Santos</t>
+  </si>
+  <si>
+    <t>José Carmo da Silva</t>
+  </si>
+  <si>
+    <t>Fernanda Paulo</t>
+  </si>
+  <si>
+    <t>Rui Jesus</t>
+  </si>
+  <si>
+    <t>Eduardo Lopes</t>
+  </si>
+  <si>
+    <t>Bruno Oliveira</t>
+  </si>
+  <si>
+    <t>Nelson Antunes</t>
+  </si>
+  <si>
+    <t>Andrea Saporito</t>
+  </si>
+  <si>
+    <t>Eduardo Coelho</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PAULO VELEZ </t>
+  </si>
+  <si>
+    <t xml:space="preserve">MIGUEL   SEQUEIRA</t>
+  </si>
+  <si>
+    <t>Ricardo Pascoal</t>
+  </si>
+  <si>
+    <t>Miguel Rocha</t>
+  </si>
+  <si>
+    <t>TIAGO SOUSA</t>
+  </si>
+  <si>
+    <t>Bruno Amaro</t>
+  </si>
+  <si>
+    <t>Ricardo Nobre</t>
+  </si>
+  <si>
+    <t>Tiago Nunes</t>
+  </si>
+  <si>
+    <t>CESAR HENRIQUES</t>
+  </si>
+  <si>
+    <t>EVANDRO LOPEZ</t>
+  </si>
+  <si>
+    <t>Dário Palma</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Paulo  Marques</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Marco  Pinto</t>
+  </si>
+  <si>
+    <t>Helder Rosário</t>
+  </si>
+  <si>
+    <t>DIOGO ALMEIDA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nuno  Meia-Onça</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Luis  Miranda</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Bruno  Pinto</t>
+  </si>
+  <si>
+    <t>Leandro Rodrigues</t>
+  </si>
+  <si>
+    <t>Yuri Natividade</t>
+  </si>
+  <si>
+    <t>GONÇALO PEDRO</t>
+  </si>
+  <si>
+    <t>PAULO MAURICIO</t>
+  </si>
+  <si>
+    <t>Luis Semedo</t>
+  </si>
+  <si>
+    <t>Carlos Almeida</t>
+  </si>
+  <si>
+    <t>Mário Anselmo</t>
+  </si>
+  <si>
+    <t xml:space="preserve">VÍTOR   TEIXEIRA</t>
+  </si>
+  <si>
+    <t>Pedro Ribeiro</t>
+  </si>
+  <si>
+    <t>Simão Ribeiro</t>
+  </si>
+  <si>
+    <t>RAFAEL RAMOS</t>
+  </si>
+  <si>
+    <t>Bruno Barroso</t>
+  </si>
+  <si>
+    <t>TIAGO RODRIGUES</t>
+  </si>
+  <si>
+    <t>Bruno Ornelas</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Miguel  Santos</t>
+  </si>
+  <si>
+    <t>F 40</t>
+  </si>
+  <si>
+    <t>MARINA DOMIMGUES</t>
+  </si>
+  <si>
+    <t xml:space="preserve">RITA ROSA </t>
+  </si>
+  <si>
+    <t>Mauro Gaspar</t>
+  </si>
+  <si>
+    <t>MARTA MOTA</t>
+  </si>
+  <si>
+    <t>Inês Almeida</t>
+  </si>
+  <si>
+    <t>Associação de Pára-quedistas Tejo-Norte</t>
+  </si>
+  <si>
     <t>Steve Gabadinho</t>
   </si>
   <si>
-    <t xml:space="preserve">Diogo  Santos</t>
-[...286 lines deleted...]
-  <si>
     <t>CATARINA PALMA</t>
   </si>
   <si>
     <t xml:space="preserve">Marisa  Carvalho</t>
   </si>
   <si>
     <t>Isabel David</t>
   </si>
   <si>
     <t>Ana Sobral</t>
   </si>
   <si>
     <t>Vera Carmo</t>
   </si>
   <si>
     <t xml:space="preserve">Diana  Guimarães</t>
   </si>
   <si>
     <t>Ana Rita Seixo</t>
   </si>
   <si>
     <t>Susana Pires</t>
   </si>
   <si>
     <t>Cátea Ramos</t>
@@ -1328,96 +1328,96 @@
   <si>
     <t>Nuno Tintim</t>
   </si>
   <si>
     <t>Joao Castanheira</t>
   </si>
   <si>
     <t xml:space="preserve">HUGO   DOMINGOS</t>
   </si>
   <si>
     <t>Gonçalo Brás</t>
   </si>
   <si>
     <t>João Guterres</t>
   </si>
   <si>
     <t xml:space="preserve">JORGE   PINHO</t>
   </si>
   <si>
     <t>Hugo Palmeiro</t>
   </si>
   <si>
     <t>António Batalha</t>
   </si>
   <si>
-    <t xml:space="preserve">BRUNO   GARCIA</t>
+    <t>JOÃO LOPES</t>
   </si>
   <si>
     <t>RUI ALVES</t>
   </si>
   <si>
     <t xml:space="preserve">Nuno  Dantas</t>
   </si>
   <si>
     <t>Nuno Cordeiro</t>
   </si>
   <si>
     <t>Luís Godinho</t>
   </si>
   <si>
     <t>Tiago Rocha</t>
   </si>
   <si>
     <t>Bruno Afonso</t>
   </si>
   <si>
     <t>Bruno Pereira</t>
   </si>
   <si>
     <t>JOSÉ BORGES</t>
   </si>
   <si>
     <t>Nuno Carioca</t>
   </si>
   <si>
     <t xml:space="preserve">PEDRO   VITORINO</t>
   </si>
   <si>
     <t xml:space="preserve">RUI   DUARTE</t>
   </si>
   <si>
     <t>Sérgio Pontes</t>
   </si>
   <si>
     <t>Bernardo Jacinto</t>
   </si>
   <si>
     <t xml:space="preserve">Nuno  Oliveira</t>
   </si>
   <si>
-    <t xml:space="preserve">JOAQUIM AMARAL </t>
+    <t xml:space="preserve">PEDRO  CAVILHAS</t>
   </si>
   <si>
     <t>Pedro Raposo</t>
   </si>
   <si>
     <t>Frederico Nobre</t>
   </si>
   <si>
     <t xml:space="preserve">ANTÓNIO   ORLANDO</t>
   </si>
   <si>
     <t xml:space="preserve">José Miguel  Barradas</t>
   </si>
   <si>
     <t>Nuno Santos</t>
   </si>
   <si>
     <t>Filipe Garranas</t>
   </si>
   <si>
     <t>Pedro Paulo</t>
   </si>
   <si>
     <t>Bruno Raposo</t>
   </si>
@@ -1436,51 +1436,51 @@
   <si>
     <t>António Lavajo</t>
   </si>
   <si>
     <t>Sergio Antunes</t>
   </si>
   <si>
     <t>HUMBERTO AFONSO</t>
   </si>
   <si>
     <t>RUI ALEGRE</t>
   </si>
   <si>
     <t xml:space="preserve">José  Pardal </t>
   </si>
   <si>
     <t>Pedro Domingos</t>
   </si>
   <si>
     <t>Oeiras Marina</t>
   </si>
   <si>
     <t>Jeferson Chanan</t>
   </si>
   <si>
-    <t>Mário Moreira</t>
+    <t>ANTÓNIO BATALHA</t>
   </si>
   <si>
     <t>Andrónico Duarte</t>
   </si>
   <si>
     <t>Jorge Ramos</t>
   </si>
   <si>
     <t>RICARDO CAMPOS</t>
   </si>
   <si>
     <t>Rui Vaz Rodrigues</t>
   </si>
   <si>
     <t>Eduardo Poças</t>
   </si>
   <si>
     <t>Bernardo Salavessa</t>
   </si>
   <si>
     <t>Nuno Pombo</t>
   </si>
   <si>
     <t>António Lourenço</t>
   </si>
@@ -1505,51 +1505,51 @@
   <si>
     <t>Sérgio Pires</t>
   </si>
   <si>
     <t xml:space="preserve">VÍTOR   SANTOS</t>
   </si>
   <si>
     <t>Filipe Cameira</t>
   </si>
   <si>
     <t>Nelson Mileu</t>
   </si>
   <si>
     <t>Rui Soares</t>
   </si>
   <si>
     <t>Gustavo Arroz</t>
   </si>
   <si>
     <t xml:space="preserve">Luís  Braz</t>
   </si>
   <si>
     <t>Hugo Casqueiro</t>
   </si>
   <si>
-    <t xml:space="preserve">Luis  Menezes</t>
+    <t xml:space="preserve">Luis  Meneses</t>
   </si>
   <si>
     <t>NUNO CORREIA</t>
   </si>
   <si>
     <t>CARLOS SIMOES</t>
   </si>
   <si>
     <t xml:space="preserve">Helder  Jorge </t>
   </si>
   <si>
     <t>F 45</t>
   </si>
   <si>
     <t xml:space="preserve">Aileen  Dooley </t>
   </si>
   <si>
     <t>Ana Bigode</t>
   </si>
   <si>
     <t>SUSANA RAPOSO</t>
   </si>
   <si>
     <t>Céu Fernandes</t>
   </si>
@@ -1604,99 +1604,99 @@
   <si>
     <t>Cristina Oliveira</t>
   </si>
   <si>
     <t xml:space="preserve">Ana  Serra</t>
   </si>
   <si>
     <t xml:space="preserve">Sónia  Fernandes </t>
   </si>
   <si>
     <t>Ana Martins</t>
   </si>
   <si>
     <t>MARIA AROUCA</t>
   </si>
   <si>
     <t>Luísa Madeira</t>
   </si>
   <si>
     <t>Sofia Pereira</t>
   </si>
   <si>
     <t>Andreia Craveiro</t>
   </si>
   <si>
-    <t xml:space="preserve">Camila  Assunção </t>
+    <t>Salvador Matos</t>
   </si>
   <si>
     <t xml:space="preserve">MARINA   PANTALIÃO</t>
   </si>
   <si>
     <t xml:space="preserve">ALEXANDRA   FERREIRA</t>
   </si>
   <si>
     <t>Augusta Azevedo</t>
   </si>
   <si>
     <t xml:space="preserve">Clara  Cardoso</t>
   </si>
   <si>
     <t>M 50</t>
   </si>
   <si>
     <t>SÉRGIO PAIVA</t>
   </si>
   <si>
     <t xml:space="preserve">ARTUR   PEREIRA</t>
   </si>
   <si>
     <t>Paulo Martins</t>
   </si>
   <si>
-    <t>Igor Tchemaguine</t>
+    <t>Ana Lúcia Rebelo</t>
   </si>
   <si>
     <t>Carlos Taveira</t>
   </si>
   <si>
     <t>RUI CABRAL</t>
   </si>
   <si>
     <t>Emanuel Oliveira</t>
   </si>
   <si>
     <t>PEDRO MAGALHÃES</t>
   </si>
   <si>
-    <t xml:space="preserve">CARLOS FREITAS </t>
+    <t>Joaquim Amaral</t>
   </si>
   <si>
     <t xml:space="preserve">Gonçalo  Baroutakis </t>
   </si>
   <si>
-    <t xml:space="preserve">JORGE  NUNES DA SILVA</t>
+    <t>ABNER KIENE</t>
   </si>
   <si>
     <t xml:space="preserve">RUI   OLIVEIRA</t>
   </si>
   <si>
     <t>Carlos Calado</t>
   </si>
   <si>
     <t>Rui Correia</t>
   </si>
   <si>
     <t>JOSE CRUZ</t>
   </si>
   <si>
     <t xml:space="preserve">CARLOS   SILVA</t>
   </si>
   <si>
     <t>Dinis Morais</t>
   </si>
   <si>
     <t xml:space="preserve">ORLANDO  CORREIA</t>
   </si>
   <si>
     <t xml:space="preserve">Jorge  Ferreira</t>
   </si>
@@ -1847,51 +1847,51 @@
   <si>
     <t>Carlos Gonçalves</t>
   </si>
   <si>
     <t>João Arroz</t>
   </si>
   <si>
     <t>F 50</t>
   </si>
   <si>
     <t xml:space="preserve">ANA   FRUTUOSO</t>
   </si>
   <si>
     <t>Ana Pereira</t>
   </si>
   <si>
     <t>Sandra Bação</t>
   </si>
   <si>
     <t xml:space="preserve">PATRÍCIA   MATOS</t>
   </si>
   <si>
     <t>ALEXANDRA PORTELA</t>
   </si>
   <si>
-    <t>CLÁUDIA BORRALHO</t>
+    <t>VENCEDORA CAPUNGA</t>
   </si>
   <si>
     <t>Fernanda Murteira</t>
   </si>
   <si>
     <t>Lara Sayanda</t>
   </si>
   <si>
     <t>ANA LETRA</t>
   </si>
   <si>
     <t>Goreti Borges</t>
   </si>
   <si>
     <t xml:space="preserve">ANABELA SALAZAR </t>
   </si>
   <si>
     <t xml:space="preserve">Gracinda  Fernandes</t>
   </si>
   <si>
     <t xml:space="preserve">SANDRA  FERNANDES</t>
   </si>
   <si>
     <t>Maria Ryder</t>
   </si>
@@ -1946,51 +1946,51 @@
   <si>
     <t xml:space="preserve">RITA   MINA</t>
   </si>
   <si>
     <t xml:space="preserve">Susana  Rodrigues </t>
   </si>
   <si>
     <t>Ruth Neves</t>
   </si>
   <si>
     <t>Sónia Amaro</t>
   </si>
   <si>
     <t xml:space="preserve">PAULA   SARAIVA</t>
   </si>
   <si>
     <t>ROSA MARQUES</t>
   </si>
   <si>
     <t>Sandra Teodoro</t>
   </si>
   <si>
     <t>Cristina Francisco</t>
   </si>
   <si>
-    <t>Isabel Costa</t>
+    <t>MARIA PEIXOTO</t>
   </si>
   <si>
     <t>Elsa Almeida</t>
   </si>
   <si>
     <t>Joana Pedro</t>
   </si>
   <si>
     <t>CRISTINA MORGADO</t>
   </si>
   <si>
     <t>Aileen Dooley</t>
   </si>
   <si>
     <t xml:space="preserve">Ana  Nunes</t>
   </si>
   <si>
     <t>Carmen Cristino</t>
   </si>
   <si>
     <t>Sofia Morgado</t>
   </si>
   <si>
     <t>Maria Veiga</t>
   </si>
@@ -2030,51 +2030,51 @@
   <si>
     <t>Mário Duarte</t>
   </si>
   <si>
     <t>Henrique Ferreira</t>
   </si>
   <si>
     <t>Paulo Vieira</t>
   </si>
   <si>
     <t xml:space="preserve">DIAMANTINO  GAMITO</t>
   </si>
   <si>
     <t>Rafael Abrunhosa</t>
   </si>
   <si>
     <t>Rui Magalhães</t>
   </si>
   <si>
     <t>MÁRIO RIBEIRO</t>
   </si>
   <si>
     <t xml:space="preserve">JOAQUIM   SANTOS</t>
   </si>
   <si>
-    <t>Pedro Ferreira</t>
+    <t>Pedro Silva Ferreira</t>
   </si>
   <si>
     <t>Jorge Santos</t>
   </si>
   <si>
     <t>Helder Batista</t>
   </si>
   <si>
     <t>Paulo Monteiro</t>
   </si>
   <si>
     <t>Pedro Neves</t>
   </si>
   <si>
     <t>Carlos Hilário</t>
   </si>
   <si>
     <t>Rodrigo Ferreira</t>
   </si>
   <si>
     <t>Paulo Dias</t>
   </si>
   <si>
     <t>António Jacinto</t>
   </si>
@@ -2102,51 +2102,51 @@
   <si>
     <t xml:space="preserve">Reinaldo  Santos </t>
   </si>
   <si>
     <t>Luís Correia</t>
   </si>
   <si>
     <t>Luís Cotrim</t>
   </si>
   <si>
     <t xml:space="preserve">João Pedro  Vaz</t>
   </si>
   <si>
     <t>João Cruz</t>
   </si>
   <si>
     <t xml:space="preserve">Carlos  Lomba</t>
   </si>
   <si>
     <t xml:space="preserve">EMILIO  GONÇALVES</t>
   </si>
   <si>
     <t>F 55</t>
   </si>
   <si>
-    <t xml:space="preserve">Ana  Santos</t>
+    <t>Ana Cleto</t>
   </si>
   <si>
     <t>Amigos do Atletismo de Mafra</t>
   </si>
   <si>
     <t xml:space="preserve">PAULA   FERNANDES</t>
   </si>
   <si>
     <t>Conceição Lopes</t>
   </si>
   <si>
     <t xml:space="preserve">NATÁLIA DIAS </t>
   </si>
   <si>
     <t>Rosarinho Dias</t>
   </si>
   <si>
     <t xml:space="preserve">ALICE  ANJINHO</t>
   </si>
   <si>
     <t>Isabel Ribeiro</t>
   </si>
   <si>
     <t>Carla Faria</t>
   </si>
@@ -2243,51 +2243,51 @@
   <si>
     <t>Dário Pereira</t>
   </si>
   <si>
     <t>Luis Durbeck</t>
   </si>
   <si>
     <t>Antonio Diogo</t>
   </si>
   <si>
     <t>Vitor Vital</t>
   </si>
   <si>
     <t>João Reis</t>
   </si>
   <si>
     <t>Vasco Palma</t>
   </si>
   <si>
     <t>Jorge Oliveira</t>
   </si>
   <si>
     <t>António Major</t>
   </si>
   <si>
-    <t xml:space="preserve">Carlos A  P Silva</t>
+    <t xml:space="preserve">Ana  Sobral</t>
   </si>
   <si>
     <t>Manuel Rego</t>
   </si>
   <si>
     <t xml:space="preserve">ANTÓNIO  ALVES</t>
   </si>
   <si>
     <t>Carlos G. Marques</t>
   </si>
   <si>
     <t>Jorge Valadares</t>
   </si>
   <si>
     <t xml:space="preserve">Carmo  Ribeiro</t>
   </si>
   <si>
     <t xml:space="preserve">Hermínio  Cabeceira</t>
   </si>
   <si>
     <t>António Lima</t>
   </si>
   <si>
     <t>José Silva</t>
   </si>