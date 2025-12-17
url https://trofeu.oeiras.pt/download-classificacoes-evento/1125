--- v0 (2025-10-29)
+++ v1 (2025-12-17)
@@ -71,51 +71,51 @@
   <si>
     <t>David Gabadinho</t>
   </si>
   <si>
     <t>Associação Run Tejo</t>
   </si>
   <si>
     <t>Tiago Mendes</t>
   </si>
   <si>
     <t>Ricardo Pinto</t>
   </si>
   <si>
     <t>Sport Ponto Come</t>
   </si>
   <si>
     <t>FRANCISCO BRANDÃO</t>
   </si>
   <si>
     <t>Diogo Lucas</t>
   </si>
   <si>
     <t>Valejas Atlético Clube</t>
   </si>
   <si>
-    <t xml:space="preserve">André  Taborda</t>
+    <t>Tiago Maniés</t>
   </si>
   <si>
     <t>STEVEN RELVAS GROSSO</t>
   </si>
   <si>
     <t>Frederico Ferreira</t>
   </si>
   <si>
     <t>Derikson Marques</t>
   </si>
   <si>
     <t>Grupo Recreativo Cultural e Desportivo de Leião</t>
   </si>
   <si>
     <t>Rafael Verissimo</t>
   </si>
   <si>
     <t>GMCJamor</t>
   </si>
   <si>
     <t>António Ribeiro</t>
   </si>
   <si>
     <t>Academia Recreativa de Linda-a-Velha</t>
   </si>
@@ -206,51 +206,51 @@
   <si>
     <t>TIAGO PINTO</t>
   </si>
   <si>
     <t>TIAGO QUITERIO</t>
   </si>
   <si>
     <t>Rodrigo Lopes</t>
   </si>
   <si>
     <t>Richandro Marujo</t>
   </si>
   <si>
     <t>João Pimenta</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
     <t>David Pinto</t>
   </si>
   <si>
     <t>António Coutinho</t>
   </si>
   <si>
-    <t xml:space="preserve">Rodrigo  Santos</t>
+    <t>Lourenço Ribeiro</t>
   </si>
   <si>
     <t>Diogo Ibraímo</t>
   </si>
   <si>
     <t xml:space="preserve">Gonçalo  Quintelas </t>
   </si>
   <si>
     <t>André Verissimo</t>
   </si>
   <si>
     <t xml:space="preserve">Gabriel  Felício</t>
   </si>
   <si>
     <t>Santiago Marujo</t>
   </si>
   <si>
     <t>Djálano Marujo</t>
   </si>
   <si>
     <t>Rodrigo Candeias</t>
   </si>
   <si>
     <t>Digmar Guadalupe</t>
   </si>
@@ -443,60 +443,60 @@
   <si>
     <t>LETICIA SILVA</t>
   </si>
   <si>
     <t>Maria Beatriz Mendes</t>
   </si>
   <si>
     <t>Marta Neves</t>
   </si>
   <si>
     <t>INÊS CUNHA LOPES</t>
   </si>
   <si>
     <t>Rita Bota</t>
   </si>
   <si>
     <t>FRANCISCA BRANCO</t>
   </si>
   <si>
     <t>ÍRIS ALMEIDA</t>
   </si>
   <si>
     <t>SERENA MONTEIRO</t>
   </si>
   <si>
-    <t>GABRIELA BARROS</t>
+    <t xml:space="preserve">RITA  MACHADO</t>
   </si>
   <si>
     <t>MARTA MARTINS</t>
   </si>
   <si>
     <t>Lara Correia</t>
   </si>
   <si>
-    <t>CONSTANÇA CRUZINHA</t>
+    <t>PAULO JORGE MARTINS</t>
   </si>
   <si>
     <t>SANDRA REIS</t>
   </si>
   <si>
     <t>Juvenis - Masculinos</t>
   </si>
   <si>
     <t>Guilherme Filipe</t>
   </si>
   <si>
     <t xml:space="preserve">DIOGO     BRANDÃO</t>
   </si>
   <si>
     <t>Tiago Jacinto</t>
   </si>
   <si>
     <t xml:space="preserve">ANDRÉ  COSTA </t>
   </si>
   <si>
     <t>FRANCISCO AZEVEDO</t>
   </si>
   <si>
     <t>JORGE PATRÃO</t>
   </si>
@@ -530,51 +530,51 @@
   <si>
     <t>Inês Mendes Bento</t>
   </si>
   <si>
     <t>Associação de Moradores 18 de Maio</t>
   </si>
   <si>
     <t>CLARA TOMÉ</t>
   </si>
   <si>
     <t>Inês Mileu</t>
   </si>
   <si>
     <t xml:space="preserve"> Atlético Clube de Porto Salvo</t>
   </si>
   <si>
     <t>Juniores - Masculinos</t>
   </si>
   <si>
     <t>JOEL BARROS</t>
   </si>
   <si>
     <t>EVANDRO PIRES</t>
   </si>
   <si>
-    <t>Gabriel Pereira</t>
+    <t>VICENTE ANTUNES</t>
   </si>
   <si>
     <t>MIGUEL AGUIAR</t>
   </si>
   <si>
     <t>Rafael Santos</t>
   </si>
   <si>
     <t>MICAEL ESCALEIRA</t>
   </si>
   <si>
     <t xml:space="preserve">Luca  Robinson</t>
   </si>
   <si>
     <t>Miguel Sayanda</t>
   </si>
   <si>
     <t xml:space="preserve">António   Crisóstomo</t>
   </si>
   <si>
     <t>David Gonçalves</t>
   </si>
   <si>
     <t>Mateus Pires</t>
   </si>
@@ -614,111 +614,111 @@
   <si>
     <t>Sub 23 - Masculinos</t>
   </si>
   <si>
     <t xml:space="preserve">ALEXANDRE  PEREIRA</t>
   </si>
   <si>
     <t>TOMÁS ESTEVES</t>
   </si>
   <si>
     <t>Afonso Antunes</t>
   </si>
   <si>
     <t>EDSON CARVALHO</t>
   </si>
   <si>
     <t>Filipe Condinho</t>
   </si>
   <si>
     <t>Gonçalo Gomes</t>
   </si>
   <si>
     <t>Salvador Alves</t>
   </si>
   <si>
-    <t>PEDRO VIEIRA</t>
+    <t>DEUS KAPUNGA</t>
   </si>
   <si>
     <t xml:space="preserve">João  Silva</t>
   </si>
   <si>
     <t>Renildo Robalo</t>
   </si>
   <si>
     <t>Rodrigo Caetano</t>
   </si>
   <si>
     <t xml:space="preserve">Gonçalo   Casimiro</t>
   </si>
   <si>
-    <t>Diogo Freitas</t>
+    <t>PODEROSO KAPUNGA</t>
   </si>
   <si>
     <t>Nuno Henriques da Cruz</t>
   </si>
   <si>
     <t>Sub 23 - Femininos</t>
   </si>
   <si>
     <t xml:space="preserve">PETRA     SANTOS</t>
   </si>
   <si>
     <t>Anastácia Marchenko</t>
   </si>
   <si>
     <t>Arina Sotonozhenko</t>
   </si>
   <si>
     <t>BEATRIZ FERNANDES</t>
   </si>
   <si>
     <t>TATIANA MOURA</t>
   </si>
   <si>
     <t xml:space="preserve">SOFIA GONÇALVES </t>
   </si>
   <si>
     <t>Camila Anjos</t>
   </si>
   <si>
     <t>Natália Gonçalves</t>
   </si>
   <si>
     <t>Ana Marta Barros</t>
   </si>
   <si>
     <t>Seniores - Masculinos</t>
   </si>
   <si>
     <t>Ismael Carvalho</t>
   </si>
   <si>
     <t>ANTÓNIO GAMA DA SILVA</t>
   </si>
   <si>
-    <t>DIOGO BATISTA</t>
+    <t>GONÇALO GONÇALVES</t>
   </si>
   <si>
     <t>FILIPE REBELO</t>
   </si>
   <si>
     <t>Gonçalo Oliveira</t>
   </si>
   <si>
     <t>VALTER GOMES</t>
   </si>
   <si>
     <t>HENRIQUE SANTOS</t>
   </si>
   <si>
     <t xml:space="preserve">JOÃO   PEREIRA</t>
   </si>
   <si>
     <t>Simão Augusto</t>
   </si>
   <si>
     <t>Miguel Ferreira</t>
   </si>
   <si>
     <t>GONÇALO BALTAZAR</t>
   </si>
@@ -854,51 +854,51 @@
   <si>
     <t xml:space="preserve">Jéssica  Canudo</t>
   </si>
   <si>
     <t>Sofia Reis</t>
   </si>
   <si>
     <t xml:space="preserve">Marta  Raposo</t>
   </si>
   <si>
     <t>Sara Fernandes</t>
   </si>
   <si>
     <t xml:space="preserve">Bárbara  Marques</t>
   </si>
   <si>
     <t>Marcela da Silva</t>
   </si>
   <si>
     <t xml:space="preserve">Mafalda   Santos</t>
   </si>
   <si>
     <t xml:space="preserve">Matilde  Mota Manuel</t>
   </si>
   <si>
-    <t>Rita Lopes</t>
+    <t xml:space="preserve">Catarina  Monteiro</t>
   </si>
   <si>
     <t>Mafalda Bação</t>
   </si>
   <si>
     <t>Raquel Pinheiro</t>
   </si>
   <si>
     <t>Susana Cargaleiro</t>
   </si>
   <si>
     <t>Marta Góis</t>
   </si>
   <si>
     <t>Mariana Oliveira</t>
   </si>
   <si>
     <t>Ana Beatriz Cerqueira</t>
   </si>
   <si>
     <t>Sara Belo</t>
   </si>
   <si>
     <t>Ana Patrícia Dias</t>
   </si>
@@ -917,51 +917,51 @@
   <si>
     <t>Diogo Louro</t>
   </si>
   <si>
     <t>Nuno Quintela</t>
   </si>
   <si>
     <t>Carlos Duque</t>
   </si>
   <si>
     <t>JOSÉ CARLOS TEODORO</t>
   </si>
   <si>
     <t>Steven Santos</t>
   </si>
   <si>
     <t>Miguel Xavier</t>
   </si>
   <si>
     <t>MARTIJN BOONS</t>
   </si>
   <si>
     <t>David Eiras</t>
   </si>
   <si>
-    <t xml:space="preserve">TIAGO VELEZ </t>
+    <t>JOSÉ VASCO</t>
   </si>
   <si>
     <t>Gonçalo Rangel</t>
   </si>
   <si>
     <t>André Pereira</t>
   </si>
   <si>
     <t>João Albuquerque</t>
   </si>
   <si>
     <t>Steve Gabadinho</t>
   </si>
   <si>
     <t xml:space="preserve">João  Miranda</t>
   </si>
   <si>
     <t>Fábio Querido</t>
   </si>
   <si>
     <t>Rafael Amador</t>
   </si>
   <si>
     <t>Tiago Cardoso</t>
   </si>
@@ -1214,66 +1214,66 @@
   <si>
     <t>Yuri Natividade</t>
   </si>
   <si>
     <t xml:space="preserve">VÍTOR   TEIXEIRA</t>
   </si>
   <si>
     <t>Pedro Ribeiro</t>
   </si>
   <si>
     <t>Simão Ribeiro</t>
   </si>
   <si>
     <t>Ricardo Afonso</t>
   </si>
   <si>
     <t xml:space="preserve">Marco  Pinto</t>
   </si>
   <si>
     <t>RAFAEL RAMOS</t>
   </si>
   <si>
     <t>Bruno Militão</t>
   </si>
   <si>
-    <t>Sérgio Lopes</t>
+    <t>Mário Anselmo</t>
   </si>
   <si>
     <t>Pedro Reis</t>
   </si>
   <si>
     <t>F 40</t>
   </si>
   <si>
     <t>MARINA DOMIMGUES</t>
   </si>
   <si>
     <t xml:space="preserve">RITA ROSA </t>
   </si>
   <si>
-    <t>ELISABETE MACEDO</t>
+    <t>MARTA MOTA</t>
   </si>
   <si>
     <t>Mauro Gaspar</t>
   </si>
   <si>
     <t>Inês Almeida</t>
   </si>
   <si>
     <t>Ana Silveira</t>
   </si>
   <si>
     <t xml:space="preserve">Marisa  Carvalho</t>
   </si>
   <si>
     <t>MARIANA FODOR</t>
   </si>
   <si>
     <t>Ana Sobral</t>
   </si>
   <si>
     <t>Rodrigo Tavares</t>
   </si>
   <si>
     <t>Isabel David</t>
   </si>
@@ -1436,75 +1436,75 @@
   <si>
     <t>Rodrigo Santos</t>
   </si>
   <si>
     <t>Bruno Raposo</t>
   </si>
   <si>
     <t>Fernando Palma</t>
   </si>
   <si>
     <t>João Monjardino</t>
   </si>
   <si>
     <t>SEBASTIAN FODOR</t>
   </si>
   <si>
     <t>Hugo Ferreira</t>
   </si>
   <si>
     <t>JOAO LOPES</t>
   </si>
   <si>
     <t>António Lavajo</t>
   </si>
   <si>
-    <t xml:space="preserve">JOAQUIM AMARAL </t>
+    <t xml:space="preserve">PEDRO  CAVILHAS</t>
   </si>
   <si>
     <t>Luís Neves</t>
   </si>
   <si>
     <t xml:space="preserve">Bruno  Marcelino</t>
   </si>
   <si>
     <t>Andrónico Duarte</t>
   </si>
   <si>
     <t xml:space="preserve">José  Ribeiro</t>
   </si>
   <si>
     <t xml:space="preserve">José  Pardal </t>
   </si>
   <si>
     <t xml:space="preserve">ANTÓNIO   ORLANDO</t>
   </si>
   <si>
     <t>Rui Vaz Rodrigues</t>
   </si>
   <si>
-    <t>Nuno Falé</t>
+    <t>José Ferreira</t>
   </si>
   <si>
     <t>Nuno Alves</t>
   </si>
   <si>
     <t>Jeferson Chanan</t>
   </si>
   <si>
     <t>Rogério Dias</t>
   </si>
   <si>
     <t>Paulo Caçador</t>
   </si>
   <si>
     <t>Gonçalo Santos</t>
   </si>
   <si>
     <t>Jorge Ramos</t>
   </si>
   <si>
     <t>Alvaro Neto</t>
   </si>
   <si>
     <t>António Melgão</t>
   </si>
@@ -1595,51 +1595,51 @@
   <si>
     <t>Catarina Rodrigues</t>
   </si>
   <si>
     <t xml:space="preserve">Mariana  Borges</t>
   </si>
   <si>
     <t>ANA NETO</t>
   </si>
   <si>
     <t>Odilia Gomes</t>
   </si>
   <si>
     <t>Cristina Dias</t>
   </si>
   <si>
     <t>Ana Rocha</t>
   </si>
   <si>
     <t xml:space="preserve">Ana  Serra</t>
   </si>
   <si>
     <t>Carla Palma</t>
   </si>
   <si>
-    <t xml:space="preserve">Camila  Assunção </t>
+    <t>Salvador Matos</t>
   </si>
   <si>
     <t>MARGARIDA ANJOS</t>
   </si>
   <si>
     <t>Elisabete Domingues</t>
   </si>
   <si>
     <t>Ana Martins</t>
   </si>
   <si>
     <t xml:space="preserve">MARINA   PANTALIÃO</t>
   </si>
   <si>
     <t>Carla Alves</t>
   </si>
   <si>
     <t xml:space="preserve">Clara  Cardoso</t>
   </si>
   <si>
     <t>Ana Pereira</t>
   </si>
   <si>
     <t>Sofia Pereira</t>
   </si>
@@ -1655,78 +1655,78 @@
   <si>
     <t>M 50</t>
   </si>
   <si>
     <t>SÉRGIO PAIVA</t>
   </si>
   <si>
     <t>LUIS LIMA</t>
   </si>
   <si>
     <t xml:space="preserve">ARTUR   PEREIRA</t>
   </si>
   <si>
     <t>Paulo Martins</t>
   </si>
   <si>
     <t>Eduardo Coelho</t>
   </si>
   <si>
     <t>Carlos Taveira</t>
   </si>
   <si>
     <t>RUI CABRAL</t>
   </si>
   <si>
-    <t>Igor Tchemaguine</t>
+    <t>Ana Lúcia Rebelo</t>
   </si>
   <si>
     <t xml:space="preserve">Dinis  Ribas </t>
   </si>
   <si>
     <t>Emanuel Oliveira</t>
   </si>
   <si>
-    <t xml:space="preserve">CARLOS FREITAS </t>
+    <t>Filipe Rebelo</t>
   </si>
   <si>
     <t xml:space="preserve">CARLOS   SILVA</t>
   </si>
   <si>
     <t>RUI VIEIRA</t>
   </si>
   <si>
     <t xml:space="preserve">Gonçalo  Baroutakis </t>
   </si>
   <si>
     <t>Antonio Trigueiro</t>
   </si>
   <si>
     <t>Beatriz Rebelo</t>
   </si>
   <si>
-    <t xml:space="preserve">JORGE  NUNES DA SILVA</t>
+    <t>ABNER KIENE</t>
   </si>
   <si>
     <t>Dinis Morais</t>
   </si>
   <si>
     <t>Inês Sousa</t>
   </si>
   <si>
     <t>Rui Lacerda</t>
   </si>
   <si>
     <t>JOSE CRUZ</t>
   </si>
   <si>
     <t xml:space="preserve">BENTO   QUARESMA</t>
   </si>
   <si>
     <t xml:space="preserve">Jorge  Ferreira</t>
   </si>
   <si>
     <t>Mario Porfirio</t>
   </si>
   <si>
     <t>Carlos Calado</t>
   </si>
@@ -1760,90 +1760,90 @@
   <si>
     <t>Lourenço Marta</t>
   </si>
   <si>
     <t>Pedro Andrade</t>
   </si>
   <si>
     <t>Rui Neves</t>
   </si>
   <si>
     <t>Nuno Filipe</t>
   </si>
   <si>
     <t>Luís Nogueira</t>
   </si>
   <si>
     <t>António Moura</t>
   </si>
   <si>
     <t>JULIO FERREIRA</t>
   </si>
   <si>
     <t>Luis Barata</t>
   </si>
   <si>
-    <t>EZEQUIEL ANDRADE</t>
+    <t>MILA ALEXANDRA HELD</t>
   </si>
   <si>
     <t>Filipe Ribeiro</t>
   </si>
   <si>
     <t xml:space="preserve">José  Véstias</t>
   </si>
   <si>
     <t>João Sayanda</t>
   </si>
   <si>
     <t>Miguel Lourenço</t>
   </si>
   <si>
     <t>António Canto</t>
   </si>
   <si>
     <t>Ricardo Esteves</t>
   </si>
   <si>
     <t xml:space="preserve">VÍTOR   CANTO</t>
   </si>
   <si>
     <t xml:space="preserve">RICARDO   FARIA</t>
   </si>
   <si>
     <t>António Martins</t>
   </si>
   <si>
     <t>Luis Pinheiro</t>
   </si>
   <si>
     <t>Carlos Coelho</t>
   </si>
   <si>
     <t>Nuno Botelho</t>
   </si>
   <si>
-    <t>Pedro Alves</t>
+    <t>Rui Pinto</t>
   </si>
   <si>
     <t>Desporto Oeiras</t>
   </si>
   <si>
     <t>Ricardo Nuno</t>
   </si>
   <si>
     <t>Luís Miguel Revés</t>
   </si>
   <si>
     <t>Pedro Esteves</t>
   </si>
   <si>
     <t>Daniel Estrela</t>
   </si>
   <si>
     <t>Paulo Trindade</t>
   </si>
   <si>
     <t>JOÃO MOITEIRO</t>
   </si>
   <si>
     <t xml:space="preserve">ANTÓNIO   QUARESMA</t>
   </si>
@@ -1895,51 +1895,51 @@
   <si>
     <t>NUNO SERRA</t>
   </si>
   <si>
     <t>Jaime Abreu</t>
   </si>
   <si>
     <t>DAVID ALMEIDA</t>
   </si>
   <si>
     <t>João Arroz</t>
   </si>
   <si>
     <t>António Nobre</t>
   </si>
   <si>
     <t>F 50</t>
   </si>
   <si>
     <t xml:space="preserve">ANA   FRUTUOSO</t>
   </si>
   <si>
     <t>Sandra Bação</t>
   </si>
   <si>
-    <t>CLÁUDIA BORRALHO</t>
+    <t>VENCEDORA CAPUNGA</t>
   </si>
   <si>
     <t>Lara Sayanda</t>
   </si>
   <si>
     <t>Goreti Borges</t>
   </si>
   <si>
     <t xml:space="preserve">Gracinda  Fernandes</t>
   </si>
   <si>
     <t>Fernanda Murteira</t>
   </si>
   <si>
     <t>ANA ABRUNHOSA</t>
   </si>
   <si>
     <t>Meirevone Ferreira</t>
   </si>
   <si>
     <t xml:space="preserve">ANABELA SALAZAR </t>
   </si>
   <si>
     <t>Fabiola Landeiro</t>
   </si>
@@ -2072,51 +2072,51 @@
   <si>
     <t>CARLOS SIMÕES</t>
   </si>
   <si>
     <t xml:space="preserve">DIAMANTINO  GAMITO</t>
   </si>
   <si>
     <t xml:space="preserve">JOAQUIM   SANTOS</t>
   </si>
   <si>
     <t>Rui Magalhães</t>
   </si>
   <si>
     <t>Pedro Neves</t>
   </si>
   <si>
     <t>Paulo Monteiro</t>
   </si>
   <si>
     <t>Carlos Hilário</t>
   </si>
   <si>
     <t>Paulo Dias</t>
   </si>
   <si>
-    <t>Pedro Ferreira</t>
+    <t>Pedro Silva Ferreira</t>
   </si>
   <si>
     <t>MÁRIO RIBEIRO</t>
   </si>
   <si>
     <t>Fernando Gonçalves</t>
   </si>
   <si>
     <t>Rodrigo Ferreira</t>
   </si>
   <si>
     <t>Helder Batista</t>
   </si>
   <si>
     <t>João Marques</t>
   </si>
   <si>
     <t xml:space="preserve">FERNANDO   COELHO</t>
   </si>
   <si>
     <t>manuel pereira</t>
   </si>
   <si>
     <t>António Jacinto</t>
   </si>
@@ -2267,51 +2267,51 @@
   <si>
     <t>FRANCISCO AFONSO</t>
   </si>
   <si>
     <t>JOÃO INFANTE</t>
   </si>
   <si>
     <t>Antonio Diogo</t>
   </si>
   <si>
     <t>Pedro Matos</t>
   </si>
   <si>
     <t>João Reis</t>
   </si>
   <si>
     <t>Vitor Vital</t>
   </si>
   <si>
     <t>Paulo Jorge Duarte Silva</t>
   </si>
   <si>
     <t>Jorge Oliveira</t>
   </si>
   <si>
-    <t xml:space="preserve">Carlos A  P Silva</t>
+    <t xml:space="preserve">Carlos  Silva</t>
   </si>
   <si>
     <t xml:space="preserve">ANTÓNIO  ALVES</t>
   </si>
   <si>
     <t>Jorge Valadares</t>
   </si>
   <si>
     <t>José Silva</t>
   </si>
   <si>
     <t>F 60</t>
   </si>
   <si>
     <t>EMÍLIA TAVARES</t>
   </si>
   <si>
     <t xml:space="preserve">Ivone  Lourenço</t>
   </si>
   <si>
     <t>M Conceição D Alves</t>
   </si>
   <si>
     <t>Maria Sequeira</t>
   </si>