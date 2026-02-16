--- v1 (2025-12-17)
+++ v2 (2026-02-16)
@@ -575,51 +575,51 @@
   <si>
     <t>David Gonçalves</t>
   </si>
   <si>
     <t>Mateus Pires</t>
   </si>
   <si>
     <t>Miguel Pina</t>
   </si>
   <si>
     <t xml:space="preserve">Gonçalo  Magalhães</t>
   </si>
   <si>
     <t>Vasco Ramos</t>
   </si>
   <si>
     <t>Shuncheng Ke</t>
   </si>
   <si>
     <t>Juniores - Femininos</t>
   </si>
   <si>
     <t>LEONOR SIMÕES</t>
   </si>
   <si>
-    <t>MATILDE MARQUES</t>
+    <t xml:space="preserve">CARLOS  VICENTE</t>
   </si>
   <si>
     <t>CARMEN SÁ</t>
   </si>
   <si>
     <t>ROSA PATRICIA MONTEIRO</t>
   </si>
   <si>
     <t xml:space="preserve">Emilia  Azizova</t>
   </si>
   <si>
     <t>Rita Silva</t>
   </si>
   <si>
     <t>Sub 23 - Masculinos</t>
   </si>
   <si>
     <t xml:space="preserve">ALEXANDRE  PEREIRA</t>
   </si>
   <si>
     <t>TOMÁS ESTEVES</t>
   </si>
   <si>
     <t>Afonso Antunes</t>
   </si>
@@ -728,51 +728,51 @@
   <si>
     <t>José Santos</t>
   </si>
   <si>
     <t>Tiago Pádua</t>
   </si>
   <si>
     <t>Tiago Freitas</t>
   </si>
   <si>
     <t>ANA GOMES</t>
   </si>
   <si>
     <t>Alain Breton</t>
   </si>
   <si>
     <t>Associação de Pára-quedistas Tejo-Norte</t>
   </si>
   <si>
     <t>Nazariy Kovalyuk</t>
   </si>
   <si>
     <t>Pedro Marques</t>
   </si>
   <si>
-    <t>Sérgio Oliveira</t>
+    <t>Paulo Arrenega</t>
   </si>
   <si>
     <t>Filipe Pereira</t>
   </si>
   <si>
     <t>Pedro Jogo</t>
   </si>
   <si>
     <t>Max Kazarin</t>
   </si>
   <si>
     <t>João Martins</t>
   </si>
   <si>
     <t>Bruno Henriques</t>
   </si>
   <si>
     <t>Cristiano Filipe</t>
   </si>
   <si>
     <t>André Ribeiro</t>
   </si>
   <si>
     <t xml:space="preserve">Francisco  Val</t>
   </si>
@@ -866,51 +866,51 @@
   <si>
     <t xml:space="preserve">Bárbara  Marques</t>
   </si>
   <si>
     <t>Marcela da Silva</t>
   </si>
   <si>
     <t xml:space="preserve">Mafalda   Santos</t>
   </si>
   <si>
     <t xml:space="preserve">Matilde  Mota Manuel</t>
   </si>
   <si>
     <t xml:space="preserve">Catarina  Monteiro</t>
   </si>
   <si>
     <t>Mafalda Bação</t>
   </si>
   <si>
     <t>Raquel Pinheiro</t>
   </si>
   <si>
     <t>Susana Cargaleiro</t>
   </si>
   <si>
-    <t>Marta Góis</t>
+    <t>Rita Jardim</t>
   </si>
   <si>
     <t>Mariana Oliveira</t>
   </si>
   <si>
     <t>Ana Beatriz Cerqueira</t>
   </si>
   <si>
     <t>Sara Belo</t>
   </si>
   <si>
     <t>Ana Patrícia Dias</t>
   </si>
   <si>
     <t>Mariana Silva</t>
   </si>
   <si>
     <t>M 35</t>
   </si>
   <si>
     <t xml:space="preserve">Gonçalo  Correia</t>
   </si>
   <si>
     <t xml:space="preserve">JOSÉ   CAMACHO</t>
   </si>
@@ -929,362 +929,362 @@
   <si>
     <t>Steven Santos</t>
   </si>
   <si>
     <t>Miguel Xavier</t>
   </si>
   <si>
     <t>MARTIJN BOONS</t>
   </si>
   <si>
     <t>David Eiras</t>
   </si>
   <si>
     <t>JOSÉ VASCO</t>
   </si>
   <si>
     <t>Gonçalo Rangel</t>
   </si>
   <si>
     <t>André Pereira</t>
   </si>
   <si>
     <t>João Albuquerque</t>
   </si>
   <si>
+    <t>Tiago Ribeiro</t>
+  </si>
+  <si>
+    <t xml:space="preserve">João  Miranda</t>
+  </si>
+  <si>
+    <t>Fábio Querido</t>
+  </si>
+  <si>
+    <t>Rafael Amador</t>
+  </si>
+  <si>
+    <t>Tiago Cardoso</t>
+  </si>
+  <si>
+    <t>Rafael Silva</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nuno  Silva</t>
+  </si>
+  <si>
+    <t xml:space="preserve">João  Raposo</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Diogo  Santos</t>
+  </si>
+  <si>
+    <t>Pedro Sousa</t>
+  </si>
+  <si>
+    <t>Arnaud Breton</t>
+  </si>
+  <si>
+    <t>Paulo Ramos</t>
+  </si>
+  <si>
+    <t>João Vale</t>
+  </si>
+  <si>
+    <t>Nuno Martins</t>
+  </si>
+  <si>
+    <t>André Teixeira</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Fábio  Martins</t>
+  </si>
+  <si>
+    <t>Ruben Mendonça</t>
+  </si>
+  <si>
+    <t>PEDRO SANTOS</t>
+  </si>
+  <si>
+    <t>F 35</t>
+  </si>
+  <si>
+    <t>TÂNIA PINTO</t>
+  </si>
+  <si>
+    <t>Carla Jesus</t>
+  </si>
+  <si>
+    <t>Ana Sofia Lino Mendes</t>
+  </si>
+  <si>
+    <t>Ana Coutinho</t>
+  </si>
+  <si>
+    <t>Rita Sá</t>
+  </si>
+  <si>
+    <t>Célia Lopes</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mónica  Carvalho</t>
+  </si>
+  <si>
+    <t>Associação Cultural e Recreativa da Ribeira da Lage</t>
+  </si>
+  <si>
+    <t>Sidónia Atanásio</t>
+  </si>
+  <si>
+    <t>Evelina Kocharova</t>
+  </si>
+  <si>
+    <t>Rita Raimundo</t>
+  </si>
+  <si>
+    <t>FILIPA RELVAS</t>
+  </si>
+  <si>
+    <t>Margarida Roque</t>
+  </si>
+  <si>
+    <t>Vânia Andrade</t>
+  </si>
+  <si>
+    <t>PATRICIA PINA</t>
+  </si>
+  <si>
+    <t>Vania Faria</t>
+  </si>
+  <si>
+    <t>LILIANA JORGE</t>
+  </si>
+  <si>
+    <t>M 40</t>
+  </si>
+  <si>
+    <t>Ricardo Madeira</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ANDRÉ   CORVO</t>
+  </si>
+  <si>
+    <t>HELDER GROSSO</t>
+  </si>
+  <si>
+    <t>JOEL PENA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">RUI   SILVA</t>
+  </si>
+  <si>
+    <t>FREDERICO RODRIGUES</t>
+  </si>
+  <si>
+    <t>Nuno Graça</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SÉRGIO   MALHEIRO</t>
+  </si>
+  <si>
+    <t>Paulo Rocha</t>
+  </si>
+  <si>
+    <t>David Caroço Nunes</t>
+  </si>
+  <si>
+    <t>Tramagal Sport União</t>
+  </si>
+  <si>
+    <t>Bruno Ferreira</t>
+  </si>
+  <si>
+    <t>Miguel Ramalho</t>
+  </si>
+  <si>
+    <t>José Carmo da Silva</t>
+  </si>
+  <si>
+    <t>Miguel Sousa</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Marco  Alves </t>
+  </si>
+  <si>
+    <t>Rui Santos</t>
+  </si>
+  <si>
+    <t>João Pereira</t>
+  </si>
+  <si>
+    <t>Fernanda Paulo</t>
+  </si>
+  <si>
+    <t>Rui Jesus</t>
+  </si>
+  <si>
+    <t>Andrea Saporito</t>
+  </si>
+  <si>
+    <t>Nelson Antunes</t>
+  </si>
+  <si>
+    <t>Eduardo Lopes</t>
+  </si>
+  <si>
+    <t>João Tomaz</t>
+  </si>
+  <si>
+    <t>Nuno Louro</t>
+  </si>
+  <si>
+    <t>Hugo Evaristo</t>
+  </si>
+  <si>
+    <t>ANDRÉ SEQUEIRA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PAULO VELEZ </t>
+  </si>
+  <si>
+    <t>Ricardo Santos</t>
+  </si>
+  <si>
+    <t>PEDRO SANGUINO</t>
+  </si>
+  <si>
+    <t>Ricardo Pascoal</t>
+  </si>
+  <si>
+    <t>EVANDRO LOPEZ</t>
+  </si>
+  <si>
+    <t>TIAGO SOUSA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Duarte  Teixeira</t>
+  </si>
+  <si>
+    <t>Tiago Nunes</t>
+  </si>
+  <si>
+    <t>Bruno Amaro</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Simão  Ortega</t>
+  </si>
+  <si>
+    <t xml:space="preserve">João  Nogueira </t>
+  </si>
+  <si>
+    <t>Ricardo Nobre</t>
+  </si>
+  <si>
+    <t>Nelson Marques</t>
+  </si>
+  <si>
+    <t>Filipe Paulo</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Miguel  Santos</t>
+  </si>
+  <si>
+    <t>Rui Aldeano</t>
+  </si>
+  <si>
+    <t>ADR O RELÂMPAGO</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Bruno  Pinto</t>
+  </si>
+  <si>
+    <t>Leandro Rodrigues</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Luis  Miranda</t>
+  </si>
+  <si>
+    <t>DIOGO ALMEIDA</t>
+  </si>
+  <si>
+    <t>GONÇALO PEDRO</t>
+  </si>
+  <si>
+    <t>Tiago Carvalhinho</t>
+  </si>
+  <si>
+    <t>Yuri Natividade</t>
+  </si>
+  <si>
+    <t xml:space="preserve">VÍTOR   TEIXEIRA</t>
+  </si>
+  <si>
+    <t>Pedro Ribeiro</t>
+  </si>
+  <si>
+    <t>Simão Ribeiro</t>
+  </si>
+  <si>
+    <t>Ricardo Afonso</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Marco  Pinto</t>
+  </si>
+  <si>
+    <t>RAFAEL RAMOS</t>
+  </si>
+  <si>
+    <t>Bruno Militão</t>
+  </si>
+  <si>
+    <t>Mário Anselmo</t>
+  </si>
+  <si>
+    <t>Pedro Reis</t>
+  </si>
+  <si>
+    <t>F 40</t>
+  </si>
+  <si>
+    <t>MARINA DOMIMGUES</t>
+  </si>
+  <si>
+    <t xml:space="preserve">RITA ROSA </t>
+  </si>
+  <si>
+    <t>MARTA MOTA</t>
+  </si>
+  <si>
+    <t>Mauro Gaspar</t>
+  </si>
+  <si>
+    <t>Inês Almeida</t>
+  </si>
+  <si>
     <t>Steve Gabadinho</t>
   </si>
   <si>
-    <t xml:space="preserve">João  Miranda</t>
-[...307 lines deleted...]
-  <si>
     <t xml:space="preserve">Marisa  Carvalho</t>
   </si>
   <si>
     <t>MARIANA FODOR</t>
   </si>
   <si>
     <t>Ana Sobral</t>
   </si>
   <si>
     <t>Rodrigo Tavares</t>
   </si>
   <si>
     <t>Isabel David</t>
   </si>
   <si>
     <t>Ana Rita Seixo</t>
   </si>
   <si>
     <t xml:space="preserve">Diana  Guimarães</t>
   </si>
   <si>
     <t>Vera Carmo</t>
   </si>
   <si>
     <t>Maria Jesus</t>
@@ -1664,51 +1664,51 @@
   <si>
     <t xml:space="preserve">ARTUR   PEREIRA</t>
   </si>
   <si>
     <t>Paulo Martins</t>
   </si>
   <si>
     <t>Eduardo Coelho</t>
   </si>
   <si>
     <t>Carlos Taveira</t>
   </si>
   <si>
     <t>RUI CABRAL</t>
   </si>
   <si>
     <t>Ana Lúcia Rebelo</t>
   </si>
   <si>
     <t xml:space="preserve">Dinis  Ribas </t>
   </si>
   <si>
     <t>Emanuel Oliveira</t>
   </si>
   <si>
-    <t>Filipe Rebelo</t>
+    <t>Joaquim Amaral</t>
   </si>
   <si>
     <t xml:space="preserve">CARLOS   SILVA</t>
   </si>
   <si>
     <t>RUI VIEIRA</t>
   </si>
   <si>
     <t xml:space="preserve">Gonçalo  Baroutakis </t>
   </si>
   <si>
     <t>Antonio Trigueiro</t>
   </si>
   <si>
     <t>Beatriz Rebelo</t>
   </si>
   <si>
     <t>ABNER KIENE</t>
   </si>
   <si>
     <t>Dinis Morais</t>
   </si>
   <si>
     <t>Inês Sousa</t>
   </si>