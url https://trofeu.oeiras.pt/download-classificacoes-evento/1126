--- v0 (2025-10-14)
+++ v1 (2025-12-07)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Atletas" sheetId="1" r:id="rId1"/>
     <sheet name="Colectivo" sheetId="2" r:id="rId3"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="872" uniqueCount="872">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="871" uniqueCount="871">
   <si>
     <t>42º Troféu CM Oeiras - Grande Prémio Milha de Queijas</t>
   </si>
   <si>
     <t>Sub 10 - Masculinos</t>
   </si>
   <si>
     <t>Posição</t>
   </si>
   <si>
     <t>Dorsal</t>
   </si>
   <si>
     <t>Atleta</t>
   </si>
   <si>
     <t>Clube/Equipa</t>
   </si>
   <si>
     <t>Pontos</t>
   </si>
   <si>
     <t>FRANCISCO BRANDÃO</t>
   </si>
   <si>
@@ -179,84 +179,84 @@
   <si>
     <t>Tiago Moura</t>
   </si>
   <si>
     <t>Sub 12 - Masculinos</t>
   </si>
   <si>
     <t>TIAGO QUITERIO</t>
   </si>
   <si>
     <t>Rodrigo Madureira</t>
   </si>
   <si>
     <t>Manel Elias</t>
   </si>
   <si>
     <t>Diogo Ibraímo</t>
   </si>
   <si>
     <t>Simão Pinto</t>
   </si>
   <si>
     <t>Miguel Teixeira</t>
   </si>
   <si>
-    <t>DUARTE RODRIGUES</t>
+    <t>Duarte Rodrigues</t>
   </si>
   <si>
     <t>CLUBE DE ATLETISMO DE VALE DE FIGUEIRA</t>
   </si>
   <si>
     <t>Gabriel Figueiredo</t>
   </si>
   <si>
     <t>Guilherme Cabaço</t>
   </si>
   <si>
     <t>Rafael Diogo</t>
   </si>
   <si>
     <t>Diogo Lucas</t>
   </si>
   <si>
     <t>Ricardo Pinto</t>
   </si>
   <si>
     <t>Xavier Costa</t>
   </si>
   <si>
     <t>David Gabadinho</t>
   </si>
   <si>
     <t>GABRIEL CODEÇO</t>
   </si>
   <si>
     <t>Alexandre Filipe</t>
   </si>
   <si>
-    <t xml:space="preserve">André  Taborda</t>
+    <t>Tiago Maniés</t>
   </si>
   <si>
     <t>Elyan Silva</t>
   </si>
   <si>
     <t xml:space="preserve">MATIAS  CORREIA</t>
   </si>
   <si>
     <t>Paulo Soares</t>
   </si>
   <si>
     <t>Leonardo Fichtner</t>
   </si>
   <si>
     <t>Bruno Fichtner</t>
   </si>
   <si>
     <t>Sub 12 - Femininos</t>
   </si>
   <si>
     <t>Yasmin Tchemaguine</t>
   </si>
   <si>
     <t>Jaciara Cabral</t>
   </si>
@@ -362,153 +362,153 @@
   <si>
     <t xml:space="preserve">Guilherme  Nunes </t>
   </si>
   <si>
     <t>Afonso Torate</t>
   </si>
   <si>
     <t>Afonso Cruz</t>
   </si>
   <si>
     <t>Renato Borges</t>
   </si>
   <si>
     <t>Guilherme Oliveira</t>
   </si>
   <si>
     <t>Matias Sequeira</t>
   </si>
   <si>
     <t>Digmar Guadalupe</t>
   </si>
   <si>
     <t>Rodrigo Candeias</t>
   </si>
   <si>
-    <t xml:space="preserve">SALVADOR  BALASTEIRO</t>
+    <t>Salvador Balasteiro</t>
   </si>
   <si>
     <t>Duarte Brito</t>
   </si>
   <si>
     <t>JAIME BACALHAU</t>
   </si>
   <si>
     <t>Duarte Silva</t>
   </si>
   <si>
     <t>Sub 14 - Femininos</t>
   </si>
   <si>
     <t>REGINA FREDERICO</t>
   </si>
   <si>
     <t>Leonor Santos</t>
   </si>
   <si>
     <t>Maria Coutinho</t>
   </si>
   <si>
     <t>MATILDE NOGUEIRA</t>
   </si>
   <si>
     <t>Alice Fichtner</t>
   </si>
   <si>
     <t>Rita Dias</t>
   </si>
   <si>
     <t>ALEXANDRA ALMEIDA</t>
   </si>
   <si>
     <t xml:space="preserve">MARIA     INÊSOLIVEIRA</t>
   </si>
   <si>
     <t>Francisca Sequeira</t>
   </si>
   <si>
     <t>Maria Bica</t>
   </si>
   <si>
     <t>Isabel Viciosa</t>
   </si>
   <si>
-    <t>INÊS VARANDAS</t>
+    <t>Daria Pravosudova</t>
   </si>
   <si>
     <t xml:space="preserve">CAROLINA  PEDRO</t>
   </si>
   <si>
-    <t xml:space="preserve">MADALENA  GONÇALVES</t>
-[...2 lines deleted...]
-    <t xml:space="preserve">CARMINHO  MATIAS</t>
+    <t>Madalena Gonçalves</t>
+  </si>
+  <si>
+    <t>Carminho Matias</t>
   </si>
   <si>
     <t>MARIA INÊS CABRAL</t>
   </si>
   <si>
     <t>Sara Sousa</t>
   </si>
   <si>
     <t>Jeni Pires</t>
   </si>
   <si>
     <t>Laura Silva</t>
   </si>
   <si>
     <t>Sub 16 - Masculinos</t>
   </si>
   <si>
     <t>Rafael Inácio</t>
   </si>
   <si>
     <t>DIOGO MUGARRO</t>
   </si>
   <si>
     <t xml:space="preserve">LUIS      FRANCO</t>
   </si>
   <si>
     <t>luis Ferreira</t>
   </si>
   <si>
     <t>Filipe Maravilha</t>
   </si>
   <si>
     <t xml:space="preserve">DAVI      FLORES</t>
   </si>
   <si>
-    <t xml:space="preserve">MIGUEL  CABRAL</t>
+    <t xml:space="preserve">Miguel  Cabral</t>
   </si>
   <si>
     <t>SANTIAGO RODRIGUES</t>
   </si>
   <si>
-    <t xml:space="preserve">VASCO  TEIXEIRA</t>
-[...2 lines deleted...]
-    <t xml:space="preserve">RAFAEL  PEREIRA</t>
+    <t>Vasco Teixeira</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Rafael  Pereira</t>
   </si>
   <si>
     <t>Guilherme Candeias</t>
   </si>
   <si>
     <t xml:space="preserve">JOÃO  Magalhães</t>
   </si>
   <si>
     <t>Sub 16 - Femininos</t>
   </si>
   <si>
     <t>CATARINA LOPES</t>
   </si>
   <si>
     <t>Diana Pedro</t>
   </si>
   <si>
     <t>CAROLINA MADUREIRA</t>
   </si>
   <si>
     <t xml:space="preserve">MARIA     TERESA FRANCO</t>
   </si>
   <si>
     <t>Matilde Ferreira</t>
   </si>
@@ -533,141 +533,141 @@
   <si>
     <t>CAROLINA SEIXAL</t>
   </si>
   <si>
     <t>Marta Neves</t>
   </si>
   <si>
     <t>Sociedade de Instrução Musical e Escolar Cruz Quebradense (SIMECQ)</t>
   </si>
   <si>
     <t>Rita Leal</t>
   </si>
   <si>
     <t>Maia Espírito-Santo</t>
   </si>
   <si>
     <t>Sofia Mileu</t>
   </si>
   <si>
     <t xml:space="preserve"> Atlético Clube de Porto Salvo</t>
   </si>
   <si>
     <t>Rita Bota</t>
   </si>
   <si>
-    <t xml:space="preserve">EVA  CABRAL</t>
+    <t>Eva Cabral</t>
   </si>
   <si>
     <t>SANDRA REIS</t>
   </si>
   <si>
     <t>Lívia Mores</t>
   </si>
   <si>
     <t>Sub 18 - Masculinos</t>
   </si>
   <si>
     <t xml:space="preserve">DIOGO     BRANDÃO</t>
   </si>
   <si>
     <t>RAFAEL ALVES</t>
   </si>
   <si>
     <t>DIOGO PINTO</t>
   </si>
   <si>
     <t xml:space="preserve">ANDRÉ  COSTA </t>
   </si>
   <si>
     <t>Dinis Capelas</t>
   </si>
   <si>
     <t>Tomás Magina</t>
   </si>
   <si>
-    <t xml:space="preserve">SIMÃO  PAREDES</t>
+    <t xml:space="preserve">Simão  Paredes</t>
   </si>
   <si>
     <t>Pedro Sayanda</t>
   </si>
   <si>
     <t>ALEXANDRE FEVEREIRO</t>
   </si>
   <si>
     <t>Tiago Oliveira</t>
   </si>
   <si>
-    <t xml:space="preserve">PEDRO  GONÇALVES</t>
-[...2 lines deleted...]
-    <t xml:space="preserve">TIAGO  GONÇALVES</t>
+    <t>Pedro Gonçalves</t>
+  </si>
+  <si>
+    <t>Tiago Gonçalves</t>
   </si>
   <si>
     <t xml:space="preserve">HENRIQUE LOMBA </t>
   </si>
   <si>
     <t>Oleh Voznyi</t>
   </si>
   <si>
     <t>Grupo Recreativo de Tercena</t>
   </si>
   <si>
     <t>Sub 18 - Femininos</t>
   </si>
   <si>
     <t>SARA RIBAS</t>
   </si>
   <si>
     <t>MADALENA ANJOS</t>
   </si>
   <si>
     <t xml:space="preserve">Carolina Coelho </t>
   </si>
   <si>
     <t xml:space="preserve">Diana  Nunes</t>
   </si>
   <si>
     <t>FRANCISCA BRANCO</t>
   </si>
   <si>
     <t>Rita Kneissler</t>
   </si>
   <si>
     <t xml:space="preserve">Álvaro  Martins</t>
   </si>
   <si>
     <t>Inês Mendes Bento</t>
   </si>
   <si>
     <t>ÍRIS ALMEIDA</t>
   </si>
   <si>
     <t>CLARA TOMÉ</t>
   </si>
   <si>
-    <t>CONSTANÇA CRUZINHA</t>
+    <t>PAULO JORGE MARTINS</t>
   </si>
   <si>
     <t>Sub 20 - Masculinos</t>
   </si>
   <si>
     <t>Guilherme Filipe</t>
   </si>
   <si>
     <t>SANTIAGO AGATÃO</t>
   </si>
   <si>
     <t>Rafael Santos</t>
   </si>
   <si>
     <t>LUCA ROBINSON</t>
   </si>
   <si>
     <t xml:space="preserve">João  Silva</t>
   </si>
   <si>
     <t>Bruno Sousa</t>
   </si>
   <si>
     <t>Filipe Serra</t>
   </si>
@@ -704,105 +704,105 @@
   <si>
     <t>Mateus Pires</t>
   </si>
   <si>
     <t>Rafael Antunes</t>
   </si>
   <si>
     <t xml:space="preserve">Miguel  Garcia</t>
   </si>
   <si>
     <t>Tiago Nuno</t>
   </si>
   <si>
     <t>Sub 20 - Femininos</t>
   </si>
   <si>
     <t>Catarina Espada</t>
   </si>
   <si>
     <t>Inês Jerónimo Pereira</t>
   </si>
   <si>
     <t>Associação de Moradores 18 de Maio</t>
   </si>
   <si>
-    <t xml:space="preserve">JÉSSICA  PEREIRA</t>
+    <t>Jéssica Pereira</t>
   </si>
   <si>
     <t>Rita Silva</t>
   </si>
   <si>
     <t>Mariana Pinto</t>
   </si>
   <si>
     <t>Inês Mileu</t>
   </si>
   <si>
     <t>Sub 23 - Masculinos</t>
   </si>
   <si>
     <t>Afonso Antunes</t>
   </si>
   <si>
     <t>JOEL BARROS</t>
   </si>
   <si>
     <t xml:space="preserve">JOSÉ      CARLOS</t>
   </si>
   <si>
-    <t xml:space="preserve">RAFAEL  SALGADO</t>
+    <t>Rafael Salgado</t>
   </si>
   <si>
     <t>MIGUEL AGUIAR</t>
   </si>
   <si>
-    <t>Gabriel Pereira</t>
+    <t>VICENTE ANTUNES</t>
   </si>
   <si>
     <t>Salvador Alves</t>
   </si>
   <si>
     <t>Miguel Sayanda</t>
   </si>
   <si>
     <t>Afonso Lourenço</t>
   </si>
   <si>
     <t>Filipe Condinho</t>
   </si>
   <si>
-    <t>PEDRO VIEIRA</t>
+    <t>DEUS KAPUNGA</t>
   </si>
   <si>
     <t>José Frazão</t>
   </si>
   <si>
     <t xml:space="preserve">Gonçalo  Magalhães</t>
   </si>
   <si>
-    <t>SIMÃO OLIVEIRA</t>
+    <t>SIMÃO LIMA</t>
   </si>
   <si>
     <t>Miguel Noronha</t>
   </si>
   <si>
     <t>Sub 23 - Femininos</t>
   </si>
   <si>
     <t>Madalena Preciso</t>
   </si>
   <si>
     <t>MATILDE MARQUES</t>
   </si>
   <si>
     <t>Seniores - Masculinos</t>
   </si>
   <si>
     <t>Diogo Fraga</t>
   </si>
   <si>
     <t xml:space="preserve">Isaias   Gomes</t>
   </si>
   <si>
     <t xml:space="preserve">Nahuel  Pozueta</t>
   </si>
@@ -860,51 +860,51 @@
   <si>
     <t>João Teles</t>
   </si>
   <si>
     <t xml:space="preserve">Rodrigo  SANTOS</t>
   </si>
   <si>
     <t>João Roxo</t>
   </si>
   <si>
     <t xml:space="preserve">Afonso  Guerreiro</t>
   </si>
   <si>
     <t>Sérgio Oliveira</t>
   </si>
   <si>
     <t>José Marcos</t>
   </si>
   <si>
     <t>João Neves</t>
   </si>
   <si>
     <t>Amigos de Baco</t>
   </si>
   <si>
-    <t xml:space="preserve">Natalino  Monteiro</t>
+    <t>Francisco Ferreira</t>
   </si>
   <si>
     <t>ANDRÉ FERREIRA</t>
   </si>
   <si>
     <t>Cristiano Filipe</t>
   </si>
   <si>
     <t xml:space="preserve">Francisco  Val</t>
   </si>
   <si>
     <t>MARCELO GUERRA</t>
   </si>
   <si>
     <t>William Salvador</t>
   </si>
   <si>
     <t>GMCJamor</t>
   </si>
   <si>
     <t>Daniel Nunes</t>
   </si>
   <si>
     <t>FILIPE TEIXEIRA</t>
   </si>
@@ -986,51 +986,51 @@
   <si>
     <t xml:space="preserve">Claúdia  Jerónimo</t>
   </si>
   <si>
     <t>Leonor Mendes</t>
   </si>
   <si>
     <t>Mafalda Bação</t>
   </si>
   <si>
     <t>Francisca Pereira</t>
   </si>
   <si>
     <t xml:space="preserve">SOFIA GONÇALVES </t>
   </si>
   <si>
     <t xml:space="preserve">Mafalda   Santos</t>
   </si>
   <si>
     <t>Sofia Gomes</t>
   </si>
   <si>
     <t>Niamh Fehily</t>
   </si>
   <si>
-    <t>CÁTIA TAVARES</t>
+    <t>CÁTIA FIDALGO</t>
   </si>
   <si>
     <t xml:space="preserve">Matilde  Mota Manuel</t>
   </si>
   <si>
     <t>Rita García-Mon</t>
   </si>
   <si>
     <t>Soraia Paraíso</t>
   </si>
   <si>
     <t>Carla Rodrigues</t>
   </si>
   <si>
     <t>Verónica Ramos</t>
   </si>
   <si>
     <t>Inês Almeida</t>
   </si>
   <si>
     <t xml:space="preserve">Diana  Cardoso</t>
   </si>
   <si>
     <t>Marta Andrade</t>
   </si>
@@ -1070,63 +1070,63 @@
   <si>
     <t>David Eiras</t>
   </si>
   <si>
     <t>Nuno Quintela</t>
   </si>
   <si>
     <t>JOSÉ CARLOS TEODORO</t>
   </si>
   <si>
     <t>Steven Santos</t>
   </si>
   <si>
     <t>Fauler Campos</t>
   </si>
   <si>
     <t>HUGO FILIPE ANTUNES</t>
   </si>
   <si>
     <t>Ivandro Moreira</t>
   </si>
   <si>
     <t>Agualva Runners</t>
   </si>
   <si>
-    <t xml:space="preserve">TIAGO VELEZ </t>
+    <t>JOSÉ VASCO</t>
   </si>
   <si>
     <t>André Pereira</t>
   </si>
   <si>
     <t>André Oliveira</t>
   </si>
   <si>
     <t>Steve Gabadinho</t>
   </si>
   <si>
-    <t>Fernando Arvelaiz</t>
+    <t>Fernando Pereira</t>
   </si>
   <si>
     <t xml:space="preserve">José  Júnior</t>
   </si>
   <si>
     <t>Joao Filho</t>
   </si>
   <si>
     <t xml:space="preserve">João  Miranda</t>
   </si>
   <si>
     <t>RENATO MADUREIRA</t>
   </si>
   <si>
     <t>Fábio Querido</t>
   </si>
   <si>
     <t>TELMO JORGE</t>
   </si>
   <si>
     <t>Diogo Inácio</t>
   </si>
   <si>
     <t>Nuno Frias</t>
   </si>
@@ -1193,51 +1193,51 @@
   <si>
     <t>Raquel Pinheiro</t>
   </si>
   <si>
     <t>Vania Faria</t>
   </si>
   <si>
     <t>Joana Cunha</t>
   </si>
   <si>
     <t>Catarina Barbosa</t>
   </si>
   <si>
     <t>Joana Costa</t>
   </si>
   <si>
     <t>JOANA ALMEIDA</t>
   </si>
   <si>
     <t>Filipa Gonçalves</t>
   </si>
   <si>
     <t>M 40</t>
   </si>
   <si>
-    <t xml:space="preserve">PEDRO  ARSÉNIO</t>
+    <t>Pedro Arsénio</t>
   </si>
   <si>
     <t>Oliver May</t>
   </si>
   <si>
     <t>JOEL PENA</t>
   </si>
   <si>
     <t>Nuno Graça</t>
   </si>
   <si>
     <t xml:space="preserve">RUI   SILVA</t>
   </si>
   <si>
     <t>Manuel Júlio</t>
   </si>
   <si>
     <t>Rafael Gonçalves</t>
   </si>
   <si>
     <t>Walkandrun.pt-Seaside</t>
   </si>
   <si>
     <t>João Pereira</t>
   </si>
@@ -1343,51 +1343,51 @@
   <si>
     <t>Germano Louro</t>
   </si>
   <si>
     <t>TIAGO RODRIGUES</t>
   </si>
   <si>
     <t>Luis Hilário</t>
   </si>
   <si>
     <t>Ricardo Gomes</t>
   </si>
   <si>
     <t>Nuno Martins</t>
   </si>
   <si>
     <t>José Gouveia</t>
   </si>
   <si>
     <t>F 40</t>
   </si>
   <si>
     <t>RITA ROSA</t>
   </si>
   <si>
-    <t>ELISABETE MACEDO</t>
+    <t>MARTA MOTA</t>
   </si>
   <si>
     <t>Ana Garrido Silva</t>
   </si>
   <si>
     <t>Ana Sofia Lino Mendes</t>
   </si>
   <si>
     <t xml:space="preserve">Diana  Guimarães</t>
   </si>
   <si>
     <t>Isabel David</t>
   </si>
   <si>
     <t>Cátea Ramos</t>
   </si>
   <si>
     <t>Vanessa Estévez</t>
   </si>
   <si>
     <t>Maria Jesus</t>
   </si>
   <si>
     <t xml:space="preserve">SEZINANDA  GUERREIRO</t>
   </si>
@@ -1595,78 +1595,78 @@
   <si>
     <t>Pedro Raposo</t>
   </si>
   <si>
     <t xml:space="preserve">Helder  Jorge </t>
   </si>
   <si>
     <t xml:space="preserve">Ricardo Pato </t>
   </si>
   <si>
     <t>CARLOS CARDOSO</t>
   </si>
   <si>
     <t>Joao Ferreira</t>
   </si>
   <si>
     <t xml:space="preserve">Luís  Braz</t>
   </si>
   <si>
     <t>Daniel Coelho</t>
   </si>
   <si>
     <t>Bruno Adrião</t>
   </si>
   <si>
-    <t>Mário Lima</t>
-[...2 lines deleted...]
-    <t>Sérgio Costa</t>
+    <t>JOSÉ SOUSA</t>
+  </si>
+  <si>
+    <t>Benjamim Pino</t>
   </si>
   <si>
     <t>F 45</t>
   </si>
   <si>
     <t>SUSANA RAPOSO</t>
   </si>
   <si>
     <t>Céu Fernandes</t>
   </si>
   <si>
     <t xml:space="preserve">Marta  Borges</t>
   </si>
   <si>
     <t xml:space="preserve">CÉLIA  SILVA</t>
   </si>
   <si>
-    <t xml:space="preserve">LÚCIA  COSTA</t>
+    <t>Lúcia Costa</t>
   </si>
   <si>
     <t>Sónia Machado</t>
   </si>
   <si>
-    <t xml:space="preserve">ISABEL  COSTA</t>
+    <t>Isabel Costa</t>
   </si>
   <si>
     <t>Vera Carmo</t>
   </si>
   <si>
     <t>Gina Correia</t>
   </si>
   <si>
     <t>ANA NETO</t>
   </si>
   <si>
     <t>Sandra Silva</t>
   </si>
   <si>
     <t>Sofia Pedro</t>
   </si>
   <si>
     <t>Catarina Rodrigues</t>
   </si>
   <si>
     <t>SOFIA ALEIXO</t>
   </si>
   <si>
     <t>Odilia Gomes</t>
   </si>
@@ -1727,159 +1727,159 @@
   <si>
     <t>SÉRGIO PAIVA</t>
   </si>
   <si>
     <t>Nuno Ruela</t>
   </si>
   <si>
     <t>Clube Desportivo Os Galgos Audazes</t>
   </si>
   <si>
     <t>Igor Tchemaguine</t>
   </si>
   <si>
     <t>Hugo Palmeiro</t>
   </si>
   <si>
     <t>Paulo Silva</t>
   </si>
   <si>
     <t xml:space="preserve">JORGE   PINHO</t>
   </si>
   <si>
     <t xml:space="preserve">FERNANDO   MIRANDA</t>
   </si>
   <si>
-    <t xml:space="preserve">JOSÉ LUÍS  PEREIRA</t>
+    <t>José Luís Pereira</t>
   </si>
   <si>
     <t>PEDRO MAGALHÃES</t>
   </si>
   <si>
     <t xml:space="preserve">ARTUR   PEREIRA</t>
   </si>
   <si>
     <t>Emanuel Oliveira</t>
   </si>
   <si>
     <t>RUI ALVES</t>
   </si>
   <si>
-    <t xml:space="preserve">JORGE  NUNES DA SILVA</t>
+    <t>ABNER KIENE</t>
   </si>
   <si>
     <t>PEDRO BURRICA</t>
   </si>
   <si>
     <t>Tiago Rocha</t>
   </si>
   <si>
     <t>FERNANDO ANJOS</t>
   </si>
   <si>
-    <t xml:space="preserve">JOAQUIM AMARAL </t>
+    <t xml:space="preserve">PEDRO  CAVILHAS</t>
   </si>
   <si>
     <t>Bruno Afonso</t>
   </si>
   <si>
     <t>Pedro Andrade</t>
   </si>
   <si>
-    <t xml:space="preserve">RUI  TEIXEIRA</t>
+    <t>Rui Teixeira</t>
   </si>
   <si>
     <t xml:space="preserve">João  Caetano</t>
   </si>
   <si>
-    <t xml:space="preserve">CARLOS FREITAS </t>
+    <t>Filipe Rebelo</t>
   </si>
   <si>
     <t>Nuno Duarte</t>
   </si>
   <si>
     <t xml:space="preserve">LUÍS  SOUSA</t>
   </si>
   <si>
     <t>Sérgio Ramos</t>
   </si>
   <si>
     <t>Daniel Estrela</t>
   </si>
   <si>
     <t>Carlos Coelho</t>
   </si>
   <si>
     <t>António Canto</t>
   </si>
   <si>
     <t xml:space="preserve">José  Raposo</t>
   </si>
   <si>
-    <t xml:space="preserve">JOAQUIM SANTOS </t>
+    <t>FRANCISCO MOTA</t>
   </si>
   <si>
     <t>Nuno Morgado</t>
   </si>
   <si>
     <t>JULIO FERREIRA</t>
   </si>
   <si>
     <t>RUI ANTUNES</t>
   </si>
   <si>
     <t xml:space="preserve">José  Véstias</t>
   </si>
   <si>
     <t>João Sayanda</t>
   </si>
   <si>
     <t xml:space="preserve">Daniel  Morais</t>
   </si>
   <si>
     <t>João Domingues</t>
   </si>
   <si>
     <t>Luis Barata</t>
   </si>
   <si>
     <t>LUIS PEDROSO</t>
   </si>
   <si>
-    <t xml:space="preserve">Carlos  Gil</t>
+    <t>Carlos Gil</t>
   </si>
   <si>
     <t>ARTUR COTA</t>
   </si>
   <si>
     <t>Rui Amaral</t>
   </si>
   <si>
     <t>DAVID ALMEIDA</t>
   </si>
   <si>
-    <t xml:space="preserve">JOÃO  NEVES</t>
+    <t>ANDRÉ LIMA</t>
   </si>
   <si>
     <t>EVELINO MAGALHÃES</t>
   </si>
   <si>
     <t>JOÃO MOITEIRO</t>
   </si>
   <si>
     <t>ARTUR GONÇALVES</t>
   </si>
   <si>
     <t>Paulo Sousa</t>
   </si>
   <si>
     <t>Paulo Trindade</t>
   </si>
   <si>
     <t>João Cristovão</t>
   </si>
   <si>
     <t>Gonçalo Santos</t>
   </si>
   <si>
     <t>João Martins</t>
   </si>
@@ -2018,75 +2018,72 @@
   <si>
     <t>M 55</t>
   </si>
   <si>
     <t>João Carlos Gomes</t>
   </si>
   <si>
     <t>Paulo Martins</t>
   </si>
   <si>
     <t>Hélder Rebelo</t>
   </si>
   <si>
     <t>Miguel David</t>
   </si>
   <si>
     <t>Paulo Vieira</t>
   </si>
   <si>
     <t>António Murteira</t>
   </si>
   <si>
     <t>Paulo Tomás</t>
   </si>
   <si>
-    <t xml:space="preserve">PAULO  LOPES</t>
+    <t>Paulo Lopes</t>
   </si>
   <si>
     <t>Dinis Morais</t>
   </si>
   <si>
     <t>CARLOS SIMÕES</t>
   </si>
   <si>
     <t>Mário Duarte</t>
   </si>
   <si>
     <t>Henrique Ferreira</t>
   </si>
   <si>
-    <t xml:space="preserve">Paulo  Silva</t>
-[...1 lines deleted...]
-  <si>
     <t>João Narra</t>
   </si>
   <si>
     <t xml:space="preserve">DIAMANTINO  GAMITO</t>
   </si>
   <si>
-    <t xml:space="preserve">LUIS   SANTOS</t>
+    <t>Luís Santos</t>
   </si>
   <si>
     <t>Miguel Lourenço</t>
   </si>
   <si>
     <t>Helder Batista</t>
   </si>
   <si>
     <t xml:space="preserve">Orlando  Silva</t>
   </si>
   <si>
     <t>Pedro Evangelista</t>
   </si>
   <si>
     <t>Fernando Gonçalves</t>
   </si>
   <si>
     <t>Paulo Pais</t>
   </si>
   <si>
     <t>Rodrigo Ferreira</t>
   </si>
   <si>
     <t>Sérgio Sota</t>
   </si>
@@ -2216,51 +2213,51 @@
   <si>
     <t>Paula Goulão</t>
   </si>
   <si>
     <t>Alexandra Santos</t>
   </si>
   <si>
     <t xml:space="preserve">Paula  Afonso</t>
   </si>
   <si>
     <t>M 60</t>
   </si>
   <si>
     <t>João Ginja</t>
   </si>
   <si>
     <t>Jose Jarmela</t>
   </si>
   <si>
     <t>Alexandre Soares</t>
   </si>
   <si>
     <t xml:space="preserve">ANTÓNIO   GRAÇA</t>
   </si>
   <si>
-    <t xml:space="preserve">JOSÉ  DELFINO</t>
+    <t>José DELFINO</t>
   </si>
   <si>
     <t>Paulo Monteiro</t>
   </si>
   <si>
     <t>JOSÉ PROENÇA</t>
   </si>
   <si>
     <t>Luis Durbeck</t>
   </si>
   <si>
     <t>José Martins</t>
   </si>
   <si>
     <t xml:space="preserve">JOÃO   CALDEIRA</t>
   </si>
   <si>
     <t>João Graça</t>
   </si>
   <si>
     <t>Fernando Correia</t>
   </si>
   <si>
     <t>Carlos Lopes</t>
   </si>
@@ -2435,120 +2432,120 @@
   <si>
     <t>Paulo Jorge Duarte Silva</t>
   </si>
   <si>
     <t>Luís Reis</t>
   </si>
   <si>
     <t>João Moacho</t>
   </si>
   <si>
     <t xml:space="preserve">JOAQUIM   BELGA</t>
   </si>
   <si>
     <t>Rui Silva</t>
   </si>
   <si>
     <t xml:space="preserve">ANTÓNIO   ALMEIDA</t>
   </si>
   <si>
     <t xml:space="preserve">Jacinto  Pereira</t>
   </si>
   <si>
     <t>Manuel Azevedo</t>
   </si>
   <si>
-    <t>PEDRO PINTO</t>
+    <t>Pedro Pinto</t>
   </si>
   <si>
     <t>António Guerreiro</t>
   </si>
   <si>
     <t>Amigos do Atletismo de Mafra</t>
   </si>
   <si>
     <t>F 65</t>
   </si>
   <si>
-    <t xml:space="preserve">CLARA  MINA</t>
-[...2 lines deleted...]
-    <t xml:space="preserve">CONCEIÇÃO  RODRIGUES</t>
+    <t>Clara Mina</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CONCEIÇÃO  Rodrigues</t>
   </si>
   <si>
     <t>Maria João Silva</t>
   </si>
   <si>
-    <t>ELISABETE PINTO</t>
+    <t>Elisabete Teixeira</t>
   </si>
   <si>
     <t>Filomena Moura</t>
   </si>
   <si>
     <t>Maria Alice Machado</t>
   </si>
   <si>
     <t>Isabel Reis</t>
   </si>
   <si>
     <t>ETELVINA PAULINO</t>
   </si>
   <si>
     <t xml:space="preserve">Alda  Sebastião</t>
   </si>
   <si>
     <t>Ana Silva</t>
   </si>
   <si>
     <t>M 70</t>
   </si>
   <si>
-    <t xml:space="preserve">AIRES  PRATAS</t>
+    <t xml:space="preserve">AIRES  Pratas</t>
   </si>
   <si>
     <t>HENRIQUE ADREGA</t>
   </si>
   <si>
     <t xml:space="preserve">José  Bordalo </t>
   </si>
   <si>
     <t>Carlos Miranda</t>
   </si>
   <si>
-    <t xml:space="preserve">ANTÓNIO  CAMACHO</t>
+    <t>António CAMACHO</t>
   </si>
   <si>
     <t>José Faustino</t>
   </si>
   <si>
     <t xml:space="preserve">António  Gavado </t>
   </si>
   <si>
     <t xml:space="preserve">João  Pereira</t>
   </si>
   <si>
-    <t xml:space="preserve">VÍTOR  AMADO</t>
+    <t xml:space="preserve">Vítor  Amado</t>
   </si>
   <si>
     <t xml:space="preserve">Ventura  Saraiva</t>
   </si>
   <si>
     <t>Luis Duarte</t>
   </si>
   <si>
     <t>Amilcar Dias</t>
   </si>
   <si>
     <t>Emanuel Tavares</t>
   </si>
   <si>
     <t xml:space="preserve">LUÍS   PETISCA</t>
   </si>
   <si>
     <t>INÁCIO QUARESMA</t>
   </si>
   <si>
     <t>Adriano Cunha</t>
   </si>
   <si>
     <t xml:space="preserve">João  Campos</t>
   </si>
@@ -2588,51 +2585,51 @@
   <si>
     <t>José Sapo</t>
   </si>
   <si>
     <t xml:space="preserve">MARIO   GONÇALVES</t>
   </si>
   <si>
     <t xml:space="preserve">AMILCAR  RIBEIRAL</t>
   </si>
   <si>
     <t>Paulo Alceu</t>
   </si>
   <si>
     <t>Atílio Gaspar</t>
   </si>
   <si>
     <t>António Inácio</t>
   </si>
   <si>
     <t xml:space="preserve">Virgílio  Rodrigues</t>
   </si>
   <si>
     <t>José Canhoto</t>
   </si>
   <si>
-    <t xml:space="preserve">JOSÉ  LINDO</t>
+    <t>José Lindo</t>
   </si>
   <si>
     <t>Antonio Pais</t>
   </si>
   <si>
     <t>M 80</t>
   </si>
   <si>
     <t xml:space="preserve">MANUEL  MARTINS</t>
   </si>
   <si>
     <t xml:space="preserve">ANTÓNIO   ROQUE</t>
   </si>
   <si>
     <t>Armando Bravo</t>
   </si>
   <si>
     <t>António Santos</t>
   </si>
   <si>
     <t xml:space="preserve">JOSÉ   ALAGADOR</t>
   </si>
   <si>
     <t xml:space="preserve">CARLOS   MARQUES</t>
   </si>
@@ -14140,3502 +14137,3502 @@
     <row r="720">
       <c r="A720" s="1">
         <v>12</v>
       </c>
       <c r="B720" s="1">
         <v>1203</v>
       </c>
       <c r="C720" s="1" t="s">
         <v>674</v>
       </c>
       <c r="D720" s="1" t="s">
         <v>169</v>
       </c>
       <c r="E720" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="721">
       <c r="A721" s="1">
         <v>13</v>
       </c>
       <c r="B721" s="1">
         <v>221</v>
       </c>
       <c r="C721" s="1" t="s">
-        <v>675</v>
+        <v>570</v>
       </c>
       <c r="D721" s="1" t="s">
         <v>353</v>
       </c>
       <c r="E721" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="722">
       <c r="A722" s="1">
         <v>14</v>
       </c>
       <c r="B722" s="1">
         <v>1209</v>
       </c>
       <c r="C722" s="1" t="s">
-        <v>676</v>
+        <v>675</v>
       </c>
       <c r="D722" s="1" t="s">
         <v>169</v>
       </c>
       <c r="E722" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="723">
       <c r="A723" s="1">
         <v>15</v>
       </c>
       <c r="B723" s="1">
         <v>181</v>
       </c>
       <c r="C723" s="1" t="s">
-        <v>677</v>
+        <v>676</v>
       </c>
       <c r="D723" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E723" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="724">
       <c r="A724" s="1">
         <v>16</v>
       </c>
       <c r="B724" s="1">
         <v>888</v>
       </c>
       <c r="C724" s="1" t="s">
-        <v>678</v>
+        <v>677</v>
       </c>
       <c r="D724" s="1" t="s">
         <v>58</v>
       </c>
       <c r="E724" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="725">
       <c r="A725" s="1">
         <v>17</v>
       </c>
       <c r="B725" s="1">
         <v>1230</v>
       </c>
       <c r="C725" s="1" t="s">
-        <v>679</v>
+        <v>678</v>
       </c>
       <c r="D725" s="1" t="s">
         <v>169</v>
       </c>
       <c r="E725" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="726">
       <c r="A726" s="1">
         <v>18</v>
       </c>
       <c r="B726" s="1">
         <v>777</v>
       </c>
       <c r="C726" s="1" t="s">
-        <v>680</v>
+        <v>679</v>
       </c>
       <c r="D726" s="1" t="s">
         <v>23</v>
       </c>
       <c r="E726" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="727">
       <c r="A727" s="1">
         <v>19</v>
       </c>
       <c r="B727" s="1">
         <v>1241</v>
       </c>
       <c r="C727" s="1" t="s">
-        <v>681</v>
+        <v>680</v>
       </c>
       <c r="D727" s="1" t="s">
         <v>169</v>
       </c>
       <c r="E727" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="728">
       <c r="A728" s="1">
         <v>20</v>
       </c>
       <c r="B728" s="1">
         <v>1078</v>
       </c>
       <c r="C728" s="1" t="s">
-        <v>682</v>
+        <v>681</v>
       </c>
       <c r="D728" s="1" t="s">
         <v>17</v>
       </c>
       <c r="E728" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="729">
       <c r="A729" s="1">
         <v>21</v>
       </c>
       <c r="B729" s="1">
         <v>812</v>
       </c>
       <c r="C729" s="1" t="s">
-        <v>683</v>
+        <v>682</v>
       </c>
       <c r="D729" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E729" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="730">
       <c r="A730" s="1">
         <v>22</v>
       </c>
       <c r="B730" s="1">
         <v>775</v>
       </c>
       <c r="C730" s="1" t="s">
-        <v>684</v>
+        <v>683</v>
       </c>
       <c r="D730" s="1" t="s">
         <v>23</v>
       </c>
       <c r="E730" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="731">
       <c r="A731" s="1">
         <v>23</v>
       </c>
       <c r="B731" s="1">
         <v>1271</v>
       </c>
       <c r="C731" s="1" t="s">
-        <v>685</v>
+        <v>684</v>
       </c>
       <c r="D731" s="1" t="s">
         <v>169</v>
       </c>
       <c r="E731" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="732">
       <c r="A732" s="1">
         <v>24</v>
       </c>
       <c r="B732" s="1">
         <v>1375</v>
       </c>
       <c r="C732" s="1" t="s">
-        <v>686</v>
+        <v>685</v>
       </c>
       <c r="D732" s="1" t="s">
         <v>17</v>
       </c>
       <c r="E732" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="733">
       <c r="A733" s="1">
         <v>25</v>
       </c>
       <c r="B733" s="1">
         <v>179</v>
       </c>
       <c r="C733" s="1" t="s">
-        <v>687</v>
+        <v>686</v>
       </c>
       <c r="D733" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E733" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="734">
       <c r="A734" s="1">
         <v>26</v>
       </c>
       <c r="B734" s="1">
         <v>880</v>
       </c>
       <c r="C734" s="1" t="s">
-        <v>688</v>
+        <v>687</v>
       </c>
       <c r="D734" s="1" t="s">
         <v>500</v>
       </c>
       <c r="E734" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="735">
       <c r="A735" s="1">
         <v>27</v>
       </c>
       <c r="B735" s="1">
         <v>526</v>
       </c>
       <c r="C735" s="1" t="s">
-        <v>689</v>
+        <v>688</v>
       </c>
       <c r="D735" s="1" t="s">
         <v>8</v>
       </c>
       <c r="E735" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="736">
       <c r="A736" s="1">
         <v>28</v>
       </c>
       <c r="B736" s="1">
         <v>1427</v>
       </c>
       <c r="C736" s="1" t="s">
-        <v>690</v>
+        <v>689</v>
       </c>
       <c r="D736" s="1" t="s">
         <v>35</v>
       </c>
       <c r="E736" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="737">
       <c r="A737" s="1">
         <v>29</v>
       </c>
       <c r="B737" s="1">
         <v>1216</v>
       </c>
       <c r="C737" s="1" t="s">
-        <v>691</v>
+        <v>690</v>
       </c>
       <c r="D737" s="1" t="s">
         <v>169</v>
       </c>
       <c r="E737" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="738">
       <c r="A738" s="1">
         <v>30</v>
       </c>
       <c r="B738" s="1">
         <v>1734</v>
       </c>
       <c r="C738" s="1" t="s">
-        <v>692</v>
+        <v>691</v>
       </c>
       <c r="D738" s="1" t="s">
         <v>169</v>
       </c>
       <c r="E738" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="739">
       <c r="A739" s="1">
         <v>31</v>
       </c>
       <c r="B739" s="1">
         <v>773</v>
       </c>
       <c r="C739" s="1" t="s">
-        <v>693</v>
+        <v>692</v>
       </c>
       <c r="D739" s="1" t="s">
         <v>23</v>
       </c>
       <c r="E739" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="740">
       <c r="A740" s="1">
         <v>32</v>
       </c>
       <c r="B740" s="1">
         <v>799</v>
       </c>
       <c r="C740" s="1" t="s">
-        <v>694</v>
+        <v>693</v>
       </c>
       <c r="D740" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E740" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="741">
       <c r="A741" s="1">
         <v>33</v>
       </c>
       <c r="B741" s="1">
         <v>359</v>
       </c>
       <c r="C741" s="1" t="s">
-        <v>695</v>
+        <v>694</v>
       </c>
       <c r="D741" s="1" t="s">
         <v>42</v>
       </c>
       <c r="E741" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="742">
       <c r="A742" s="1">
         <v>34</v>
       </c>
       <c r="B742" s="1">
         <v>968</v>
       </c>
       <c r="C742" s="1" t="s">
-        <v>696</v>
+        <v>695</v>
       </c>
       <c r="D742" s="1" t="s">
         <v>271</v>
       </c>
       <c r="E742" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="743">
       <c r="A743" s="1">
         <v>35</v>
       </c>
       <c r="B743" s="1">
         <v>459</v>
       </c>
       <c r="C743" s="1" t="s">
-        <v>697</v>
+        <v>696</v>
       </c>
       <c r="D743" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E743" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="744">
       <c r="A744" s="1">
         <v>36</v>
       </c>
       <c r="B744" s="1">
         <v>560</v>
       </c>
       <c r="C744" s="1" t="s">
-        <v>698</v>
+        <v>697</v>
       </c>
       <c r="D744" s="1" t="s">
         <v>290</v>
       </c>
       <c r="E744" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="745">
       <c r="A745" s="1">
         <v>37</v>
       </c>
       <c r="B745" s="1">
         <v>1496</v>
       </c>
       <c r="C745" s="1" t="s">
-        <v>699</v>
+        <v>698</v>
       </c>
       <c r="D745" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E745" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="748">
       <c r="A748" s="3" t="s">
-        <v>700</v>
+        <v>699</v>
       </c>
       <c r="B748" s="3" t="s">
-        <v>700</v>
+        <v>699</v>
       </c>
       <c r="C748" s="3" t="s">
-        <v>700</v>
+        <v>699</v>
       </c>
       <c r="D748" s="3" t="s">
-        <v>700</v>
+        <v>699</v>
       </c>
       <c r="E748" s="3" t="s">
-        <v>700</v>
+        <v>699</v>
       </c>
     </row>
     <row r="749">
       <c r="A749" s="2" t="s">
         <v>2</v>
       </c>
       <c r="B749" s="2" t="s">
         <v>3</v>
       </c>
       <c r="C749" s="2" t="s">
         <v>4</v>
       </c>
       <c r="D749" s="2" t="s">
         <v>5</v>
       </c>
       <c r="E749" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="750">
       <c r="A750" s="1">
         <v>1</v>
       </c>
       <c r="B750" s="1">
         <v>1396</v>
       </c>
       <c r="C750" s="1" t="s">
-        <v>701</v>
+        <v>700</v>
       </c>
       <c r="D750" s="1" t="s">
         <v>35</v>
       </c>
       <c r="E750" s="1">
         <v>15</v>
       </c>
     </row>
     <row r="751">
       <c r="A751" s="1">
         <v>2</v>
       </c>
       <c r="B751" s="1">
         <v>69</v>
       </c>
       <c r="C751" s="1" t="s">
-        <v>702</v>
+        <v>701</v>
       </c>
       <c r="D751" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E751" s="1">
         <v>13</v>
       </c>
     </row>
     <row r="752">
       <c r="A752" s="1">
         <v>3</v>
       </c>
       <c r="B752" s="1">
         <v>850</v>
       </c>
       <c r="C752" s="1" t="s">
-        <v>703</v>
+        <v>702</v>
       </c>
       <c r="D752" s="1" t="s">
         <v>367</v>
       </c>
       <c r="E752" s="1">
         <v>11</v>
       </c>
     </row>
     <row r="753">
       <c r="A753" s="1">
         <v>4</v>
       </c>
       <c r="B753" s="1">
         <v>1747</v>
       </c>
       <c r="C753" s="1" t="s">
+        <v>703</v>
+      </c>
+      <c r="D753" s="1" t="s">
         <v>704</v>
-      </c>
-[...1 lines deleted...]
-        <v>705</v>
       </c>
       <c r="E753" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="754">
       <c r="A754" s="1">
         <v>5</v>
       </c>
       <c r="B754" s="1">
         <v>1435</v>
       </c>
       <c r="C754" s="1" t="s">
-        <v>706</v>
+        <v>705</v>
       </c>
       <c r="D754" s="1" t="s">
         <v>35</v>
       </c>
       <c r="E754" s="1">
         <v>9</v>
       </c>
     </row>
     <row r="755">
       <c r="A755" s="1">
         <v>6</v>
       </c>
       <c r="B755" s="1">
         <v>1012</v>
       </c>
       <c r="C755" s="1" t="s">
-        <v>707</v>
+        <v>706</v>
       </c>
       <c r="D755" s="1" t="s">
         <v>17</v>
       </c>
       <c r="E755" s="1">
         <v>8</v>
       </c>
     </row>
     <row r="756">
       <c r="A756" s="1">
         <v>7</v>
       </c>
       <c r="B756" s="1">
         <v>1316</v>
       </c>
       <c r="C756" s="1" t="s">
-        <v>708</v>
+        <v>707</v>
       </c>
       <c r="D756" s="1" t="s">
         <v>8</v>
       </c>
       <c r="E756" s="1">
         <v>7</v>
       </c>
     </row>
     <row r="757">
       <c r="A757" s="1">
         <v>8</v>
       </c>
       <c r="B757" s="1">
         <v>1151</v>
       </c>
       <c r="C757" s="1" t="s">
-        <v>709</v>
+        <v>708</v>
       </c>
       <c r="D757" s="1" t="s">
         <v>219</v>
       </c>
       <c r="E757" s="1">
         <v>6</v>
       </c>
     </row>
     <row r="758">
       <c r="A758" s="1">
         <v>9</v>
       </c>
       <c r="B758" s="1">
         <v>1559</v>
       </c>
       <c r="C758" s="1" t="s">
-        <v>710</v>
+        <v>709</v>
       </c>
       <c r="D758" s="1" t="s">
         <v>231</v>
       </c>
       <c r="E758" s="1">
         <v>5</v>
       </c>
     </row>
     <row r="759">
       <c r="A759" s="1">
         <v>10</v>
       </c>
       <c r="B759" s="1">
         <v>822</v>
       </c>
       <c r="C759" s="1" t="s">
-        <v>711</v>
+        <v>710</v>
       </c>
       <c r="D759" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E759" s="1">
         <v>4</v>
       </c>
     </row>
     <row r="760">
       <c r="A760" s="1">
         <v>11</v>
       </c>
       <c r="B760" s="1">
         <v>349</v>
       </c>
       <c r="C760" s="1" t="s">
-        <v>712</v>
+        <v>711</v>
       </c>
       <c r="D760" s="1" t="s">
         <v>42</v>
       </c>
       <c r="E760" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="761">
       <c r="A761" s="1">
         <v>12</v>
       </c>
       <c r="B761" s="1">
         <v>1222</v>
       </c>
       <c r="C761" s="1" t="s">
-        <v>713</v>
+        <v>712</v>
       </c>
       <c r="D761" s="1" t="s">
         <v>169</v>
       </c>
       <c r="E761" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="762">
       <c r="A762" s="1">
         <v>13</v>
       </c>
       <c r="B762" s="1">
         <v>1522</v>
       </c>
       <c r="C762" s="1" t="s">
-        <v>714</v>
+        <v>713</v>
       </c>
       <c r="D762" s="1" t="s">
         <v>271</v>
       </c>
       <c r="E762" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="763">
       <c r="A763" s="1">
         <v>14</v>
       </c>
       <c r="B763" s="1">
         <v>1104</v>
       </c>
       <c r="C763" s="1" t="s">
-        <v>715</v>
+        <v>714</v>
       </c>
       <c r="D763" s="1" t="s">
         <v>219</v>
       </c>
       <c r="E763" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="764">
       <c r="A764" s="1">
         <v>15</v>
       </c>
       <c r="B764" s="1">
         <v>72</v>
       </c>
       <c r="C764" s="1" t="s">
-        <v>716</v>
+        <v>715</v>
       </c>
       <c r="D764" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E764" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="765">
       <c r="A765" s="1">
         <v>16</v>
       </c>
       <c r="B765" s="1">
         <v>1189</v>
       </c>
       <c r="C765" s="1" t="s">
-        <v>717</v>
+        <v>716</v>
       </c>
       <c r="D765" s="1" t="s">
         <v>169</v>
       </c>
       <c r="E765" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="766">
       <c r="A766" s="1">
         <v>17</v>
       </c>
       <c r="B766" s="1">
         <v>70</v>
       </c>
       <c r="C766" s="1" t="s">
-        <v>718</v>
+        <v>717</v>
       </c>
       <c r="D766" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E766" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="767">
       <c r="A767" s="1">
         <v>18</v>
       </c>
       <c r="B767" s="1">
         <v>1138</v>
       </c>
       <c r="C767" s="1" t="s">
-        <v>719</v>
+        <v>718</v>
       </c>
       <c r="D767" s="1" t="s">
         <v>219</v>
       </c>
       <c r="E767" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="768">
       <c r="A768" s="1">
         <v>19</v>
       </c>
       <c r="B768" s="1">
         <v>1171</v>
       </c>
       <c r="C768" s="1" t="s">
-        <v>720</v>
+        <v>719</v>
       </c>
       <c r="D768" s="1" t="s">
         <v>219</v>
       </c>
       <c r="E768" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="769">
       <c r="A769" s="1">
         <v>20</v>
       </c>
       <c r="B769" s="1">
         <v>623</v>
       </c>
       <c r="C769" s="1" t="s">
-        <v>721</v>
+        <v>720</v>
       </c>
       <c r="D769" s="1" t="s">
         <v>290</v>
       </c>
       <c r="E769" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="770">
       <c r="A770" s="1">
         <v>21</v>
       </c>
       <c r="B770" s="1">
         <v>1218</v>
       </c>
       <c r="C770" s="1" t="s">
-        <v>722</v>
+        <v>721</v>
       </c>
       <c r="D770" s="1" t="s">
         <v>169</v>
       </c>
       <c r="E770" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="771">
       <c r="A771" s="1">
         <v>22</v>
       </c>
       <c r="B771" s="1">
         <v>348</v>
       </c>
       <c r="C771" s="1" t="s">
-        <v>723</v>
+        <v>722</v>
       </c>
       <c r="D771" s="1" t="s">
         <v>42</v>
       </c>
       <c r="E771" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="772">
       <c r="A772" s="1">
         <v>23</v>
       </c>
       <c r="B772" s="1">
         <v>1326</v>
       </c>
       <c r="C772" s="1" t="s">
-        <v>724</v>
+        <v>723</v>
       </c>
       <c r="D772" s="1" t="s">
         <v>8</v>
       </c>
       <c r="E772" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="773">
       <c r="A773" s="1">
         <v>24</v>
       </c>
       <c r="B773" s="1">
         <v>1179</v>
       </c>
       <c r="C773" s="1" t="s">
-        <v>725</v>
+        <v>724</v>
       </c>
       <c r="D773" s="1" t="s">
         <v>169</v>
       </c>
       <c r="E773" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="774">
       <c r="A774" s="1">
         <v>25</v>
       </c>
       <c r="B774" s="1">
         <v>1269</v>
       </c>
       <c r="C774" s="1" t="s">
-        <v>726</v>
+        <v>725</v>
       </c>
       <c r="D774" s="1" t="s">
         <v>169</v>
       </c>
       <c r="E774" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="775">
       <c r="A775" s="1">
         <v>26</v>
       </c>
       <c r="B775" s="1">
         <v>1282</v>
       </c>
       <c r="C775" s="1" t="s">
-        <v>727</v>
+        <v>726</v>
       </c>
       <c r="D775" s="1" t="s">
         <v>290</v>
       </c>
       <c r="E775" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="776">
       <c r="A776" s="1">
         <v>27</v>
       </c>
       <c r="B776" s="1">
         <v>1013</v>
       </c>
       <c r="C776" s="1" t="s">
-        <v>728</v>
+        <v>727</v>
       </c>
       <c r="D776" s="1" t="s">
         <v>17</v>
       </c>
       <c r="E776" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="777">
       <c r="A777" s="1">
         <v>28</v>
       </c>
       <c r="B777" s="1">
         <v>1592</v>
       </c>
       <c r="C777" s="1" t="s">
-        <v>729</v>
+        <v>728</v>
       </c>
       <c r="D777" s="1" t="s">
         <v>17</v>
       </c>
       <c r="E777" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="778">
       <c r="A778" s="1">
         <v>29</v>
       </c>
       <c r="B778" s="1">
         <v>698</v>
       </c>
       <c r="C778" s="1" t="s">
-        <v>730</v>
+        <v>729</v>
       </c>
       <c r="D778" s="1" t="s">
         <v>193</v>
       </c>
       <c r="E778" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="781">
       <c r="A781" s="3" t="s">
-        <v>731</v>
+        <v>730</v>
       </c>
       <c r="B781" s="3" t="s">
-        <v>731</v>
+        <v>730</v>
       </c>
       <c r="C781" s="3" t="s">
-        <v>731</v>
+        <v>730</v>
       </c>
       <c r="D781" s="3" t="s">
-        <v>731</v>
+        <v>730</v>
       </c>
       <c r="E781" s="3" t="s">
-        <v>731</v>
+        <v>730</v>
       </c>
     </row>
     <row r="782">
       <c r="A782" s="2" t="s">
         <v>2</v>
       </c>
       <c r="B782" s="2" t="s">
         <v>3</v>
       </c>
       <c r="C782" s="2" t="s">
         <v>4</v>
       </c>
       <c r="D782" s="2" t="s">
         <v>5</v>
       </c>
       <c r="E782" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="783">
       <c r="A783" s="1">
         <v>1</v>
       </c>
       <c r="B783" s="1">
         <v>182</v>
       </c>
       <c r="C783" s="1" t="s">
-        <v>732</v>
+        <v>731</v>
       </c>
       <c r="D783" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E783" s="1">
         <v>15</v>
       </c>
     </row>
     <row r="784">
       <c r="A784" s="1">
         <v>2</v>
       </c>
       <c r="B784" s="1">
         <v>187</v>
       </c>
       <c r="C784" s="1" t="s">
-        <v>733</v>
+        <v>732</v>
       </c>
       <c r="D784" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E784" s="1">
         <v>13</v>
       </c>
     </row>
     <row r="785">
       <c r="A785" s="1">
         <v>3</v>
       </c>
       <c r="B785" s="1">
         <v>1103</v>
       </c>
       <c r="C785" s="1" t="s">
-        <v>734</v>
+        <v>733</v>
       </c>
       <c r="D785" s="1" t="s">
         <v>219</v>
       </c>
       <c r="E785" s="1">
         <v>11</v>
       </c>
     </row>
     <row r="786">
       <c r="A786" s="1">
         <v>4</v>
       </c>
       <c r="B786" s="1">
         <v>188</v>
       </c>
       <c r="C786" s="1" t="s">
-        <v>735</v>
+        <v>734</v>
       </c>
       <c r="D786" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E786" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="787">
       <c r="A787" s="1">
         <v>5</v>
       </c>
       <c r="B787" s="1">
         <v>82</v>
       </c>
       <c r="C787" s="1" t="s">
-        <v>736</v>
+        <v>735</v>
       </c>
       <c r="D787" s="1" t="s">
         <v>58</v>
       </c>
       <c r="E787" s="1">
         <v>9</v>
       </c>
     </row>
     <row r="788">
       <c r="A788" s="1">
         <v>6</v>
       </c>
       <c r="B788" s="1">
         <v>383</v>
       </c>
       <c r="C788" s="1" t="s">
-        <v>737</v>
+        <v>736</v>
       </c>
       <c r="D788" s="1" t="s">
         <v>42</v>
       </c>
       <c r="E788" s="1">
         <v>8</v>
       </c>
     </row>
     <row r="789">
       <c r="A789" s="1">
         <v>7</v>
       </c>
       <c r="B789" s="1">
         <v>191</v>
       </c>
       <c r="C789" s="1" t="s">
-        <v>738</v>
+        <v>737</v>
       </c>
       <c r="D789" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E789" s="1">
         <v>7</v>
       </c>
     </row>
     <row r="790">
       <c r="A790" s="1">
         <v>8</v>
       </c>
       <c r="B790" s="1">
         <v>556</v>
       </c>
       <c r="C790" s="1" t="s">
-        <v>739</v>
+        <v>738</v>
       </c>
       <c r="D790" s="1" t="s">
         <v>290</v>
       </c>
       <c r="E790" s="1">
         <v>6</v>
       </c>
     </row>
     <row r="791">
       <c r="A791" s="1">
         <v>9</v>
       </c>
       <c r="B791" s="1">
         <v>1136</v>
       </c>
       <c r="C791" s="1" t="s">
-        <v>740</v>
+        <v>739</v>
       </c>
       <c r="D791" s="1" t="s">
         <v>219</v>
       </c>
       <c r="E791" s="1">
         <v>5</v>
       </c>
     </row>
     <row r="792">
       <c r="A792" s="1">
         <v>10</v>
       </c>
       <c r="B792" s="1">
         <v>194</v>
       </c>
       <c r="C792" s="1" t="s">
-        <v>741</v>
+        <v>740</v>
       </c>
       <c r="D792" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E792" s="1">
         <v>4</v>
       </c>
     </row>
     <row r="793">
       <c r="A793" s="1">
         <v>11</v>
       </c>
       <c r="B793" s="1">
         <v>1417</v>
       </c>
       <c r="C793" s="1" t="s">
-        <v>742</v>
+        <v>741</v>
       </c>
       <c r="D793" s="1" t="s">
         <v>35</v>
       </c>
       <c r="E793" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="794">
       <c r="A794" s="1">
         <v>12</v>
       </c>
       <c r="B794" s="1">
         <v>922</v>
       </c>
       <c r="C794" s="1" t="s">
-        <v>743</v>
+        <v>742</v>
       </c>
       <c r="D794" s="1" t="s">
         <v>271</v>
       </c>
       <c r="E794" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="795">
       <c r="A795" s="1">
         <v>13</v>
       </c>
       <c r="B795" s="1">
         <v>919</v>
       </c>
       <c r="C795" s="1" t="s">
-        <v>744</v>
+        <v>743</v>
       </c>
       <c r="D795" s="1" t="s">
         <v>271</v>
       </c>
       <c r="E795" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="796">
       <c r="A796" s="1">
         <v>14</v>
       </c>
       <c r="B796" s="1">
         <v>247</v>
       </c>
       <c r="C796" s="1" t="s">
+        <v>744</v>
+      </c>
+      <c r="D796" s="1" t="s">
         <v>745</v>
-      </c>
-[...1 lines deleted...]
-        <v>746</v>
       </c>
       <c r="E796" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="797">
       <c r="A797" s="1">
         <v>15</v>
       </c>
       <c r="B797" s="1">
         <v>1080</v>
       </c>
       <c r="C797" s="1" t="s">
-        <v>747</v>
+        <v>746</v>
       </c>
       <c r="D797" s="1" t="s">
         <v>17</v>
       </c>
       <c r="E797" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="798">
       <c r="A798" s="1">
         <v>16</v>
       </c>
       <c r="B798" s="1">
         <v>1235</v>
       </c>
       <c r="C798" s="1" t="s">
-        <v>748</v>
+        <v>747</v>
       </c>
       <c r="D798" s="1" t="s">
         <v>169</v>
       </c>
       <c r="E798" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="799">
       <c r="A799" s="1">
         <v>17</v>
       </c>
       <c r="B799" s="1">
         <v>186</v>
       </c>
       <c r="C799" s="1" t="s">
-        <v>749</v>
+        <v>748</v>
       </c>
       <c r="D799" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E799" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="800">
       <c r="A800" s="1">
         <v>18</v>
       </c>
       <c r="B800" s="1">
         <v>1598</v>
       </c>
       <c r="C800" s="1" t="s">
-        <v>750</v>
+        <v>749</v>
       </c>
       <c r="D800" s="1" t="s">
         <v>367</v>
       </c>
       <c r="E800" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="801">
       <c r="A801" s="1">
         <v>19</v>
       </c>
       <c r="B801" s="1">
         <v>1277</v>
       </c>
       <c r="C801" s="1" t="s">
-        <v>751</v>
+        <v>750</v>
       </c>
       <c r="D801" s="1" t="s">
         <v>169</v>
       </c>
       <c r="E801" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="802">
       <c r="A802" s="1">
         <v>20</v>
       </c>
       <c r="B802" s="1">
         <v>901</v>
       </c>
       <c r="C802" s="1" t="s">
-        <v>752</v>
+        <v>751</v>
       </c>
       <c r="D802" s="1" t="s">
         <v>271</v>
       </c>
       <c r="E802" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="803">
       <c r="A803" s="1">
         <v>21</v>
       </c>
       <c r="B803" s="1">
         <v>185</v>
       </c>
       <c r="C803" s="1" t="s">
-        <v>753</v>
+        <v>752</v>
       </c>
       <c r="D803" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E803" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="804">
       <c r="A804" s="1">
         <v>22</v>
       </c>
       <c r="B804" s="1">
         <v>183</v>
       </c>
       <c r="C804" s="1" t="s">
-        <v>754</v>
+        <v>753</v>
       </c>
       <c r="D804" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E804" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="805">
       <c r="A805" s="1">
         <v>23</v>
       </c>
       <c r="B805" s="1">
         <v>1094</v>
       </c>
       <c r="C805" s="1" t="s">
-        <v>755</v>
+        <v>754</v>
       </c>
       <c r="D805" s="1" t="s">
         <v>17</v>
       </c>
       <c r="E805" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="806">
       <c r="A806" s="1">
         <v>24</v>
       </c>
       <c r="B806" s="1">
         <v>998</v>
       </c>
       <c r="C806" s="1" t="s">
-        <v>756</v>
+        <v>755</v>
       </c>
       <c r="D806" s="1" t="s">
         <v>17</v>
       </c>
       <c r="E806" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="807">
       <c r="A807" s="1">
         <v>25</v>
       </c>
       <c r="B807" s="1">
         <v>525</v>
       </c>
       <c r="C807" s="1" t="s">
-        <v>757</v>
+        <v>756</v>
       </c>
       <c r="D807" s="1" t="s">
         <v>8</v>
       </c>
       <c r="E807" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="808">
       <c r="A808" s="1">
         <v>26</v>
       </c>
       <c r="B808" s="1">
         <v>370</v>
       </c>
       <c r="C808" s="1" t="s">
-        <v>758</v>
+        <v>757</v>
       </c>
       <c r="D808" s="1" t="s">
         <v>42</v>
       </c>
       <c r="E808" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="809">
       <c r="A809" s="1">
         <v>27</v>
       </c>
       <c r="B809" s="1">
         <v>849</v>
       </c>
       <c r="C809" s="1" t="s">
-        <v>759</v>
+        <v>758</v>
       </c>
       <c r="D809" s="1" t="s">
         <v>367</v>
       </c>
       <c r="E809" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="810">
       <c r="A810" s="1">
         <v>28</v>
       </c>
       <c r="B810" s="1">
         <v>1660</v>
       </c>
       <c r="C810" s="1" t="s">
-        <v>760</v>
+        <v>759</v>
       </c>
       <c r="D810" s="1" t="s">
         <v>26</v>
       </c>
       <c r="E810" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="811">
       <c r="A811" s="1">
         <v>29</v>
       </c>
       <c r="B811" s="1">
         <v>933</v>
       </c>
       <c r="C811" s="1" t="s">
-        <v>761</v>
+        <v>760</v>
       </c>
       <c r="D811" s="1" t="s">
         <v>271</v>
       </c>
       <c r="E811" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="812">
       <c r="A812" s="1">
         <v>30</v>
       </c>
       <c r="B812" s="1">
         <v>351</v>
       </c>
       <c r="C812" s="1" t="s">
-        <v>762</v>
+        <v>761</v>
       </c>
       <c r="D812" s="1" t="s">
         <v>42</v>
       </c>
       <c r="E812" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="813">
       <c r="A813" s="1">
         <v>31</v>
       </c>
       <c r="B813" s="1">
         <v>931</v>
       </c>
       <c r="C813" s="1" t="s">
-        <v>763</v>
+        <v>762</v>
       </c>
       <c r="D813" s="1" t="s">
         <v>271</v>
       </c>
       <c r="E813" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="814">
       <c r="A814" s="1">
         <v>32</v>
       </c>
       <c r="B814" s="1">
         <v>1210</v>
       </c>
       <c r="C814" s="1" t="s">
-        <v>764</v>
+        <v>763</v>
       </c>
       <c r="D814" s="1" t="s">
         <v>169</v>
       </c>
       <c r="E814" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="817">
       <c r="A817" s="3" t="s">
-        <v>765</v>
+        <v>764</v>
       </c>
       <c r="B817" s="3" t="s">
-        <v>765</v>
+        <v>764</v>
       </c>
       <c r="C817" s="3" t="s">
-        <v>765</v>
+        <v>764</v>
       </c>
       <c r="D817" s="3" t="s">
-        <v>765</v>
+        <v>764</v>
       </c>
       <c r="E817" s="3" t="s">
-        <v>765</v>
+        <v>764</v>
       </c>
     </row>
     <row r="818">
       <c r="A818" s="2" t="s">
         <v>2</v>
       </c>
       <c r="B818" s="2" t="s">
         <v>3</v>
       </c>
       <c r="C818" s="2" t="s">
         <v>4</v>
       </c>
       <c r="D818" s="2" t="s">
         <v>5</v>
       </c>
       <c r="E818" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="819">
       <c r="A819" s="1">
         <v>1</v>
       </c>
       <c r="B819" s="1">
         <v>74</v>
       </c>
       <c r="C819" s="1" t="s">
-        <v>766</v>
+        <v>765</v>
       </c>
       <c r="D819" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E819" s="1">
         <v>15</v>
       </c>
     </row>
     <row r="820">
       <c r="A820" s="1">
         <v>2</v>
       </c>
       <c r="B820" s="1">
         <v>1409</v>
       </c>
       <c r="C820" s="1" t="s">
-        <v>767</v>
+        <v>766</v>
       </c>
       <c r="D820" s="1" t="s">
         <v>35</v>
       </c>
       <c r="E820" s="1">
         <v>13</v>
       </c>
     </row>
     <row r="821">
       <c r="A821" s="1">
         <v>3</v>
       </c>
       <c r="B821" s="1">
         <v>1370</v>
       </c>
       <c r="C821" s="1" t="s">
-        <v>768</v>
+        <v>767</v>
       </c>
       <c r="D821" s="1" t="s">
         <v>17</v>
       </c>
       <c r="E821" s="1">
         <v>11</v>
       </c>
     </row>
     <row r="822">
       <c r="A822" s="1">
         <v>4</v>
       </c>
       <c r="B822" s="1">
         <v>1225</v>
       </c>
       <c r="C822" s="1" t="s">
-        <v>769</v>
+        <v>768</v>
       </c>
       <c r="D822" s="1" t="s">
         <v>169</v>
       </c>
       <c r="E822" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="823">
       <c r="A823" s="1">
         <v>5</v>
       </c>
       <c r="B823" s="1">
         <v>1000</v>
       </c>
       <c r="C823" s="1" t="s">
-        <v>770</v>
+        <v>769</v>
       </c>
       <c r="D823" s="1" t="s">
         <v>17</v>
       </c>
       <c r="E823" s="1">
         <v>9</v>
       </c>
     </row>
     <row r="824">
       <c r="A824" s="1">
         <v>6</v>
       </c>
       <c r="B824" s="1">
         <v>924</v>
       </c>
       <c r="C824" s="1" t="s">
-        <v>771</v>
+        <v>770</v>
       </c>
       <c r="D824" s="1" t="s">
         <v>271</v>
       </c>
       <c r="E824" s="1">
         <v>8</v>
       </c>
     </row>
     <row r="825">
       <c r="A825" s="1">
         <v>7</v>
       </c>
       <c r="B825" s="1">
         <v>421</v>
       </c>
       <c r="C825" s="1" t="s">
-        <v>772</v>
+        <v>771</v>
       </c>
       <c r="D825" s="1" t="s">
         <v>42</v>
       </c>
       <c r="E825" s="1">
         <v>7</v>
       </c>
     </row>
     <row r="826">
       <c r="A826" s="1">
         <v>8</v>
       </c>
       <c r="B826" s="1">
         <v>440</v>
       </c>
       <c r="C826" s="1" t="s">
-        <v>773</v>
+        <v>772</v>
       </c>
       <c r="D826" s="1" t="s">
         <v>42</v>
       </c>
       <c r="E826" s="1">
         <v>6</v>
       </c>
     </row>
     <row r="827">
       <c r="A827" s="1">
         <v>9</v>
       </c>
       <c r="B827" s="1">
         <v>571</v>
       </c>
       <c r="C827" s="1" t="s">
-        <v>774</v>
+        <v>773</v>
       </c>
       <c r="D827" s="1" t="s">
         <v>290</v>
       </c>
       <c r="E827" s="1">
         <v>5</v>
       </c>
     </row>
     <row r="828">
       <c r="A828" s="1">
         <v>10</v>
       </c>
       <c r="B828" s="1">
         <v>1002</v>
       </c>
       <c r="C828" s="1" t="s">
-        <v>775</v>
+        <v>774</v>
       </c>
       <c r="D828" s="1" t="s">
         <v>17</v>
       </c>
       <c r="E828" s="1">
         <v>4</v>
       </c>
     </row>
     <row r="829">
       <c r="A829" s="1">
         <v>11</v>
       </c>
       <c r="B829" s="1">
         <v>1457</v>
       </c>
       <c r="C829" s="1" t="s">
-        <v>776</v>
+        <v>775</v>
       </c>
       <c r="D829" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E829" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="830">
       <c r="A830" s="1">
         <v>12</v>
       </c>
       <c r="B830" s="1">
         <v>999</v>
       </c>
       <c r="C830" s="1" t="s">
-        <v>777</v>
+        <v>776</v>
       </c>
       <c r="D830" s="1" t="s">
         <v>17</v>
       </c>
       <c r="E830" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="831">
       <c r="A831" s="1">
         <v>13</v>
       </c>
       <c r="B831" s="1">
         <v>1036</v>
       </c>
       <c r="C831" s="1" t="s">
-        <v>778</v>
+        <v>777</v>
       </c>
       <c r="D831" s="1" t="s">
         <v>17</v>
       </c>
       <c r="E831" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="832">
       <c r="A832" s="1">
         <v>14</v>
       </c>
       <c r="B832" s="1">
         <v>932</v>
       </c>
       <c r="C832" s="1" t="s">
-        <v>717</v>
+        <v>716</v>
       </c>
       <c r="D832" s="1" t="s">
         <v>271</v>
       </c>
       <c r="E832" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="835">
       <c r="A835" s="3" t="s">
-        <v>779</v>
+        <v>778</v>
       </c>
       <c r="B835" s="3" t="s">
-        <v>779</v>
+        <v>778</v>
       </c>
       <c r="C835" s="3" t="s">
-        <v>779</v>
+        <v>778</v>
       </c>
       <c r="D835" s="3" t="s">
-        <v>779</v>
+        <v>778</v>
       </c>
       <c r="E835" s="3" t="s">
-        <v>779</v>
+        <v>778</v>
       </c>
     </row>
     <row r="836">
       <c r="A836" s="2" t="s">
         <v>2</v>
       </c>
       <c r="B836" s="2" t="s">
         <v>3</v>
       </c>
       <c r="C836" s="2" t="s">
         <v>4</v>
       </c>
       <c r="D836" s="2" t="s">
         <v>5</v>
       </c>
       <c r="E836" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="837">
       <c r="A837" s="1">
         <v>1</v>
       </c>
       <c r="B837" s="1">
         <v>229</v>
       </c>
       <c r="C837" s="1" t="s">
-        <v>780</v>
+        <v>779</v>
       </c>
       <c r="D837" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E837" s="1">
         <v>15</v>
       </c>
     </row>
     <row r="838">
       <c r="A838" s="1">
         <v>2</v>
       </c>
       <c r="B838" s="1">
         <v>196</v>
       </c>
       <c r="C838" s="1" t="s">
-        <v>781</v>
+        <v>780</v>
       </c>
       <c r="D838" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E838" s="1">
         <v>13</v>
       </c>
     </row>
     <row r="839">
       <c r="A839" s="1">
         <v>3</v>
       </c>
       <c r="B839" s="1">
         <v>1344</v>
       </c>
       <c r="C839" s="1" t="s">
-        <v>782</v>
+        <v>781</v>
       </c>
       <c r="D839" s="1" t="s">
         <v>101</v>
       </c>
       <c r="E839" s="1">
         <v>11</v>
       </c>
     </row>
     <row r="840">
       <c r="A840" s="1">
         <v>4</v>
       </c>
       <c r="B840" s="1">
         <v>1135</v>
       </c>
       <c r="C840" s="1" t="s">
-        <v>783</v>
+        <v>782</v>
       </c>
       <c r="D840" s="1" t="s">
         <v>219</v>
       </c>
       <c r="E840" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="841">
       <c r="A841" s="1">
         <v>5</v>
       </c>
       <c r="B841" s="1">
         <v>1198</v>
       </c>
       <c r="C841" s="1" t="s">
-        <v>784</v>
+        <v>783</v>
       </c>
       <c r="D841" s="1" t="s">
         <v>169</v>
       </c>
       <c r="E841" s="1">
         <v>9</v>
       </c>
     </row>
     <row r="842">
       <c r="A842" s="1">
         <v>6</v>
       </c>
       <c r="B842" s="1">
         <v>1052</v>
       </c>
       <c r="C842" s="1" t="s">
-        <v>785</v>
+        <v>784</v>
       </c>
       <c r="D842" s="1" t="s">
         <v>17</v>
       </c>
       <c r="E842" s="1">
         <v>8</v>
       </c>
     </row>
     <row r="843">
       <c r="A843" s="1">
         <v>7</v>
       </c>
       <c r="B843" s="1">
         <v>506</v>
       </c>
       <c r="C843" s="1" t="s">
-        <v>786</v>
+        <v>785</v>
       </c>
       <c r="D843" s="1" t="s">
         <v>8</v>
       </c>
       <c r="E843" s="1">
         <v>7</v>
       </c>
     </row>
     <row r="844">
       <c r="A844" s="1">
         <v>8</v>
       </c>
       <c r="B844" s="1">
         <v>364</v>
       </c>
       <c r="C844" s="1" t="s">
-        <v>787</v>
+        <v>786</v>
       </c>
       <c r="D844" s="1" t="s">
         <v>42</v>
       </c>
       <c r="E844" s="1">
         <v>6</v>
       </c>
     </row>
     <row r="845">
       <c r="A845" s="1">
         <v>9</v>
       </c>
       <c r="B845" s="1">
         <v>1368</v>
       </c>
       <c r="C845" s="1" t="s">
-        <v>788</v>
+        <v>787</v>
       </c>
       <c r="D845" s="1" t="s">
         <v>271</v>
       </c>
       <c r="E845" s="1">
         <v>5</v>
       </c>
     </row>
     <row r="846">
       <c r="A846" s="1">
         <v>10</v>
       </c>
       <c r="B846" s="1">
         <v>1134</v>
       </c>
       <c r="C846" s="1" t="s">
-        <v>789</v>
+        <v>788</v>
       </c>
       <c r="D846" s="1" t="s">
         <v>219</v>
       </c>
       <c r="E846" s="1">
         <v>4</v>
       </c>
     </row>
     <row r="847">
       <c r="A847" s="1">
         <v>11</v>
       </c>
       <c r="B847" s="1">
         <v>316</v>
       </c>
       <c r="C847" s="1" t="s">
-        <v>790</v>
+        <v>789</v>
       </c>
       <c r="D847" s="1" t="s">
         <v>44</v>
       </c>
       <c r="E847" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="848">
       <c r="A848" s="1">
         <v>12</v>
       </c>
       <c r="B848" s="1">
         <v>886</v>
       </c>
       <c r="C848" s="1" t="s">
-        <v>791</v>
+        <v>790</v>
       </c>
       <c r="D848" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E848" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="849">
       <c r="A849" s="1">
         <v>13</v>
       </c>
       <c r="B849" s="1">
         <v>934</v>
       </c>
       <c r="C849" s="1" t="s">
-        <v>792</v>
+        <v>791</v>
       </c>
       <c r="D849" s="1" t="s">
         <v>271</v>
       </c>
       <c r="E849" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="850">
       <c r="A850" s="1">
         <v>14</v>
       </c>
       <c r="B850" s="1">
         <v>787</v>
       </c>
       <c r="C850" s="1" t="s">
-        <v>793</v>
+        <v>792</v>
       </c>
       <c r="D850" s="1" t="s">
         <v>23</v>
       </c>
       <c r="E850" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="851">
       <c r="A851" s="1">
         <v>15</v>
       </c>
       <c r="B851" s="1">
         <v>1154</v>
       </c>
       <c r="C851" s="1" t="s">
-        <v>794</v>
+        <v>793</v>
       </c>
       <c r="D851" s="1" t="s">
         <v>219</v>
       </c>
       <c r="E851" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="852">
       <c r="A852" s="1">
         <v>16</v>
       </c>
       <c r="B852" s="1">
         <v>923</v>
       </c>
       <c r="C852" s="1" t="s">
-        <v>795</v>
+        <v>794</v>
       </c>
       <c r="D852" s="1" t="s">
         <v>271</v>
       </c>
       <c r="E852" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="853">
       <c r="A853" s="1">
         <v>17</v>
       </c>
       <c r="B853" s="1">
         <v>195</v>
       </c>
       <c r="C853" s="1" t="s">
-        <v>796</v>
+        <v>795</v>
       </c>
       <c r="D853" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E853" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="854">
       <c r="A854" s="1">
         <v>18</v>
       </c>
       <c r="B854" s="1">
         <v>947</v>
       </c>
       <c r="C854" s="1" t="s">
-        <v>797</v>
+        <v>796</v>
       </c>
       <c r="D854" s="1" t="s">
         <v>271</v>
       </c>
       <c r="E854" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="855">
       <c r="A855" s="1">
         <v>19</v>
       </c>
       <c r="B855" s="1">
         <v>204</v>
       </c>
       <c r="C855" s="1" t="s">
-        <v>798</v>
+        <v>797</v>
       </c>
       <c r="D855" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E855" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="856">
       <c r="A856" s="1">
         <v>20</v>
       </c>
       <c r="B856" s="1">
         <v>347</v>
       </c>
       <c r="C856" s="1" t="s">
-        <v>799</v>
+        <v>798</v>
       </c>
       <c r="D856" s="1" t="s">
         <v>42</v>
       </c>
       <c r="E856" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="857">
       <c r="A857" s="1">
         <v>21</v>
       </c>
       <c r="B857" s="1">
         <v>199</v>
       </c>
       <c r="C857" s="1" t="s">
-        <v>800</v>
+        <v>799</v>
       </c>
       <c r="D857" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E857" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="858">
       <c r="A858" s="1">
         <v>22</v>
       </c>
       <c r="B858" s="1">
         <v>1253</v>
       </c>
       <c r="C858" s="1" t="s">
-        <v>801</v>
+        <v>800</v>
       </c>
       <c r="D858" s="1" t="s">
         <v>169</v>
       </c>
       <c r="E858" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="859">
       <c r="A859" s="1">
         <v>23</v>
       </c>
       <c r="B859" s="1">
         <v>1651</v>
       </c>
       <c r="C859" s="1" t="s">
-        <v>802</v>
+        <v>801</v>
       </c>
       <c r="D859" s="1" t="s">
         <v>26</v>
       </c>
       <c r="E859" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="860">
       <c r="A860" s="1">
         <v>24</v>
       </c>
       <c r="B860" s="1">
         <v>203</v>
       </c>
       <c r="C860" s="1" t="s">
-        <v>803</v>
+        <v>802</v>
       </c>
       <c r="D860" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E860" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="861">
       <c r="A861" s="1">
         <v>25</v>
       </c>
       <c r="B861" s="1">
         <v>201</v>
       </c>
       <c r="C861" s="1" t="s">
-        <v>804</v>
+        <v>803</v>
       </c>
       <c r="D861" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E861" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="862">
       <c r="A862" s="1">
         <v>26</v>
       </c>
       <c r="B862" s="1">
         <v>1611</v>
       </c>
       <c r="C862" s="1" t="s">
-        <v>805</v>
+        <v>804</v>
       </c>
       <c r="D862" s="1" t="s">
         <v>26</v>
       </c>
       <c r="E862" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="863">
       <c r="A863" s="1">
         <v>27</v>
       </c>
       <c r="B863" s="1">
         <v>205</v>
       </c>
       <c r="C863" s="1" t="s">
-        <v>806</v>
+        <v>805</v>
       </c>
       <c r="D863" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E863" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="864">
       <c r="A864" s="1">
         <v>28</v>
       </c>
       <c r="B864" s="1">
         <v>326</v>
       </c>
       <c r="C864" s="1" t="s">
-        <v>807</v>
+        <v>806</v>
       </c>
       <c r="D864" s="1" t="s">
         <v>108</v>
       </c>
       <c r="E864" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="865">
       <c r="A865" s="1">
         <v>29</v>
       </c>
       <c r="B865" s="1">
         <v>942</v>
       </c>
       <c r="C865" s="1" t="s">
-        <v>808</v>
+        <v>807</v>
       </c>
       <c r="D865" s="1" t="s">
         <v>271</v>
       </c>
       <c r="E865" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="866">
       <c r="A866" s="1">
         <v>30</v>
       </c>
       <c r="B866" s="1">
         <v>219</v>
       </c>
       <c r="C866" s="1" t="s">
-        <v>809</v>
+        <v>808</v>
       </c>
       <c r="D866" s="1" t="s">
         <v>353</v>
       </c>
       <c r="E866" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="867">
       <c r="A867" s="1">
         <v>31</v>
       </c>
       <c r="B867" s="1">
         <v>245</v>
       </c>
       <c r="C867" s="1" t="s">
+        <v>809</v>
+      </c>
+      <c r="D867" s="1" t="s">
         <v>810</v>
-      </c>
-[...1 lines deleted...]
-        <v>811</v>
       </c>
       <c r="E867" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="870">
       <c r="A870" s="3" t="s">
-        <v>812</v>
+        <v>811</v>
       </c>
       <c r="B870" s="3" t="s">
-        <v>812</v>
+        <v>811</v>
       </c>
       <c r="C870" s="3" t="s">
-        <v>812</v>
+        <v>811</v>
       </c>
       <c r="D870" s="3" t="s">
-        <v>812</v>
+        <v>811</v>
       </c>
       <c r="E870" s="3" t="s">
-        <v>812</v>
+        <v>811</v>
       </c>
     </row>
     <row r="871">
       <c r="A871" s="2" t="s">
         <v>2</v>
       </c>
       <c r="B871" s="2" t="s">
         <v>3</v>
       </c>
       <c r="C871" s="2" t="s">
         <v>4</v>
       </c>
       <c r="D871" s="2" t="s">
         <v>5</v>
       </c>
       <c r="E871" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="872">
       <c r="A872" s="1">
         <v>1</v>
       </c>
       <c r="B872" s="1">
         <v>95</v>
       </c>
       <c r="C872" s="1" t="s">
-        <v>813</v>
+        <v>812</v>
       </c>
       <c r="D872" s="1" t="s">
         <v>58</v>
       </c>
       <c r="E872" s="1">
         <v>15</v>
       </c>
     </row>
     <row r="873">
       <c r="A873" s="1">
         <v>2</v>
       </c>
       <c r="B873" s="1">
         <v>107</v>
       </c>
       <c r="C873" s="1" t="s">
-        <v>814</v>
+        <v>813</v>
       </c>
       <c r="D873" s="1" t="s">
         <v>58</v>
       </c>
       <c r="E873" s="1">
         <v>13</v>
       </c>
     </row>
     <row r="874">
       <c r="A874" s="1">
         <v>3</v>
       </c>
       <c r="B874" s="1">
         <v>1223</v>
       </c>
       <c r="C874" s="1" t="s">
-        <v>815</v>
+        <v>814</v>
       </c>
       <c r="D874" s="1" t="s">
         <v>169</v>
       </c>
       <c r="E874" s="1">
         <v>11</v>
       </c>
     </row>
     <row r="875">
       <c r="A875" s="1">
         <v>4</v>
       </c>
       <c r="B875" s="1">
         <v>220</v>
       </c>
       <c r="C875" s="1" t="s">
-        <v>816</v>
+        <v>815</v>
       </c>
       <c r="D875" s="1" t="s">
         <v>353</v>
       </c>
       <c r="E875" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="876">
       <c r="A876" s="1">
         <v>5</v>
       </c>
       <c r="B876" s="1">
         <v>1038</v>
       </c>
       <c r="C876" s="1" t="s">
-        <v>817</v>
+        <v>816</v>
       </c>
       <c r="D876" s="1" t="s">
         <v>17</v>
       </c>
       <c r="E876" s="1">
         <v>9</v>
       </c>
     </row>
     <row r="877">
       <c r="A877" s="1">
         <v>6</v>
       </c>
       <c r="B877" s="1">
         <v>995</v>
       </c>
       <c r="C877" s="1" t="s">
-        <v>818</v>
+        <v>817</v>
       </c>
       <c r="D877" s="1" t="s">
         <v>17</v>
       </c>
       <c r="E877" s="1">
         <v>8</v>
       </c>
     </row>
     <row r="878">
       <c r="A878" s="1">
         <v>7</v>
       </c>
       <c r="B878" s="1">
         <v>1129</v>
       </c>
       <c r="C878" s="1" t="s">
-        <v>819</v>
+        <v>818</v>
       </c>
       <c r="D878" s="1" t="s">
         <v>219</v>
       </c>
       <c r="E878" s="1">
         <v>7</v>
       </c>
     </row>
     <row r="879">
       <c r="A879" s="1">
         <v>8</v>
       </c>
       <c r="B879" s="1">
         <v>810</v>
       </c>
       <c r="C879" s="1" t="s">
-        <v>820</v>
+        <v>819</v>
       </c>
       <c r="D879" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E879" s="1">
         <v>6</v>
       </c>
     </row>
     <row r="880">
       <c r="A880" s="1">
         <v>9</v>
       </c>
       <c r="B880" s="1">
         <v>1394</v>
       </c>
       <c r="C880" s="1" t="s">
-        <v>821</v>
+        <v>820</v>
       </c>
       <c r="D880" s="1" t="s">
         <v>169</v>
       </c>
       <c r="E880" s="1">
         <v>5</v>
       </c>
     </row>
     <row r="881">
       <c r="A881" s="1">
         <v>10</v>
       </c>
       <c r="B881" s="1">
         <v>1105</v>
       </c>
       <c r="C881" s="1" t="s">
-        <v>822</v>
+        <v>821</v>
       </c>
       <c r="D881" s="1" t="s">
         <v>219</v>
       </c>
       <c r="E881" s="1">
         <v>4</v>
       </c>
     </row>
     <row r="884">
       <c r="A884" s="3" t="s">
-        <v>823</v>
+        <v>822</v>
       </c>
       <c r="B884" s="3" t="s">
-        <v>823</v>
+        <v>822</v>
       </c>
       <c r="C884" s="3" t="s">
-        <v>823</v>
+        <v>822</v>
       </c>
       <c r="D884" s="3" t="s">
-        <v>823</v>
+        <v>822</v>
       </c>
       <c r="E884" s="3" t="s">
-        <v>823</v>
+        <v>822</v>
       </c>
     </row>
     <row r="885">
       <c r="A885" s="2" t="s">
         <v>2</v>
       </c>
       <c r="B885" s="2" t="s">
         <v>3</v>
       </c>
       <c r="C885" s="2" t="s">
         <v>4</v>
       </c>
       <c r="D885" s="2" t="s">
         <v>5</v>
       </c>
       <c r="E885" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="886">
       <c r="A886" s="1">
         <v>1</v>
       </c>
       <c r="B886" s="1">
         <v>126</v>
       </c>
       <c r="C886" s="1" t="s">
-        <v>824</v>
+        <v>823</v>
       </c>
       <c r="D886" s="1" t="s">
         <v>58</v>
       </c>
       <c r="E886" s="1">
         <v>15</v>
       </c>
     </row>
     <row r="887">
       <c r="A887" s="1">
         <v>2</v>
       </c>
       <c r="B887" s="1">
         <v>356</v>
       </c>
       <c r="C887" s="1" t="s">
-        <v>825</v>
+        <v>824</v>
       </c>
       <c r="D887" s="1" t="s">
         <v>42</v>
       </c>
       <c r="E887" s="1">
         <v>13</v>
       </c>
     </row>
     <row r="888">
       <c r="A888" s="1">
         <v>3</v>
       </c>
       <c r="B888" s="1">
         <v>899</v>
       </c>
       <c r="C888" s="1" t="s">
-        <v>826</v>
+        <v>825</v>
       </c>
       <c r="D888" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E888" s="1">
         <v>11</v>
       </c>
     </row>
     <row r="889">
       <c r="A889" s="1">
         <v>4</v>
       </c>
       <c r="B889" s="1">
         <v>1116</v>
       </c>
       <c r="C889" s="1" t="s">
-        <v>827</v>
+        <v>826</v>
       </c>
       <c r="D889" s="1" t="s">
         <v>219</v>
       </c>
       <c r="E889" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="890">
       <c r="A890" s="1">
         <v>5</v>
       </c>
       <c r="B890" s="1">
         <v>164</v>
       </c>
       <c r="C890" s="1" t="s">
-        <v>828</v>
+        <v>827</v>
       </c>
       <c r="D890" s="1" t="s">
         <v>58</v>
       </c>
       <c r="E890" s="1">
         <v>9</v>
       </c>
     </row>
     <row r="891">
       <c r="A891" s="1">
         <v>6</v>
       </c>
       <c r="B891" s="1">
         <v>1571</v>
       </c>
       <c r="C891" s="1" t="s">
-        <v>829</v>
+        <v>828</v>
       </c>
       <c r="D891" s="1" t="s">
         <v>231</v>
       </c>
       <c r="E891" s="1">
         <v>8</v>
       </c>
     </row>
     <row r="892">
       <c r="A892" s="1">
         <v>7</v>
       </c>
       <c r="B892" s="1">
         <v>1671</v>
       </c>
       <c r="C892" s="1" t="s">
-        <v>830</v>
+        <v>829</v>
       </c>
       <c r="D892" s="1" t="s">
         <v>26</v>
       </c>
       <c r="E892" s="1">
         <v>7</v>
       </c>
     </row>
     <row r="893">
       <c r="A893" s="1">
         <v>8</v>
       </c>
       <c r="B893" s="1">
         <v>1309</v>
       </c>
       <c r="C893" s="1" t="s">
-        <v>831</v>
+        <v>830</v>
       </c>
       <c r="D893" s="1" t="s">
         <v>108</v>
       </c>
       <c r="E893" s="1">
         <v>6</v>
       </c>
     </row>
     <row r="894">
       <c r="A894" s="1">
         <v>9</v>
       </c>
       <c r="B894" s="1">
         <v>150</v>
       </c>
       <c r="C894" s="1" t="s">
-        <v>832</v>
+        <v>831</v>
       </c>
       <c r="D894" s="1" t="s">
         <v>58</v>
       </c>
       <c r="E894" s="1">
         <v>5</v>
       </c>
     </row>
     <row r="895">
       <c r="A895" s="1">
         <v>10</v>
       </c>
       <c r="B895" s="1">
         <v>963</v>
       </c>
       <c r="C895" s="1" t="s">
-        <v>833</v>
+        <v>832</v>
       </c>
       <c r="D895" s="1" t="s">
         <v>271</v>
       </c>
       <c r="E895" s="1">
         <v>4</v>
       </c>
     </row>
     <row r="896">
       <c r="A896" s="1">
         <v>11</v>
       </c>
       <c r="B896" s="1">
         <v>823</v>
       </c>
       <c r="C896" s="1" t="s">
-        <v>834</v>
+        <v>833</v>
       </c>
       <c r="D896" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E896" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="897">
       <c r="A897" s="1">
         <v>12</v>
       </c>
       <c r="B897" s="1">
         <v>462</v>
       </c>
       <c r="C897" s="1" t="s">
-        <v>835</v>
+        <v>834</v>
       </c>
       <c r="D897" s="1" t="s">
         <v>8</v>
       </c>
       <c r="E897" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="898">
       <c r="A898" s="1">
         <v>13</v>
       </c>
       <c r="B898" s="1">
         <v>1666</v>
       </c>
       <c r="C898" s="1" t="s">
-        <v>836</v>
+        <v>835</v>
       </c>
       <c r="D898" s="1" t="s">
         <v>26</v>
       </c>
       <c r="E898" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="899">
       <c r="A899" s="1">
         <v>14</v>
       </c>
       <c r="B899" s="1">
         <v>207</v>
       </c>
       <c r="C899" s="1" t="s">
-        <v>837</v>
+        <v>836</v>
       </c>
       <c r="D899" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E899" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="900">
       <c r="A900" s="1">
         <v>15</v>
       </c>
       <c r="B900" s="1">
         <v>206</v>
       </c>
       <c r="C900" s="1" t="s">
-        <v>838</v>
+        <v>837</v>
       </c>
       <c r="D900" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E900" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="901">
       <c r="A901" s="1">
         <v>16</v>
       </c>
       <c r="B901" s="1">
         <v>734</v>
       </c>
       <c r="C901" s="1" t="s">
-        <v>839</v>
+        <v>838</v>
       </c>
       <c r="D901" s="1" t="s">
         <v>42</v>
       </c>
       <c r="E901" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="902">
       <c r="A902" s="1">
         <v>17</v>
       </c>
       <c r="B902" s="1">
         <v>1132</v>
       </c>
       <c r="C902" s="1" t="s">
-        <v>840</v>
+        <v>839</v>
       </c>
       <c r="D902" s="1" t="s">
         <v>219</v>
       </c>
       <c r="E902" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="903">
       <c r="A903" s="1">
         <v>18</v>
       </c>
       <c r="B903" s="1">
         <v>907</v>
       </c>
       <c r="C903" s="1" t="s">
-        <v>841</v>
+        <v>840</v>
       </c>
       <c r="D903" s="1" t="s">
         <v>271</v>
       </c>
       <c r="E903" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="906">
       <c r="A906" s="3" t="s">
-        <v>842</v>
+        <v>841</v>
       </c>
       <c r="B906" s="3" t="s">
-        <v>842</v>
+        <v>841</v>
       </c>
       <c r="C906" s="3" t="s">
-        <v>842</v>
+        <v>841</v>
       </c>
       <c r="D906" s="3" t="s">
-        <v>842</v>
+        <v>841</v>
       </c>
       <c r="E906" s="3" t="s">
-        <v>842</v>
+        <v>841</v>
       </c>
     </row>
     <row r="907">
       <c r="A907" s="2" t="s">
         <v>2</v>
       </c>
       <c r="B907" s="2" t="s">
         <v>3</v>
       </c>
       <c r="C907" s="2" t="s">
         <v>4</v>
       </c>
       <c r="D907" s="2" t="s">
         <v>5</v>
       </c>
       <c r="E907" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="908">
       <c r="A908" s="1">
         <v>1</v>
       </c>
       <c r="B908" s="1">
         <v>979</v>
       </c>
       <c r="C908" s="1" t="s">
-        <v>843</v>
+        <v>842</v>
       </c>
       <c r="D908" s="1" t="s">
         <v>17</v>
       </c>
       <c r="E908" s="1">
         <v>15</v>
       </c>
     </row>
     <row r="909">
       <c r="A909" s="1">
         <v>2</v>
       </c>
       <c r="B909" s="1">
         <v>76</v>
       </c>
       <c r="C909" s="1" t="s">
-        <v>844</v>
+        <v>843</v>
       </c>
       <c r="D909" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E909" s="1">
         <v>13</v>
       </c>
     </row>
     <row r="910">
       <c r="A910" s="1">
         <v>3</v>
       </c>
       <c r="B910" s="1">
         <v>77</v>
       </c>
       <c r="C910" s="1" t="s">
-        <v>845</v>
+        <v>844</v>
       </c>
       <c r="D910" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E910" s="1">
         <v>11</v>
       </c>
     </row>
     <row r="911">
       <c r="A911" s="1">
         <v>4</v>
       </c>
       <c r="B911" s="1">
         <v>801</v>
       </c>
       <c r="C911" s="1" t="s">
-        <v>846</v>
+        <v>845</v>
       </c>
       <c r="D911" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E911" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="912">
       <c r="A912" s="1">
         <v>5</v>
       </c>
       <c r="B912" s="1">
         <v>1648</v>
       </c>
       <c r="C912" s="1" t="s">
-        <v>847</v>
+        <v>846</v>
       </c>
       <c r="D912" s="1" t="s">
         <v>26</v>
       </c>
       <c r="E912" s="1">
         <v>9</v>
       </c>
     </row>
     <row r="913">
       <c r="A913" s="1">
         <v>6</v>
       </c>
       <c r="B913" s="1">
         <v>1175</v>
       </c>
       <c r="C913" s="1" t="s">
-        <v>848</v>
+        <v>847</v>
       </c>
       <c r="D913" s="1" t="s">
         <v>169</v>
       </c>
       <c r="E913" s="1">
         <v>8</v>
       </c>
     </row>
     <row r="914">
       <c r="A914" s="1">
         <v>7</v>
       </c>
       <c r="B914" s="1">
         <v>1194</v>
       </c>
       <c r="C914" s="1" t="s">
-        <v>849</v>
+        <v>848</v>
       </c>
       <c r="D914" s="1" t="s">
         <v>169</v>
       </c>
       <c r="E914" s="1">
         <v>7</v>
       </c>
     </row>
     <row r="915">
       <c r="A915" s="1">
         <v>8</v>
       </c>
       <c r="B915" s="1">
         <v>13</v>
       </c>
       <c r="C915" s="1" t="s">
-        <v>850</v>
+        <v>849</v>
       </c>
       <c r="D915" s="1" t="s">
         <v>58</v>
       </c>
       <c r="E915" s="1">
         <v>6</v>
       </c>
     </row>
     <row r="918">
       <c r="A918" s="3" t="s">
-        <v>851</v>
+        <v>850</v>
       </c>
       <c r="B918" s="3" t="s">
-        <v>851</v>
+        <v>850</v>
       </c>
       <c r="C918" s="3" t="s">
-        <v>851</v>
+        <v>850</v>
       </c>
       <c r="D918" s="3" t="s">
-        <v>851</v>
+        <v>850</v>
       </c>
       <c r="E918" s="3" t="s">
-        <v>851</v>
+        <v>850</v>
       </c>
     </row>
     <row r="919">
       <c r="A919" s="2" t="s">
         <v>2</v>
       </c>
       <c r="B919" s="2" t="s">
         <v>3</v>
       </c>
       <c r="C919" s="2" t="s">
         <v>4</v>
       </c>
       <c r="D919" s="2" t="s">
         <v>5</v>
       </c>
       <c r="E919" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="920">
       <c r="A920" s="1">
         <v>1</v>
       </c>
       <c r="B920" s="1">
         <v>906</v>
       </c>
       <c r="C920" s="1" t="s">
-        <v>852</v>
+        <v>851</v>
       </c>
       <c r="D920" s="1" t="s">
         <v>271</v>
       </c>
       <c r="E920" s="1">
         <v>15</v>
       </c>
     </row>
     <row r="921">
       <c r="A921" s="1">
         <v>2</v>
       </c>
       <c r="B921" s="1">
         <v>1146</v>
       </c>
       <c r="C921" s="1" t="s">
-        <v>853</v>
+        <v>852</v>
       </c>
       <c r="D921" s="1" t="s">
         <v>219</v>
       </c>
       <c r="E921" s="1">
         <v>13</v>
       </c>
     </row>
     <row r="922">
       <c r="A922" s="1">
         <v>3</v>
       </c>
       <c r="B922" s="1">
         <v>463</v>
       </c>
       <c r="C922" s="1" t="s">
-        <v>854</v>
+        <v>853</v>
       </c>
       <c r="D922" s="1" t="s">
         <v>8</v>
       </c>
       <c r="E922" s="1">
         <v>11</v>
       </c>
     </row>
     <row r="923">
       <c r="A923" s="1">
         <v>4</v>
       </c>
       <c r="B923" s="1">
         <v>1526</v>
       </c>
       <c r="C923" s="1" t="s">
-        <v>855</v>
+        <v>854</v>
       </c>
       <c r="D923" s="1" t="s">
         <v>271</v>
       </c>
       <c r="E923" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="924">
       <c r="A924" s="1">
         <v>5</v>
       </c>
       <c r="B924" s="1">
         <v>875</v>
       </c>
       <c r="C924" s="1" t="s">
-        <v>856</v>
+        <v>855</v>
       </c>
       <c r="D924" s="1" t="s">
         <v>500</v>
       </c>
       <c r="E924" s="1">
         <v>9</v>
       </c>
     </row>
     <row r="925">
       <c r="A925" s="1">
         <v>6</v>
       </c>
       <c r="B925" s="1">
         <v>1365</v>
       </c>
       <c r="C925" s="1" t="s">
-        <v>857</v>
+        <v>856</v>
       </c>
       <c r="D925" s="1" t="s">
         <v>23</v>
       </c>
       <c r="E925" s="1">
         <v>8</v>
       </c>
     </row>
     <row r="926">
       <c r="A926" s="1">
         <v>7</v>
       </c>
       <c r="B926" s="1">
         <v>1629</v>
       </c>
       <c r="C926" s="1" t="s">
-        <v>858</v>
+        <v>857</v>
       </c>
       <c r="D926" s="1" t="s">
         <v>26</v>
       </c>
       <c r="E926" s="1">
         <v>7</v>
       </c>
     </row>
     <row r="927">
       <c r="A927" s="1">
         <v>8</v>
       </c>
       <c r="B927" s="1">
         <v>1495</v>
       </c>
       <c r="C927" s="1" t="s">
-        <v>859</v>
+        <v>858</v>
       </c>
       <c r="D927" s="1" t="s">
         <v>173</v>
       </c>
       <c r="E927" s="1">
         <v>6</v>
       </c>
     </row>
     <row r="928">
       <c r="A928" s="1">
         <v>9</v>
       </c>
       <c r="B928" s="1">
         <v>1300</v>
       </c>
       <c r="C928" s="1" t="s">
-        <v>860</v>
+        <v>859</v>
       </c>
       <c r="D928" s="1" t="s">
         <v>58</v>
       </c>
       <c r="E928" s="1">
         <v>5</v>
       </c>
     </row>
     <row r="929">
       <c r="A929" s="1">
         <v>10</v>
       </c>
       <c r="B929" s="1">
         <v>467</v>
       </c>
       <c r="C929" s="1" t="s">
-        <v>861</v>
+        <v>860</v>
       </c>
       <c r="D929" s="1" t="s">
         <v>8</v>
       </c>
       <c r="E929" s="1">
         <v>4</v>
       </c>
     </row>
     <row r="932">
       <c r="A932" s="3" t="s">
-        <v>862</v>
+        <v>861</v>
       </c>
       <c r="B932" s="3" t="s">
-        <v>862</v>
+        <v>861</v>
       </c>
       <c r="C932" s="3" t="s">
-        <v>862</v>
+        <v>861</v>
       </c>
       <c r="D932" s="3" t="s">
-        <v>862</v>
+        <v>861</v>
       </c>
       <c r="E932" s="3" t="s">
-        <v>862</v>
+        <v>861</v>
       </c>
     </row>
     <row r="933">
       <c r="A933" s="2" t="s">
         <v>2</v>
       </c>
       <c r="B933" s="2" t="s">
         <v>3</v>
       </c>
       <c r="C933" s="2" t="s">
         <v>4</v>
       </c>
       <c r="D933" s="2" t="s">
         <v>5</v>
       </c>
       <c r="E933" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="934">
       <c r="A934" s="1">
         <v>1</v>
       </c>
       <c r="B934" s="1">
         <v>664</v>
       </c>
       <c r="C934" s="1" t="s">
-        <v>863</v>
+        <v>862</v>
       </c>
       <c r="D934" s="1" t="s">
         <v>35</v>
       </c>
       <c r="E934" s="1">
         <v>15</v>
       </c>
     </row>
     <row r="935">
       <c r="A935" s="1">
         <v>2</v>
       </c>
       <c r="B935" s="1">
         <v>212</v>
       </c>
       <c r="C935" s="1" t="s">
-        <v>864</v>
+        <v>863</v>
       </c>
       <c r="D935" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E935" s="1">
         <v>13</v>
       </c>
     </row>
     <row r="936">
       <c r="A936" s="1">
         <v>3</v>
       </c>
       <c r="B936" s="1">
         <v>470</v>
       </c>
       <c r="C936" s="1" t="s">
-        <v>865</v>
+        <v>864</v>
       </c>
       <c r="D936" s="1" t="s">
         <v>8</v>
       </c>
       <c r="E936" s="1">
         <v>11</v>
       </c>
     </row>
     <row r="937">
       <c r="A937" s="1">
         <v>4</v>
       </c>
       <c r="B937" s="1">
         <v>935</v>
       </c>
       <c r="C937" s="1" t="s">
-        <v>866</v>
+        <v>865</v>
       </c>
       <c r="D937" s="1" t="s">
         <v>271</v>
       </c>
       <c r="E937" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="938">
       <c r="A938" s="1">
         <v>5</v>
       </c>
       <c r="B938" s="1">
         <v>211</v>
       </c>
       <c r="C938" s="1" t="s">
-        <v>867</v>
+        <v>866</v>
       </c>
       <c r="D938" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E938" s="1">
         <v>9</v>
       </c>
     </row>
     <row r="939">
       <c r="A939" s="1">
         <v>6</v>
       </c>
       <c r="B939" s="1">
         <v>214</v>
       </c>
       <c r="C939" s="1" t="s">
-        <v>868</v>
+        <v>867</v>
       </c>
       <c r="D939" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E939" s="1">
         <v>8</v>
       </c>
     </row>
     <row r="940">
       <c r="A940" s="1">
         <v>7</v>
       </c>
       <c r="B940" s="1">
         <v>1137</v>
       </c>
       <c r="C940" s="1" t="s">
-        <v>869</v>
+        <v>868</v>
       </c>
       <c r="D940" s="1" t="s">
         <v>219</v>
       </c>
       <c r="E940" s="1">
         <v>7</v>
       </c>
     </row>
     <row r="941">
       <c r="A941" s="1">
         <v>8</v>
       </c>
       <c r="B941" s="1">
         <v>500</v>
       </c>
       <c r="C941" s="1" t="s">
-        <v>870</v>
+        <v>869</v>
       </c>
       <c r="D941" s="1" t="s">
         <v>8</v>
       </c>
       <c r="E941" s="1">
         <v>6</v>
       </c>
     </row>
     <row r="942">
       <c r="A942" s="1">
         <v>9</v>
       </c>
       <c r="B942" s="1">
         <v>213</v>
       </c>
       <c r="C942" s="1" t="s">
-        <v>871</v>
+        <v>870</v>
       </c>
       <c r="D942" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E942" s="1">
         <v>5</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:F2"/>
     <mergeCell ref="A3:E3"/>
     <mergeCell ref="A22:E22"/>
     <mergeCell ref="A43:E43"/>
     <mergeCell ref="A68:E68"/>
     <mergeCell ref="A92:E92"/>
     <mergeCell ref="A120:E120"/>
     <mergeCell ref="A143:E143"/>
     <mergeCell ref="A159:E159"/>
     <mergeCell ref="A183:E183"/>
     <mergeCell ref="A201:E201"/>
     <mergeCell ref="A216:E216"/>
     <mergeCell ref="A241:E241"/>
     <mergeCell ref="A251:E251"/>
     <mergeCell ref="A270:E270"/>
@@ -17997,104 +17994,104 @@
         <v>26</v>
       </c>
       <c r="B29" s="1" t="s">
         <v>567</v>
       </c>
       <c r="C29" s="1">
         <v>11</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="1">
         <v>27</v>
       </c>
       <c r="B30" s="1" t="s">
         <v>73</v>
       </c>
       <c r="C30" s="1">
         <v>11</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="1">
         <v>28</v>
       </c>
       <c r="B31" s="1" t="s">
-        <v>705</v>
+        <v>704</v>
       </c>
       <c r="C31" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="1">
         <v>29</v>
       </c>
       <c r="B32" s="1" t="s">
         <v>283</v>
       </c>
       <c r="C32" s="1">
         <v>9</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="1">
         <v>30</v>
       </c>
       <c r="B33" s="1" t="s">
         <v>402</v>
       </c>
       <c r="C33" s="1">
         <v>8</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="1">
         <v>31</v>
       </c>
       <c r="B34" s="1" t="s">
         <v>274</v>
       </c>
       <c r="C34" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="1">
         <v>31</v>
       </c>
       <c r="B35" s="1" t="s">
-        <v>746</v>
+        <v>745</v>
       </c>
       <c r="C35" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="1">
         <v>32</v>
       </c>
       <c r="B36" s="1" t="s">
         <v>628</v>
       </c>
       <c r="C36" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="1">
         <v>32</v>
       </c>
       <c r="B37" s="1" t="s">
-        <v>811</v>
+        <v>810</v>
       </c>
       <c r="C37" s="1">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:D2"/>
   </mergeCells>
   <headerFooter/>
 </worksheet>
 </file>