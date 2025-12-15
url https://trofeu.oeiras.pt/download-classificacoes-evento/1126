--- v1 (2025-12-07)
+++ v2 (2025-12-15)
@@ -185,51 +185,51 @@
   <si>
     <t>TIAGO QUITERIO</t>
   </si>
   <si>
     <t>Rodrigo Madureira</t>
   </si>
   <si>
     <t>Manel Elias</t>
   </si>
   <si>
     <t>Diogo Ibraímo</t>
   </si>
   <si>
     <t>Simão Pinto</t>
   </si>
   <si>
     <t>Miguel Teixeira</t>
   </si>
   <si>
     <t>Duarte Rodrigues</t>
   </si>
   <si>
     <t>CLUBE DE ATLETISMO DE VALE DE FIGUEIRA</t>
   </si>
   <si>
-    <t>Gabriel Figueiredo</t>
+    <t>Maria Forgaça</t>
   </si>
   <si>
     <t>Guilherme Cabaço</t>
   </si>
   <si>
     <t>Rafael Diogo</t>
   </si>
   <si>
     <t>Diogo Lucas</t>
   </si>
   <si>
     <t>Ricardo Pinto</t>
   </si>
   <si>
     <t>Xavier Costa</t>
   </si>
   <si>
     <t>David Gabadinho</t>
   </si>
   <si>
     <t>GABRIEL CODEÇO</t>
   </si>
   <si>
     <t>Alexandre Filipe</t>
   </si>
@@ -788,51 +788,51 @@
   <si>
     <t>Sub 23 - Femininos</t>
   </si>
   <si>
     <t>Madalena Preciso</t>
   </si>
   <si>
     <t>MATILDE MARQUES</t>
   </si>
   <si>
     <t>Seniores - Masculinos</t>
   </si>
   <si>
     <t>Diogo Fraga</t>
   </si>
   <si>
     <t xml:space="preserve">Isaias   Gomes</t>
   </si>
   <si>
     <t xml:space="preserve">Nahuel  Pozueta</t>
   </si>
   <si>
     <t xml:space="preserve">VASCO MARTA </t>
   </si>
   <si>
-    <t>DIOGO BATISTA</t>
+    <t>GONÇALO GONÇALVES</t>
   </si>
   <si>
     <t>Tiago Antunes</t>
   </si>
   <si>
     <t>DAVID DOS SANTOS</t>
   </si>
   <si>
     <t xml:space="preserve">ALEXANDRE  PEREIRA</t>
   </si>
   <si>
     <t>André Cotrim</t>
   </si>
   <si>
     <t>Nazariy Kovalyuk</t>
   </si>
   <si>
     <t>Gonçalo Martins</t>
   </si>
   <si>
     <t>Miles &amp; Vibes</t>
   </si>
   <si>
     <t>Pedro Marques</t>
   </si>
@@ -1466,51 +1466,51 @@
   <si>
     <t>Dário Palma</t>
   </si>
   <si>
     <t xml:space="preserve">José Miguel  Barradas</t>
   </si>
   <si>
     <t>Hércules Baptista</t>
   </si>
   <si>
     <t>Nuno Carioca</t>
   </si>
   <si>
     <t>Paulo Ferreira</t>
   </si>
   <si>
     <t>Bruno Oliveira</t>
   </si>
   <si>
     <t>Fernando Palma</t>
   </si>
   <si>
     <t xml:space="preserve">Marco  Veloso</t>
   </si>
   <si>
-    <t>Nuno Ricardo</t>
+    <t>Sandra Segura</t>
   </si>
   <si>
     <t>JOSÉ BORGES</t>
   </si>
   <si>
     <t>CARLOS SIMOES</t>
   </si>
   <si>
     <t>Pedro M. Bica</t>
   </si>
   <si>
     <t>Pedro Domingos</t>
   </si>
   <si>
     <t>Bernardo Salavessa</t>
   </si>
   <si>
     <t>Filipe Cameira</t>
   </si>
   <si>
     <t>Ricardo Nobre</t>
   </si>
   <si>
     <t>Jorge Ramos</t>
   </si>
@@ -1712,51 +1712,51 @@
   <si>
     <t xml:space="preserve">MARINA   PANTALIÃO</t>
   </si>
   <si>
     <t>Ana Pereira</t>
   </si>
   <si>
     <t>Patrícia Mendes</t>
   </si>
   <si>
     <t>M 50</t>
   </si>
   <si>
     <t>LUIS PINTO</t>
   </si>
   <si>
     <t>SÉRGIO PAIVA</t>
   </si>
   <si>
     <t>Nuno Ruela</t>
   </si>
   <si>
     <t>Clube Desportivo Os Galgos Audazes</t>
   </si>
   <si>
-    <t>Igor Tchemaguine</t>
+    <t>Ana Lúcia Rebelo</t>
   </si>
   <si>
     <t>Hugo Palmeiro</t>
   </si>
   <si>
     <t>Paulo Silva</t>
   </si>
   <si>
     <t xml:space="preserve">JORGE   PINHO</t>
   </si>
   <si>
     <t xml:space="preserve">FERNANDO   MIRANDA</t>
   </si>
   <si>
     <t>José Luís Pereira</t>
   </si>
   <si>
     <t>PEDRO MAGALHÃES</t>
   </si>
   <si>
     <t xml:space="preserve">ARTUR   PEREIRA</t>
   </si>
   <si>
     <t>Emanuel Oliveira</t>
   </si>