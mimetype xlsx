--- v2 (2025-12-15)
+++ v3 (2026-03-10)
@@ -215,51 +215,51 @@
   <si>
     <t>Rafael Diogo</t>
   </si>
   <si>
     <t>Diogo Lucas</t>
   </si>
   <si>
     <t>Ricardo Pinto</t>
   </si>
   <si>
     <t>Xavier Costa</t>
   </si>
   <si>
     <t>David Gabadinho</t>
   </si>
   <si>
     <t>GABRIEL CODEÇO</t>
   </si>
   <si>
     <t>Alexandre Filipe</t>
   </si>
   <si>
     <t>Tiago Maniés</t>
   </si>
   <si>
-    <t>Elyan Silva</t>
+    <t>Júlia Cordeiro</t>
   </si>
   <si>
     <t xml:space="preserve">MATIAS  CORREIA</t>
   </si>
   <si>
     <t>Paulo Soares</t>
   </si>
   <si>
     <t>Leonardo Fichtner</t>
   </si>
   <si>
     <t>Bruno Fichtner</t>
   </si>
   <si>
     <t>Sub 12 - Femininos</t>
   </si>
   <si>
     <t>Yasmin Tchemaguine</t>
   </si>
   <si>
     <t>Jaciara Cabral</t>
   </si>
   <si>
     <t xml:space="preserve">Reniala   Staudte</t>
   </si>
@@ -668,51 +668,51 @@
   <si>
     <t>Bruno Sousa</t>
   </si>
   <si>
     <t>Filipe Serra</t>
   </si>
   <si>
     <t>MICAEL ESCALEIRA</t>
   </si>
   <si>
     <t>Shuncheng Ke</t>
   </si>
   <si>
     <t>Manuel Franco</t>
   </si>
   <si>
     <t>Santinho Kneissler</t>
   </si>
   <si>
     <t>David Gonçalves</t>
   </si>
   <si>
     <t>Grupo Recreativo e Desportivo “Os Fixes”</t>
   </si>
   <si>
-    <t>TIAGO MATEUS</t>
+    <t>PEDRO TEODORO</t>
   </si>
   <si>
     <t>Gustavo Alves</t>
   </si>
   <si>
     <t>Gonçalo Queiroz</t>
   </si>
   <si>
     <t>RODRIGO LUIZ</t>
   </si>
   <si>
     <t>Mateus Pires</t>
   </si>
   <si>
     <t>Rafael Antunes</t>
   </si>
   <si>
     <t xml:space="preserve">Miguel  Garcia</t>
   </si>
   <si>
     <t>Tiago Nuno</t>
   </si>
   <si>
     <t>Sub 20 - Femininos</t>
   </si>
@@ -770,51 +770,51 @@
   <si>
     <t>Filipe Condinho</t>
   </si>
   <si>
     <t>DEUS KAPUNGA</t>
   </si>
   <si>
     <t>José Frazão</t>
   </si>
   <si>
     <t xml:space="preserve">Gonçalo  Magalhães</t>
   </si>
   <si>
     <t>SIMÃO LIMA</t>
   </si>
   <si>
     <t>Miguel Noronha</t>
   </si>
   <si>
     <t>Sub 23 - Femininos</t>
   </si>
   <si>
     <t>Madalena Preciso</t>
   </si>
   <si>
-    <t>MATILDE MARQUES</t>
+    <t xml:space="preserve">CARLOS  VICENTE</t>
   </si>
   <si>
     <t>Seniores - Masculinos</t>
   </si>
   <si>
     <t>Diogo Fraga</t>
   </si>
   <si>
     <t xml:space="preserve">Isaias   Gomes</t>
   </si>
   <si>
     <t xml:space="preserve">Nahuel  Pozueta</t>
   </si>
   <si>
     <t xml:space="preserve">VASCO MARTA </t>
   </si>
   <si>
     <t>GONÇALO GONÇALVES</t>
   </si>
   <si>
     <t>Tiago Antunes</t>
   </si>
   <si>
     <t>DAVID DOS SANTOS</t>
   </si>
@@ -848,54 +848,54 @@
   <si>
     <t xml:space="preserve">André  Viseu</t>
   </si>
   <si>
     <t>Guilherme Silva</t>
   </si>
   <si>
     <t>Viriathvs Runners Viseu</t>
   </si>
   <si>
     <t xml:space="preserve">Miguel França </t>
   </si>
   <si>
     <t>João Teles</t>
   </si>
   <si>
     <t xml:space="preserve">Rodrigo  SANTOS</t>
   </si>
   <si>
     <t>João Roxo</t>
   </si>
   <si>
     <t xml:space="preserve">Afonso  Guerreiro</t>
   </si>
   <si>
-    <t>Sérgio Oliveira</t>
-[...2 lines deleted...]
-    <t>José Marcos</t>
+    <t>Paulo Arrenega</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Cláudia  Borralho</t>
   </si>
   <si>
     <t>João Neves</t>
   </si>
   <si>
     <t>Amigos de Baco</t>
   </si>
   <si>
     <t>Francisco Ferreira</t>
   </si>
   <si>
     <t>ANDRÉ FERREIRA</t>
   </si>
   <si>
     <t>Cristiano Filipe</t>
   </si>
   <si>
     <t xml:space="preserve">Francisco  Val</t>
   </si>
   <si>
     <t>MARCELO GUERRA</t>
   </si>
   <si>
     <t>William Salvador</t>
   </si>
@@ -1079,51 +1079,51 @@
   <si>
     <t>Steven Santos</t>
   </si>
   <si>
     <t>Fauler Campos</t>
   </si>
   <si>
     <t>HUGO FILIPE ANTUNES</t>
   </si>
   <si>
     <t>Ivandro Moreira</t>
   </si>
   <si>
     <t>Agualva Runners</t>
   </si>
   <si>
     <t>JOSÉ VASCO</t>
   </si>
   <si>
     <t>André Pereira</t>
   </si>
   <si>
     <t>André Oliveira</t>
   </si>
   <si>
-    <t>Steve Gabadinho</t>
+    <t>Tiago Ribeiro</t>
   </si>
   <si>
     <t>Fernando Pereira</t>
   </si>
   <si>
     <t xml:space="preserve">José  Júnior</t>
   </si>
   <si>
     <t>Joao Filho</t>
   </si>
   <si>
     <t xml:space="preserve">João  Miranda</t>
   </si>
   <si>
     <t>RENATO MADUREIRA</t>
   </si>
   <si>
     <t>Fábio Querido</t>
   </si>
   <si>
     <t>TELMO JORGE</t>
   </si>
   <si>
     <t>Diogo Inácio</t>
   </si>
@@ -1769,75 +1769,75 @@
   <si>
     <t>PEDRO BURRICA</t>
   </si>
   <si>
     <t>Tiago Rocha</t>
   </si>
   <si>
     <t>FERNANDO ANJOS</t>
   </si>
   <si>
     <t xml:space="preserve">PEDRO  CAVILHAS</t>
   </si>
   <si>
     <t>Bruno Afonso</t>
   </si>
   <si>
     <t>Pedro Andrade</t>
   </si>
   <si>
     <t>Rui Teixeira</t>
   </si>
   <si>
     <t xml:space="preserve">João  Caetano</t>
   </si>
   <si>
-    <t>Filipe Rebelo</t>
+    <t>Joaquim Amaral</t>
   </si>
   <si>
     <t>Nuno Duarte</t>
   </si>
   <si>
     <t xml:space="preserve">LUÍS  SOUSA</t>
   </si>
   <si>
     <t>Sérgio Ramos</t>
   </si>
   <si>
     <t>Daniel Estrela</t>
   </si>
   <si>
     <t>Carlos Coelho</t>
   </si>
   <si>
     <t>António Canto</t>
   </si>
   <si>
     <t xml:space="preserve">José  Raposo</t>
   </si>
   <si>
-    <t>FRANCISCO MOTA</t>
+    <t>Gustavo Monteiro</t>
   </si>
   <si>
     <t>Nuno Morgado</t>
   </si>
   <si>
     <t>JULIO FERREIRA</t>
   </si>
   <si>
     <t>RUI ANTUNES</t>
   </si>
   <si>
     <t xml:space="preserve">José  Véstias</t>
   </si>
   <si>
     <t>João Sayanda</t>
   </si>
   <si>
     <t xml:space="preserve">Daniel  Morais</t>
   </si>
   <si>
     <t>João Domingues</t>
   </si>
   <si>
     <t>Luis Barata</t>
   </si>