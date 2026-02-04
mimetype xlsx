--- v0 (2025-12-07)
+++ v1 (2026-02-04)
@@ -512,51 +512,51 @@
   <si>
     <t>Filipe Serra</t>
   </si>
   <si>
     <t>Tomás Pais</t>
   </si>
   <si>
     <t>FRANCISCO AZEVEDO</t>
   </si>
   <si>
     <t>MICAEL ESCALEIRA</t>
   </si>
   <si>
     <t>LUCA ROBINSON</t>
   </si>
   <si>
     <t>GONÇALO GONÇALVES</t>
   </si>
   <si>
     <t>David Gonçalves</t>
   </si>
   <si>
     <t>Manuel Franco</t>
   </si>
   <si>
-    <t>TIAGO MATEUS</t>
+    <t>PEDRO TEODORO</t>
   </si>
   <si>
     <t>RODRIGO LUIZ</t>
   </si>
   <si>
     <t>Rafael Antunes</t>
   </si>
   <si>
     <t>Mateus Pires</t>
   </si>
   <si>
     <t xml:space="preserve">Miguel  Garcia</t>
   </si>
   <si>
     <t>Kauã Morozini</t>
   </si>
   <si>
     <t>Sub 20 - Femininos</t>
   </si>
   <si>
     <t>CÁTIA KHVAS</t>
   </si>
   <si>
     <t>Mariana Nave</t>
   </si>
@@ -707,51 +707,51 @@
   <si>
     <t>Guilherme Godinho</t>
   </si>
   <si>
     <t xml:space="preserve">José  Sousa</t>
   </si>
   <si>
     <t xml:space="preserve">LUÍS TEIXEIRA </t>
   </si>
   <si>
     <t>Gonçalo Martins</t>
   </si>
   <si>
     <t>Apolo Estrela</t>
   </si>
   <si>
     <t>Richard Perez</t>
   </si>
   <si>
     <t>Pedro Marques</t>
   </si>
   <si>
     <t>Francisco Lopes</t>
   </si>
   <si>
-    <t>Sérgio Oliveira</t>
+    <t>Paulo Arrenega</t>
   </si>
   <si>
     <t>Nazariy Kovalyuk</t>
   </si>
   <si>
     <t>Bruno Semedo</t>
   </si>
   <si>
     <t>João Moradias</t>
   </si>
   <si>
     <t xml:space="preserve">Tiago  Freitas</t>
   </si>
   <si>
     <t>João Neves</t>
   </si>
   <si>
     <t>Amigos de Baco</t>
   </si>
   <si>
     <t>Carlos Gomes</t>
   </si>
   <si>
     <t>Guilherme Silva</t>
   </si>
@@ -806,51 +806,51 @@
   <si>
     <t>Felipe Galiazzi</t>
   </si>
   <si>
     <t>João Santos</t>
   </si>
   <si>
     <t>PEDRO QUARESMA</t>
   </si>
   <si>
     <t>Rafael Marques</t>
   </si>
   <si>
     <t>TIAGO SILVA</t>
   </si>
   <si>
     <t>Artur Pereira</t>
   </si>
   <si>
     <t>Walkandrun.pt-Seaside</t>
   </si>
   <si>
     <t>Gonçalo Fontinha</t>
   </si>
   <si>
-    <t>DAVID SANTOS</t>
+    <t>LUIS COSTA</t>
   </si>
   <si>
     <t>MARCELO GUERRA</t>
   </si>
   <si>
     <t>António Jesus</t>
   </si>
   <si>
     <t>Rogério Chaves</t>
   </si>
   <si>
     <t>FILIPE TEIXEIRA</t>
   </si>
   <si>
     <t>Jaime Lopes</t>
   </si>
   <si>
     <t>Joaquim Chicau</t>
   </si>
   <si>
     <t>Tiago Henriques</t>
   </si>
   <si>
     <t>Bruno Carvalho</t>
   </si>
@@ -914,51 +914,51 @@
   <si>
     <t>Mariana Figueira</t>
   </si>
   <si>
     <t>Francisca Pereira</t>
   </si>
   <si>
     <t>Liliana Branco</t>
   </si>
   <si>
     <t>Mafalda Bação</t>
   </si>
   <si>
     <t>Catarina Feijão</t>
   </si>
   <si>
     <t>Rita Couto</t>
   </si>
   <si>
     <t>Mariana Oliveira</t>
   </si>
   <si>
     <t>Marta Andrade</t>
   </si>
   <si>
-    <t xml:space="preserve">Inês  Amorim</t>
+    <t>Vânia Matias</t>
   </si>
   <si>
     <t>Soraia Paraíso</t>
   </si>
   <si>
     <t xml:space="preserve">Diana  Cardoso</t>
   </si>
   <si>
     <t>Andreia Pinto</t>
   </si>
   <si>
     <t>Verónica Ramos</t>
   </si>
   <si>
     <t>Ana Martins</t>
   </si>
   <si>
     <t>Ana Patrícia Dias</t>
   </si>
   <si>
     <t>M 35</t>
   </si>
   <si>
     <t>Tiago Graça</t>
   </si>
@@ -1016,51 +1016,51 @@
   <si>
     <t xml:space="preserve">José  Júnior</t>
   </si>
   <si>
     <t xml:space="preserve">Gonçalo  Silva </t>
   </si>
   <si>
     <t>André Pereira</t>
   </si>
   <si>
     <t>FILIPE SILVA</t>
   </si>
   <si>
     <t>Machel Carvalho</t>
   </si>
   <si>
     <t>Filipe Pereira</t>
   </si>
   <si>
     <t>João Albuquerque</t>
   </si>
   <si>
     <t>JOSÉ VASCO</t>
   </si>
   <si>
-    <t>Steve Gabadinho</t>
+    <t>Tiago Ribeiro</t>
   </si>
   <si>
     <t>GONÇALO PIRES</t>
   </si>
   <si>
     <t>JOÃO FIGUEIREDO</t>
   </si>
   <si>
     <t xml:space="preserve">Pedro  Ferreira</t>
   </si>
   <si>
     <t>Orlando Couceiro</t>
   </si>
   <si>
     <t>Tiago Cardoso</t>
   </si>
   <si>
     <t>Diogo Inácio</t>
   </si>
   <si>
     <t>Rafael Silva</t>
   </si>
   <si>
     <t>Ruben Mendonça</t>
   </si>
@@ -1463,51 +1463,51 @@
   <si>
     <t xml:space="preserve">Mario  Batista</t>
   </si>
   <si>
     <t xml:space="preserve">Vinicius  Guedes</t>
   </si>
   <si>
     <t>Jorge Pereira</t>
   </si>
   <si>
     <t>Nelson Santos</t>
   </si>
   <si>
     <t>Luís Godinho</t>
   </si>
   <si>
     <t>CESAR HENRIQUES</t>
   </si>
   <si>
     <t xml:space="preserve">PAULO VELEZ </t>
   </si>
   <si>
     <t xml:space="preserve">Nuno  Oliveira</t>
   </si>
   <si>
-    <t>Nuno Ricardo</t>
+    <t>Sandra Segura</t>
   </si>
   <si>
     <t xml:space="preserve">Ricardo  Reis</t>
   </si>
   <si>
     <t xml:space="preserve">José Miguel  Barradas</t>
   </si>
   <si>
     <t>Jorge Pelicano</t>
   </si>
   <si>
     <t>Joao Castanheira</t>
   </si>
   <si>
     <t xml:space="preserve">Carlos  Marinho </t>
   </si>
   <si>
     <t>Eduardo Luís</t>
   </si>
   <si>
     <t xml:space="preserve">Duarte  Teixeira</t>
   </si>
   <si>
     <t>Hércules Baptista</t>
   </si>
@@ -1607,51 +1607,51 @@
   <si>
     <t>BRUNO PATINHO</t>
   </si>
   <si>
     <t xml:space="preserve">Ricardo Pato </t>
   </si>
   <si>
     <t>Paulo Reis</t>
   </si>
   <si>
     <t xml:space="preserve">PEDRO   FAVIANA</t>
   </si>
   <si>
     <t>CARLOS CARDOSO</t>
   </si>
   <si>
     <t>Hugo Casqueiro</t>
   </si>
   <si>
     <t xml:space="preserve">Luís  Braz</t>
   </si>
   <si>
     <t>Luis Cadaxa</t>
   </si>
   <si>
-    <t xml:space="preserve">Luis  Menezes</t>
+    <t xml:space="preserve">Luis  Meneses</t>
   </si>
   <si>
     <t>F 45</t>
   </si>
   <si>
     <t>Sónia Machado</t>
   </si>
   <si>
     <t>SUSANA RAPOSO</t>
   </si>
   <si>
     <t xml:space="preserve">Marta  Borges</t>
   </si>
   <si>
     <t>Céu Fernandes</t>
   </si>
   <si>
     <t>SONIA NEVES</t>
   </si>
   <si>
     <t xml:space="preserve">CÉLIA  SILVA</t>
   </si>
   <si>
     <t>SANDRA MONTEIRO</t>
   </si>
@@ -1727,51 +1727,51 @@
   <si>
     <t>LEONOR GARCIA</t>
   </si>
   <si>
     <t>Rosa Silva</t>
   </si>
   <si>
     <t>Helena Santos</t>
   </si>
   <si>
     <t>Hélia Sousa</t>
   </si>
   <si>
     <t>M 50</t>
   </si>
   <si>
     <t>SÉRGIO PAIVA</t>
   </si>
   <si>
     <t>Paulo Silva</t>
   </si>
   <si>
     <t xml:space="preserve">JORGE   PINHO</t>
   </si>
   <si>
-    <t>Igor Tchemaguine</t>
+    <t>Ana Lúcia Rebelo</t>
   </si>
   <si>
     <t>João Guterres</t>
   </si>
   <si>
     <t>PEDRO MAGALHÃES</t>
   </si>
   <si>
     <t xml:space="preserve">FERNANDO   MIRANDA</t>
   </si>
   <si>
     <t xml:space="preserve">ARTUR   PEREIRA</t>
   </si>
   <si>
     <t>LUIS LIMA</t>
   </si>
   <si>
     <t>Artur Alves</t>
   </si>
   <si>
     <t>Tiago Rocha</t>
   </si>
   <si>
     <t xml:space="preserve">Gonçalo  Baroutakis </t>
   </si>
@@ -1820,51 +1820,51 @@
   <si>
     <t>Carlos Luiz</t>
   </si>
   <si>
     <t>Sergio Carvalho</t>
   </si>
   <si>
     <t xml:space="preserve">Pedro  Gomes </t>
   </si>
   <si>
     <t>Gil Monteiro</t>
   </si>
   <si>
     <t>Pedro Semedo</t>
   </si>
   <si>
     <t>ABNER KIENE</t>
   </si>
   <si>
     <t>Sérgio Ramos</t>
   </si>
   <si>
     <t>Pedro Esteves</t>
   </si>
   <si>
-    <t>Filipe Rebelo</t>
+    <t>Joaquim Amaral</t>
   </si>
   <si>
     <t>JOSE CRUZ</t>
   </si>
   <si>
     <t>JULIO FERREIRA</t>
   </si>
   <si>
     <t>Hugo Palmeiro</t>
   </si>
   <si>
     <t>Carlos Taveira</t>
   </si>
   <si>
     <t>Pedro Andrade</t>
   </si>
   <si>
     <t xml:space="preserve">João  Caetano</t>
   </si>
   <si>
     <t>Bruno Raposo</t>
   </si>
   <si>
     <t>Nelson Tembe</t>
   </si>
@@ -1925,51 +1925,51 @@
   <si>
     <t>Nuno Duarte</t>
   </si>
   <si>
     <t xml:space="preserve">Daniel  Morais</t>
   </si>
   <si>
     <t>Sergio Antunes</t>
   </si>
   <si>
     <t>RUI ANTUNES</t>
   </si>
   <si>
     <t>Sérgio Vieira</t>
   </si>
   <si>
     <t>João Sayanda</t>
   </si>
   <si>
     <t>JOAO CURVELO</t>
   </si>
   <si>
     <t>Rui Amaral</t>
   </si>
   <si>
-    <t>FRANCISCO MOTA</t>
+    <t>Gustavo Monteiro</t>
   </si>
   <si>
     <t>João Martins</t>
   </si>
   <si>
     <t>Sérgio Pó</t>
   </si>
   <si>
     <t xml:space="preserve">ANTÓNIO   QUARESMA</t>
   </si>
   <si>
     <t xml:space="preserve">PEDRO   CANAS</t>
   </si>
   <si>
     <t>Daniel Barata</t>
   </si>
   <si>
     <t>Paulo Sousa</t>
   </si>
   <si>
     <t>Ricardo Nuno</t>
   </si>
   <si>
     <t>Luís Miguel Revés</t>
   </si>
@@ -2156,51 +2156,51 @@
   <si>
     <t xml:space="preserve">DIAMANTINO  GAMITO</t>
   </si>
   <si>
     <t>Henrique Ferreira</t>
   </si>
   <si>
     <t>Paulo Pais</t>
   </si>
   <si>
     <t>João Narra</t>
   </si>
   <si>
     <t>Nuno Carvalho</t>
   </si>
   <si>
     <t>CARLOS SIMÕES</t>
   </si>
   <si>
     <t>Jose Baptista</t>
   </si>
   <si>
     <t>Helder Batista</t>
   </si>
   <si>
-    <t>Paulo Campos</t>
+    <t>JORGE PAREDES</t>
   </si>
   <si>
     <t>Paulo Veríssimo</t>
   </si>
   <si>
     <t xml:space="preserve">Paulo Lúcio </t>
   </si>
   <si>
     <t>Miguel Lourenço</t>
   </si>
   <si>
     <t>José Bonito</t>
   </si>
   <si>
     <t>MARCELO CERDEIRA</t>
   </si>
   <si>
     <t>Fernando Gonçalves</t>
   </si>
   <si>
     <t>Pedro Evangelista</t>
   </si>
   <si>
     <t xml:space="preserve">Diogo  Gamito</t>
   </si>