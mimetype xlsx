--- v1 (2026-02-04)
+++ v2 (2026-03-22)
@@ -392,51 +392,51 @@
   <si>
     <t xml:space="preserve">MARIA     TERESA FRANCO</t>
   </si>
   <si>
     <t>MADALENA ROCHA</t>
   </si>
   <si>
     <t>Matilde Ferreira</t>
   </si>
   <si>
     <t xml:space="preserve">ELEONORA  VIEIRA</t>
   </si>
   <si>
     <t>Maria Beatriz Mendes</t>
   </si>
   <si>
     <t>SOFIA FERNANDES</t>
   </si>
   <si>
     <t>Marta Neves</t>
   </si>
   <si>
     <t>Sociedade de Instrução Musical e Escolar Cruz Quebradense (SIMECQ)</t>
   </si>
   <si>
-    <t>SERENA MONTEIRO</t>
+    <t>Paulo Brito</t>
   </si>
   <si>
     <t>CAROLINA SEIXAL</t>
   </si>
   <si>
     <t>Inês Pereira</t>
   </si>
   <si>
     <t>SANDRA REIS</t>
   </si>
   <si>
     <t>Inês Batista</t>
   </si>
   <si>
     <t>CATARINA QUARESMA</t>
   </si>
   <si>
     <t>Sub 18 - Masculinos</t>
   </si>
   <si>
     <t>RAFAEL ALVES</t>
   </si>
   <si>
     <t xml:space="preserve">DIOGO     BRANDÃO</t>
   </si>
@@ -998,51 +998,51 @@
   <si>
     <t>Miguel Xavier</t>
   </si>
   <si>
     <t>Carlos Duque</t>
   </si>
   <si>
     <t>André Oliveira</t>
   </si>
   <si>
     <t>Joao Filho</t>
   </si>
   <si>
     <t>Paulo Ferreira</t>
   </si>
   <si>
     <t>JOSÉ MARTINS</t>
   </si>
   <si>
     <t xml:space="preserve">José  Júnior</t>
   </si>
   <si>
     <t xml:space="preserve">Gonçalo  Silva </t>
   </si>
   <si>
-    <t>André Pereira</t>
+    <t>Joaquim Santos</t>
   </si>
   <si>
     <t>FILIPE SILVA</t>
   </si>
   <si>
     <t>Machel Carvalho</t>
   </si>
   <si>
     <t>Filipe Pereira</t>
   </si>
   <si>
     <t>João Albuquerque</t>
   </si>
   <si>
     <t>JOSÉ VASCO</t>
   </si>
   <si>
     <t>Tiago Ribeiro</t>
   </si>
   <si>
     <t>GONÇALO PIRES</t>
   </si>
   <si>
     <t>JOÃO FIGUEIREDO</t>
   </si>
@@ -1328,51 +1328,51 @@
   <si>
     <t>Tiago Oliveira</t>
   </si>
   <si>
     <t>Adriano Mendes</t>
   </si>
   <si>
     <t>Ricardo Gomes</t>
   </si>
   <si>
     <t>F 40</t>
   </si>
   <si>
     <t>MARINA DOMIMGUES</t>
   </si>
   <si>
     <t>RITA ROSA</t>
   </si>
   <si>
     <t>MARTA MOTA</t>
   </si>
   <si>
     <t>Ana Garrido Silva</t>
   </si>
   <si>
-    <t>Filipa Manha</t>
+    <t>Rodrigo Almeida</t>
   </si>
   <si>
     <t>Ana Sofia Lino Mendes</t>
   </si>
   <si>
     <t>CATARINA PALMA</t>
   </si>
   <si>
     <t>Carla Jesus</t>
   </si>
   <si>
     <t>Cátea Ramos</t>
   </si>
   <si>
     <t xml:space="preserve">Diana  Guimarães</t>
   </si>
   <si>
     <t>Maria Jesus</t>
   </si>
   <si>
     <t>Nuria Ferrão</t>
   </si>
   <si>
     <t>Tânia Tomaz</t>
   </si>
@@ -1424,53 +1424,50 @@
   <si>
     <t>Nuno Tintim</t>
   </si>
   <si>
     <t xml:space="preserve">HUGO   GONÇALVES</t>
   </si>
   <si>
     <t>Nelson Diogo</t>
   </si>
   <si>
     <t xml:space="preserve">DAVID  KARIM</t>
   </si>
   <si>
     <t xml:space="preserve">Nuno  Dantas</t>
   </si>
   <si>
     <t>Dário Palma</t>
   </si>
   <si>
     <t>TIAGO GOUVEIA</t>
   </si>
   <si>
     <t>António Batalha</t>
   </si>
   <si>
-    <t>Bruno Pereira</t>
-[...1 lines deleted...]
-  <si>
     <t>Luis Filipe</t>
   </si>
   <si>
     <t>JOSÉ BORGES</t>
   </si>
   <si>
     <t>Nuno Carioca</t>
   </si>
   <si>
     <t>Marco Moura</t>
   </si>
   <si>
     <t xml:space="preserve">Mario  Batista</t>
   </si>
   <si>
     <t xml:space="preserve">Vinicius  Guedes</t>
   </si>
   <si>
     <t>Jorge Pereira</t>
   </si>
   <si>
     <t>Nelson Santos</t>
   </si>
   <si>
     <t>Luís Godinho</t>
@@ -2090,51 +2087,51 @@
   <si>
     <t>Manuela Ferreira</t>
   </si>
   <si>
     <t>Elizabete Santos</t>
   </si>
   <si>
     <t>ANA MOTA</t>
   </si>
   <si>
     <t>Ana Nunes</t>
   </si>
   <si>
     <t>Cidália Borges</t>
   </si>
   <si>
     <t>MARIA PEIXOTO</t>
   </si>
   <si>
     <t>Joana Pedro</t>
   </si>
   <si>
     <t>Elsa Almeida</t>
   </si>
   <si>
-    <t>Maria Veiga</t>
+    <t xml:space="preserve">CARINA  CARVALHO</t>
   </si>
   <si>
     <t xml:space="preserve">Ana  Nunes</t>
   </si>
   <si>
     <t>Carla Rato</t>
   </si>
   <si>
     <t>Augusta Azevedo</t>
   </si>
   <si>
     <t>Marisa Bettencourt</t>
   </si>
   <si>
     <t>M 55</t>
   </si>
   <si>
     <t>Hélder Rebelo</t>
   </si>
   <si>
     <t>Paulo Martins</t>
   </si>
   <si>
     <t>António Murteira</t>
   </si>
@@ -2388,50 +2385,53 @@
     <t>Paulo Dias</t>
   </si>
   <si>
     <t>João Marques</t>
   </si>
   <si>
     <t>Alfredo Bacelar</t>
   </si>
   <si>
     <t xml:space="preserve">CARLOS   BARRENTO</t>
   </si>
   <si>
     <t xml:space="preserve">FERNANDO   COELHO</t>
   </si>
   <si>
     <t>Vitor Vital</t>
   </si>
   <si>
     <t>Manuel Araújo</t>
   </si>
   <si>
     <t>Vasco Palma</t>
   </si>
   <si>
     <t>João Oliveira</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ana  Sobral</t>
   </si>
   <si>
     <t>Nuno Galvão</t>
   </si>
   <si>
     <t>António Major</t>
   </si>
   <si>
     <t>Paulo Rodrigues</t>
   </si>
   <si>
     <t>Carlos Marques</t>
   </si>
   <si>
     <t>Jorge Oliveira</t>
   </si>
   <si>
     <t>Jorge Valadares</t>
   </si>
   <si>
     <t>António Lima</t>
   </si>
   <si>
     <t xml:space="preserve">Hermínio  Cabeceira</t>
   </si>
@@ -10757,5732 +10757,5732 @@
     <row r="507">
       <c r="A507" s="1">
         <v>13</v>
       </c>
       <c r="B507" s="1">
         <v>231</v>
       </c>
       <c r="C507" s="1" t="s">
         <v>471</v>
       </c>
       <c r="D507" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E507" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="508">
       <c r="A508" s="1">
         <v>14</v>
       </c>
       <c r="B508" s="1">
         <v>1403</v>
       </c>
       <c r="C508" s="1" t="s">
-        <v>472</v>
+        <v>140</v>
       </c>
       <c r="D508" s="1" t="s">
         <v>28</v>
       </c>
       <c r="E508" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="509">
       <c r="A509" s="1">
         <v>15</v>
       </c>
       <c r="B509" s="1">
         <v>512</v>
       </c>
       <c r="C509" s="1" t="s">
-        <v>473</v>
+        <v>472</v>
       </c>
       <c r="D509" s="1" t="s">
         <v>8</v>
       </c>
       <c r="E509" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="510">
       <c r="A510" s="1">
         <v>16</v>
       </c>
       <c r="B510" s="1">
         <v>1088</v>
       </c>
       <c r="C510" s="1" t="s">
-        <v>474</v>
+        <v>473</v>
       </c>
       <c r="D510" s="1" t="s">
         <v>46</v>
       </c>
       <c r="E510" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="511">
       <c r="A511" s="1">
         <v>17</v>
       </c>
       <c r="B511" s="1">
         <v>1436</v>
       </c>
       <c r="C511" s="1" t="s">
-        <v>475</v>
+        <v>474</v>
       </c>
       <c r="D511" s="1" t="s">
         <v>28</v>
       </c>
       <c r="E511" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="512">
       <c r="A512" s="1">
         <v>18</v>
       </c>
       <c r="B512" s="1">
         <v>826</v>
       </c>
       <c r="C512" s="1" t="s">
-        <v>476</v>
+        <v>475</v>
       </c>
       <c r="D512" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E512" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="513">
       <c r="A513" s="1">
         <v>19</v>
       </c>
       <c r="B513" s="1">
         <v>553</v>
       </c>
       <c r="C513" s="1" t="s">
-        <v>477</v>
+        <v>476</v>
       </c>
       <c r="D513" s="1" t="s">
         <v>73</v>
       </c>
       <c r="E513" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="514">
       <c r="A514" s="1">
         <v>20</v>
       </c>
       <c r="B514" s="1">
         <v>353</v>
       </c>
       <c r="C514" s="1" t="s">
-        <v>478</v>
+        <v>477</v>
       </c>
       <c r="D514" s="1" t="s">
         <v>37</v>
       </c>
       <c r="E514" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="515">
       <c r="A515" s="1">
         <v>21</v>
       </c>
       <c r="B515" s="1">
         <v>243</v>
       </c>
       <c r="C515" s="1" t="s">
-        <v>479</v>
+        <v>478</v>
       </c>
       <c r="D515" s="1" t="s">
         <v>287</v>
       </c>
       <c r="E515" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="516">
       <c r="A516" s="1">
         <v>22</v>
       </c>
       <c r="B516" s="1">
         <v>267</v>
       </c>
       <c r="C516" s="1" t="s">
-        <v>480</v>
+        <v>479</v>
       </c>
       <c r="D516" s="1" t="s">
         <v>73</v>
       </c>
       <c r="E516" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="517">
       <c r="A517" s="1">
         <v>23</v>
       </c>
       <c r="B517" s="1">
         <v>996</v>
       </c>
       <c r="C517" s="1" t="s">
-        <v>481</v>
+        <v>480</v>
       </c>
       <c r="D517" s="1" t="s">
         <v>46</v>
       </c>
       <c r="E517" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="518">
       <c r="A518" s="1">
         <v>24</v>
       </c>
       <c r="B518" s="1">
         <v>1805</v>
       </c>
       <c r="C518" s="1" t="s">
-        <v>482</v>
+        <v>481</v>
       </c>
       <c r="D518" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E518" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="519">
       <c r="A519" s="1">
         <v>25</v>
       </c>
       <c r="B519" s="1">
         <v>1439</v>
       </c>
       <c r="C519" s="1" t="s">
-        <v>483</v>
+        <v>482</v>
       </c>
       <c r="D519" s="1" t="s">
         <v>28</v>
       </c>
       <c r="E519" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="520">
       <c r="A520" s="1">
         <v>26</v>
       </c>
       <c r="B520" s="1">
         <v>1797</v>
       </c>
       <c r="C520" s="1" t="s">
-        <v>484</v>
+        <v>483</v>
       </c>
       <c r="D520" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E520" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="521">
       <c r="A521" s="1">
         <v>27</v>
       </c>
       <c r="B521" s="1">
         <v>397</v>
       </c>
       <c r="C521" s="1" t="s">
         <v>392</v>
       </c>
       <c r="D521" s="1" t="s">
         <v>37</v>
       </c>
       <c r="E521" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="522">
       <c r="A522" s="1">
         <v>28</v>
       </c>
       <c r="B522" s="1">
         <v>1237</v>
       </c>
       <c r="C522" s="1" t="s">
-        <v>485</v>
+        <v>484</v>
       </c>
       <c r="D522" s="1" t="s">
         <v>127</v>
       </c>
       <c r="E522" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="523">
       <c r="A523" s="1">
         <v>29</v>
       </c>
       <c r="B523" s="1">
         <v>292</v>
       </c>
       <c r="C523" s="1" t="s">
-        <v>486</v>
+        <v>485</v>
       </c>
       <c r="D523" s="1" t="s">
         <v>30</v>
       </c>
       <c r="E523" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="524">
       <c r="A524" s="1">
         <v>30</v>
       </c>
       <c r="B524" s="1">
         <v>3</v>
       </c>
       <c r="C524" s="1" t="s">
-        <v>487</v>
+        <v>486</v>
       </c>
       <c r="D524" s="1" t="s">
         <v>73</v>
       </c>
       <c r="E524" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="525">
       <c r="A525" s="1">
         <v>31</v>
       </c>
       <c r="B525" s="1">
         <v>821</v>
       </c>
       <c r="C525" s="1" t="s">
-        <v>488</v>
+        <v>487</v>
       </c>
       <c r="D525" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E525" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="526">
       <c r="A526" s="1">
         <v>32</v>
       </c>
       <c r="B526" s="1">
         <v>721</v>
       </c>
       <c r="C526" s="1" t="s">
-        <v>489</v>
+        <v>488</v>
       </c>
       <c r="D526" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E526" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="527">
       <c r="A527" s="1">
         <v>33</v>
       </c>
       <c r="B527" s="1">
         <v>257</v>
       </c>
       <c r="C527" s="1" t="s">
-        <v>490</v>
+        <v>489</v>
       </c>
       <c r="D527" s="1" t="s">
         <v>30</v>
       </c>
       <c r="E527" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="528">
       <c r="A528" s="1">
         <v>34</v>
       </c>
       <c r="B528" s="1">
         <v>618</v>
       </c>
       <c r="C528" s="1" t="s">
-        <v>491</v>
+        <v>490</v>
       </c>
       <c r="D528" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E528" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="529">
       <c r="A529" s="1">
         <v>35</v>
       </c>
       <c r="B529" s="1">
         <v>1873</v>
       </c>
       <c r="C529" s="1" t="s">
-        <v>492</v>
+        <v>491</v>
       </c>
       <c r="D529" s="1" t="s">
         <v>28</v>
       </c>
       <c r="E529" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="530">
       <c r="A530" s="1">
         <v>36</v>
       </c>
       <c r="B530" s="1">
         <v>1324</v>
       </c>
       <c r="C530" s="1" t="s">
-        <v>493</v>
+        <v>492</v>
       </c>
       <c r="D530" s="1" t="s">
         <v>8</v>
       </c>
       <c r="E530" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="531">
       <c r="A531" s="1">
         <v>37</v>
       </c>
       <c r="B531" s="1">
         <v>1468</v>
       </c>
       <c r="C531" s="1" t="s">
+        <v>493</v>
+      </c>
+      <c r="D531" s="1" t="s">
         <v>494</v>
-      </c>
-[...1 lines deleted...]
-        <v>495</v>
       </c>
       <c r="E531" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="532">
       <c r="A532" s="1">
         <v>38</v>
       </c>
       <c r="B532" s="1">
         <v>1678</v>
       </c>
       <c r="C532" s="1" t="s">
-        <v>496</v>
+        <v>495</v>
       </c>
       <c r="D532" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E532" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="533">
       <c r="A533" s="1">
         <v>39</v>
       </c>
       <c r="B533" s="1">
         <v>252</v>
       </c>
       <c r="C533" s="1" t="s">
-        <v>497</v>
+        <v>496</v>
       </c>
       <c r="D533" s="1" t="s">
         <v>30</v>
       </c>
       <c r="E533" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="534">
       <c r="A534" s="1">
         <v>40</v>
       </c>
       <c r="B534" s="1">
         <v>1641</v>
       </c>
       <c r="C534" s="1" t="s">
-        <v>498</v>
+        <v>497</v>
       </c>
       <c r="D534" s="1" t="s">
         <v>64</v>
       </c>
       <c r="E534" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="535">
       <c r="A535" s="1">
         <v>41</v>
       </c>
       <c r="B535" s="1">
         <v>1251</v>
       </c>
       <c r="C535" s="1" t="s">
-        <v>499</v>
+        <v>498</v>
       </c>
       <c r="D535" s="1" t="s">
         <v>127</v>
       </c>
       <c r="E535" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="536">
       <c r="A536" s="1">
         <v>42</v>
       </c>
       <c r="B536" s="1">
         <v>386</v>
       </c>
       <c r="C536" s="1" t="s">
-        <v>500</v>
+        <v>499</v>
       </c>
       <c r="D536" s="1" t="s">
         <v>37</v>
       </c>
       <c r="E536" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="537">
       <c r="A537" s="1">
         <v>43</v>
       </c>
       <c r="B537" s="1">
         <v>1871</v>
       </c>
       <c r="C537" s="1" t="s">
-        <v>501</v>
+        <v>500</v>
       </c>
       <c r="D537" s="1" t="s">
         <v>28</v>
       </c>
       <c r="E537" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="538">
       <c r="A538" s="1">
         <v>44</v>
       </c>
       <c r="B538" s="1">
         <v>1100</v>
       </c>
       <c r="C538" s="1" t="s">
-        <v>502</v>
+        <v>501</v>
       </c>
       <c r="D538" s="1" t="s">
         <v>46</v>
       </c>
       <c r="E538" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="539">
       <c r="A539" s="1">
         <v>45</v>
       </c>
       <c r="B539" s="1">
         <v>302</v>
       </c>
       <c r="C539" s="1" t="s">
-        <v>503</v>
+        <v>502</v>
       </c>
       <c r="D539" s="1" t="s">
         <v>30</v>
       </c>
       <c r="E539" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="540">
       <c r="A540" s="1">
         <v>46</v>
       </c>
       <c r="B540" s="1">
         <v>1481</v>
       </c>
       <c r="C540" s="1" t="s">
-        <v>504</v>
+        <v>503</v>
       </c>
       <c r="D540" s="1" t="s">
         <v>182</v>
       </c>
       <c r="E540" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="541">
       <c r="A541" s="1">
         <v>47</v>
       </c>
       <c r="B541" s="1">
         <v>344</v>
       </c>
       <c r="C541" s="1" t="s">
-        <v>505</v>
+        <v>504</v>
       </c>
       <c r="D541" s="1" t="s">
         <v>37</v>
       </c>
       <c r="E541" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="542">
       <c r="A542" s="1">
         <v>48</v>
       </c>
       <c r="B542" s="1">
         <v>1554</v>
       </c>
       <c r="C542" s="1" t="s">
-        <v>506</v>
+        <v>505</v>
       </c>
       <c r="D542" s="1" t="s">
         <v>52</v>
       </c>
       <c r="E542" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="543">
       <c r="A543" s="1">
         <v>49</v>
       </c>
       <c r="B543" s="1">
         <v>1211</v>
       </c>
       <c r="C543" s="1" t="s">
-        <v>507</v>
+        <v>506</v>
       </c>
       <c r="D543" s="1" t="s">
         <v>127</v>
       </c>
       <c r="E543" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="544">
       <c r="A544" s="1">
         <v>50</v>
       </c>
       <c r="B544" s="1">
         <v>720</v>
       </c>
       <c r="C544" s="1" t="s">
-        <v>508</v>
+        <v>507</v>
       </c>
       <c r="D544" s="1" t="s">
         <v>127</v>
       </c>
       <c r="E544" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="545">
       <c r="A545" s="1">
         <v>51</v>
       </c>
       <c r="B545" s="1">
         <v>591</v>
       </c>
       <c r="C545" s="1" t="s">
-        <v>509</v>
+        <v>508</v>
       </c>
       <c r="D545" s="1" t="s">
         <v>73</v>
       </c>
       <c r="E545" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="546">
       <c r="A546" s="1">
         <v>52</v>
       </c>
       <c r="B546" s="1">
         <v>1520</v>
       </c>
       <c r="C546" s="1" t="s">
-        <v>510</v>
+        <v>509</v>
       </c>
       <c r="D546" s="1" t="s">
         <v>118</v>
       </c>
       <c r="E546" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="547">
       <c r="A547" s="1">
         <v>53</v>
       </c>
       <c r="B547" s="1">
         <v>1639</v>
       </c>
       <c r="C547" s="1" t="s">
-        <v>511</v>
+        <v>510</v>
       </c>
       <c r="D547" s="1" t="s">
         <v>64</v>
       </c>
       <c r="E547" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="548">
       <c r="A548" s="1">
         <v>54</v>
       </c>
       <c r="B548" s="1">
         <v>1581</v>
       </c>
       <c r="C548" s="1" t="s">
-        <v>512</v>
+        <v>511</v>
       </c>
       <c r="D548" s="1" t="s">
         <v>52</v>
       </c>
       <c r="E548" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="549">
       <c r="A549" s="1">
         <v>55</v>
       </c>
       <c r="B549" s="1">
         <v>1193</v>
       </c>
       <c r="C549" s="1" t="s">
-        <v>513</v>
+        <v>512</v>
       </c>
       <c r="D549" s="1" t="s">
         <v>127</v>
       </c>
       <c r="E549" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="550">
       <c r="A550" s="1">
         <v>56</v>
       </c>
       <c r="B550" s="1">
         <v>1488</v>
       </c>
       <c r="C550" s="1" t="s">
-        <v>514</v>
+        <v>513</v>
       </c>
       <c r="D550" s="1" t="s">
         <v>182</v>
       </c>
       <c r="E550" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="551">
       <c r="A551" s="1">
         <v>57</v>
       </c>
       <c r="B551" s="1">
         <v>408</v>
       </c>
       <c r="C551" s="1" t="s">
-        <v>515</v>
+        <v>514</v>
       </c>
       <c r="D551" s="1" t="s">
         <v>37</v>
       </c>
       <c r="E551" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="552">
       <c r="A552" s="1">
         <v>58</v>
       </c>
       <c r="B552" s="1">
         <v>1607</v>
       </c>
       <c r="C552" s="1" t="s">
-        <v>516</v>
+        <v>515</v>
       </c>
       <c r="D552" s="1" t="s">
         <v>64</v>
       </c>
       <c r="E552" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="553">
       <c r="A553" s="1">
         <v>59</v>
       </c>
       <c r="B553" s="1">
         <v>1583</v>
       </c>
       <c r="C553" s="1" t="s">
-        <v>517</v>
+        <v>516</v>
       </c>
       <c r="D553" s="1" t="s">
         <v>52</v>
       </c>
       <c r="E553" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="554">
       <c r="A554" s="1">
         <v>60</v>
       </c>
       <c r="B554" s="1">
         <v>124</v>
       </c>
       <c r="C554" s="1" t="s">
-        <v>518</v>
+        <v>517</v>
       </c>
       <c r="D554" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E554" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="555">
       <c r="A555" s="1">
         <v>61</v>
       </c>
       <c r="B555" s="1">
         <v>620</v>
       </c>
       <c r="C555" s="1" t="s">
-        <v>519</v>
+        <v>518</v>
       </c>
       <c r="D555" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E555" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="556">
       <c r="A556" s="1">
         <v>62</v>
       </c>
       <c r="B556" s="1">
         <v>715</v>
       </c>
       <c r="C556" s="1" t="s">
-        <v>520</v>
+        <v>519</v>
       </c>
       <c r="D556" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E556" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="557">
       <c r="A557" s="1">
         <v>63</v>
       </c>
       <c r="B557" s="1">
         <v>1662</v>
       </c>
       <c r="C557" s="1" t="s">
-        <v>521</v>
+        <v>520</v>
       </c>
       <c r="D557" s="1" t="s">
         <v>64</v>
       </c>
       <c r="E557" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="558">
       <c r="A558" s="1">
         <v>64</v>
       </c>
       <c r="B558" s="1">
         <v>132</v>
       </c>
       <c r="C558" s="1" t="s">
-        <v>522</v>
+        <v>521</v>
       </c>
       <c r="D558" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E558" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="559">
       <c r="A559" s="1">
         <v>65</v>
       </c>
       <c r="B559" s="1">
         <v>1201</v>
       </c>
       <c r="C559" s="1" t="s">
-        <v>523</v>
+        <v>522</v>
       </c>
       <c r="D559" s="1" t="s">
         <v>127</v>
       </c>
       <c r="E559" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="560">
       <c r="A560" s="1">
         <v>66</v>
       </c>
       <c r="B560" s="1">
         <v>1498</v>
       </c>
       <c r="C560" s="1" t="s">
-        <v>524</v>
+        <v>523</v>
       </c>
       <c r="D560" s="1" t="s">
-        <v>495</v>
+        <v>494</v>
       </c>
       <c r="E560" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="561">
       <c r="A561" s="1">
         <v>67</v>
       </c>
       <c r="B561" s="1">
         <v>1578</v>
       </c>
       <c r="C561" s="1" t="s">
-        <v>525</v>
+        <v>524</v>
       </c>
       <c r="D561" s="1" t="s">
         <v>52</v>
       </c>
       <c r="E561" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="562">
       <c r="A562" s="1">
         <v>68</v>
       </c>
       <c r="B562" s="1">
         <v>1502</v>
       </c>
       <c r="C562" s="1" t="s">
-        <v>526</v>
+        <v>525</v>
       </c>
       <c r="D562" s="1" t="s">
         <v>37</v>
       </c>
       <c r="E562" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="563">
       <c r="A563" s="1">
         <v>69</v>
       </c>
       <c r="B563" s="1">
         <v>400</v>
       </c>
       <c r="C563" s="1" t="s">
-        <v>527</v>
+        <v>526</v>
       </c>
       <c r="D563" s="1" t="s">
         <v>37</v>
       </c>
       <c r="E563" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="564">
       <c r="A564" s="1">
         <v>70</v>
       </c>
       <c r="B564" s="1">
         <v>120</v>
       </c>
       <c r="C564" s="1" t="s">
-        <v>528</v>
+        <v>527</v>
       </c>
       <c r="D564" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E564" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="565">
       <c r="A565" s="1">
         <v>71</v>
       </c>
       <c r="B565" s="1">
         <v>1573</v>
       </c>
       <c r="C565" s="1" t="s">
-        <v>529</v>
+        <v>528</v>
       </c>
       <c r="D565" s="1" t="s">
         <v>52</v>
       </c>
       <c r="E565" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="566">
       <c r="A566" s="1">
         <v>72</v>
       </c>
       <c r="B566" s="1">
         <v>410</v>
       </c>
       <c r="C566" s="1" t="s">
-        <v>530</v>
+        <v>529</v>
       </c>
       <c r="D566" s="1" t="s">
         <v>37</v>
       </c>
       <c r="E566" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="567">
       <c r="A567" s="1">
         <v>73</v>
       </c>
       <c r="B567" s="1">
         <v>406</v>
       </c>
       <c r="C567" s="1" t="s">
-        <v>531</v>
+        <v>530</v>
       </c>
       <c r="D567" s="1" t="s">
         <v>37</v>
       </c>
       <c r="E567" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="568">
       <c r="A568" s="1">
         <v>74</v>
       </c>
       <c r="B568" s="1">
         <v>1667</v>
       </c>
       <c r="C568" s="1" t="s">
-        <v>532</v>
+        <v>531</v>
       </c>
       <c r="D568" s="1" t="s">
         <v>64</v>
       </c>
       <c r="E568" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="569">
       <c r="A569" s="1">
         <v>75</v>
       </c>
       <c r="B569" s="1">
         <v>1650</v>
       </c>
       <c r="C569" s="1" t="s">
-        <v>533</v>
+        <v>532</v>
       </c>
       <c r="D569" s="1" t="s">
         <v>64</v>
       </c>
       <c r="E569" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="572">
       <c r="A572" s="3" t="s">
-        <v>534</v>
+        <v>533</v>
       </c>
       <c r="B572" s="3" t="s">
-        <v>534</v>
+        <v>533</v>
       </c>
       <c r="C572" s="3" t="s">
-        <v>534</v>
+        <v>533</v>
       </c>
       <c r="D572" s="3" t="s">
-        <v>534</v>
+        <v>533</v>
       </c>
       <c r="E572" s="3" t="s">
-        <v>534</v>
+        <v>533</v>
       </c>
     </row>
     <row r="573">
       <c r="A573" s="2" t="s">
         <v>2</v>
       </c>
       <c r="B573" s="2" t="s">
         <v>3</v>
       </c>
       <c r="C573" s="2" t="s">
         <v>4</v>
       </c>
       <c r="D573" s="2" t="s">
         <v>5</v>
       </c>
       <c r="E573" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="574">
       <c r="A574" s="1">
         <v>1</v>
       </c>
       <c r="B574" s="1">
         <v>1074</v>
       </c>
       <c r="C574" s="1" t="s">
-        <v>535</v>
+        <v>534</v>
       </c>
       <c r="D574" s="1" t="s">
         <v>46</v>
       </c>
       <c r="E574" s="1">
         <v>15</v>
       </c>
     </row>
     <row r="575">
       <c r="A575" s="1">
         <v>2</v>
       </c>
       <c r="B575" s="1">
         <v>47</v>
       </c>
       <c r="C575" s="1" t="s">
-        <v>536</v>
+        <v>535</v>
       </c>
       <c r="D575" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E575" s="1">
         <v>13</v>
       </c>
     </row>
     <row r="576">
       <c r="A576" s="1">
         <v>3</v>
       </c>
       <c r="B576" s="1">
         <v>1552</v>
       </c>
       <c r="C576" s="1" t="s">
-        <v>537</v>
+        <v>536</v>
       </c>
       <c r="D576" s="1" t="s">
         <v>52</v>
       </c>
       <c r="E576" s="1">
         <v>11</v>
       </c>
     </row>
     <row r="577">
       <c r="A577" s="1">
         <v>4</v>
       </c>
       <c r="B577" s="1">
         <v>54</v>
       </c>
       <c r="C577" s="1" t="s">
-        <v>538</v>
+        <v>537</v>
       </c>
       <c r="D577" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E577" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="578">
       <c r="A578" s="1">
         <v>5</v>
       </c>
       <c r="B578" s="1">
         <v>1804</v>
       </c>
       <c r="C578" s="1" t="s">
-        <v>539</v>
+        <v>538</v>
       </c>
       <c r="D578" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E578" s="1">
         <v>9</v>
       </c>
     </row>
     <row r="579">
       <c r="A579" s="1">
         <v>6</v>
       </c>
       <c r="B579" s="1">
         <v>55</v>
       </c>
       <c r="C579" s="1" t="s">
-        <v>540</v>
+        <v>539</v>
       </c>
       <c r="D579" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E579" s="1">
         <v>8</v>
       </c>
     </row>
     <row r="580">
       <c r="A580" s="1">
         <v>7</v>
       </c>
       <c r="B580" s="1">
         <v>49</v>
       </c>
       <c r="C580" s="1" t="s">
-        <v>541</v>
+        <v>540</v>
       </c>
       <c r="D580" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E580" s="1">
         <v>7</v>
       </c>
     </row>
     <row r="581">
       <c r="A581" s="1">
         <v>8</v>
       </c>
       <c r="B581" s="1">
         <v>1265</v>
       </c>
       <c r="C581" s="1" t="s">
-        <v>542</v>
+        <v>541</v>
       </c>
       <c r="D581" s="1" t="s">
         <v>127</v>
       </c>
       <c r="E581" s="1">
         <v>6</v>
       </c>
     </row>
     <row r="582">
       <c r="A582" s="1">
         <v>9</v>
       </c>
       <c r="B582" s="1">
         <v>550</v>
       </c>
       <c r="C582" s="1" t="s">
-        <v>543</v>
+        <v>542</v>
       </c>
       <c r="D582" s="1" t="s">
         <v>73</v>
       </c>
       <c r="E582" s="1">
         <v>5</v>
       </c>
     </row>
     <row r="583">
       <c r="A583" s="1">
         <v>10</v>
       </c>
       <c r="B583" s="1">
         <v>48</v>
       </c>
       <c r="C583" s="1" t="s">
-        <v>544</v>
+        <v>543</v>
       </c>
       <c r="D583" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E583" s="1">
         <v>4</v>
       </c>
     </row>
     <row r="584">
       <c r="A584" s="1">
         <v>11</v>
       </c>
       <c r="B584" s="1">
         <v>554</v>
       </c>
       <c r="C584" s="1" t="s">
-        <v>545</v>
+        <v>544</v>
       </c>
       <c r="D584" s="1" t="s">
         <v>73</v>
       </c>
       <c r="E584" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="585">
       <c r="A585" s="1">
         <v>12</v>
       </c>
       <c r="B585" s="1">
         <v>1815</v>
       </c>
       <c r="C585" s="1" t="s">
-        <v>546</v>
+        <v>545</v>
       </c>
       <c r="D585" s="1" t="s">
         <v>118</v>
       </c>
       <c r="E585" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="586">
       <c r="A586" s="1">
         <v>13</v>
       </c>
       <c r="B586" s="1">
         <v>1630</v>
       </c>
       <c r="C586" s="1" t="s">
-        <v>547</v>
+        <v>546</v>
       </c>
       <c r="D586" s="1" t="s">
         <v>64</v>
       </c>
       <c r="E586" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="587">
       <c r="A587" s="1">
         <v>14</v>
       </c>
       <c r="B587" s="1">
         <v>44</v>
       </c>
       <c r="C587" s="1" t="s">
-        <v>548</v>
+        <v>547</v>
       </c>
       <c r="D587" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E587" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="588">
       <c r="A588" s="1">
         <v>15</v>
       </c>
       <c r="B588" s="1">
         <v>373</v>
       </c>
       <c r="C588" s="1" t="s">
-        <v>549</v>
+        <v>548</v>
       </c>
       <c r="D588" s="1" t="s">
         <v>37</v>
       </c>
       <c r="E588" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="589">
       <c r="A589" s="1">
         <v>16</v>
       </c>
       <c r="B589" s="1">
         <v>742</v>
       </c>
       <c r="C589" s="1" t="s">
-        <v>550</v>
+        <v>549</v>
       </c>
       <c r="D589" s="1" t="s">
         <v>37</v>
       </c>
       <c r="E589" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="590">
       <c r="A590" s="1">
         <v>17</v>
       </c>
       <c r="B590" s="1">
         <v>991</v>
       </c>
       <c r="C590" s="1" t="s">
-        <v>551</v>
+        <v>550</v>
       </c>
       <c r="D590" s="1" t="s">
         <v>46</v>
       </c>
       <c r="E590" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="591">
       <c r="A591" s="1">
         <v>18</v>
       </c>
       <c r="B591" s="1">
         <v>1784</v>
       </c>
       <c r="C591" s="1" t="s">
-        <v>552</v>
+        <v>551</v>
       </c>
       <c r="D591" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E591" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="592">
       <c r="A592" s="1">
         <v>19</v>
       </c>
       <c r="B592" s="1">
         <v>358</v>
       </c>
       <c r="C592" s="1" t="s">
-        <v>553</v>
+        <v>552</v>
       </c>
       <c r="D592" s="1" t="s">
         <v>37</v>
       </c>
       <c r="E592" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="593">
       <c r="A593" s="1">
         <v>20</v>
       </c>
       <c r="B593" s="1">
         <v>926</v>
       </c>
       <c r="C593" s="1" t="s">
-        <v>554</v>
+        <v>553</v>
       </c>
       <c r="D593" s="1" t="s">
         <v>118</v>
       </c>
       <c r="E593" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="594">
       <c r="A594" s="1">
         <v>21</v>
       </c>
       <c r="B594" s="1">
         <v>1329</v>
       </c>
       <c r="C594" s="1" t="s">
-        <v>555</v>
+        <v>554</v>
       </c>
       <c r="D594" s="1" t="s">
         <v>8</v>
       </c>
       <c r="E594" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="595">
       <c r="A595" s="1">
         <v>22</v>
       </c>
       <c r="B595" s="1">
         <v>1192</v>
       </c>
       <c r="C595" s="1" t="s">
-        <v>556</v>
+        <v>555</v>
       </c>
       <c r="D595" s="1" t="s">
         <v>127</v>
       </c>
       <c r="E595" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="596">
       <c r="A596" s="1">
         <v>23</v>
       </c>
       <c r="B596" s="1">
         <v>1819</v>
       </c>
       <c r="C596" s="1" t="s">
-        <v>557</v>
+        <v>556</v>
       </c>
       <c r="D596" s="1" t="s">
         <v>118</v>
       </c>
       <c r="E596" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="597">
       <c r="A597" s="1">
         <v>24</v>
       </c>
       <c r="B597" s="1">
         <v>744</v>
       </c>
       <c r="C597" s="1" t="s">
-        <v>558</v>
+        <v>557</v>
       </c>
       <c r="D597" s="1" t="s">
         <v>37</v>
       </c>
       <c r="E597" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="598">
       <c r="A598" s="1">
         <v>25</v>
       </c>
       <c r="B598" s="1">
         <v>697</v>
       </c>
       <c r="C598" s="1" t="s">
-        <v>559</v>
+        <v>558</v>
       </c>
       <c r="D598" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E598" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="599">
       <c r="A599" s="1">
         <v>26</v>
       </c>
       <c r="B599" s="1">
         <v>1177</v>
       </c>
       <c r="C599" s="1" t="s">
-        <v>560</v>
+        <v>559</v>
       </c>
       <c r="D599" s="1" t="s">
         <v>127</v>
       </c>
       <c r="E599" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="600">
       <c r="A600" s="1">
         <v>27</v>
       </c>
       <c r="B600" s="1">
         <v>1162</v>
       </c>
       <c r="C600" s="1" t="s">
-        <v>561</v>
+        <v>560</v>
       </c>
       <c r="D600" s="1" t="s">
         <v>20</v>
       </c>
       <c r="E600" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="601">
       <c r="A601" s="1">
         <v>28</v>
       </c>
       <c r="B601" s="1">
         <v>52</v>
       </c>
       <c r="C601" s="1" t="s">
-        <v>562</v>
+        <v>561</v>
       </c>
       <c r="D601" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E601" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="602">
       <c r="A602" s="1">
         <v>29</v>
       </c>
       <c r="B602" s="1">
         <v>464</v>
       </c>
       <c r="C602" s="1" t="s">
-        <v>563</v>
+        <v>562</v>
       </c>
       <c r="D602" s="1" t="s">
         <v>8</v>
       </c>
       <c r="E602" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="603">
       <c r="A603" s="1">
         <v>30</v>
       </c>
       <c r="B603" s="1">
         <v>453</v>
       </c>
       <c r="C603" s="1" t="s">
-        <v>564</v>
+        <v>563</v>
       </c>
       <c r="D603" s="1" t="s">
         <v>37</v>
       </c>
       <c r="E603" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="604">
       <c r="A604" s="1">
         <v>31</v>
       </c>
       <c r="B604" s="1">
         <v>1586</v>
       </c>
       <c r="C604" s="1" t="s">
-        <v>565</v>
+        <v>564</v>
       </c>
       <c r="D604" s="1" t="s">
         <v>52</v>
       </c>
       <c r="E604" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="605">
       <c r="A605" s="1">
         <v>32</v>
       </c>
       <c r="B605" s="1">
         <v>1847</v>
       </c>
       <c r="C605" s="1" t="s">
-        <v>566</v>
+        <v>565</v>
       </c>
       <c r="D605" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E605" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="606">
       <c r="A606" s="1">
         <v>33</v>
       </c>
       <c r="B606" s="1">
         <v>703</v>
       </c>
       <c r="C606" s="1" t="s">
-        <v>567</v>
+        <v>566</v>
       </c>
       <c r="D606" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E606" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="607">
       <c r="A607" s="1">
         <v>34</v>
       </c>
       <c r="B607" s="1">
         <v>405</v>
       </c>
       <c r="C607" s="1" t="s">
-        <v>568</v>
+        <v>567</v>
       </c>
       <c r="D607" s="1" t="s">
         <v>37</v>
       </c>
       <c r="E607" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="610">
       <c r="A610" s="3" t="s">
-        <v>569</v>
+        <v>568</v>
       </c>
       <c r="B610" s="3" t="s">
-        <v>569</v>
+        <v>568</v>
       </c>
       <c r="C610" s="3" t="s">
-        <v>569</v>
+        <v>568</v>
       </c>
       <c r="D610" s="3" t="s">
-        <v>569</v>
+        <v>568</v>
       </c>
       <c r="E610" s="3" t="s">
-        <v>569</v>
+        <v>568</v>
       </c>
     </row>
     <row r="611">
       <c r="A611" s="2" t="s">
         <v>2</v>
       </c>
       <c r="B611" s="2" t="s">
         <v>3</v>
       </c>
       <c r="C611" s="2" t="s">
         <v>4</v>
       </c>
       <c r="D611" s="2" t="s">
         <v>5</v>
       </c>
       <c r="E611" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="612">
       <c r="A612" s="1">
         <v>1</v>
       </c>
       <c r="B612" s="1">
         <v>542</v>
       </c>
       <c r="C612" s="1" t="s">
-        <v>570</v>
+        <v>569</v>
       </c>
       <c r="D612" s="1" t="s">
         <v>8</v>
       </c>
       <c r="E612" s="1">
         <v>15</v>
       </c>
     </row>
     <row r="613">
       <c r="A613" s="1">
         <v>2</v>
       </c>
       <c r="B613" s="1">
         <v>154</v>
       </c>
       <c r="C613" s="1" t="s">
-        <v>571</v>
+        <v>570</v>
       </c>
       <c r="D613" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E613" s="1">
         <v>13</v>
       </c>
     </row>
     <row r="614">
       <c r="A614" s="1">
         <v>3</v>
       </c>
       <c r="B614" s="1">
         <v>1297</v>
       </c>
       <c r="C614" s="1" t="s">
-        <v>572</v>
+        <v>571</v>
       </c>
       <c r="D614" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E614" s="1">
         <v>11</v>
       </c>
     </row>
     <row r="615">
       <c r="A615" s="1">
         <v>4</v>
       </c>
       <c r="B615" s="1">
         <v>492</v>
       </c>
       <c r="C615" s="1" t="s">
-        <v>573</v>
+        <v>572</v>
       </c>
       <c r="D615" s="1" t="s">
         <v>8</v>
       </c>
       <c r="E615" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="616">
       <c r="A616" s="1">
         <v>5</v>
       </c>
       <c r="B616" s="1">
         <v>989</v>
       </c>
       <c r="C616" s="1" t="s">
-        <v>574</v>
+        <v>573</v>
       </c>
       <c r="D616" s="1" t="s">
         <v>46</v>
       </c>
       <c r="E616" s="1">
         <v>9</v>
       </c>
     </row>
     <row r="617">
       <c r="A617" s="1">
         <v>6</v>
       </c>
       <c r="B617" s="1">
         <v>151</v>
       </c>
       <c r="C617" s="1" t="s">
-        <v>575</v>
+        <v>574</v>
       </c>
       <c r="D617" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E617" s="1">
         <v>8</v>
       </c>
     </row>
     <row r="618">
       <c r="A618" s="1">
         <v>7</v>
       </c>
       <c r="B618" s="1">
         <v>155</v>
       </c>
       <c r="C618" s="1" t="s">
-        <v>576</v>
+        <v>575</v>
       </c>
       <c r="D618" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E618" s="1">
         <v>7</v>
       </c>
     </row>
     <row r="619">
       <c r="A619" s="1">
         <v>8</v>
       </c>
       <c r="B619" s="1">
         <v>141</v>
       </c>
       <c r="C619" s="1" t="s">
-        <v>577</v>
+        <v>576</v>
       </c>
       <c r="D619" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E619" s="1">
         <v>6</v>
       </c>
     </row>
     <row r="620">
       <c r="A620" s="1">
         <v>9</v>
       </c>
       <c r="B620" s="1">
         <v>513</v>
       </c>
       <c r="C620" s="1" t="s">
-        <v>578</v>
+        <v>577</v>
       </c>
       <c r="D620" s="1" t="s">
         <v>8</v>
       </c>
       <c r="E620" s="1">
         <v>5</v>
       </c>
     </row>
     <row r="621">
       <c r="A621" s="1">
         <v>10</v>
       </c>
       <c r="B621" s="1">
         <v>431</v>
       </c>
       <c r="C621" s="1" t="s">
-        <v>579</v>
+        <v>578</v>
       </c>
       <c r="D621" s="1" t="s">
         <v>37</v>
       </c>
       <c r="E621" s="1">
         <v>4</v>
       </c>
     </row>
     <row r="622">
       <c r="A622" s="1">
         <v>11</v>
       </c>
       <c r="B622" s="1">
         <v>1633</v>
       </c>
       <c r="C622" s="1" t="s">
-        <v>580</v>
+        <v>579</v>
       </c>
       <c r="D622" s="1" t="s">
         <v>64</v>
       </c>
       <c r="E622" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="623">
       <c r="A623" s="1">
         <v>12</v>
       </c>
       <c r="B623" s="1">
         <v>142</v>
       </c>
       <c r="C623" s="1" t="s">
-        <v>581</v>
+        <v>580</v>
       </c>
       <c r="D623" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E623" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="624">
       <c r="A624" s="1">
         <v>13</v>
       </c>
       <c r="B624" s="1">
         <v>147</v>
       </c>
       <c r="C624" s="1" t="s">
-        <v>582</v>
+        <v>581</v>
       </c>
       <c r="D624" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E624" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="625">
       <c r="A625" s="1">
         <v>14</v>
       </c>
       <c r="B625" s="1">
         <v>876</v>
       </c>
       <c r="C625" s="1" t="s">
+        <v>582</v>
+      </c>
+      <c r="D625" s="1" t="s">
         <v>583</v>
-      </c>
-[...1 lines deleted...]
-        <v>584</v>
       </c>
       <c r="E625" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="626">
       <c r="A626" s="1">
         <v>15</v>
       </c>
       <c r="B626" s="1">
         <v>879</v>
       </c>
       <c r="C626" s="1" t="s">
-        <v>585</v>
+        <v>584</v>
       </c>
       <c r="D626" s="1" t="s">
-        <v>584</v>
+        <v>583</v>
       </c>
       <c r="E626" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="627">
       <c r="A627" s="1">
         <v>16</v>
       </c>
       <c r="B627" s="1">
         <v>977</v>
       </c>
       <c r="C627" s="1" t="s">
-        <v>586</v>
+        <v>585</v>
       </c>
       <c r="D627" s="1" t="s">
         <v>46</v>
       </c>
       <c r="E627" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="628">
       <c r="A628" s="1">
         <v>17</v>
       </c>
       <c r="B628" s="1">
         <v>485</v>
       </c>
       <c r="C628" s="1" t="s">
-        <v>587</v>
+        <v>586</v>
       </c>
       <c r="D628" s="1" t="s">
         <v>8</v>
       </c>
       <c r="E628" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="629">
       <c r="A629" s="1">
         <v>18</v>
       </c>
       <c r="B629" s="1">
         <v>168</v>
       </c>
       <c r="C629" s="1" t="s">
-        <v>588</v>
+        <v>587</v>
       </c>
       <c r="D629" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E629" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="630">
       <c r="A630" s="1">
         <v>19</v>
       </c>
       <c r="B630" s="1">
         <v>1313</v>
       </c>
       <c r="C630" s="1" t="s">
-        <v>589</v>
+        <v>588</v>
       </c>
       <c r="D630" s="1" t="s">
         <v>8</v>
       </c>
       <c r="E630" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="631">
       <c r="A631" s="1">
         <v>20</v>
       </c>
       <c r="B631" s="1">
         <v>476</v>
       </c>
       <c r="C631" s="1" t="s">
-        <v>590</v>
+        <v>589</v>
       </c>
       <c r="D631" s="1" t="s">
         <v>8</v>
       </c>
       <c r="E631" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="632">
       <c r="A632" s="1">
         <v>21</v>
       </c>
       <c r="B632" s="1">
         <v>793</v>
       </c>
       <c r="C632" s="1" t="s">
-        <v>591</v>
+        <v>590</v>
       </c>
       <c r="D632" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E632" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="633">
       <c r="A633" s="1">
         <v>22</v>
       </c>
       <c r="B633" s="1">
         <v>994</v>
       </c>
       <c r="C633" s="1" t="s">
-        <v>592</v>
+        <v>591</v>
       </c>
       <c r="D633" s="1" t="s">
         <v>46</v>
       </c>
       <c r="E633" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="634">
       <c r="A634" s="1">
         <v>23</v>
       </c>
       <c r="B634" s="1">
         <v>1612</v>
       </c>
       <c r="C634" s="1" t="s">
-        <v>521</v>
+        <v>520</v>
       </c>
       <c r="D634" s="1" t="s">
         <v>64</v>
       </c>
       <c r="E634" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="635">
       <c r="A635" s="1">
         <v>24</v>
       </c>
       <c r="B635" s="1">
         <v>1377</v>
       </c>
       <c r="C635" s="1" t="s">
-        <v>593</v>
+        <v>592</v>
       </c>
       <c r="D635" s="1" t="s">
         <v>46</v>
       </c>
       <c r="E635" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="636">
       <c r="A636" s="1">
         <v>25</v>
       </c>
       <c r="B636" s="1">
         <v>246</v>
       </c>
       <c r="C636" s="1" t="s">
-        <v>594</v>
+        <v>593</v>
       </c>
       <c r="D636" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E636" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="637">
       <c r="A637" s="1">
         <v>26</v>
       </c>
       <c r="B637" s="1">
         <v>1322</v>
       </c>
       <c r="C637" s="1" t="s">
-        <v>595</v>
+        <v>594</v>
       </c>
       <c r="D637" s="1" t="s">
         <v>8</v>
       </c>
       <c r="E637" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="638">
       <c r="A638" s="1">
         <v>27</v>
       </c>
       <c r="B638" s="1">
         <v>893</v>
       </c>
       <c r="C638" s="1" t="s">
-        <v>596</v>
+        <v>595</v>
       </c>
       <c r="D638" s="1" t="s">
         <v>37</v>
       </c>
       <c r="E638" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="639">
       <c r="A639" s="1">
         <v>28</v>
       </c>
       <c r="B639" s="1">
         <v>867</v>
       </c>
       <c r="C639" s="1" t="s">
-        <v>597</v>
+        <v>596</v>
       </c>
       <c r="D639" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E639" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="640">
       <c r="A640" s="1">
         <v>29</v>
       </c>
       <c r="B640" s="1">
         <v>253</v>
       </c>
       <c r="C640" s="1" t="s">
-        <v>598</v>
+        <v>597</v>
       </c>
       <c r="D640" s="1" t="s">
         <v>30</v>
       </c>
       <c r="E640" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="641">
       <c r="A641" s="1">
         <v>30</v>
       </c>
       <c r="B641" s="1">
         <v>140</v>
       </c>
       <c r="C641" s="1" t="s">
-        <v>599</v>
+        <v>598</v>
       </c>
       <c r="D641" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E641" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="642">
       <c r="A642" s="1">
         <v>31</v>
       </c>
       <c r="B642" s="1">
         <v>1763</v>
       </c>
       <c r="C642" s="1" t="s">
-        <v>600</v>
+        <v>599</v>
       </c>
       <c r="D642" s="1" t="s">
         <v>37</v>
       </c>
       <c r="E642" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="643">
       <c r="A643" s="1">
         <v>32</v>
       </c>
       <c r="B643" s="1">
         <v>1421</v>
       </c>
       <c r="C643" s="1" t="s">
-        <v>601</v>
+        <v>600</v>
       </c>
       <c r="D643" s="1" t="s">
         <v>28</v>
       </c>
       <c r="E643" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="644">
       <c r="A644" s="1">
         <v>33</v>
       </c>
       <c r="B644" s="1">
         <v>842</v>
       </c>
       <c r="C644" s="1" t="s">
-        <v>602</v>
+        <v>601</v>
       </c>
       <c r="D644" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E644" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="645">
       <c r="A645" s="1">
         <v>34</v>
       </c>
       <c r="B645" s="1">
         <v>529</v>
       </c>
       <c r="C645" s="1" t="s">
-        <v>603</v>
+        <v>602</v>
       </c>
       <c r="D645" s="1" t="s">
         <v>8</v>
       </c>
       <c r="E645" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="646">
       <c r="A646" s="1">
         <v>35</v>
       </c>
       <c r="B646" s="1">
         <v>1405</v>
       </c>
       <c r="C646" s="1" t="s">
-        <v>604</v>
+        <v>603</v>
       </c>
       <c r="D646" s="1" t="s">
         <v>28</v>
       </c>
       <c r="E646" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="647">
       <c r="A647" s="1">
         <v>36</v>
       </c>
       <c r="B647" s="1">
         <v>1576</v>
       </c>
       <c r="C647" s="1" t="s">
-        <v>605</v>
+        <v>604</v>
       </c>
       <c r="D647" s="1" t="s">
         <v>52</v>
       </c>
       <c r="E647" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="648">
       <c r="A648" s="1">
         <v>37</v>
       </c>
       <c r="B648" s="1">
         <v>1590</v>
       </c>
       <c r="C648" s="1" t="s">
-        <v>606</v>
+        <v>605</v>
       </c>
       <c r="D648" s="1" t="s">
         <v>52</v>
       </c>
       <c r="E648" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="649">
       <c r="A649" s="1">
         <v>38</v>
       </c>
       <c r="B649" s="1">
         <v>136</v>
       </c>
       <c r="C649" s="1" t="s">
-        <v>607</v>
+        <v>606</v>
       </c>
       <c r="D649" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E649" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="650">
       <c r="A650" s="1">
         <v>39</v>
       </c>
       <c r="B650" s="1">
         <v>1118</v>
       </c>
       <c r="C650" s="1" t="s">
-        <v>608</v>
+        <v>607</v>
       </c>
       <c r="D650" s="1" t="s">
         <v>20</v>
       </c>
       <c r="E650" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="651">
       <c r="A651" s="1">
         <v>40</v>
       </c>
       <c r="B651" s="1">
         <v>749</v>
       </c>
       <c r="C651" s="1" t="s">
-        <v>609</v>
+        <v>608</v>
       </c>
       <c r="D651" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E651" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="652">
       <c r="A652" s="1">
         <v>41</v>
       </c>
       <c r="B652" s="1">
         <v>260</v>
       </c>
       <c r="C652" s="1" t="s">
-        <v>610</v>
+        <v>609</v>
       </c>
       <c r="D652" s="1" t="s">
         <v>30</v>
       </c>
       <c r="E652" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="653">
       <c r="A653" s="1">
         <v>42</v>
       </c>
       <c r="B653" s="1">
         <v>1795</v>
       </c>
       <c r="C653" s="1" t="s">
-        <v>611</v>
+        <v>610</v>
       </c>
       <c r="D653" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E653" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="654">
       <c r="A654" s="1">
         <v>43</v>
       </c>
       <c r="B654" s="1">
         <v>1048</v>
       </c>
       <c r="C654" s="1" t="s">
-        <v>612</v>
+        <v>611</v>
       </c>
       <c r="D654" s="1" t="s">
         <v>46</v>
       </c>
       <c r="E654" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="655">
       <c r="A655" s="1">
         <v>44</v>
       </c>
       <c r="B655" s="1">
         <v>357</v>
       </c>
       <c r="C655" s="1" t="s">
-        <v>613</v>
+        <v>612</v>
       </c>
       <c r="D655" s="1" t="s">
         <v>37</v>
       </c>
       <c r="E655" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="656">
       <c r="A656" s="1">
         <v>45</v>
       </c>
       <c r="B656" s="1">
         <v>157</v>
       </c>
       <c r="C656" s="1" t="s">
-        <v>614</v>
+        <v>613</v>
       </c>
       <c r="D656" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E656" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="657">
       <c r="A657" s="1">
         <v>46</v>
       </c>
       <c r="B657" s="1">
         <v>511</v>
       </c>
       <c r="C657" s="1" t="s">
-        <v>615</v>
+        <v>614</v>
       </c>
       <c r="D657" s="1" t="s">
         <v>8</v>
       </c>
       <c r="E657" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="658">
       <c r="A658" s="1">
         <v>47</v>
       </c>
       <c r="B658" s="1">
         <v>1172</v>
       </c>
       <c r="C658" s="1" t="s">
-        <v>616</v>
+        <v>615</v>
       </c>
       <c r="D658" s="1" t="s">
         <v>20</v>
       </c>
       <c r="E658" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="659">
       <c r="A659" s="1">
         <v>48</v>
       </c>
       <c r="B659" s="1">
         <v>1654</v>
       </c>
       <c r="C659" s="1" t="s">
-        <v>617</v>
+        <v>616</v>
       </c>
       <c r="D659" s="1" t="s">
         <v>64</v>
       </c>
       <c r="E659" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="660">
       <c r="A660" s="1">
         <v>49</v>
       </c>
       <c r="B660" s="1">
         <v>628</v>
       </c>
       <c r="C660" s="1" t="s">
-        <v>618</v>
+        <v>617</v>
       </c>
       <c r="D660" s="1" t="s">
         <v>73</v>
       </c>
       <c r="E660" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="661">
       <c r="A661" s="1">
         <v>50</v>
       </c>
       <c r="B661" s="1">
         <v>152</v>
       </c>
       <c r="C661" s="1" t="s">
-        <v>619</v>
+        <v>618</v>
       </c>
       <c r="D661" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E661" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="662">
       <c r="A662" s="1">
         <v>51</v>
       </c>
       <c r="B662" s="1">
         <v>1419</v>
       </c>
       <c r="C662" s="1" t="s">
-        <v>620</v>
+        <v>619</v>
       </c>
       <c r="D662" s="1" t="s">
         <v>28</v>
       </c>
       <c r="E662" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="663">
       <c r="A663" s="1">
         <v>52</v>
       </c>
       <c r="B663" s="1">
         <v>274</v>
       </c>
       <c r="C663" s="1" t="s">
-        <v>621</v>
+        <v>620</v>
       </c>
       <c r="D663" s="1" t="s">
         <v>30</v>
       </c>
       <c r="E663" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="664">
       <c r="A664" s="1">
         <v>53</v>
       </c>
       <c r="B664" s="1">
         <v>743</v>
       </c>
       <c r="C664" s="1" t="s">
-        <v>622</v>
+        <v>621</v>
       </c>
       <c r="D664" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E664" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="665">
       <c r="A665" s="1">
         <v>54</v>
       </c>
       <c r="B665" s="1">
         <v>398</v>
       </c>
       <c r="C665" s="1" t="s">
-        <v>623</v>
+        <v>622</v>
       </c>
       <c r="D665" s="1" t="s">
         <v>37</v>
       </c>
       <c r="E665" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="666">
       <c r="A666" s="1">
         <v>55</v>
       </c>
       <c r="B666" s="1">
         <v>161</v>
       </c>
       <c r="C666" s="1" t="s">
-        <v>624</v>
+        <v>623</v>
       </c>
       <c r="D666" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E666" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="667">
       <c r="A667" s="1">
         <v>56</v>
       </c>
       <c r="B667" s="1">
         <v>730</v>
       </c>
       <c r="C667" s="1" t="s">
-        <v>625</v>
+        <v>624</v>
       </c>
       <c r="D667" s="1" t="s">
         <v>30</v>
       </c>
       <c r="E667" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="668">
       <c r="A668" s="1">
         <v>57</v>
       </c>
       <c r="B668" s="1">
         <v>874</v>
       </c>
       <c r="C668" s="1" t="s">
-        <v>626</v>
+        <v>625</v>
       </c>
       <c r="D668" s="1" t="s">
-        <v>584</v>
+        <v>583</v>
       </c>
       <c r="E668" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="669">
       <c r="A669" s="1">
         <v>58</v>
       </c>
       <c r="B669" s="1">
         <v>390</v>
       </c>
       <c r="C669" s="1" t="s">
-        <v>627</v>
+        <v>626</v>
       </c>
       <c r="D669" s="1" t="s">
         <v>37</v>
       </c>
       <c r="E669" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="670">
       <c r="A670" s="1">
         <v>59</v>
       </c>
       <c r="B670" s="1">
         <v>1214</v>
       </c>
       <c r="C670" s="1" t="s">
-        <v>628</v>
+        <v>627</v>
       </c>
       <c r="D670" s="1" t="s">
         <v>127</v>
       </c>
       <c r="E670" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="671">
       <c r="A671" s="1">
         <v>60</v>
       </c>
       <c r="B671" s="1">
         <v>1839</v>
       </c>
       <c r="C671" s="1" t="s">
-        <v>629</v>
+        <v>628</v>
       </c>
       <c r="D671" s="1" t="s">
         <v>30</v>
       </c>
       <c r="E671" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="672">
       <c r="A672" s="1">
         <v>61</v>
       </c>
       <c r="B672" s="1">
         <v>1721</v>
       </c>
       <c r="C672" s="1" t="s">
-        <v>630</v>
+        <v>629</v>
       </c>
       <c r="D672" s="1" t="s">
         <v>187</v>
       </c>
       <c r="E672" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="673">
       <c r="A673" s="1">
         <v>62</v>
       </c>
       <c r="B673" s="1">
         <v>832</v>
       </c>
       <c r="C673" s="1" t="s">
-        <v>631</v>
+        <v>630</v>
       </c>
       <c r="D673" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E673" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="674">
       <c r="A674" s="1">
         <v>63</v>
       </c>
       <c r="B674" s="1">
         <v>367</v>
       </c>
       <c r="C674" s="1" t="s">
-        <v>632</v>
+        <v>631</v>
       </c>
       <c r="D674" s="1" t="s">
         <v>37</v>
       </c>
       <c r="E674" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="675">
       <c r="A675" s="1">
         <v>64</v>
       </c>
       <c r="B675" s="1">
         <v>432</v>
       </c>
       <c r="C675" s="1" t="s">
-        <v>633</v>
+        <v>632</v>
       </c>
       <c r="D675" s="1" t="s">
         <v>37</v>
       </c>
       <c r="E675" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="676">
       <c r="A676" s="1">
         <v>65</v>
       </c>
       <c r="B676" s="1">
         <v>1587</v>
       </c>
       <c r="C676" s="1" t="s">
-        <v>634</v>
+        <v>633</v>
       </c>
       <c r="D676" s="1" t="s">
         <v>52</v>
       </c>
       <c r="E676" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="677">
       <c r="A677" s="1">
         <v>66</v>
       </c>
       <c r="B677" s="1">
         <v>369</v>
       </c>
       <c r="C677" s="1" t="s">
-        <v>635</v>
+        <v>634</v>
       </c>
       <c r="D677" s="1" t="s">
         <v>37</v>
       </c>
       <c r="E677" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="678">
       <c r="A678" s="1">
         <v>67</v>
       </c>
       <c r="B678" s="1">
         <v>499</v>
       </c>
       <c r="C678" s="1" t="s">
-        <v>636</v>
+        <v>635</v>
       </c>
       <c r="D678" s="1" t="s">
         <v>8</v>
       </c>
       <c r="E678" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="679">
       <c r="A679" s="1">
         <v>68</v>
       </c>
       <c r="B679" s="1">
         <v>1575</v>
       </c>
       <c r="C679" s="1" t="s">
-        <v>637</v>
+        <v>636</v>
       </c>
       <c r="D679" s="1" t="s">
         <v>52</v>
       </c>
       <c r="E679" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="680">
       <c r="A680" s="1">
         <v>69</v>
       </c>
       <c r="B680" s="1">
         <v>1563</v>
       </c>
       <c r="C680" s="1" t="s">
-        <v>638</v>
+        <v>637</v>
       </c>
       <c r="D680" s="1" t="s">
         <v>52</v>
       </c>
       <c r="E680" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="681">
       <c r="A681" s="1">
         <v>70</v>
       </c>
       <c r="B681" s="1">
         <v>981</v>
       </c>
       <c r="C681" s="1" t="s">
-        <v>571</v>
+        <v>570</v>
       </c>
       <c r="D681" s="1" t="s">
         <v>46</v>
       </c>
       <c r="E681" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="682">
       <c r="A682" s="1">
         <v>71</v>
       </c>
       <c r="B682" s="1">
         <v>1418</v>
       </c>
       <c r="C682" s="1" t="s">
-        <v>639</v>
+        <v>638</v>
       </c>
       <c r="D682" s="1" t="s">
         <v>28</v>
       </c>
       <c r="E682" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="683">
       <c r="A683" s="1">
         <v>72</v>
       </c>
       <c r="B683" s="1">
         <v>1561</v>
       </c>
       <c r="C683" s="1" t="s">
-        <v>640</v>
+        <v>639</v>
       </c>
       <c r="D683" s="1" t="s">
         <v>52</v>
       </c>
       <c r="E683" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="684">
       <c r="A684" s="1">
         <v>73</v>
       </c>
       <c r="B684" s="1">
         <v>444</v>
       </c>
       <c r="C684" s="1" t="s">
-        <v>641</v>
+        <v>640</v>
       </c>
       <c r="D684" s="1" t="s">
         <v>37</v>
       </c>
       <c r="E684" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="685">
       <c r="A685" s="1">
         <v>74</v>
       </c>
       <c r="B685" s="1">
         <v>156</v>
       </c>
       <c r="C685" s="1" t="s">
-        <v>642</v>
+        <v>641</v>
       </c>
       <c r="D685" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E685" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="686">
       <c r="A686" s="1">
         <v>75</v>
       </c>
       <c r="B686" s="1">
         <v>1298</v>
       </c>
       <c r="C686" s="1" t="s">
-        <v>643</v>
+        <v>642</v>
       </c>
       <c r="D686" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E686" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="687">
       <c r="A687" s="1">
         <v>76</v>
       </c>
       <c r="B687" s="1">
         <v>1460</v>
       </c>
       <c r="C687" s="1" t="s">
-        <v>644</v>
+        <v>643</v>
       </c>
       <c r="D687" s="1" t="s">
         <v>73</v>
       </c>
       <c r="E687" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="688">
       <c r="A688" s="1">
         <v>77</v>
       </c>
       <c r="B688" s="1">
         <v>1152</v>
       </c>
       <c r="C688" s="1" t="s">
-        <v>645</v>
+        <v>644</v>
       </c>
       <c r="D688" s="1" t="s">
         <v>20</v>
       </c>
       <c r="E688" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="689">
       <c r="A689" s="1">
         <v>78</v>
       </c>
       <c r="B689" s="1">
         <v>978</v>
       </c>
       <c r="C689" s="1" t="s">
-        <v>646</v>
+        <v>645</v>
       </c>
       <c r="D689" s="1" t="s">
         <v>46</v>
       </c>
       <c r="E689" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="690">
       <c r="A690" s="1">
         <v>79</v>
       </c>
       <c r="B690" s="1">
         <v>1549</v>
       </c>
       <c r="C690" s="1" t="s">
-        <v>647</v>
+        <v>646</v>
       </c>
       <c r="D690" s="1" t="s">
         <v>52</v>
       </c>
       <c r="E690" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="691">
       <c r="A691" s="1">
         <v>80</v>
       </c>
       <c r="B691" s="1">
         <v>409</v>
       </c>
       <c r="C691" s="1" t="s">
-        <v>648</v>
+        <v>647</v>
       </c>
       <c r="D691" s="1" t="s">
         <v>37</v>
       </c>
       <c r="E691" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="692">
       <c r="A692" s="1">
         <v>81</v>
       </c>
       <c r="B692" s="1">
         <v>1623</v>
       </c>
       <c r="C692" s="1" t="s">
-        <v>649</v>
+        <v>648</v>
       </c>
       <c r="D692" s="1" t="s">
         <v>64</v>
       </c>
       <c r="E692" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="693">
       <c r="A693" s="1">
         <v>82</v>
       </c>
       <c r="B693" s="1">
         <v>1831</v>
       </c>
       <c r="C693" s="1" t="s">
-        <v>650</v>
+        <v>649</v>
       </c>
       <c r="D693" s="1" t="s">
         <v>127</v>
       </c>
       <c r="E693" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="694">
       <c r="A694" s="1">
         <v>83</v>
       </c>
       <c r="B694" s="1">
         <v>162</v>
       </c>
       <c r="C694" s="1" t="s">
-        <v>651</v>
+        <v>650</v>
       </c>
       <c r="D694" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E694" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="695">
       <c r="A695" s="1">
         <v>84</v>
       </c>
       <c r="B695" s="1">
         <v>732</v>
       </c>
       <c r="C695" s="1" t="s">
-        <v>652</v>
+        <v>651</v>
       </c>
       <c r="D695" s="1" t="s">
         <v>37</v>
       </c>
       <c r="E695" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="696">
       <c r="A696" s="1">
         <v>85</v>
       </c>
       <c r="B696" s="1">
         <v>264</v>
       </c>
       <c r="C696" s="1" t="s">
-        <v>653</v>
+        <v>652</v>
       </c>
       <c r="D696" s="1" t="s">
         <v>30</v>
       </c>
       <c r="E696" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="697">
       <c r="A697" s="1">
         <v>86</v>
       </c>
       <c r="B697" s="1">
         <v>814</v>
       </c>
       <c r="C697" s="1" t="s">
-        <v>654</v>
+        <v>653</v>
       </c>
       <c r="D697" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E697" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="698">
       <c r="A698" s="1">
         <v>87</v>
       </c>
       <c r="B698" s="1">
         <v>331</v>
       </c>
       <c r="C698" s="1" t="s">
-        <v>655</v>
+        <v>654</v>
       </c>
       <c r="D698" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E698" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="699">
       <c r="A699" s="1">
         <v>88</v>
       </c>
       <c r="B699" s="1">
         <v>1473</v>
       </c>
       <c r="C699" s="1" t="s">
-        <v>656</v>
+        <v>655</v>
       </c>
       <c r="D699" s="1" t="s">
         <v>182</v>
       </c>
       <c r="E699" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="700">
       <c r="A700" s="1">
         <v>89</v>
       </c>
       <c r="B700" s="1">
         <v>1096</v>
       </c>
       <c r="C700" s="1" t="s">
-        <v>657</v>
+        <v>656</v>
       </c>
       <c r="D700" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E700" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="701">
       <c r="A701" s="1">
         <v>90</v>
       </c>
       <c r="B701" s="1">
         <v>1562</v>
       </c>
       <c r="C701" s="1" t="s">
         <v>418</v>
       </c>
       <c r="D701" s="1" t="s">
         <v>52</v>
       </c>
       <c r="E701" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="702">
       <c r="A702" s="1">
         <v>91</v>
       </c>
       <c r="B702" s="1">
         <v>1560</v>
       </c>
       <c r="C702" s="1" t="s">
-        <v>658</v>
+        <v>657</v>
       </c>
       <c r="D702" s="1" t="s">
         <v>52</v>
       </c>
       <c r="E702" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="703">
       <c r="A703" s="1">
         <v>92</v>
       </c>
       <c r="B703" s="1">
         <v>497</v>
       </c>
       <c r="C703" s="1" t="s">
-        <v>659</v>
+        <v>658</v>
       </c>
       <c r="D703" s="1" t="s">
         <v>8</v>
       </c>
       <c r="E703" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="704">
       <c r="A704" s="1">
         <v>93</v>
       </c>
       <c r="B704" s="1">
         <v>834</v>
       </c>
       <c r="C704" s="1" t="s">
-        <v>660</v>
+        <v>659</v>
       </c>
       <c r="D704" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E704" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="707">
       <c r="A707" s="3" t="s">
-        <v>661</v>
+        <v>660</v>
       </c>
       <c r="B707" s="3" t="s">
-        <v>661</v>
+        <v>660</v>
       </c>
       <c r="C707" s="3" t="s">
-        <v>661</v>
+        <v>660</v>
       </c>
       <c r="D707" s="3" t="s">
-        <v>661</v>
+        <v>660</v>
       </c>
       <c r="E707" s="3" t="s">
-        <v>661</v>
+        <v>660</v>
       </c>
     </row>
     <row r="708">
       <c r="A708" s="2" t="s">
         <v>2</v>
       </c>
       <c r="B708" s="2" t="s">
         <v>3</v>
       </c>
       <c r="C708" s="2" t="s">
         <v>4</v>
       </c>
       <c r="D708" s="2" t="s">
         <v>5</v>
       </c>
       <c r="E708" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="709">
       <c r="A709" s="1">
         <v>1</v>
       </c>
       <c r="B709" s="1">
         <v>465</v>
       </c>
       <c r="C709" s="1" t="s">
-        <v>662</v>
+        <v>661</v>
       </c>
       <c r="D709" s="1" t="s">
         <v>8</v>
       </c>
       <c r="E709" s="1">
         <v>15</v>
       </c>
     </row>
     <row r="710">
       <c r="A710" s="1">
         <v>2</v>
       </c>
       <c r="B710" s="1">
         <v>1004</v>
       </c>
       <c r="C710" s="1" t="s">
-        <v>663</v>
+        <v>662</v>
       </c>
       <c r="D710" s="1" t="s">
         <v>46</v>
       </c>
       <c r="E710" s="1">
         <v>13</v>
       </c>
     </row>
     <row r="711">
       <c r="A711" s="1">
         <v>3</v>
       </c>
       <c r="B711" s="1">
         <v>415</v>
       </c>
       <c r="C711" s="1" t="s">
-        <v>664</v>
+        <v>663</v>
       </c>
       <c r="D711" s="1" t="s">
         <v>37</v>
       </c>
       <c r="E711" s="1">
         <v>11</v>
       </c>
     </row>
     <row r="712">
       <c r="A712" s="1">
         <v>4</v>
       </c>
       <c r="B712" s="1">
         <v>413</v>
       </c>
       <c r="C712" s="1" t="s">
-        <v>665</v>
+        <v>664</v>
       </c>
       <c r="D712" s="1" t="s">
         <v>37</v>
       </c>
       <c r="E712" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="713">
       <c r="A713" s="1">
         <v>5</v>
       </c>
       <c r="B713" s="1">
         <v>598</v>
       </c>
       <c r="C713" s="1" t="s">
-        <v>666</v>
+        <v>665</v>
       </c>
       <c r="D713" s="1" t="s">
         <v>287</v>
       </c>
       <c r="E713" s="1">
         <v>9</v>
       </c>
     </row>
     <row r="714">
       <c r="A714" s="1">
         <v>6</v>
       </c>
       <c r="B714" s="1">
         <v>1870</v>
       </c>
       <c r="C714" s="1" t="s">
-        <v>667</v>
+        <v>666</v>
       </c>
       <c r="D714" s="1" t="s">
         <v>28</v>
       </c>
       <c r="E714" s="1">
         <v>8</v>
       </c>
     </row>
     <row r="715">
       <c r="A715" s="1">
         <v>7</v>
       </c>
       <c r="B715" s="1">
         <v>1742</v>
       </c>
       <c r="C715" s="1" t="s">
-        <v>668</v>
+        <v>667</v>
       </c>
       <c r="D715" s="1" t="s">
         <v>52</v>
       </c>
       <c r="E715" s="1">
         <v>7</v>
       </c>
     </row>
     <row r="716">
       <c r="A716" s="1">
         <v>8</v>
       </c>
       <c r="B716" s="1">
         <v>61</v>
       </c>
       <c r="C716" s="1" t="s">
-        <v>669</v>
+        <v>668</v>
       </c>
       <c r="D716" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E716" s="1">
         <v>6</v>
       </c>
     </row>
     <row r="717">
       <c r="A717" s="1">
         <v>9</v>
       </c>
       <c r="B717" s="1">
         <v>903</v>
       </c>
       <c r="C717" s="1" t="s">
-        <v>670</v>
+        <v>669</v>
       </c>
       <c r="D717" s="1" t="s">
         <v>118</v>
       </c>
       <c r="E717" s="1">
         <v>5</v>
       </c>
     </row>
     <row r="718">
       <c r="A718" s="1">
         <v>10</v>
       </c>
       <c r="B718" s="1">
         <v>1577</v>
       </c>
       <c r="C718" s="1" t="s">
-        <v>671</v>
+        <v>670</v>
       </c>
       <c r="D718" s="1" t="s">
         <v>52</v>
       </c>
       <c r="E718" s="1">
         <v>4</v>
       </c>
     </row>
     <row r="719">
       <c r="A719" s="1">
         <v>11</v>
       </c>
       <c r="B719" s="1">
         <v>1767</v>
       </c>
       <c r="C719" s="1" t="s">
-        <v>672</v>
+        <v>671</v>
       </c>
       <c r="D719" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E719" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="720">
       <c r="A720" s="1">
         <v>12</v>
       </c>
       <c r="B720" s="1">
         <v>509</v>
       </c>
       <c r="C720" s="1" t="s">
-        <v>673</v>
+        <v>672</v>
       </c>
       <c r="D720" s="1" t="s">
         <v>8</v>
       </c>
       <c r="E720" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="721">
       <c r="A721" s="1">
         <v>13</v>
       </c>
       <c r="B721" s="1">
         <v>66</v>
       </c>
       <c r="C721" s="1" t="s">
-        <v>674</v>
+        <v>673</v>
       </c>
       <c r="D721" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E721" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="722">
       <c r="A722" s="1">
         <v>14</v>
       </c>
       <c r="B722" s="1">
         <v>1398</v>
       </c>
       <c r="C722" s="1" t="s">
-        <v>675</v>
+        <v>674</v>
       </c>
       <c r="D722" s="1" t="s">
         <v>28</v>
       </c>
       <c r="E722" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="723">
       <c r="A723" s="1">
         <v>15</v>
       </c>
       <c r="B723" s="1">
         <v>365</v>
       </c>
       <c r="C723" s="1" t="s">
-        <v>676</v>
+        <v>675</v>
       </c>
       <c r="D723" s="1" t="s">
         <v>37</v>
       </c>
       <c r="E723" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="724">
       <c r="A724" s="1">
         <v>16</v>
       </c>
       <c r="B724" s="1">
         <v>1674</v>
       </c>
       <c r="C724" s="1" t="s">
-        <v>677</v>
+        <v>676</v>
       </c>
       <c r="D724" s="1" t="s">
         <v>64</v>
       </c>
       <c r="E724" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="725">
       <c r="A725" s="1">
         <v>17</v>
       </c>
       <c r="B725" s="1">
         <v>990</v>
       </c>
       <c r="C725" s="1" t="s">
-        <v>678</v>
+        <v>677</v>
       </c>
       <c r="D725" s="1" t="s">
         <v>46</v>
       </c>
       <c r="E725" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="726">
       <c r="A726" s="1">
         <v>18</v>
       </c>
       <c r="B726" s="1">
         <v>1346</v>
       </c>
       <c r="C726" s="1" t="s">
-        <v>679</v>
+        <v>678</v>
       </c>
       <c r="D726" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E726" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="727">
       <c r="A727" s="1">
         <v>19</v>
       </c>
       <c r="B727" s="1">
         <v>543</v>
       </c>
       <c r="C727" s="1" t="s">
-        <v>680</v>
+        <v>679</v>
       </c>
       <c r="D727" s="1" t="s">
         <v>8</v>
       </c>
       <c r="E727" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="728">
       <c r="A728" s="1">
         <v>20</v>
       </c>
       <c r="B728" s="1">
         <v>965</v>
       </c>
       <c r="C728" s="1" t="s">
-        <v>681</v>
+        <v>680</v>
       </c>
       <c r="D728" s="1" t="s">
         <v>118</v>
       </c>
       <c r="E728" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="729">
       <c r="A729" s="1">
         <v>21</v>
       </c>
       <c r="B729" s="1">
         <v>739</v>
       </c>
       <c r="C729" s="1" t="s">
-        <v>682</v>
+        <v>681</v>
       </c>
       <c r="D729" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E729" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="730">
       <c r="A730" s="1">
         <v>22</v>
       </c>
       <c r="B730" s="1">
         <v>1197</v>
       </c>
       <c r="C730" s="1" t="s">
-        <v>683</v>
+        <v>682</v>
       </c>
       <c r="D730" s="1" t="s">
         <v>127</v>
       </c>
       <c r="E730" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="731">
       <c r="A731" s="1">
         <v>23</v>
       </c>
       <c r="B731" s="1">
         <v>64</v>
       </c>
       <c r="C731" s="1" t="s">
-        <v>684</v>
+        <v>683</v>
       </c>
       <c r="D731" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E731" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="732">
       <c r="A732" s="1">
         <v>24</v>
       </c>
       <c r="B732" s="1">
         <v>1407</v>
       </c>
       <c r="C732" s="1" t="s">
-        <v>685</v>
+        <v>684</v>
       </c>
       <c r="D732" s="1" t="s">
         <v>28</v>
       </c>
       <c r="E732" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="733">
       <c r="A733" s="1">
         <v>25</v>
       </c>
       <c r="B733" s="1">
         <v>733</v>
       </c>
       <c r="C733" s="1" t="s">
-        <v>686</v>
+        <v>685</v>
       </c>
       <c r="D733" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E733" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="734">
       <c r="A734" s="1">
         <v>26</v>
       </c>
       <c r="B734" s="1">
         <v>1358</v>
       </c>
       <c r="C734" s="1" t="s">
-        <v>687</v>
+        <v>686</v>
       </c>
       <c r="D734" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E734" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="735">
       <c r="A735" s="1">
         <v>27</v>
       </c>
       <c r="B735" s="1">
         <v>1567</v>
       </c>
       <c r="C735" s="1" t="s">
-        <v>688</v>
+        <v>687</v>
       </c>
       <c r="D735" s="1" t="s">
         <v>52</v>
       </c>
       <c r="E735" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="736">
       <c r="A736" s="1">
         <v>28</v>
       </c>
       <c r="B736" s="1">
         <v>1176</v>
       </c>
       <c r="C736" s="1" t="s">
-        <v>689</v>
+        <v>688</v>
       </c>
       <c r="D736" s="1" t="s">
         <v>127</v>
       </c>
       <c r="E736" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="737">
       <c r="A737" s="1">
         <v>29</v>
       </c>
       <c r="B737" s="1">
         <v>802</v>
       </c>
       <c r="C737" s="1" t="s">
-        <v>690</v>
+        <v>689</v>
       </c>
       <c r="D737" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E737" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="738">
       <c r="A738" s="1">
         <v>30</v>
       </c>
       <c r="B738" s="1">
         <v>911</v>
       </c>
       <c r="C738" s="1" t="s">
-        <v>691</v>
+        <v>690</v>
       </c>
       <c r="D738" s="1" t="s">
         <v>118</v>
       </c>
       <c r="E738" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="739">
       <c r="A739" s="1">
         <v>31</v>
       </c>
       <c r="B739" s="1">
         <v>1652</v>
       </c>
       <c r="C739" s="1" t="s">
-        <v>692</v>
+        <v>691</v>
       </c>
       <c r="D739" s="1" t="s">
         <v>64</v>
       </c>
       <c r="E739" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="740">
       <c r="A740" s="1">
         <v>32</v>
       </c>
       <c r="B740" s="1">
         <v>1195</v>
       </c>
       <c r="C740" s="1" t="s">
-        <v>693</v>
+        <v>692</v>
       </c>
       <c r="D740" s="1" t="s">
         <v>127</v>
       </c>
       <c r="E740" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="741">
       <c r="A741" s="1">
         <v>33</v>
       </c>
       <c r="B741" s="1">
         <v>1144</v>
       </c>
       <c r="C741" s="1" t="s">
-        <v>694</v>
+        <v>693</v>
       </c>
       <c r="D741" s="1" t="s">
         <v>20</v>
       </c>
       <c r="E741" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="742">
       <c r="A742" s="1">
         <v>34</v>
       </c>
       <c r="B742" s="1">
         <v>747</v>
       </c>
       <c r="C742" s="1" t="s">
-        <v>695</v>
+        <v>694</v>
       </c>
       <c r="D742" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E742" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="743">
       <c r="A743" s="1">
         <v>35</v>
       </c>
       <c r="B743" s="1">
         <v>796</v>
       </c>
       <c r="C743" s="1" t="s">
-        <v>696</v>
+        <v>695</v>
       </c>
       <c r="D743" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E743" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="744">
       <c r="A744" s="1">
         <v>36</v>
       </c>
       <c r="B744" s="1">
         <v>1482</v>
       </c>
       <c r="C744" s="1" t="s">
-        <v>697</v>
+        <v>696</v>
       </c>
       <c r="D744" s="1" t="s">
         <v>182</v>
       </c>
       <c r="E744" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="745">
       <c r="A745" s="1">
         <v>37</v>
       </c>
       <c r="B745" s="1">
         <v>417</v>
       </c>
       <c r="C745" s="1" t="s">
-        <v>698</v>
+        <v>697</v>
       </c>
       <c r="D745" s="1" t="s">
         <v>37</v>
       </c>
       <c r="E745" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="748">
       <c r="A748" s="3" t="s">
-        <v>699</v>
+        <v>698</v>
       </c>
       <c r="B748" s="3" t="s">
-        <v>699</v>
+        <v>698</v>
       </c>
       <c r="C748" s="3" t="s">
-        <v>699</v>
+        <v>698</v>
       </c>
       <c r="D748" s="3" t="s">
-        <v>699</v>
+        <v>698</v>
       </c>
       <c r="E748" s="3" t="s">
-        <v>699</v>
+        <v>698</v>
       </c>
     </row>
     <row r="749">
       <c r="A749" s="2" t="s">
         <v>2</v>
       </c>
       <c r="B749" s="2" t="s">
         <v>3</v>
       </c>
       <c r="C749" s="2" t="s">
         <v>4</v>
       </c>
       <c r="D749" s="2" t="s">
         <v>5</v>
       </c>
       <c r="E749" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="750">
       <c r="A750" s="1">
         <v>1</v>
       </c>
       <c r="B750" s="1">
         <v>1127</v>
       </c>
       <c r="C750" s="1" t="s">
-        <v>700</v>
+        <v>699</v>
       </c>
       <c r="D750" s="1" t="s">
         <v>20</v>
       </c>
       <c r="E750" s="1">
         <v>15</v>
       </c>
     </row>
     <row r="751">
       <c r="A751" s="1">
         <v>2</v>
       </c>
       <c r="B751" s="1">
         <v>527</v>
       </c>
       <c r="C751" s="1" t="s">
-        <v>701</v>
+        <v>700</v>
       </c>
       <c r="D751" s="1" t="s">
         <v>8</v>
       </c>
       <c r="E751" s="1">
         <v>13</v>
       </c>
     </row>
     <row r="752">
       <c r="A752" s="1">
         <v>3</v>
       </c>
       <c r="B752" s="1">
         <v>921</v>
       </c>
       <c r="C752" s="1" t="s">
-        <v>702</v>
+        <v>701</v>
       </c>
       <c r="D752" s="1" t="s">
         <v>118</v>
       </c>
       <c r="E752" s="1">
         <v>11</v>
       </c>
     </row>
     <row r="753">
       <c r="A753" s="1">
         <v>4</v>
       </c>
       <c r="B753" s="1">
         <v>908</v>
       </c>
       <c r="C753" s="1" t="s">
-        <v>481</v>
+        <v>480</v>
       </c>
       <c r="D753" s="1" t="s">
         <v>118</v>
       </c>
       <c r="E753" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="754">
       <c r="A754" s="1">
         <v>5</v>
       </c>
       <c r="B754" s="1">
         <v>574</v>
       </c>
       <c r="C754" s="1" t="s">
-        <v>703</v>
+        <v>702</v>
       </c>
       <c r="D754" s="1" t="s">
         <v>73</v>
       </c>
       <c r="E754" s="1">
         <v>9</v>
       </c>
     </row>
     <row r="755">
       <c r="A755" s="1">
         <v>6</v>
       </c>
       <c r="B755" s="1">
         <v>437</v>
       </c>
       <c r="C755" s="1" t="s">
-        <v>704</v>
+        <v>703</v>
       </c>
       <c r="D755" s="1" t="s">
         <v>37</v>
       </c>
       <c r="E755" s="1">
         <v>8</v>
       </c>
     </row>
     <row r="756">
       <c r="A756" s="1">
         <v>7</v>
       </c>
       <c r="B756" s="1">
         <v>1318</v>
       </c>
       <c r="C756" s="1" t="s">
-        <v>705</v>
+        <v>704</v>
       </c>
       <c r="D756" s="1" t="s">
         <v>8</v>
       </c>
       <c r="E756" s="1">
         <v>7</v>
       </c>
     </row>
     <row r="757">
       <c r="A757" s="1">
         <v>8</v>
       </c>
       <c r="B757" s="1">
         <v>221</v>
       </c>
       <c r="C757" s="1" t="s">
-        <v>571</v>
+        <v>570</v>
       </c>
       <c r="D757" s="1" t="s">
-        <v>706</v>
+        <v>705</v>
       </c>
       <c r="E757" s="1">
         <v>6</v>
       </c>
     </row>
     <row r="758">
       <c r="A758" s="1">
         <v>9</v>
       </c>
       <c r="B758" s="1">
         <v>757</v>
       </c>
       <c r="C758" s="1" t="s">
-        <v>707</v>
+        <v>706</v>
       </c>
       <c r="D758" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E758" s="1">
         <v>5</v>
       </c>
     </row>
     <row r="759">
       <c r="A759" s="1">
         <v>10</v>
       </c>
       <c r="B759" s="1">
         <v>181</v>
       </c>
       <c r="C759" s="1" t="s">
-        <v>708</v>
+        <v>707</v>
       </c>
       <c r="D759" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E759" s="1">
         <v>4</v>
       </c>
     </row>
     <row r="760">
       <c r="A760" s="1">
         <v>11</v>
       </c>
       <c r="B760" s="1">
         <v>1203</v>
       </c>
       <c r="C760" s="1" t="s">
-        <v>709</v>
+        <v>708</v>
       </c>
       <c r="D760" s="1" t="s">
         <v>127</v>
       </c>
       <c r="E760" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="761">
       <c r="A761" s="1">
         <v>12</v>
       </c>
       <c r="B761" s="1">
         <v>775</v>
       </c>
       <c r="C761" s="1" t="s">
-        <v>710</v>
+        <v>709</v>
       </c>
       <c r="D761" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E761" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="762">
       <c r="A762" s="1">
         <v>13</v>
       </c>
       <c r="B762" s="1">
         <v>1209</v>
       </c>
       <c r="C762" s="1" t="s">
-        <v>711</v>
+        <v>710</v>
       </c>
       <c r="D762" s="1" t="s">
         <v>127</v>
       </c>
       <c r="E762" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="763">
       <c r="A763" s="1">
         <v>14</v>
       </c>
       <c r="B763" s="1">
         <v>381</v>
       </c>
       <c r="C763" s="1" t="s">
-        <v>712</v>
+        <v>711</v>
       </c>
       <c r="D763" s="1" t="s">
         <v>37</v>
       </c>
       <c r="E763" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="764">
       <c r="A764" s="1">
         <v>15</v>
       </c>
       <c r="B764" s="1">
         <v>475</v>
       </c>
       <c r="C764" s="1" t="s">
-        <v>713</v>
+        <v>712</v>
       </c>
       <c r="D764" s="1" t="s">
         <v>8</v>
       </c>
       <c r="E764" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="765">
       <c r="A765" s="1">
         <v>16</v>
       </c>
       <c r="B765" s="1">
         <v>399</v>
       </c>
       <c r="C765" s="1" t="s">
-        <v>714</v>
+        <v>713</v>
       </c>
       <c r="D765" s="1" t="s">
         <v>37</v>
       </c>
       <c r="E765" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="766">
       <c r="A766" s="1">
         <v>17</v>
       </c>
       <c r="B766" s="1">
         <v>777</v>
       </c>
       <c r="C766" s="1" t="s">
-        <v>715</v>
+        <v>714</v>
       </c>
       <c r="D766" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E766" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="767">
       <c r="A767" s="1">
         <v>18</v>
       </c>
       <c r="B767" s="1">
         <v>944</v>
       </c>
       <c r="C767" s="1" t="s">
-        <v>716</v>
+        <v>715</v>
       </c>
       <c r="D767" s="1" t="s">
         <v>118</v>
       </c>
       <c r="E767" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="768">
       <c r="A768" s="1">
         <v>19</v>
       </c>
       <c r="B768" s="1">
         <v>1519</v>
       </c>
       <c r="C768" s="1" t="s">
-        <v>717</v>
+        <v>716</v>
       </c>
       <c r="D768" s="1" t="s">
         <v>46</v>
       </c>
       <c r="E768" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="769">
       <c r="A769" s="1">
         <v>20</v>
       </c>
       <c r="B769" s="1">
         <v>560</v>
       </c>
       <c r="C769" s="1" t="s">
-        <v>718</v>
+        <v>717</v>
       </c>
       <c r="D769" s="1" t="s">
         <v>73</v>
       </c>
       <c r="E769" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="770">
       <c r="A770" s="1">
         <v>21</v>
       </c>
       <c r="B770" s="1">
         <v>1230</v>
       </c>
       <c r="C770" s="1" t="s">
-        <v>719</v>
+        <v>718</v>
       </c>
       <c r="D770" s="1" t="s">
         <v>127</v>
       </c>
       <c r="E770" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="771">
       <c r="A771" s="1">
         <v>22</v>
       </c>
       <c r="B771" s="1">
         <v>1496</v>
       </c>
       <c r="C771" s="1" t="s">
-        <v>720</v>
+        <v>719</v>
       </c>
       <c r="D771" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E771" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="772">
       <c r="A772" s="1">
         <v>23</v>
       </c>
       <c r="B772" s="1">
         <v>174</v>
       </c>
       <c r="C772" s="1" t="s">
-        <v>721</v>
+        <v>720</v>
       </c>
       <c r="D772" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E772" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="773">
       <c r="A773" s="1">
         <v>24</v>
       </c>
       <c r="B773" s="1">
         <v>812</v>
       </c>
       <c r="C773" s="1" t="s">
-        <v>722</v>
+        <v>721</v>
       </c>
       <c r="D773" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E773" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="774">
       <c r="A774" s="1">
         <v>25</v>
       </c>
       <c r="B774" s="1">
         <v>1078</v>
       </c>
       <c r="C774" s="1" t="s">
-        <v>723</v>
+        <v>722</v>
       </c>
       <c r="D774" s="1" t="s">
         <v>46</v>
       </c>
       <c r="E774" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="775">
       <c r="A775" s="1">
         <v>26</v>
       </c>
       <c r="B775" s="1">
         <v>422</v>
       </c>
       <c r="C775" s="1" t="s">
-        <v>724</v>
+        <v>723</v>
       </c>
       <c r="D775" s="1" t="s">
         <v>37</v>
       </c>
       <c r="E775" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="776">
       <c r="A776" s="1">
         <v>27</v>
       </c>
       <c r="B776" s="1">
         <v>171</v>
       </c>
       <c r="C776" s="1" t="s">
-        <v>725</v>
+        <v>724</v>
       </c>
       <c r="D776" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E776" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="777">
       <c r="A777" s="1">
         <v>28</v>
       </c>
       <c r="B777" s="1">
         <v>1231</v>
       </c>
       <c r="C777" s="1" t="s">
-        <v>726</v>
+        <v>725</v>
       </c>
       <c r="D777" s="1" t="s">
         <v>127</v>
       </c>
       <c r="E777" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="778">
       <c r="A778" s="1">
         <v>29</v>
       </c>
       <c r="B778" s="1">
         <v>647</v>
       </c>
       <c r="C778" s="1" t="s">
-        <v>727</v>
+        <v>726</v>
       </c>
       <c r="D778" s="1" t="s">
         <v>73</v>
       </c>
       <c r="E778" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="779">
       <c r="A779" s="1">
         <v>30</v>
       </c>
       <c r="B779" s="1">
         <v>769</v>
       </c>
       <c r="C779" s="1" t="s">
-        <v>728</v>
+        <v>727</v>
       </c>
       <c r="D779" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E779" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="780">
       <c r="A780" s="1">
         <v>31</v>
       </c>
       <c r="B780" s="1">
         <v>1625</v>
       </c>
       <c r="C780" s="1" t="s">
-        <v>729</v>
+        <v>728</v>
       </c>
       <c r="D780" s="1" t="s">
         <v>64</v>
       </c>
       <c r="E780" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="781">
       <c r="A781" s="1">
         <v>32</v>
       </c>
       <c r="B781" s="1">
         <v>1271</v>
       </c>
       <c r="C781" s="1" t="s">
-        <v>730</v>
+        <v>729</v>
       </c>
       <c r="D781" s="1" t="s">
         <v>127</v>
       </c>
       <c r="E781" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="782">
       <c r="A782" s="1">
         <v>33</v>
       </c>
       <c r="B782" s="1">
         <v>1545</v>
       </c>
       <c r="C782" s="1" t="s">
-        <v>731</v>
+        <v>730</v>
       </c>
       <c r="D782" s="1" t="s">
         <v>52</v>
       </c>
       <c r="E782" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="783">
       <c r="A783" s="1">
         <v>34</v>
       </c>
       <c r="B783" s="1">
         <v>1822</v>
       </c>
       <c r="C783" s="1" t="s">
-        <v>732</v>
+        <v>731</v>
       </c>
       <c r="D783" s="1" t="s">
         <v>118</v>
       </c>
       <c r="E783" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="784">
       <c r="A784" s="1">
         <v>35</v>
       </c>
       <c r="B784" s="1">
         <v>1241</v>
       </c>
       <c r="C784" s="1" t="s">
-        <v>733</v>
+        <v>732</v>
       </c>
       <c r="D784" s="1" t="s">
         <v>127</v>
       </c>
       <c r="E784" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="785">
       <c r="A785" s="1">
         <v>36</v>
       </c>
       <c r="B785" s="1">
         <v>798</v>
       </c>
       <c r="C785" s="1" t="s">
-        <v>734</v>
+        <v>733</v>
       </c>
       <c r="D785" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E785" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="786">
       <c r="A786" s="1">
         <v>37</v>
       </c>
       <c r="B786" s="1">
         <v>759</v>
       </c>
       <c r="C786" s="1" t="s">
-        <v>735</v>
+        <v>734</v>
       </c>
       <c r="D786" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E786" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="787">
       <c r="A787" s="1">
         <v>38</v>
       </c>
       <c r="B787" s="1">
         <v>1216</v>
       </c>
       <c r="C787" s="1" t="s">
-        <v>736</v>
+        <v>735</v>
       </c>
       <c r="D787" s="1" t="s">
         <v>127</v>
       </c>
       <c r="E787" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="788">
       <c r="A788" s="1">
         <v>39</v>
       </c>
       <c r="B788" s="1">
         <v>1624</v>
       </c>
       <c r="C788" s="1" t="s">
-        <v>737</v>
+        <v>736</v>
       </c>
       <c r="D788" s="1" t="s">
         <v>64</v>
       </c>
       <c r="E788" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="789">
       <c r="A789" s="1">
         <v>40</v>
       </c>
       <c r="B789" s="1">
         <v>1469</v>
       </c>
       <c r="C789" s="1" t="s">
-        <v>738</v>
+        <v>737</v>
       </c>
       <c r="D789" s="1" t="s">
-        <v>495</v>
+        <v>494</v>
       </c>
       <c r="E789" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="790">
       <c r="A790" s="1">
         <v>41</v>
       </c>
       <c r="B790" s="1">
         <v>799</v>
       </c>
       <c r="C790" s="1" t="s">
-        <v>739</v>
+        <v>738</v>
       </c>
       <c r="D790" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E790" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="791">
       <c r="A791" s="1">
         <v>42</v>
       </c>
       <c r="B791" s="1">
         <v>771</v>
       </c>
       <c r="C791" s="1" t="s">
-        <v>740</v>
+        <v>739</v>
       </c>
       <c r="D791" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E791" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="792">
       <c r="A792" s="1">
         <v>43</v>
       </c>
       <c r="B792" s="1">
         <v>359</v>
       </c>
       <c r="C792" s="1" t="s">
-        <v>741</v>
+        <v>740</v>
       </c>
       <c r="D792" s="1" t="s">
         <v>37</v>
       </c>
       <c r="E792" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="795">
       <c r="A795" s="3" t="s">
-        <v>742</v>
+        <v>741</v>
       </c>
       <c r="B795" s="3" t="s">
-        <v>742</v>
+        <v>741</v>
       </c>
       <c r="C795" s="3" t="s">
-        <v>742</v>
+        <v>741</v>
       </c>
       <c r="D795" s="3" t="s">
-        <v>742</v>
+        <v>741</v>
       </c>
       <c r="E795" s="3" t="s">
-        <v>742</v>
+        <v>741</v>
       </c>
     </row>
     <row r="796">
       <c r="A796" s="2" t="s">
         <v>2</v>
       </c>
       <c r="B796" s="2" t="s">
         <v>3</v>
       </c>
       <c r="C796" s="2" t="s">
         <v>4</v>
       </c>
       <c r="D796" s="2" t="s">
         <v>5</v>
       </c>
       <c r="E796" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="797">
       <c r="A797" s="1">
         <v>1</v>
       </c>
       <c r="B797" s="1">
         <v>69</v>
       </c>
       <c r="C797" s="1" t="s">
-        <v>743</v>
+        <v>742</v>
       </c>
       <c r="D797" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E797" s="1">
         <v>15</v>
       </c>
     </row>
     <row r="798">
       <c r="A798" s="1">
         <v>2</v>
       </c>
       <c r="B798" s="1">
         <v>1747</v>
       </c>
       <c r="C798" s="1" t="s">
+        <v>743</v>
+      </c>
+      <c r="D798" s="1" t="s">
         <v>744</v>
-      </c>
-[...1 lines deleted...]
-        <v>745</v>
       </c>
       <c r="E798" s="1">
         <v>13</v>
       </c>
     </row>
     <row r="799">
       <c r="A799" s="1">
         <v>3</v>
       </c>
       <c r="B799" s="1">
         <v>850</v>
       </c>
       <c r="C799" s="1" t="s">
-        <v>746</v>
+        <v>745</v>
       </c>
       <c r="D799" s="1" t="s">
         <v>287</v>
       </c>
       <c r="E799" s="1">
         <v>11</v>
       </c>
     </row>
     <row r="800">
       <c r="A800" s="1">
         <v>4</v>
       </c>
       <c r="B800" s="1">
         <v>1435</v>
       </c>
       <c r="C800" s="1" t="s">
-        <v>747</v>
+        <v>746</v>
       </c>
       <c r="D800" s="1" t="s">
         <v>28</v>
       </c>
       <c r="E800" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="801">
       <c r="A801" s="1">
         <v>5</v>
       </c>
       <c r="B801" s="1">
         <v>589</v>
       </c>
       <c r="C801" s="1" t="s">
-        <v>748</v>
+        <v>747</v>
       </c>
       <c r="D801" s="1" t="s">
         <v>287</v>
       </c>
       <c r="E801" s="1">
         <v>9</v>
       </c>
     </row>
     <row r="802">
       <c r="A802" s="1">
         <v>6</v>
       </c>
       <c r="B802" s="1">
         <v>822</v>
       </c>
       <c r="C802" s="1" t="s">
-        <v>749</v>
+        <v>748</v>
       </c>
       <c r="D802" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E802" s="1">
         <v>8</v>
       </c>
     </row>
     <row r="803">
       <c r="A803" s="1">
         <v>7</v>
       </c>
       <c r="B803" s="1">
         <v>1316</v>
       </c>
       <c r="C803" s="1" t="s">
-        <v>750</v>
+        <v>749</v>
       </c>
       <c r="D803" s="1" t="s">
         <v>8</v>
       </c>
       <c r="E803" s="1">
         <v>7</v>
       </c>
     </row>
     <row r="804">
       <c r="A804" s="1">
         <v>8</v>
       </c>
       <c r="B804" s="1">
         <v>1447</v>
       </c>
       <c r="C804" s="1" t="s">
-        <v>751</v>
+        <v>750</v>
       </c>
       <c r="D804" s="1" t="s">
         <v>28</v>
       </c>
       <c r="E804" s="1">
         <v>6</v>
       </c>
     </row>
     <row r="805">
       <c r="A805" s="1">
         <v>9</v>
       </c>
       <c r="B805" s="1">
         <v>1104</v>
       </c>
       <c r="C805" s="1" t="s">
         <v>307</v>
       </c>
       <c r="D805" s="1" t="s">
         <v>20</v>
       </c>
       <c r="E805" s="1">
         <v>5</v>
       </c>
     </row>
     <row r="806">
       <c r="A806" s="1">
         <v>10</v>
       </c>
       <c r="B806" s="1">
         <v>1522</v>
       </c>
       <c r="C806" s="1" t="s">
-        <v>752</v>
+        <v>751</v>
       </c>
       <c r="D806" s="1" t="s">
         <v>118</v>
       </c>
       <c r="E806" s="1">
         <v>4</v>
       </c>
     </row>
     <row r="807">
       <c r="A807" s="1">
         <v>11</v>
       </c>
       <c r="B807" s="1">
         <v>349</v>
       </c>
       <c r="C807" s="1" t="s">
-        <v>753</v>
+        <v>752</v>
       </c>
       <c r="D807" s="1" t="s">
         <v>37</v>
       </c>
       <c r="E807" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="808">
       <c r="A808" s="1">
         <v>12</v>
       </c>
       <c r="B808" s="1">
         <v>72</v>
       </c>
       <c r="C808" s="1" t="s">
-        <v>754</v>
+        <v>753</v>
       </c>
       <c r="D808" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E808" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="809">
       <c r="A809" s="1">
         <v>13</v>
       </c>
       <c r="B809" s="1">
         <v>407</v>
       </c>
       <c r="C809" s="1" t="s">
-        <v>755</v>
+        <v>754</v>
       </c>
       <c r="D809" s="1" t="s">
         <v>37</v>
       </c>
       <c r="E809" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="810">
       <c r="A810" s="1">
         <v>14</v>
       </c>
       <c r="B810" s="1">
         <v>1138</v>
       </c>
       <c r="C810" s="1" t="s">
-        <v>756</v>
+        <v>755</v>
       </c>
       <c r="D810" s="1" t="s">
         <v>20</v>
       </c>
       <c r="E810" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="811">
       <c r="A811" s="1">
         <v>15</v>
       </c>
       <c r="B811" s="1">
         <v>1189</v>
       </c>
       <c r="C811" s="1" t="s">
-        <v>757</v>
+        <v>756</v>
       </c>
       <c r="D811" s="1" t="s">
         <v>127</v>
       </c>
       <c r="E811" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="812">
       <c r="A812" s="1">
         <v>16</v>
       </c>
       <c r="B812" s="1">
         <v>558</v>
       </c>
       <c r="C812" s="1" t="s">
-        <v>758</v>
+        <v>757</v>
       </c>
       <c r="D812" s="1" t="s">
         <v>73</v>
       </c>
       <c r="E812" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="813">
       <c r="A813" s="1">
         <v>17</v>
       </c>
       <c r="B813" s="1">
         <v>1171</v>
       </c>
       <c r="C813" s="1" t="s">
-        <v>759</v>
+        <v>758</v>
       </c>
       <c r="D813" s="1" t="s">
         <v>20</v>
       </c>
       <c r="E813" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="814">
       <c r="A814" s="1">
         <v>18</v>
       </c>
       <c r="B814" s="1">
         <v>1218</v>
       </c>
       <c r="C814" s="1" t="s">
-        <v>760</v>
+        <v>759</v>
       </c>
       <c r="D814" s="1" t="s">
         <v>127</v>
       </c>
       <c r="E814" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="815">
       <c r="A815" s="1">
         <v>19</v>
       </c>
       <c r="B815" s="1">
         <v>897</v>
       </c>
       <c r="C815" s="1" t="s">
-        <v>761</v>
+        <v>760</v>
       </c>
       <c r="D815" s="1" t="s">
         <v>37</v>
       </c>
       <c r="E815" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="816">
       <c r="A816" s="1">
         <v>20</v>
       </c>
       <c r="B816" s="1">
         <v>1518</v>
       </c>
       <c r="C816" s="1" t="s">
-        <v>762</v>
+        <v>761</v>
       </c>
       <c r="D816" s="1" t="s">
         <v>46</v>
       </c>
       <c r="E816" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="817">
       <c r="A817" s="1">
         <v>21</v>
       </c>
       <c r="B817" s="1">
         <v>623</v>
       </c>
       <c r="C817" s="1" t="s">
-        <v>763</v>
+        <v>762</v>
       </c>
       <c r="D817" s="1" t="s">
         <v>73</v>
       </c>
       <c r="E817" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="818">
       <c r="A818" s="1">
         <v>22</v>
       </c>
       <c r="B818" s="1">
         <v>348</v>
       </c>
       <c r="C818" s="1" t="s">
-        <v>764</v>
+        <v>763</v>
       </c>
       <c r="D818" s="1" t="s">
         <v>37</v>
       </c>
       <c r="E818" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="819">
       <c r="A819" s="1">
         <v>23</v>
       </c>
       <c r="B819" s="1">
         <v>1282</v>
       </c>
       <c r="C819" s="1" t="s">
-        <v>765</v>
+        <v>764</v>
       </c>
       <c r="D819" s="1" t="s">
         <v>73</v>
       </c>
       <c r="E819" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="820">
       <c r="A820" s="1">
         <v>24</v>
       </c>
       <c r="B820" s="1">
         <v>1179</v>
       </c>
       <c r="C820" s="1" t="s">
-        <v>766</v>
+        <v>765</v>
       </c>
       <c r="D820" s="1" t="s">
         <v>127</v>
       </c>
       <c r="E820" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="821">
       <c r="A821" s="1">
         <v>25</v>
       </c>
       <c r="B821" s="1">
         <v>1326</v>
       </c>
       <c r="C821" s="1" t="s">
-        <v>767</v>
+        <v>766</v>
       </c>
       <c r="D821" s="1" t="s">
         <v>8</v>
       </c>
       <c r="E821" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="822">
       <c r="A822" s="1">
         <v>26</v>
       </c>
       <c r="B822" s="1">
         <v>71</v>
       </c>
       <c r="C822" s="1" t="s">
-        <v>768</v>
+        <v>767</v>
       </c>
       <c r="D822" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E822" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="825">
       <c r="A825" s="3" t="s">
-        <v>769</v>
+        <v>768</v>
       </c>
       <c r="B825" s="3" t="s">
-        <v>769</v>
+        <v>768</v>
       </c>
       <c r="C825" s="3" t="s">
-        <v>769</v>
+        <v>768</v>
       </c>
       <c r="D825" s="3" t="s">
-        <v>769</v>
+        <v>768</v>
       </c>
       <c r="E825" s="3" t="s">
-        <v>769</v>
+        <v>768</v>
       </c>
     </row>
     <row r="826">
       <c r="A826" s="2" t="s">
         <v>2</v>
       </c>
       <c r="B826" s="2" t="s">
         <v>3</v>
       </c>
       <c r="C826" s="2" t="s">
         <v>4</v>
       </c>
       <c r="D826" s="2" t="s">
         <v>5</v>
       </c>
       <c r="E826" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="827">
       <c r="A827" s="1">
         <v>1</v>
       </c>
       <c r="B827" s="1">
         <v>182</v>
       </c>
       <c r="C827" s="1" t="s">
-        <v>770</v>
+        <v>769</v>
       </c>
       <c r="D827" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E827" s="1">
         <v>15</v>
       </c>
     </row>
     <row r="828">
       <c r="A828" s="1">
         <v>2</v>
       </c>
       <c r="B828" s="1">
         <v>187</v>
       </c>
       <c r="C828" s="1" t="s">
-        <v>771</v>
+        <v>770</v>
       </c>
       <c r="D828" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E828" s="1">
         <v>13</v>
       </c>
     </row>
     <row r="829">
       <c r="A829" s="1">
         <v>3</v>
       </c>
       <c r="B829" s="1">
         <v>194</v>
       </c>
       <c r="C829" s="1" t="s">
-        <v>772</v>
+        <v>771</v>
       </c>
       <c r="D829" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E829" s="1">
         <v>11</v>
       </c>
     </row>
     <row r="830">
       <c r="A830" s="1">
         <v>4</v>
       </c>
       <c r="B830" s="1">
         <v>188</v>
       </c>
       <c r="C830" s="1" t="s">
-        <v>773</v>
+        <v>772</v>
       </c>
       <c r="D830" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E830" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="831">
       <c r="A831" s="1">
         <v>5</v>
       </c>
       <c r="B831" s="1">
         <v>1103</v>
       </c>
       <c r="C831" s="1" t="s">
-        <v>774</v>
+        <v>773</v>
       </c>
       <c r="D831" s="1" t="s">
         <v>20</v>
       </c>
       <c r="E831" s="1">
         <v>9</v>
       </c>
     </row>
     <row r="832">
       <c r="A832" s="1">
         <v>6</v>
       </c>
       <c r="B832" s="1">
         <v>537</v>
       </c>
       <c r="C832" s="1" t="s">
-        <v>775</v>
+        <v>774</v>
       </c>
       <c r="D832" s="1" t="s">
         <v>8</v>
       </c>
       <c r="E832" s="1">
         <v>8</v>
       </c>
     </row>
     <row r="833">
       <c r="A833" s="1">
         <v>7</v>
       </c>
       <c r="B833" s="1">
         <v>949</v>
       </c>
       <c r="C833" s="1" t="s">
-        <v>776</v>
+        <v>775</v>
       </c>
       <c r="D833" s="1" t="s">
         <v>118</v>
       </c>
       <c r="E833" s="1">
         <v>7</v>
       </c>
     </row>
     <row r="834">
       <c r="A834" s="1">
         <v>8</v>
       </c>
       <c r="B834" s="1">
         <v>377</v>
       </c>
       <c r="C834" s="1" t="s">
-        <v>777</v>
+        <v>776</v>
       </c>
       <c r="D834" s="1" t="s">
         <v>37</v>
       </c>
       <c r="E834" s="1">
         <v>6</v>
       </c>
     </row>
     <row r="835">
       <c r="A835" s="1">
         <v>9</v>
       </c>
       <c r="B835" s="1">
         <v>1417</v>
       </c>
       <c r="C835" s="1" t="s">
-        <v>778</v>
+        <v>777</v>
       </c>
       <c r="D835" s="1" t="s">
         <v>28</v>
       </c>
       <c r="E835" s="1">
         <v>5</v>
       </c>
     </row>
     <row r="836">
       <c r="A836" s="1">
         <v>10</v>
       </c>
       <c r="B836" s="1">
         <v>186</v>
       </c>
       <c r="C836" s="1" t="s">
-        <v>779</v>
+        <v>778</v>
       </c>
       <c r="D836" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E836" s="1">
         <v>4</v>
       </c>
     </row>
     <row r="837">
       <c r="A837" s="1">
         <v>11</v>
       </c>
       <c r="B837" s="1">
         <v>922</v>
       </c>
       <c r="C837" s="1" t="s">
-        <v>780</v>
+        <v>779</v>
       </c>
       <c r="D837" s="1" t="s">
         <v>118</v>
       </c>
       <c r="E837" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="838">
       <c r="A838" s="1">
         <v>12</v>
       </c>
       <c r="B838" s="1">
         <v>1136</v>
       </c>
       <c r="C838" s="1" t="s">
-        <v>781</v>
+        <v>780</v>
       </c>
       <c r="D838" s="1" t="s">
         <v>20</v>
       </c>
       <c r="E838" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="839">
       <c r="A839" s="1">
         <v>13</v>
       </c>
       <c r="B839" s="1">
         <v>191</v>
       </c>
       <c r="C839" s="1" t="s">
-        <v>782</v>
+        <v>781</v>
       </c>
       <c r="D839" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E839" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="840">
       <c r="A840" s="1">
         <v>14</v>
       </c>
       <c r="B840" s="1">
         <v>1199</v>
       </c>
       <c r="C840" s="1" t="s">
-        <v>783</v>
+        <v>782</v>
       </c>
       <c r="D840" s="1" t="s">
         <v>127</v>
       </c>
       <c r="E840" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="841">
       <c r="A841" s="1">
         <v>15</v>
       </c>
       <c r="B841" s="1">
         <v>919</v>
       </c>
       <c r="C841" s="1" t="s">
-        <v>784</v>
+        <v>783</v>
       </c>
       <c r="D841" s="1" t="s">
         <v>118</v>
       </c>
       <c r="E841" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="842">
       <c r="A842" s="1">
         <v>16</v>
       </c>
       <c r="B842" s="1">
         <v>525</v>
       </c>
       <c r="C842" s="1" t="s">
-        <v>785</v>
+        <v>784</v>
       </c>
       <c r="D842" s="1" t="s">
         <v>8</v>
       </c>
       <c r="E842" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="843">
       <c r="A843" s="1">
         <v>17</v>
       </c>
       <c r="B843" s="1">
         <v>901</v>
       </c>
       <c r="C843" s="1" t="s">
-        <v>786</v>
+        <v>785</v>
       </c>
       <c r="D843" s="1" t="s">
         <v>118</v>
       </c>
       <c r="E843" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="844">
       <c r="A844" s="1">
         <v>18</v>
       </c>
       <c r="B844" s="1">
         <v>998</v>
       </c>
       <c r="C844" s="1" t="s">
-        <v>787</v>
+        <v>786</v>
       </c>
       <c r="D844" s="1" t="s">
         <v>46</v>
       </c>
       <c r="E844" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="845">
       <c r="A845" s="1">
         <v>19</v>
       </c>
       <c r="B845" s="1">
         <v>185</v>
       </c>
       <c r="C845" s="1" t="s">
-        <v>788</v>
+        <v>787</v>
       </c>
       <c r="D845" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E845" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="846">
       <c r="A846" s="1">
         <v>20</v>
       </c>
       <c r="B846" s="1">
         <v>183</v>
       </c>
       <c r="C846" s="1" t="s">
-        <v>789</v>
+        <v>788</v>
       </c>
       <c r="D846" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E846" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="847">
       <c r="A847" s="1">
         <v>21</v>
       </c>
       <c r="B847" s="1">
         <v>1277</v>
       </c>
       <c r="C847" s="1" t="s">
-        <v>790</v>
+        <v>789</v>
       </c>
       <c r="D847" s="1" t="s">
         <v>127</v>
       </c>
       <c r="E847" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="848">
       <c r="A848" s="1">
         <v>22</v>
       </c>
       <c r="B848" s="1">
         <v>1141</v>
       </c>
       <c r="C848" s="1" t="s">
-        <v>791</v>
+        <v>790</v>
       </c>
       <c r="D848" s="1" t="s">
         <v>20</v>
       </c>
       <c r="E848" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="849">
       <c r="A849" s="1">
         <v>23</v>
       </c>
       <c r="B849" s="1">
         <v>1570</v>
       </c>
       <c r="C849" s="1" t="s">
-        <v>792</v>
+        <v>791</v>
       </c>
       <c r="D849" s="1" t="s">
         <v>52</v>
       </c>
       <c r="E849" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="850">
       <c r="A850" s="1">
         <v>24</v>
       </c>
       <c r="B850" s="1">
         <v>929</v>
       </c>
       <c r="C850" s="1" t="s">
-        <v>793</v>
+        <v>792</v>
       </c>
       <c r="D850" s="1" t="s">
         <v>118</v>
       </c>
       <c r="E850" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="851">
       <c r="A851" s="1">
         <v>25</v>
       </c>
       <c r="B851" s="1">
         <v>224</v>
       </c>
       <c r="C851" s="1" t="s">
-        <v>738</v>
+        <v>793</v>
       </c>
       <c r="D851" s="1" t="s">
         <v>73</v>
       </c>
       <c r="E851" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="852">
       <c r="A852" s="1">
         <v>26</v>
       </c>
       <c r="B852" s="1">
         <v>1235</v>
       </c>
       <c r="C852" s="1" t="s">
         <v>794</v>
       </c>
       <c r="D852" s="1" t="s">
         <v>127</v>
       </c>
       <c r="E852" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="853">
       <c r="A853" s="1">
         <v>27</v>
       </c>
       <c r="B853" s="1">
         <v>871</v>
       </c>
       <c r="C853" s="1" t="s">
         <v>795</v>
       </c>
       <c r="D853" s="1" t="s">
-        <v>584</v>
+        <v>583</v>
       </c>
       <c r="E853" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="854">
       <c r="A854" s="1">
         <v>28</v>
       </c>
       <c r="B854" s="1">
         <v>873</v>
       </c>
       <c r="C854" s="1" t="s">
         <v>796</v>
       </c>
       <c r="D854" s="1" t="s">
-        <v>584</v>
+        <v>583</v>
       </c>
       <c r="E854" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="855">
       <c r="A855" s="1">
         <v>29</v>
       </c>
       <c r="B855" s="1">
         <v>351</v>
       </c>
       <c r="C855" s="1" t="s">
         <v>797</v>
       </c>
       <c r="D855" s="1" t="s">
         <v>37</v>
       </c>
       <c r="E855" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="856">
       <c r="A856" s="1">
         <v>30</v>
@@ -16809,51 +16809,51 @@
     <row r="877">
       <c r="A877" s="1">
         <v>13</v>
       </c>
       <c r="B877" s="1">
         <v>484</v>
       </c>
       <c r="C877" s="1" t="s">
         <v>816</v>
       </c>
       <c r="D877" s="1" t="s">
         <v>8</v>
       </c>
       <c r="E877" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="878">
       <c r="A878" s="1">
         <v>14</v>
       </c>
       <c r="B878" s="1">
         <v>932</v>
       </c>
       <c r="C878" s="1" t="s">
-        <v>757</v>
+        <v>756</v>
       </c>
       <c r="D878" s="1" t="s">
         <v>118</v>
       </c>
       <c r="E878" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="879">
       <c r="A879" s="1">
         <v>15</v>
       </c>
       <c r="B879" s="1">
         <v>1900</v>
       </c>
       <c r="C879" s="1" t="s">
         <v>817</v>
       </c>
       <c r="D879" s="1" t="s">
         <v>20</v>
       </c>
       <c r="E879" s="1">
         <v>3</v>
       </c>
     </row>
@@ -18189,51 +18189,51 @@
       </c>
       <c r="B968" s="1">
         <v>463</v>
       </c>
       <c r="C968" s="1" t="s">
         <v>890</v>
       </c>
       <c r="D968" s="1" t="s">
         <v>8</v>
       </c>
       <c r="E968" s="1">
         <v>11</v>
       </c>
     </row>
     <row r="969">
       <c r="A969" s="1">
         <v>4</v>
       </c>
       <c r="B969" s="1">
         <v>875</v>
       </c>
       <c r="C969" s="1" t="s">
         <v>891</v>
       </c>
       <c r="D969" s="1" t="s">
-        <v>584</v>
+        <v>583</v>
       </c>
       <c r="E969" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="970">
       <c r="A970" s="1">
         <v>5</v>
       </c>
       <c r="B970" s="1">
         <v>209</v>
       </c>
       <c r="C970" s="1" t="s">
         <v>892</v>
       </c>
       <c r="D970" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E970" s="1">
         <v>9</v>
       </c>
     </row>
     <row r="971">
       <c r="A971" s="1">
         <v>6</v>
@@ -18748,62 +18748,62 @@
         <v>17</v>
       </c>
       <c r="B20" s="1" t="s">
         <v>78</v>
       </c>
       <c r="C20" s="1">
         <v>51</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="1">
         <v>18</v>
       </c>
       <c r="B21" s="1" t="s">
         <v>287</v>
       </c>
       <c r="C21" s="1">
         <v>38</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="1">
         <v>19</v>
       </c>
       <c r="B22" s="1" t="s">
-        <v>584</v>
+        <v>583</v>
       </c>
       <c r="C22" s="1">
         <v>21</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="1">
         <v>20</v>
       </c>
       <c r="B23" s="1" t="s">
-        <v>745</v>
+        <v>744</v>
       </c>
       <c r="C23" s="1">
         <v>13</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="1">
         <v>21</v>
       </c>
       <c r="B24" s="1" t="s">
         <v>98</v>
       </c>
       <c r="C24" s="1">
         <v>13</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="1">
         <v>22</v>
       </c>
       <c r="B25" s="1" t="s">
         <v>182</v>
       </c>
       <c r="C25" s="1">
         <v>12</v>
@@ -18836,73 +18836,73 @@
         <v>25</v>
       </c>
       <c r="B28" s="1" t="s">
         <v>264</v>
       </c>
       <c r="C28" s="1">
         <v>9</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="1">
         <v>26</v>
       </c>
       <c r="B29" s="1" t="s">
         <v>239</v>
       </c>
       <c r="C29" s="1">
         <v>8</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="1">
         <v>27</v>
       </c>
       <c r="B30" s="1" t="s">
-        <v>706</v>
+        <v>705</v>
       </c>
       <c r="C30" s="1">
         <v>6</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="1">
         <v>28</v>
       </c>
       <c r="B31" s="1" t="s">
         <v>829</v>
       </c>
       <c r="C31" s="1">
         <v>5</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="1">
         <v>29</v>
       </c>
       <c r="B32" s="1" t="s">
-        <v>495</v>
+        <v>494</v>
       </c>
       <c r="C32" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="1">
         <v>30</v>
       </c>
       <c r="B33" s="1" t="s">
         <v>347</v>
       </c>
       <c r="C33" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="1">
         <v>30</v>
       </c>
       <c r="B34" s="1" t="s">
         <v>242</v>
       </c>
       <c r="C34" s="1">
         <v>1</v>