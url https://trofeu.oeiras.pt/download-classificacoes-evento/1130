--- v0 (2025-10-17)
+++ v1 (2025-12-07)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Atletas" sheetId="1" r:id="rId1"/>
     <sheet name="Colectivo" sheetId="2" r:id="rId3"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="879" uniqueCount="879">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="877" uniqueCount="877">
   <si>
     <t>42º Troféu CM Oeiras - Grande Prémio Ribeira da Laje</t>
   </si>
   <si>
     <t>Sub 10 - Masculinos</t>
   </si>
   <si>
     <t>Posição</t>
   </si>
   <si>
     <t>Dorsal</t>
   </si>
   <si>
     <t>Atleta</t>
   </si>
   <si>
     <t>Clube/Equipa</t>
   </si>
   <si>
     <t>Pontos</t>
   </si>
   <si>
     <t>FRANCISCO BRANDÃO</t>
   </si>
   <si>
@@ -200,51 +200,51 @@
   <si>
     <t>Xavier Costa</t>
   </si>
   <si>
     <t>Simão Pinto</t>
   </si>
   <si>
     <t>David Gabadinho</t>
   </si>
   <si>
     <t>MANEL PEDRO</t>
   </si>
   <si>
     <t>Associação de Moradores 18 de Maio</t>
   </si>
   <si>
     <t>Diogo Lucas</t>
   </si>
   <si>
     <t>Valejas Atlético Clube</t>
   </si>
   <si>
     <t>Mateus Teodoro</t>
   </si>
   <si>
-    <t xml:space="preserve">André  Taborda</t>
+    <t>Tiago Maniés</t>
   </si>
   <si>
     <t>Sub 12 - Femininos</t>
   </si>
   <si>
     <t>Yasmin Tchemaguine</t>
   </si>
   <si>
     <t>Jaciara Cabral</t>
   </si>
   <si>
     <t xml:space="preserve">Reniala   Staudte</t>
   </si>
   <si>
     <t>Elma Espírito-Santo</t>
   </si>
   <si>
     <t xml:space="preserve">SUREYA    ROBERTSON</t>
   </si>
   <si>
     <t>Ísis Pereira</t>
   </si>
   <si>
     <t>FRANCISCA CORVO</t>
   </si>
@@ -344,51 +344,51 @@
   <si>
     <t>Sub 14 - Femininos</t>
   </si>
   <si>
     <t>MATILDE NOGUEIRA</t>
   </si>
   <si>
     <t>REGINA FREDERICO</t>
   </si>
   <si>
     <t>Leonor Santos</t>
   </si>
   <si>
     <t>Maria Coutinho</t>
   </si>
   <si>
     <t xml:space="preserve">MARIA     INÊSOLIVEIRA</t>
   </si>
   <si>
     <t>Maria Bica</t>
   </si>
   <si>
     <t>MARIA INÊS CABRAL</t>
   </si>
   <si>
-    <t>Madalena Costa</t>
+    <t>Patrick Soares</t>
   </si>
   <si>
     <t>Madalena Paiva</t>
   </si>
   <si>
     <t>Laura Silva</t>
   </si>
   <si>
     <t>ESTER RAMOS</t>
   </si>
   <si>
     <t>Sub 16 - Masculinos</t>
   </si>
   <si>
     <t>DIOGO MUGARRO</t>
   </si>
   <si>
     <t>Filipe Maravilha</t>
   </si>
   <si>
     <t>Luís Silva</t>
   </si>
   <si>
     <t xml:space="preserve">DAVI      FLORES</t>
   </si>
@@ -578,81 +578,81 @@
   <si>
     <t>LEONOR SIMÕES</t>
   </si>
   <si>
     <t>Inês Jerónimo Pereira</t>
   </si>
   <si>
     <t>Rita Silva</t>
   </si>
   <si>
     <t>Mariana Pinto</t>
   </si>
   <si>
     <t xml:space="preserve"> Atlético Clube de Porto Salvo</t>
   </si>
   <si>
     <t>Inês Mileu</t>
   </si>
   <si>
     <t>Sub 23 - Masculinos</t>
   </si>
   <si>
     <t xml:space="preserve">JOSÉ      CARLOS</t>
   </si>
   <si>
-    <t>Gabriel Pereira</t>
+    <t>VICENTE ANTUNES</t>
   </si>
   <si>
     <t>Henrique Silva</t>
   </si>
   <si>
     <t>Miles &amp; Vibes</t>
   </si>
   <si>
     <t>MIGUEL AGUIAR</t>
   </si>
   <si>
     <t>Filipe Condinho</t>
   </si>
   <si>
     <t>Miguel Sayanda</t>
   </si>
   <si>
-    <t>PEDRO VIEIRA</t>
+    <t>DEUS KAPUNGA</t>
   </si>
   <si>
     <t>Salvador Alves</t>
   </si>
   <si>
     <t xml:space="preserve">António Almeida </t>
   </si>
   <si>
     <t>José Frazão</t>
   </si>
   <si>
-    <t>Diogo Freitas</t>
+    <t>PODEROSO KAPUNGA</t>
   </si>
   <si>
     <t xml:space="preserve">João  Silva</t>
   </si>
   <si>
     <t>Sub 23 - Femininos</t>
   </si>
   <si>
     <t>Madalena Preciso</t>
   </si>
   <si>
     <t>Carla Santos</t>
   </si>
   <si>
     <t>Leonor Gamito</t>
   </si>
   <si>
     <t>Ana Marta Barros</t>
   </si>
   <si>
     <t>Sociedade de Instrução Musical e Escolar Cruz Quebradense (SIMECQ)</t>
   </si>
   <si>
     <t>Seniores - Masculinos</t>
   </si>
@@ -806,51 +806,51 @@
   <si>
     <t>MARCELO GUERRA</t>
   </si>
   <si>
     <t>Brito Cayque</t>
   </si>
   <si>
     <t>Tiago Henriques</t>
   </si>
   <si>
     <t xml:space="preserve">Diogo  Poças</t>
   </si>
   <si>
     <t xml:space="preserve">Vasco  Amaral</t>
   </si>
   <si>
     <t>Seniores - Femininos</t>
   </si>
   <si>
     <t>Jessara Xavier</t>
   </si>
   <si>
     <t>KCÉNIA BOUGROVA</t>
   </si>
   <si>
-    <t>Inês Correia</t>
+    <t xml:space="preserve">Inês  Correia </t>
   </si>
   <si>
     <t xml:space="preserve">Casa do Benfica de Faro </t>
   </si>
   <si>
     <t>Rita Bacelar</t>
   </si>
   <si>
     <t>BÁRBARA ABREU</t>
   </si>
   <si>
     <t>Catarina Borges</t>
   </si>
   <si>
     <t>Jenifer de Lima</t>
   </si>
   <si>
     <t xml:space="preserve">Diana  da Silva</t>
   </si>
   <si>
     <t>ANA RAINHO</t>
   </si>
   <si>
     <t>Leonor Mendes</t>
   </si>
@@ -980,135 +980,135 @@
   <si>
     <t>David Eiras</t>
   </si>
   <si>
     <t xml:space="preserve">Gonçalo  Silva </t>
   </si>
   <si>
     <t>Filipe Pereira</t>
   </si>
   <si>
     <t>João Albuquerque</t>
   </si>
   <si>
     <t>Machel Carvalho</t>
   </si>
   <si>
     <t>Steve Gabadinho</t>
   </si>
   <si>
     <t>Fauler Campos</t>
   </si>
   <si>
     <t>JOSÉ MARTINS</t>
   </si>
   <si>
-    <t>Fernando Arvelaiz</t>
+    <t>Fernando Pereira</t>
   </si>
   <si>
     <t>Ivandro Moreira</t>
   </si>
   <si>
     <t>Agualva Runners</t>
   </si>
   <si>
     <t>Afonso Martins</t>
   </si>
   <si>
     <t xml:space="preserve">João  Miranda</t>
   </si>
   <si>
     <t>RENATO MADUREIRA</t>
   </si>
   <si>
-    <t xml:space="preserve">TIAGO VELEZ </t>
+    <t>JOSÉ VASCO</t>
   </si>
   <si>
     <t>TELMO JORGE</t>
   </si>
   <si>
-    <t>PHILLIP JOSÉ</t>
+    <t>GONÇALO MARTINHO</t>
   </si>
   <si>
     <t>JOÃO FIGUEIREDO</t>
   </si>
   <si>
     <t>PEDRO PINTO</t>
   </si>
   <si>
     <t>GONÇALO PIRES</t>
   </si>
   <si>
     <t>HUGO SILVEIRA</t>
   </si>
   <si>
     <t>Orlando Couceiro</t>
   </si>
   <si>
     <t>Diogo Inácio</t>
   </si>
   <si>
-    <t xml:space="preserve">José  Cavaco </t>
+    <t xml:space="preserve">Leonardo  Ventura</t>
   </si>
   <si>
     <t>Hugo de Sousa</t>
   </si>
   <si>
     <t>Sérgio Correia</t>
   </si>
   <si>
     <t>Paulo Falcao</t>
   </si>
   <si>
     <t>F 35</t>
   </si>
   <si>
     <t>TÂNIA PINTO</t>
   </si>
   <si>
     <t>Célia Lopes</t>
   </si>
   <si>
     <t>Nelma Craveiro</t>
   </si>
   <si>
     <t xml:space="preserve">Ana  Coutinho</t>
   </si>
   <si>
     <t>Liliana Andrade</t>
   </si>
   <si>
     <t>Evelina Kocharova</t>
   </si>
   <si>
     <t>JOANA PIRES</t>
   </si>
   <si>
     <t>Claudia Freitas</t>
   </si>
   <si>
-    <t xml:space="preserve">Ana Sofia  Fernandes</t>
+    <t>Sofia Fernandes</t>
   </si>
   <si>
     <t xml:space="preserve">Mónica  Carvalho</t>
   </si>
   <si>
     <t>Raquel Pinheiro</t>
   </si>
   <si>
     <t>Inês Carneiro</t>
   </si>
   <si>
     <t>Joana Cunha</t>
   </si>
   <si>
     <t>Sara Amorim</t>
   </si>
   <si>
     <t xml:space="preserve">Débora  Alcobia</t>
   </si>
   <si>
     <t>Marta Ramos</t>
   </si>
   <si>
     <t>Catarina Barbosa</t>
   </si>
@@ -1283,51 +1283,51 @@
   <si>
     <t xml:space="preserve">Miguel  Santos</t>
   </si>
   <si>
     <t>Simão Ribeiro</t>
   </si>
   <si>
     <t xml:space="preserve">Gonçalo  Ascensão</t>
   </si>
   <si>
     <t>Ricardo Gomes</t>
   </si>
   <si>
     <t>Adriano Mendes</t>
   </si>
   <si>
     <t>F 40</t>
   </si>
   <si>
     <t>MARINA DOMIMGUES</t>
   </si>
   <si>
     <t>RITA ROSA</t>
   </si>
   <si>
-    <t>ELISABETE MACEDO</t>
+    <t>MARTA MOTA</t>
   </si>
   <si>
     <t>Ana Garrido Silva</t>
   </si>
   <si>
     <t>CATARINA PALMA</t>
   </si>
   <si>
     <t>Ana Silveira</t>
   </si>
   <si>
     <t>Carla Jesus</t>
   </si>
   <si>
     <t>Cátea Ramos</t>
   </si>
   <si>
     <t>Alexandra Carvalho</t>
   </si>
   <si>
     <t>Ana Sofia Lino Mendes</t>
   </si>
   <si>
     <t xml:space="preserve">Diana  Guimarães</t>
   </si>
@@ -1463,51 +1463,51 @@
   <si>
     <t>Hugo Calado</t>
   </si>
   <si>
     <t xml:space="preserve">ANTÓNIO   ORLANDO</t>
   </si>
   <si>
     <t>Pedro Raposo</t>
   </si>
   <si>
     <t>Ricardo Nobre</t>
   </si>
   <si>
     <t>Eduardo Luís</t>
   </si>
   <si>
     <t>Nuno Ricardo</t>
   </si>
   <si>
     <t>CARLOS SIMOES</t>
   </si>
   <si>
     <t xml:space="preserve">Jorge  Marques</t>
   </si>
   <si>
-    <t>Sérgio Costa</t>
+    <t>Benjamim Pino</t>
   </si>
   <si>
     <t>António Lourenço</t>
   </si>
   <si>
     <t xml:space="preserve">Carlos  Marinho </t>
   </si>
   <si>
     <t>Filipe Cameira</t>
   </si>
   <si>
     <t>Rogério Dias</t>
   </si>
   <si>
     <t>Paulo Caçador</t>
   </si>
   <si>
     <t>Hércules Baptista</t>
   </si>
   <si>
     <t>Filipe Garranas</t>
   </si>
   <si>
     <t>Associação de Pára-quedistas Tejo-Norte</t>
   </si>
@@ -1727,153 +1727,153 @@
   <si>
     <t>Bruno Afonso</t>
   </si>
   <si>
     <t>FERNANDO ANJOS</t>
   </si>
   <si>
     <t xml:space="preserve">PEDRO   VITORINO</t>
   </si>
   <si>
     <t>Bruno A. Sousa</t>
   </si>
   <si>
     <t>Rui Vieira</t>
   </si>
   <si>
     <t>António Martins</t>
   </si>
   <si>
     <t>Hugo Palmeiro</t>
   </si>
   <si>
     <t>José Ferreira</t>
   </si>
   <si>
-    <t xml:space="preserve">CARLOS FREITAS </t>
+    <t>Filipe Rebelo</t>
   </si>
   <si>
     <t>Carlos Calado</t>
   </si>
   <si>
     <t>Rui Cunha</t>
   </si>
   <si>
     <t xml:space="preserve">Jorge  Ferreira</t>
   </si>
   <si>
     <t>Pedro Esteves</t>
   </si>
   <si>
     <t>Carlos Craveira</t>
   </si>
   <si>
     <t xml:space="preserve">BENTO   QUARESMA</t>
   </si>
   <si>
     <t>Gil Monteiro</t>
   </si>
   <si>
     <t>Carlos Luiz</t>
   </si>
   <si>
     <t>JULIO FERREIRA</t>
   </si>
   <si>
     <t>Sergio Carvalho</t>
   </si>
   <si>
-    <t xml:space="preserve">JORGE  NUNES DA SILVA</t>
+    <t>ABNER KIENE</t>
   </si>
   <si>
     <t>Sérgio Ramos</t>
   </si>
   <si>
-    <t xml:space="preserve">JOAQUIM AMARAL </t>
+    <t xml:space="preserve">PEDRO  CAVILHAS</t>
   </si>
   <si>
     <t>HUMBERTO AFONSO</t>
   </si>
   <si>
     <t xml:space="preserve">Luis  Sousa</t>
   </si>
   <si>
     <t>Carlos Coelho</t>
   </si>
   <si>
     <t>Bruno Raposo</t>
   </si>
   <si>
     <t>Sérgio Vieira</t>
   </si>
   <si>
     <t>Nuno Duarte</t>
   </si>
   <si>
     <t>JOSE CRUZ</t>
   </si>
   <si>
     <t xml:space="preserve">RICARDO   FARIA</t>
   </si>
   <si>
     <t>JOAO CURVELO</t>
   </si>
   <si>
     <t>LUIS PEDROSO</t>
   </si>
   <si>
-    <t>EZEQUIEL ANDRADE</t>
+    <t>MIGUEL PINTO</t>
   </si>
   <si>
     <t xml:space="preserve">JOÃO   RODRIGUES</t>
   </si>
   <si>
     <t>CRISPIANO MAGRO</t>
   </si>
   <si>
     <t>Tiago Rocha</t>
   </si>
   <si>
     <t xml:space="preserve">José  Raposo</t>
   </si>
   <si>
     <t xml:space="preserve">JORGE  PEPE</t>
   </si>
   <si>
     <t>Nuno Morgado</t>
   </si>
   <si>
     <t>Pedro Andrade</t>
   </si>
   <si>
     <t>António Lavajo</t>
   </si>
   <si>
     <t>Rui Lacerda</t>
   </si>
   <si>
-    <t xml:space="preserve">Carlos  Gil</t>
+    <t>Carlos Gil</t>
   </si>
   <si>
     <t>João Domingues</t>
   </si>
   <si>
     <t>SEBASTIAN FODOR</t>
   </si>
   <si>
     <t xml:space="preserve">José  Véstias</t>
   </si>
   <si>
     <t>João Sayanda</t>
   </si>
   <si>
     <t>RUI ANTUNES</t>
   </si>
   <si>
     <t xml:space="preserve">João  Caetano</t>
   </si>
   <si>
     <t>António Nobre</t>
   </si>
   <si>
     <t xml:space="preserve">ANTÓNIO   QUARESMA</t>
   </si>
@@ -1946,51 +1946,51 @@
   <si>
     <t xml:space="preserve">ANA   FRUTUOSO</t>
   </si>
   <si>
     <t>Rute Queiroz</t>
   </si>
   <si>
     <t xml:space="preserve">PATRÍCIA   MATOS</t>
   </si>
   <si>
     <t>Ana Pereira</t>
   </si>
   <si>
     <t>Sandra Bação</t>
   </si>
   <si>
     <t>Maria Maçanita</t>
   </si>
   <si>
     <t>Goreti Borges</t>
   </si>
   <si>
     <t>Ana Coelho</t>
   </si>
   <si>
-    <t>CLÁUDIA BORRALHO</t>
+    <t>VENCEDORA CAPUNGA</t>
   </si>
   <si>
     <t>Fernanda Murteira</t>
   </si>
   <si>
     <t>Lara Sayanda</t>
   </si>
   <si>
     <t xml:space="preserve">ANABELA SALAZAR </t>
   </si>
   <si>
     <t xml:space="preserve">SANDRA  FERNANDES</t>
   </si>
   <si>
     <t>Fabiana Zunfrilli</t>
   </si>
   <si>
     <t>Sónia Monteiro</t>
   </si>
   <si>
     <t>Eugénia Ribeiro</t>
   </si>
   <si>
     <t>Elisa Gonçalves</t>
   </si>
@@ -2009,101 +2009,98 @@
   <si>
     <t>Elizabete Santos</t>
   </si>
   <si>
     <t>ANA GOMES</t>
   </si>
   <si>
     <t>Cristina Francisco</t>
   </si>
   <si>
     <t>MARIA AROUCA</t>
   </si>
   <si>
     <t>Susana Feleciano</t>
   </si>
   <si>
     <t>Alexandra Pinto</t>
   </si>
   <si>
     <t xml:space="preserve">RITA   MINA</t>
   </si>
   <si>
     <t>Cidália Borges</t>
   </si>
   <si>
-    <t>Isabel Costa</t>
+    <t>MARIA PEIXOTO</t>
   </si>
   <si>
     <t>SONIA PEREIRA</t>
   </si>
   <si>
     <t>Sónia Amaro</t>
   </si>
   <si>
     <t>Sandra Teodoro</t>
   </si>
   <si>
     <t>Maria Veiga</t>
   </si>
   <si>
     <t xml:space="preserve">Ana  Nunes</t>
   </si>
   <si>
     <t>Carla Rato</t>
   </si>
   <si>
     <t>Marisa Bettencourt</t>
   </si>
   <si>
     <t>Augusta Azevedo</t>
   </si>
   <si>
     <t>M 55</t>
   </si>
   <si>
     <t>Hélder Rebelo</t>
   </si>
   <si>
     <t>Paulo Martins</t>
   </si>
   <si>
     <t>António Murteira</t>
   </si>
   <si>
     <t>Paulo Vieira</t>
   </si>
   <si>
     <t>João Narra</t>
   </si>
   <si>
     <t>Mário Duarte</t>
   </si>
   <si>
-    <t xml:space="preserve">Paulo  Silva</t>
-[...1 lines deleted...]
-  <si>
     <t>Dinis Morais</t>
   </si>
   <si>
     <t>CARLOS SIMÕES</t>
   </si>
   <si>
     <t>Nuno Carvalho</t>
   </si>
   <si>
     <t>Henrique Ferreira</t>
   </si>
   <si>
     <t xml:space="preserve">DIAMANTINO  GAMITO</t>
   </si>
   <si>
     <t>Jose Baptista</t>
   </si>
   <si>
     <t>Rui Silva</t>
   </si>
   <si>
     <t xml:space="preserve">Paulo Lúcio </t>
   </si>
   <si>
     <t>Helder Batista</t>
@@ -2138,51 +2135,51 @@
   <si>
     <t>Miguel Moradias</t>
   </si>
   <si>
     <t>Jaime Faria</t>
   </si>
   <si>
     <t xml:space="preserve">Renato  Roberti</t>
   </si>
   <si>
     <t>Bento Raminhos</t>
   </si>
   <si>
     <t>José Borges</t>
   </si>
   <si>
     <t>Rodrigo Ferreira</t>
   </si>
   <si>
     <t>Luís Correia</t>
   </si>
   <si>
     <t>Luis Gonçalves</t>
   </si>
   <si>
-    <t>Carlos Silva</t>
+    <t xml:space="preserve">Carlos  Silva</t>
   </si>
   <si>
     <t>Luís Cotrim</t>
   </si>
   <si>
     <t xml:space="preserve">Jorge  Barreto</t>
   </si>
   <si>
     <t>Carlos Gonçalves</t>
   </si>
   <si>
     <t>Carlos Carvalho</t>
   </si>
   <si>
     <t xml:space="preserve">Carlos  Lomba</t>
   </si>
   <si>
     <t>Marco Silva</t>
   </si>
   <si>
     <t xml:space="preserve">Orlando  Silva</t>
   </si>
   <si>
     <t>F 55</t>
   </si>
@@ -2346,53 +2343,50 @@
     <t>António Major</t>
   </si>
   <si>
     <t>Nuno Galvão</t>
   </si>
   <si>
     <t xml:space="preserve">João Pedro  Vaz</t>
   </si>
   <si>
     <t>João Reis</t>
   </si>
   <si>
     <t>Jorge Valadares</t>
   </si>
   <si>
     <t>Jorge Oliveira</t>
   </si>
   <si>
     <t>António Lima</t>
   </si>
   <si>
     <t xml:space="preserve">Hermínio  Cabeceira</t>
   </si>
   <si>
     <t>António Jacinto</t>
-  </si>
-[...1 lines deleted...]
-    <t xml:space="preserve">Carlos A  P Silva</t>
   </si>
   <si>
     <t>Carlos Casal</t>
   </si>
   <si>
     <t>F 60</t>
   </si>
   <si>
     <t xml:space="preserve">PAULA   FERNANDES</t>
   </si>
   <si>
     <t>EMÍLIA TAVARES</t>
   </si>
   <si>
     <t>Lúcia Silva</t>
   </si>
   <si>
     <t xml:space="preserve">Ivone  Lourenço</t>
   </si>
   <si>
     <t>Maria Sequeira</t>
   </si>
   <si>
     <t>Luísa Pisco</t>
   </si>
@@ -14416,3553 +14410,3553 @@
     <row r="735">
       <c r="A735" s="1">
         <v>6</v>
       </c>
       <c r="B735" s="1">
         <v>757</v>
       </c>
       <c r="C735" s="1" t="s">
         <v>682</v>
       </c>
       <c r="D735" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E735" s="1">
         <v>8</v>
       </c>
     </row>
     <row r="736">
       <c r="A736" s="1">
         <v>7</v>
       </c>
       <c r="B736" s="1">
         <v>221</v>
       </c>
       <c r="C736" s="1" t="s">
-        <v>683</v>
+        <v>555</v>
       </c>
       <c r="D736" s="1" t="s">
         <v>326</v>
       </c>
       <c r="E736" s="1">
         <v>7</v>
       </c>
     </row>
     <row r="737">
       <c r="A737" s="1">
         <v>8</v>
       </c>
       <c r="B737" s="1">
         <v>1318</v>
       </c>
       <c r="C737" s="1" t="s">
-        <v>684</v>
+        <v>683</v>
       </c>
       <c r="D737" s="1" t="s">
         <v>8</v>
       </c>
       <c r="E737" s="1">
         <v>6</v>
       </c>
     </row>
     <row r="738">
       <c r="A738" s="1">
         <v>9</v>
       </c>
       <c r="B738" s="1">
         <v>475</v>
       </c>
       <c r="C738" s="1" t="s">
-        <v>685</v>
+        <v>684</v>
       </c>
       <c r="D738" s="1" t="s">
         <v>8</v>
       </c>
       <c r="E738" s="1">
         <v>5</v>
       </c>
     </row>
     <row r="739">
       <c r="A739" s="1">
         <v>10</v>
       </c>
       <c r="B739" s="1">
         <v>381</v>
       </c>
       <c r="C739" s="1" t="s">
-        <v>686</v>
+        <v>685</v>
       </c>
       <c r="D739" s="1" t="s">
         <v>34</v>
       </c>
       <c r="E739" s="1">
         <v>4</v>
       </c>
     </row>
     <row r="740">
       <c r="A740" s="1">
         <v>11</v>
       </c>
       <c r="B740" s="1">
         <v>1203</v>
       </c>
       <c r="C740" s="1" t="s">
-        <v>687</v>
+        <v>686</v>
       </c>
       <c r="D740" s="1" t="s">
         <v>207</v>
       </c>
       <c r="E740" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="741">
       <c r="A741" s="1">
         <v>12</v>
       </c>
       <c r="B741" s="1">
         <v>181</v>
       </c>
       <c r="C741" s="1" t="s">
-        <v>688</v>
+        <v>687</v>
       </c>
       <c r="D741" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E741" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="742">
       <c r="A742" s="1">
         <v>13</v>
       </c>
       <c r="B742" s="1">
         <v>399</v>
       </c>
       <c r="C742" s="1" t="s">
-        <v>689</v>
+        <v>688</v>
       </c>
       <c r="D742" s="1" t="s">
         <v>34</v>
       </c>
       <c r="E742" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="743">
       <c r="A743" s="1">
         <v>14</v>
       </c>
       <c r="B743" s="1">
         <v>1609</v>
       </c>
       <c r="C743" s="1" t="s">
-        <v>690</v>
+        <v>689</v>
       </c>
       <c r="D743" s="1" t="s">
         <v>62</v>
       </c>
       <c r="E743" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="744">
       <c r="A744" s="1">
         <v>15</v>
       </c>
       <c r="B744" s="1">
         <v>560</v>
       </c>
       <c r="C744" s="1" t="s">
-        <v>691</v>
+        <v>690</v>
       </c>
       <c r="D744" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E744" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="745">
       <c r="A745" s="1">
         <v>16</v>
       </c>
       <c r="B745" s="1">
         <v>777</v>
       </c>
       <c r="C745" s="1" t="s">
-        <v>692</v>
+        <v>691</v>
       </c>
       <c r="D745" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E745" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="746">
       <c r="A746" s="1">
         <v>17</v>
       </c>
       <c r="B746" s="1">
         <v>880</v>
       </c>
       <c r="C746" s="1" t="s">
-        <v>693</v>
+        <v>692</v>
       </c>
       <c r="D746" s="1" t="s">
         <v>493</v>
       </c>
       <c r="E746" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="747">
       <c r="A747" s="1">
         <v>18</v>
       </c>
       <c r="B747" s="1">
         <v>1230</v>
       </c>
       <c r="C747" s="1" t="s">
-        <v>694</v>
+        <v>693</v>
       </c>
       <c r="D747" s="1" t="s">
         <v>207</v>
       </c>
       <c r="E747" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="748">
       <c r="A748" s="1">
         <v>19</v>
       </c>
       <c r="B748" s="1">
         <v>174</v>
       </c>
       <c r="C748" s="1" t="s">
-        <v>695</v>
+        <v>694</v>
       </c>
       <c r="D748" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E748" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="749">
       <c r="A749" s="1">
         <v>20</v>
       </c>
       <c r="B749" s="1">
         <v>769</v>
       </c>
       <c r="C749" s="1" t="s">
-        <v>696</v>
+        <v>695</v>
       </c>
       <c r="D749" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E749" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="750">
       <c r="A750" s="1">
         <v>21</v>
       </c>
       <c r="B750" s="1">
         <v>1078</v>
       </c>
       <c r="C750" s="1" t="s">
-        <v>697</v>
+        <v>696</v>
       </c>
       <c r="D750" s="1" t="s">
         <v>51</v>
       </c>
       <c r="E750" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="751">
       <c r="A751" s="1">
         <v>22</v>
       </c>
       <c r="B751" s="1">
         <v>422</v>
       </c>
       <c r="C751" s="1" t="s">
-        <v>698</v>
+        <v>697</v>
       </c>
       <c r="D751" s="1" t="s">
         <v>34</v>
       </c>
       <c r="E751" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="752">
       <c r="A752" s="1">
         <v>23</v>
       </c>
       <c r="B752" s="1">
         <v>625</v>
       </c>
       <c r="C752" s="1" t="s">
-        <v>699</v>
+        <v>698</v>
       </c>
       <c r="D752" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E752" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="753">
       <c r="A753" s="1">
         <v>24</v>
       </c>
       <c r="B753" s="1">
         <v>812</v>
       </c>
       <c r="C753" s="1" t="s">
-        <v>700</v>
+        <v>699</v>
       </c>
       <c r="D753" s="1" t="s">
         <v>21</v>
       </c>
       <c r="E753" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="754">
       <c r="A754" s="1">
         <v>25</v>
       </c>
       <c r="B754" s="1">
         <v>171</v>
       </c>
       <c r="C754" s="1" t="s">
-        <v>701</v>
+        <v>700</v>
       </c>
       <c r="D754" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E754" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="755">
       <c r="A755" s="1">
         <v>26</v>
       </c>
       <c r="B755" s="1">
         <v>1231</v>
       </c>
       <c r="C755" s="1" t="s">
-        <v>702</v>
+        <v>701</v>
       </c>
       <c r="D755" s="1" t="s">
         <v>207</v>
       </c>
       <c r="E755" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="756">
       <c r="A756" s="1">
         <v>27</v>
       </c>
       <c r="B756" s="1">
         <v>1545</v>
       </c>
       <c r="C756" s="1" t="s">
-        <v>703</v>
+        <v>702</v>
       </c>
       <c r="D756" s="1" t="s">
         <v>60</v>
       </c>
       <c r="E756" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="757">
       <c r="A757" s="1">
         <v>28</v>
       </c>
       <c r="B757" s="1">
         <v>1822</v>
       </c>
       <c r="C757" s="1" t="s">
-        <v>704</v>
+        <v>703</v>
       </c>
       <c r="D757" s="1" t="s">
         <v>125</v>
       </c>
       <c r="E757" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="758">
       <c r="A758" s="1">
         <v>29</v>
       </c>
       <c r="B758" s="1">
         <v>1625</v>
       </c>
       <c r="C758" s="1" t="s">
-        <v>705</v>
+        <v>704</v>
       </c>
       <c r="D758" s="1" t="s">
         <v>62</v>
       </c>
       <c r="E758" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="759">
       <c r="A759" s="1">
         <v>30</v>
       </c>
       <c r="B759" s="1">
         <v>647</v>
       </c>
       <c r="C759" s="1" t="s">
-        <v>706</v>
+        <v>705</v>
       </c>
       <c r="D759" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E759" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="760">
       <c r="A760" s="1">
         <v>31</v>
       </c>
       <c r="B760" s="1">
         <v>1271</v>
       </c>
       <c r="C760" s="1" t="s">
-        <v>707</v>
+        <v>706</v>
       </c>
       <c r="D760" s="1" t="s">
         <v>207</v>
       </c>
       <c r="E760" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="761">
       <c r="A761" s="1">
         <v>32</v>
       </c>
       <c r="B761" s="1">
         <v>1216</v>
       </c>
       <c r="C761" s="1" t="s">
-        <v>708</v>
+        <v>707</v>
       </c>
       <c r="D761" s="1" t="s">
         <v>207</v>
       </c>
       <c r="E761" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="762">
       <c r="A762" s="1">
         <v>33</v>
       </c>
       <c r="B762" s="1">
         <v>824</v>
       </c>
       <c r="C762" s="1" t="s">
-        <v>709</v>
+        <v>708</v>
       </c>
       <c r="D762" s="1" t="s">
         <v>21</v>
       </c>
       <c r="E762" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="763">
       <c r="A763" s="1">
         <v>34</v>
       </c>
       <c r="B763" s="1">
         <v>1469</v>
       </c>
       <c r="C763" s="1" t="s">
-        <v>710</v>
+        <v>709</v>
       </c>
       <c r="D763" s="1" t="s">
         <v>389</v>
       </c>
       <c r="E763" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="764">
       <c r="A764" s="1">
         <v>35</v>
       </c>
       <c r="B764" s="1">
         <v>436</v>
       </c>
       <c r="C764" s="1" t="s">
-        <v>711</v>
+        <v>710</v>
       </c>
       <c r="D764" s="1" t="s">
         <v>34</v>
       </c>
       <c r="E764" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="765">
       <c r="A765" s="1">
         <v>36</v>
       </c>
       <c r="B765" s="1">
         <v>1624</v>
       </c>
       <c r="C765" s="1" t="s">
-        <v>712</v>
+        <v>711</v>
       </c>
       <c r="D765" s="1" t="s">
         <v>62</v>
       </c>
       <c r="E765" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="766">
       <c r="A766" s="1">
         <v>37</v>
       </c>
       <c r="B766" s="1">
         <v>799</v>
       </c>
       <c r="C766" s="1" t="s">
-        <v>713</v>
+        <v>712</v>
       </c>
       <c r="D766" s="1" t="s">
         <v>21</v>
       </c>
       <c r="E766" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="767">
       <c r="A767" s="1">
         <v>38</v>
       </c>
       <c r="B767" s="1">
         <v>798</v>
       </c>
       <c r="C767" s="1" t="s">
-        <v>714</v>
+        <v>713</v>
       </c>
       <c r="D767" s="1" t="s">
         <v>21</v>
       </c>
       <c r="E767" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="768">
       <c r="A768" s="1">
         <v>39</v>
       </c>
       <c r="B768" s="1">
         <v>359</v>
       </c>
       <c r="C768" s="1" t="s">
-        <v>715</v>
+        <v>714</v>
       </c>
       <c r="D768" s="1" t="s">
         <v>34</v>
       </c>
       <c r="E768" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="769">
       <c r="A769" s="1">
         <v>40</v>
       </c>
       <c r="B769" s="1">
         <v>1427</v>
       </c>
       <c r="C769" s="1" t="s">
-        <v>716</v>
+        <v>715</v>
       </c>
       <c r="D769" s="1" t="s">
         <v>38</v>
       </c>
       <c r="E769" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="770">
       <c r="A770" s="1">
         <v>41</v>
       </c>
       <c r="B770" s="1">
         <v>1241</v>
       </c>
       <c r="C770" s="1" t="s">
-        <v>717</v>
+        <v>716</v>
       </c>
       <c r="D770" s="1" t="s">
         <v>207</v>
       </c>
       <c r="E770" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="773">
       <c r="A773" s="3" t="s">
-        <v>718</v>
+        <v>717</v>
       </c>
       <c r="B773" s="3" t="s">
-        <v>718</v>
+        <v>717</v>
       </c>
       <c r="C773" s="3" t="s">
-        <v>718</v>
+        <v>717</v>
       </c>
       <c r="D773" s="3" t="s">
-        <v>718</v>
+        <v>717</v>
       </c>
       <c r="E773" s="3" t="s">
-        <v>718</v>
+        <v>717</v>
       </c>
     </row>
     <row r="774">
       <c r="A774" s="2" t="s">
         <v>2</v>
       </c>
       <c r="B774" s="2" t="s">
         <v>3</v>
       </c>
       <c r="C774" s="2" t="s">
         <v>4</v>
       </c>
       <c r="D774" s="2" t="s">
         <v>5</v>
       </c>
       <c r="E774" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="775">
       <c r="A775" s="1">
         <v>1</v>
       </c>
       <c r="B775" s="1">
         <v>1396</v>
       </c>
       <c r="C775" s="1" t="s">
-        <v>719</v>
+        <v>718</v>
       </c>
       <c r="D775" s="1" t="s">
         <v>38</v>
       </c>
       <c r="E775" s="1">
         <v>15</v>
       </c>
     </row>
     <row r="776">
       <c r="A776" s="1">
         <v>2</v>
       </c>
       <c r="B776" s="1">
         <v>1435</v>
       </c>
       <c r="C776" s="1" t="s">
-        <v>720</v>
+        <v>719</v>
       </c>
       <c r="D776" s="1" t="s">
         <v>38</v>
       </c>
       <c r="E776" s="1">
         <v>13</v>
       </c>
     </row>
     <row r="777">
       <c r="A777" s="1">
         <v>3</v>
       </c>
       <c r="B777" s="1">
         <v>1447</v>
       </c>
       <c r="C777" s="1" t="s">
-        <v>721</v>
+        <v>720</v>
       </c>
       <c r="D777" s="1" t="s">
         <v>38</v>
       </c>
       <c r="E777" s="1">
         <v>11</v>
       </c>
     </row>
     <row r="778">
       <c r="A778" s="1">
         <v>4</v>
       </c>
       <c r="B778" s="1">
         <v>349</v>
       </c>
       <c r="C778" s="1" t="s">
-        <v>722</v>
+        <v>721</v>
       </c>
       <c r="D778" s="1" t="s">
         <v>34</v>
       </c>
       <c r="E778" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="779">
       <c r="A779" s="1">
         <v>5</v>
       </c>
       <c r="B779" s="1">
         <v>1522</v>
       </c>
       <c r="C779" s="1" t="s">
-        <v>723</v>
+        <v>722</v>
       </c>
       <c r="D779" s="1" t="s">
         <v>125</v>
       </c>
       <c r="E779" s="1">
         <v>9</v>
       </c>
     </row>
     <row r="780">
       <c r="A780" s="1">
         <v>6</v>
       </c>
       <c r="B780" s="1">
         <v>72</v>
       </c>
       <c r="C780" s="1" t="s">
-        <v>724</v>
+        <v>723</v>
       </c>
       <c r="D780" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E780" s="1">
         <v>8</v>
       </c>
     </row>
     <row r="781">
       <c r="A781" s="1">
         <v>7</v>
       </c>
       <c r="B781" s="1">
         <v>68</v>
       </c>
       <c r="C781" s="1" t="s">
-        <v>725</v>
+        <v>724</v>
       </c>
       <c r="D781" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E781" s="1">
         <v>7</v>
       </c>
     </row>
     <row r="782">
       <c r="A782" s="1">
         <v>8</v>
       </c>
       <c r="B782" s="1">
         <v>1151</v>
       </c>
       <c r="C782" s="1" t="s">
-        <v>726</v>
+        <v>725</v>
       </c>
       <c r="D782" s="1" t="s">
         <v>18</v>
       </c>
       <c r="E782" s="1">
         <v>6</v>
       </c>
     </row>
     <row r="783">
       <c r="A783" s="1">
         <v>9</v>
       </c>
       <c r="B783" s="1">
         <v>653</v>
       </c>
       <c r="C783" s="1" t="s">
-        <v>727</v>
+        <v>726</v>
       </c>
       <c r="D783" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E783" s="1">
         <v>5</v>
       </c>
     </row>
     <row r="784">
       <c r="A784" s="1">
         <v>10</v>
       </c>
       <c r="B784" s="1">
         <v>1222</v>
       </c>
       <c r="C784" s="1" t="s">
-        <v>728</v>
+        <v>727</v>
       </c>
       <c r="D784" s="1" t="s">
         <v>207</v>
       </c>
       <c r="E784" s="1">
         <v>4</v>
       </c>
     </row>
     <row r="785">
       <c r="A785" s="1">
         <v>11</v>
       </c>
       <c r="B785" s="1">
         <v>1012</v>
       </c>
       <c r="C785" s="1" t="s">
-        <v>729</v>
+        <v>728</v>
       </c>
       <c r="D785" s="1" t="s">
         <v>51</v>
       </c>
       <c r="E785" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="786">
       <c r="A786" s="1">
         <v>12</v>
       </c>
       <c r="B786" s="1">
         <v>558</v>
       </c>
       <c r="C786" s="1" t="s">
-        <v>730</v>
+        <v>729</v>
       </c>
       <c r="D786" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E786" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="787">
       <c r="A787" s="1">
         <v>13</v>
       </c>
       <c r="B787" s="1">
         <v>1783</v>
       </c>
       <c r="C787" s="1" t="s">
-        <v>731</v>
+        <v>730</v>
       </c>
       <c r="D787" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E787" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="788">
       <c r="A788" s="1">
         <v>14</v>
       </c>
       <c r="B788" s="1">
         <v>1138</v>
       </c>
       <c r="C788" s="1" t="s">
-        <v>732</v>
+        <v>731</v>
       </c>
       <c r="D788" s="1" t="s">
         <v>18</v>
       </c>
       <c r="E788" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="789">
       <c r="A789" s="1">
         <v>15</v>
       </c>
       <c r="B789" s="1">
         <v>1189</v>
       </c>
       <c r="C789" s="1" t="s">
-        <v>733</v>
+        <v>732</v>
       </c>
       <c r="D789" s="1" t="s">
         <v>207</v>
       </c>
       <c r="E789" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="790">
       <c r="A790" s="1">
         <v>16</v>
       </c>
       <c r="B790" s="1">
         <v>1779</v>
       </c>
       <c r="C790" s="1" t="s">
-        <v>734</v>
+        <v>733</v>
       </c>
       <c r="D790" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E790" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="791">
       <c r="A791" s="1">
         <v>17</v>
       </c>
       <c r="B791" s="1">
         <v>1218</v>
       </c>
       <c r="C791" s="1" t="s">
-        <v>735</v>
+        <v>734</v>
       </c>
       <c r="D791" s="1" t="s">
         <v>207</v>
       </c>
       <c r="E791" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="792">
       <c r="A792" s="1">
         <v>18</v>
       </c>
       <c r="B792" s="1">
         <v>623</v>
       </c>
       <c r="C792" s="1" t="s">
-        <v>736</v>
+        <v>735</v>
       </c>
       <c r="D792" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E792" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="793">
       <c r="A793" s="1">
         <v>19</v>
       </c>
       <c r="B793" s="1">
         <v>897</v>
       </c>
       <c r="C793" s="1" t="s">
-        <v>737</v>
+        <v>736</v>
       </c>
       <c r="D793" s="1" t="s">
         <v>34</v>
       </c>
       <c r="E793" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="794">
       <c r="A794" s="1">
         <v>20</v>
       </c>
       <c r="B794" s="1">
         <v>348</v>
       </c>
       <c r="C794" s="1" t="s">
-        <v>738</v>
+        <v>737</v>
       </c>
       <c r="D794" s="1" t="s">
         <v>34</v>
       </c>
       <c r="E794" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="795">
       <c r="A795" s="1">
         <v>21</v>
       </c>
       <c r="B795" s="1">
         <v>855</v>
       </c>
       <c r="C795" s="1" t="s">
-        <v>730</v>
+        <v>729</v>
       </c>
       <c r="D795" s="1" t="s">
         <v>38</v>
       </c>
       <c r="E795" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="796">
       <c r="A796" s="1">
         <v>22</v>
       </c>
       <c r="B796" s="1">
         <v>1326</v>
       </c>
       <c r="C796" s="1" t="s">
-        <v>739</v>
+        <v>738</v>
       </c>
       <c r="D796" s="1" t="s">
         <v>8</v>
       </c>
       <c r="E796" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="797">
       <c r="A797" s="1">
         <v>23</v>
       </c>
       <c r="B797" s="1">
         <v>1179</v>
       </c>
       <c r="C797" s="1" t="s">
-        <v>740</v>
+        <v>739</v>
       </c>
       <c r="D797" s="1" t="s">
         <v>207</v>
       </c>
       <c r="E797" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="798">
       <c r="A798" s="1">
         <v>24</v>
       </c>
       <c r="B798" s="1">
         <v>71</v>
       </c>
       <c r="C798" s="1" t="s">
-        <v>741</v>
+        <v>740</v>
       </c>
       <c r="D798" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E798" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="799">
       <c r="A799" s="1">
         <v>25</v>
       </c>
       <c r="B799" s="1">
         <v>1782</v>
       </c>
       <c r="C799" s="1" t="s">
-        <v>742</v>
+        <v>741</v>
       </c>
       <c r="D799" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E799" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="800">
       <c r="A800" s="1">
         <v>26</v>
       </c>
       <c r="B800" s="1">
         <v>1269</v>
       </c>
       <c r="C800" s="1" t="s">
-        <v>743</v>
+        <v>742</v>
       </c>
       <c r="D800" s="1" t="s">
         <v>207</v>
       </c>
       <c r="E800" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="803">
       <c r="A803" s="3" t="s">
-        <v>744</v>
+        <v>743</v>
       </c>
       <c r="B803" s="3" t="s">
-        <v>744</v>
+        <v>743</v>
       </c>
       <c r="C803" s="3" t="s">
-        <v>744</v>
+        <v>743</v>
       </c>
       <c r="D803" s="3" t="s">
-        <v>744</v>
+        <v>743</v>
       </c>
       <c r="E803" s="3" t="s">
-        <v>744</v>
+        <v>743</v>
       </c>
     </row>
     <row r="804">
       <c r="A804" s="2" t="s">
         <v>2</v>
       </c>
       <c r="B804" s="2" t="s">
         <v>3</v>
       </c>
       <c r="C804" s="2" t="s">
         <v>4</v>
       </c>
       <c r="D804" s="2" t="s">
         <v>5</v>
       </c>
       <c r="E804" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="805">
       <c r="A805" s="1">
         <v>1</v>
       </c>
       <c r="B805" s="1">
         <v>194</v>
       </c>
       <c r="C805" s="1" t="s">
-        <v>745</v>
+        <v>744</v>
       </c>
       <c r="D805" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E805" s="1">
         <v>15</v>
       </c>
     </row>
     <row r="806">
       <c r="A806" s="1">
         <v>2</v>
       </c>
       <c r="B806" s="1">
         <v>377</v>
       </c>
       <c r="C806" s="1" t="s">
-        <v>746</v>
+        <v>745</v>
       </c>
       <c r="D806" s="1" t="s">
         <v>34</v>
       </c>
       <c r="E806" s="1">
         <v>13</v>
       </c>
     </row>
     <row r="807">
       <c r="A807" s="1">
         <v>3</v>
       </c>
       <c r="B807" s="1">
         <v>949</v>
       </c>
       <c r="C807" s="1" t="s">
-        <v>747</v>
+        <v>746</v>
       </c>
       <c r="D807" s="1" t="s">
         <v>125</v>
       </c>
       <c r="E807" s="1">
         <v>11</v>
       </c>
     </row>
     <row r="808">
       <c r="A808" s="1">
         <v>4</v>
       </c>
       <c r="B808" s="1">
         <v>537</v>
       </c>
       <c r="C808" s="1" t="s">
-        <v>748</v>
+        <v>747</v>
       </c>
       <c r="D808" s="1" t="s">
         <v>8</v>
       </c>
       <c r="E808" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="809">
       <c r="A809" s="1">
         <v>5</v>
       </c>
       <c r="B809" s="1">
         <v>186</v>
       </c>
       <c r="C809" s="1" t="s">
-        <v>749</v>
+        <v>748</v>
       </c>
       <c r="D809" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E809" s="1">
         <v>9</v>
       </c>
     </row>
     <row r="810">
       <c r="A810" s="1">
         <v>6</v>
       </c>
       <c r="B810" s="1">
         <v>1417</v>
       </c>
       <c r="C810" s="1" t="s">
-        <v>750</v>
+        <v>749</v>
       </c>
       <c r="D810" s="1" t="s">
         <v>38</v>
       </c>
       <c r="E810" s="1">
         <v>8</v>
       </c>
     </row>
     <row r="811">
       <c r="A811" s="1">
         <v>7</v>
       </c>
       <c r="B811" s="1">
         <v>922</v>
       </c>
       <c r="C811" s="1" t="s">
-        <v>751</v>
+        <v>750</v>
       </c>
       <c r="D811" s="1" t="s">
         <v>125</v>
       </c>
       <c r="E811" s="1">
         <v>7</v>
       </c>
     </row>
     <row r="812">
       <c r="A812" s="1">
         <v>8</v>
       </c>
       <c r="B812" s="1">
         <v>191</v>
       </c>
       <c r="C812" s="1" t="s">
-        <v>752</v>
+        <v>751</v>
       </c>
       <c r="D812" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E812" s="1">
         <v>6</v>
       </c>
     </row>
     <row r="813">
       <c r="A813" s="1">
         <v>9</v>
       </c>
       <c r="B813" s="1">
         <v>385</v>
       </c>
       <c r="C813" s="1" t="s">
-        <v>753</v>
+        <v>752</v>
       </c>
       <c r="D813" s="1" t="s">
         <v>34</v>
       </c>
       <c r="E813" s="1">
         <v>5</v>
       </c>
     </row>
     <row r="814">
       <c r="A814" s="1">
         <v>10</v>
       </c>
       <c r="B814" s="1">
         <v>1738</v>
       </c>
       <c r="C814" s="1" t="s">
-        <v>754</v>
+        <v>753</v>
       </c>
       <c r="D814" s="1" t="s">
         <v>60</v>
       </c>
       <c r="E814" s="1">
         <v>4</v>
       </c>
     </row>
     <row r="815">
       <c r="A815" s="1">
         <v>11</v>
       </c>
       <c r="B815" s="1">
         <v>1199</v>
       </c>
       <c r="C815" s="1" t="s">
-        <v>755</v>
+        <v>754</v>
       </c>
       <c r="D815" s="1" t="s">
         <v>207</v>
       </c>
       <c r="E815" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="816">
       <c r="A816" s="1">
         <v>12</v>
       </c>
       <c r="B816" s="1">
         <v>779</v>
       </c>
       <c r="C816" s="1" t="s">
-        <v>756</v>
+        <v>755</v>
       </c>
       <c r="D816" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E816" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="817">
       <c r="A817" s="1">
         <v>13</v>
       </c>
       <c r="B817" s="1">
         <v>901</v>
       </c>
       <c r="C817" s="1" t="s">
-        <v>757</v>
+        <v>756</v>
       </c>
       <c r="D817" s="1" t="s">
         <v>125</v>
       </c>
       <c r="E817" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="818">
       <c r="A818" s="1">
         <v>14</v>
       </c>
       <c r="B818" s="1">
         <v>322</v>
       </c>
       <c r="C818" s="1" t="s">
-        <v>758</v>
+        <v>757</v>
       </c>
       <c r="D818" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E818" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="819">
       <c r="A819" s="1">
         <v>15</v>
       </c>
       <c r="B819" s="1">
         <v>919</v>
       </c>
       <c r="C819" s="1" t="s">
-        <v>759</v>
+        <v>758</v>
       </c>
       <c r="D819" s="1" t="s">
         <v>125</v>
       </c>
       <c r="E819" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="820">
       <c r="A820" s="1">
         <v>16</v>
       </c>
       <c r="B820" s="1">
         <v>556</v>
       </c>
       <c r="C820" s="1" t="s">
-        <v>760</v>
+        <v>759</v>
       </c>
       <c r="D820" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E820" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="821">
       <c r="A821" s="1">
         <v>17</v>
       </c>
       <c r="B821" s="1">
         <v>525</v>
       </c>
       <c r="C821" s="1" t="s">
-        <v>761</v>
+        <v>760</v>
       </c>
       <c r="D821" s="1" t="s">
         <v>8</v>
       </c>
       <c r="E821" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="822">
       <c r="A822" s="1">
         <v>18</v>
       </c>
       <c r="B822" s="1">
         <v>192</v>
       </c>
       <c r="C822" s="1" t="s">
-        <v>762</v>
+        <v>761</v>
       </c>
       <c r="D822" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E822" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="823">
       <c r="A823" s="1">
         <v>19</v>
       </c>
       <c r="B823" s="1">
         <v>1570</v>
       </c>
       <c r="C823" s="1" t="s">
-        <v>763</v>
+        <v>762</v>
       </c>
       <c r="D823" s="1" t="s">
         <v>60</v>
       </c>
       <c r="E823" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="824">
       <c r="A824" s="1">
         <v>20</v>
       </c>
       <c r="B824" s="1">
         <v>1249</v>
       </c>
       <c r="C824" s="1" t="s">
-        <v>764</v>
+        <v>763</v>
       </c>
       <c r="D824" s="1" t="s">
         <v>207</v>
       </c>
       <c r="E824" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="825">
       <c r="A825" s="1">
         <v>21</v>
       </c>
       <c r="B825" s="1">
         <v>1430</v>
       </c>
       <c r="C825" s="1" t="s">
-        <v>765</v>
+        <v>764</v>
       </c>
       <c r="D825" s="1" t="s">
         <v>38</v>
       </c>
       <c r="E825" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="826">
       <c r="A826" s="1">
         <v>22</v>
       </c>
       <c r="B826" s="1">
         <v>1277</v>
       </c>
       <c r="C826" s="1" t="s">
-        <v>766</v>
+        <v>765</v>
       </c>
       <c r="D826" s="1" t="s">
         <v>207</v>
       </c>
       <c r="E826" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="827">
       <c r="A827" s="1">
         <v>23</v>
       </c>
       <c r="B827" s="1">
         <v>183</v>
       </c>
       <c r="C827" s="1" t="s">
-        <v>767</v>
+        <v>766</v>
       </c>
       <c r="D827" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E827" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="828">
       <c r="A828" s="1">
         <v>24</v>
       </c>
       <c r="B828" s="1">
         <v>185</v>
       </c>
       <c r="C828" s="1" t="s">
-        <v>768</v>
+        <v>767</v>
       </c>
       <c r="D828" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E828" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="829">
       <c r="A829" s="1">
         <v>25</v>
       </c>
       <c r="B829" s="1">
         <v>873</v>
       </c>
       <c r="C829" s="1" t="s">
-        <v>769</v>
+        <v>768</v>
       </c>
       <c r="D829" s="1" t="s">
         <v>493</v>
       </c>
       <c r="E829" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="830">
       <c r="A830" s="1">
         <v>26</v>
       </c>
       <c r="B830" s="1">
         <v>1141</v>
       </c>
       <c r="C830" s="1" t="s">
-        <v>770</v>
+        <v>769</v>
       </c>
       <c r="D830" s="1" t="s">
         <v>18</v>
       </c>
       <c r="E830" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="831">
       <c r="A831" s="1">
         <v>27</v>
       </c>
       <c r="B831" s="1">
         <v>871</v>
       </c>
       <c r="C831" s="1" t="s">
-        <v>771</v>
+        <v>770</v>
       </c>
       <c r="D831" s="1" t="s">
         <v>493</v>
       </c>
       <c r="E831" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="832">
       <c r="A832" s="1">
         <v>28</v>
       </c>
       <c r="B832" s="1">
         <v>1235</v>
       </c>
       <c r="C832" s="1" t="s">
-        <v>772</v>
+        <v>771</v>
       </c>
       <c r="D832" s="1" t="s">
         <v>207</v>
       </c>
       <c r="E832" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="833">
       <c r="A833" s="1">
         <v>29</v>
       </c>
       <c r="B833" s="1">
         <v>585</v>
       </c>
       <c r="C833" s="1" t="s">
-        <v>773</v>
+        <v>772</v>
       </c>
       <c r="D833" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E833" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="834">
       <c r="A834" s="1">
         <v>30</v>
       </c>
       <c r="B834" s="1">
         <v>1660</v>
       </c>
       <c r="C834" s="1" t="s">
-        <v>774</v>
+        <v>773</v>
       </c>
       <c r="D834" s="1" t="s">
         <v>62</v>
       </c>
       <c r="E834" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="835">
       <c r="A835" s="1">
         <v>31</v>
       </c>
       <c r="B835" s="1">
         <v>1212</v>
       </c>
       <c r="C835" s="1" t="s">
-        <v>775</v>
+        <v>774</v>
       </c>
       <c r="D835" s="1" t="s">
         <v>207</v>
       </c>
       <c r="E835" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="836">
       <c r="A836" s="1">
         <v>32</v>
       </c>
       <c r="B836" s="1">
         <v>1133</v>
       </c>
       <c r="C836" s="1" t="s">
-        <v>776</v>
+        <v>775</v>
       </c>
       <c r="D836" s="1" t="s">
         <v>18</v>
       </c>
       <c r="E836" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="837">
       <c r="A837" s="1">
         <v>33</v>
       </c>
       <c r="B837" s="1">
         <v>941</v>
       </c>
       <c r="C837" s="1" t="s">
-        <v>777</v>
+        <v>776</v>
       </c>
       <c r="D837" s="1" t="s">
         <v>125</v>
       </c>
       <c r="E837" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="838">
       <c r="A838" s="1">
         <v>34</v>
       </c>
       <c r="B838" s="1">
         <v>931</v>
       </c>
       <c r="C838" s="1" t="s">
-        <v>778</v>
+        <v>777</v>
       </c>
       <c r="D838" s="1" t="s">
         <v>125</v>
       </c>
       <c r="E838" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="839">
       <c r="A839" s="1">
         <v>35</v>
       </c>
       <c r="B839" s="1">
         <v>370</v>
       </c>
       <c r="C839" s="1" t="s">
-        <v>779</v>
+        <v>778</v>
       </c>
       <c r="D839" s="1" t="s">
         <v>34</v>
       </c>
       <c r="E839" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="840">
       <c r="A840" s="1">
         <v>36</v>
       </c>
       <c r="B840" s="1">
         <v>224</v>
       </c>
       <c r="C840" s="1" t="s">
-        <v>780</v>
+        <v>709</v>
       </c>
       <c r="D840" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E840" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="841">
       <c r="A841" s="1">
         <v>37</v>
       </c>
       <c r="B841" s="1">
         <v>948</v>
       </c>
       <c r="C841" s="1" t="s">
-        <v>781</v>
+        <v>779</v>
       </c>
       <c r="D841" s="1" t="s">
         <v>125</v>
       </c>
       <c r="E841" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="844">
       <c r="A844" s="3" t="s">
-        <v>782</v>
+        <v>780</v>
       </c>
       <c r="B844" s="3" t="s">
-        <v>782</v>
+        <v>780</v>
       </c>
       <c r="C844" s="3" t="s">
-        <v>782</v>
+        <v>780</v>
       </c>
       <c r="D844" s="3" t="s">
-        <v>782</v>
+        <v>780</v>
       </c>
       <c r="E844" s="3" t="s">
-        <v>782</v>
+        <v>780</v>
       </c>
     </row>
     <row r="845">
       <c r="A845" s="2" t="s">
         <v>2</v>
       </c>
       <c r="B845" s="2" t="s">
         <v>3</v>
       </c>
       <c r="C845" s="2" t="s">
         <v>4</v>
       </c>
       <c r="D845" s="2" t="s">
         <v>5</v>
       </c>
       <c r="E845" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="846">
       <c r="A846" s="1">
         <v>1</v>
       </c>
       <c r="B846" s="1">
         <v>74</v>
       </c>
       <c r="C846" s="1" t="s">
-        <v>783</v>
+        <v>781</v>
       </c>
       <c r="D846" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E846" s="1">
         <v>15</v>
       </c>
     </row>
     <row r="847">
       <c r="A847" s="1">
         <v>2</v>
       </c>
       <c r="B847" s="1">
         <v>1409</v>
       </c>
       <c r="C847" s="1" t="s">
-        <v>784</v>
+        <v>782</v>
       </c>
       <c r="D847" s="1" t="s">
         <v>38</v>
       </c>
       <c r="E847" s="1">
         <v>13</v>
       </c>
     </row>
     <row r="848">
       <c r="A848" s="1">
         <v>3</v>
       </c>
       <c r="B848" s="1">
         <v>924</v>
       </c>
       <c r="C848" s="1" t="s">
-        <v>785</v>
+        <v>783</v>
       </c>
       <c r="D848" s="1" t="s">
         <v>125</v>
       </c>
       <c r="E848" s="1">
         <v>11</v>
       </c>
     </row>
     <row r="849">
       <c r="A849" s="1">
         <v>4</v>
       </c>
       <c r="B849" s="1">
         <v>1661</v>
       </c>
       <c r="C849" s="1" t="s">
-        <v>786</v>
+        <v>784</v>
       </c>
       <c r="D849" s="1" t="s">
         <v>62</v>
       </c>
       <c r="E849" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="850">
       <c r="A850" s="1">
         <v>5</v>
       </c>
       <c r="B850" s="1">
         <v>1370</v>
       </c>
       <c r="C850" s="1" t="s">
-        <v>787</v>
+        <v>785</v>
       </c>
       <c r="D850" s="1" t="s">
         <v>51</v>
       </c>
       <c r="E850" s="1">
         <v>9</v>
       </c>
     </row>
     <row r="851">
       <c r="A851" s="1">
         <v>6</v>
       </c>
       <c r="B851" s="1">
         <v>1467</v>
       </c>
       <c r="C851" s="1" t="s">
-        <v>788</v>
+        <v>786</v>
       </c>
       <c r="D851" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E851" s="1">
         <v>8</v>
       </c>
     </row>
     <row r="852">
       <c r="A852" s="1">
         <v>7</v>
       </c>
       <c r="B852" s="1">
         <v>440</v>
       </c>
       <c r="C852" s="1" t="s">
-        <v>789</v>
+        <v>787</v>
       </c>
       <c r="D852" s="1" t="s">
         <v>34</v>
       </c>
       <c r="E852" s="1">
         <v>7</v>
       </c>
     </row>
     <row r="853">
       <c r="A853" s="1">
         <v>8</v>
       </c>
       <c r="B853" s="1">
         <v>571</v>
       </c>
       <c r="C853" s="1" t="s">
-        <v>790</v>
+        <v>788</v>
       </c>
       <c r="D853" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E853" s="1">
         <v>6</v>
       </c>
     </row>
     <row r="854">
       <c r="A854" s="1">
         <v>9</v>
       </c>
       <c r="B854" s="1">
         <v>421</v>
       </c>
       <c r="C854" s="1" t="s">
-        <v>791</v>
+        <v>789</v>
       </c>
       <c r="D854" s="1" t="s">
         <v>34</v>
       </c>
       <c r="E854" s="1">
         <v>5</v>
       </c>
     </row>
     <row r="855">
       <c r="A855" s="1">
         <v>10</v>
       </c>
       <c r="B855" s="1">
         <v>1239</v>
       </c>
       <c r="C855" s="1" t="s">
-        <v>792</v>
+        <v>790</v>
       </c>
       <c r="D855" s="1" t="s">
         <v>207</v>
       </c>
       <c r="E855" s="1">
         <v>4</v>
       </c>
     </row>
     <row r="856">
       <c r="A856" s="1">
         <v>11</v>
       </c>
       <c r="B856" s="1">
         <v>1775</v>
       </c>
       <c r="C856" s="1" t="s">
-        <v>793</v>
+        <v>791</v>
       </c>
       <c r="D856" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E856" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="857">
       <c r="A857" s="1">
         <v>12</v>
       </c>
       <c r="B857" s="1">
         <v>484</v>
       </c>
       <c r="C857" s="1" t="s">
-        <v>794</v>
+        <v>792</v>
       </c>
       <c r="D857" s="1" t="s">
         <v>8</v>
       </c>
       <c r="E857" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="858">
       <c r="A858" s="1">
         <v>13</v>
       </c>
       <c r="B858" s="1">
         <v>1900</v>
       </c>
       <c r="C858" s="1" t="s">
-        <v>795</v>
+        <v>793</v>
       </c>
       <c r="D858" s="1" t="s">
         <v>18</v>
       </c>
       <c r="E858" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="859">
       <c r="A859" s="1">
         <v>14</v>
       </c>
       <c r="B859" s="1">
         <v>932</v>
       </c>
       <c r="C859" s="1" t="s">
-        <v>733</v>
+        <v>732</v>
       </c>
       <c r="D859" s="1" t="s">
         <v>125</v>
       </c>
       <c r="E859" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="862">
       <c r="A862" s="3" t="s">
-        <v>796</v>
+        <v>794</v>
       </c>
       <c r="B862" s="3" t="s">
-        <v>796</v>
+        <v>794</v>
       </c>
       <c r="C862" s="3" t="s">
-        <v>796</v>
+        <v>794</v>
       </c>
       <c r="D862" s="3" t="s">
-        <v>796</v>
+        <v>794</v>
       </c>
       <c r="E862" s="3" t="s">
-        <v>796</v>
+        <v>794</v>
       </c>
     </row>
     <row r="863">
       <c r="A863" s="2" t="s">
         <v>2</v>
       </c>
       <c r="B863" s="2" t="s">
         <v>3</v>
       </c>
       <c r="C863" s="2" t="s">
         <v>4</v>
       </c>
       <c r="D863" s="2" t="s">
         <v>5</v>
       </c>
       <c r="E863" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="864">
       <c r="A864" s="1">
         <v>1</v>
       </c>
       <c r="B864" s="1">
         <v>196</v>
       </c>
       <c r="C864" s="1" t="s">
-        <v>797</v>
+        <v>795</v>
       </c>
       <c r="D864" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E864" s="1">
         <v>15</v>
       </c>
     </row>
     <row r="865">
       <c r="A865" s="1">
         <v>2</v>
       </c>
       <c r="B865" s="1">
         <v>198</v>
       </c>
       <c r="C865" s="1" t="s">
-        <v>798</v>
+        <v>796</v>
       </c>
       <c r="D865" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E865" s="1">
         <v>13</v>
       </c>
     </row>
     <row r="866">
       <c r="A866" s="1">
         <v>3</v>
       </c>
       <c r="B866" s="1">
         <v>197</v>
       </c>
       <c r="C866" s="1" t="s">
-        <v>799</v>
+        <v>797</v>
       </c>
       <c r="D866" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E866" s="1">
         <v>11</v>
       </c>
     </row>
     <row r="867">
       <c r="A867" s="1">
         <v>4</v>
       </c>
       <c r="B867" s="1">
         <v>1368</v>
       </c>
       <c r="C867" s="1" t="s">
-        <v>800</v>
+        <v>798</v>
       </c>
       <c r="D867" s="1" t="s">
         <v>125</v>
       </c>
       <c r="E867" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="868">
       <c r="A868" s="1">
         <v>5</v>
       </c>
       <c r="B868" s="1">
         <v>913</v>
       </c>
       <c r="C868" s="1" t="s">
-        <v>801</v>
+        <v>799</v>
       </c>
       <c r="D868" s="1" t="s">
         <v>125</v>
       </c>
       <c r="E868" s="1">
         <v>9</v>
       </c>
     </row>
     <row r="869">
       <c r="A869" s="1">
         <v>6</v>
       </c>
       <c r="B869" s="1">
         <v>1198</v>
       </c>
       <c r="C869" s="1" t="s">
-        <v>802</v>
+        <v>800</v>
       </c>
       <c r="D869" s="1" t="s">
         <v>207</v>
       </c>
       <c r="E869" s="1">
         <v>8</v>
       </c>
     </row>
     <row r="870">
       <c r="A870" s="1">
         <v>7</v>
       </c>
       <c r="B870" s="1">
         <v>506</v>
       </c>
       <c r="C870" s="1" t="s">
-        <v>803</v>
+        <v>801</v>
       </c>
       <c r="D870" s="1" t="s">
         <v>8</v>
       </c>
       <c r="E870" s="1">
         <v>7</v>
       </c>
     </row>
     <row r="871">
       <c r="A871" s="1">
         <v>8</v>
       </c>
       <c r="B871" s="1">
         <v>200</v>
       </c>
       <c r="C871" s="1" t="s">
-        <v>804</v>
+        <v>802</v>
       </c>
       <c r="D871" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E871" s="1">
         <v>6</v>
       </c>
     </row>
     <row r="872">
       <c r="A872" s="1">
         <v>9</v>
       </c>
       <c r="B872" s="1">
         <v>1109</v>
       </c>
       <c r="C872" s="1" t="s">
-        <v>805</v>
+        <v>803</v>
       </c>
       <c r="D872" s="1" t="s">
         <v>18</v>
       </c>
       <c r="E872" s="1">
         <v>5</v>
       </c>
     </row>
     <row r="873">
       <c r="A873" s="1">
         <v>10</v>
       </c>
       <c r="B873" s="1">
         <v>468</v>
       </c>
       <c r="C873" s="1" t="s">
-        <v>806</v>
+        <v>804</v>
       </c>
       <c r="D873" s="1" t="s">
         <v>8</v>
       </c>
       <c r="E873" s="1">
         <v>4</v>
       </c>
     </row>
     <row r="874">
       <c r="A874" s="1">
         <v>11</v>
       </c>
       <c r="B874" s="1">
         <v>937</v>
       </c>
       <c r="C874" s="1" t="s">
-        <v>807</v>
+        <v>805</v>
       </c>
       <c r="D874" s="1" t="s">
         <v>125</v>
       </c>
       <c r="E874" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="875">
       <c r="A875" s="1">
         <v>12</v>
       </c>
       <c r="B875" s="1">
         <v>1052</v>
       </c>
       <c r="C875" s="1" t="s">
-        <v>808</v>
+        <v>806</v>
       </c>
       <c r="D875" s="1" t="s">
         <v>51</v>
       </c>
       <c r="E875" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="876">
       <c r="A876" s="1">
         <v>13</v>
       </c>
       <c r="B876" s="1">
         <v>1422</v>
       </c>
       <c r="C876" s="1" t="s">
-        <v>809</v>
+        <v>807</v>
       </c>
       <c r="D876" s="1" t="s">
         <v>38</v>
       </c>
       <c r="E876" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="877">
       <c r="A877" s="1">
         <v>14</v>
       </c>
       <c r="B877" s="1">
         <v>507</v>
       </c>
       <c r="C877" s="1" t="s">
-        <v>810</v>
+        <v>808</v>
       </c>
       <c r="D877" s="1" t="s">
         <v>8</v>
       </c>
       <c r="E877" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="878">
       <c r="A878" s="1">
         <v>15</v>
       </c>
       <c r="B878" s="1">
         <v>1134</v>
       </c>
       <c r="C878" s="1" t="s">
-        <v>811</v>
+        <v>809</v>
       </c>
       <c r="D878" s="1" t="s">
         <v>18</v>
       </c>
       <c r="E878" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="879">
       <c r="A879" s="1">
         <v>16</v>
       </c>
       <c r="B879" s="1">
         <v>1121</v>
       </c>
       <c r="C879" s="1" t="s">
         <v>240</v>
       </c>
       <c r="D879" s="1" t="s">
         <v>18</v>
       </c>
       <c r="E879" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="880">
       <c r="A880" s="1">
         <v>17</v>
       </c>
       <c r="B880" s="1">
         <v>1343</v>
       </c>
       <c r="C880" s="1" t="s">
-        <v>812</v>
+        <v>810</v>
       </c>
       <c r="D880" s="1" t="s">
-        <v>813</v>
+        <v>811</v>
       </c>
       <c r="E880" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="881">
       <c r="A881" s="1">
         <v>18</v>
       </c>
       <c r="B881" s="1">
         <v>934</v>
       </c>
       <c r="C881" s="1" t="s">
-        <v>814</v>
+        <v>812</v>
       </c>
       <c r="D881" s="1" t="s">
         <v>125</v>
       </c>
       <c r="E881" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="882">
       <c r="A882" s="1">
         <v>19</v>
       </c>
       <c r="B882" s="1">
         <v>382</v>
       </c>
       <c r="C882" s="1" t="s">
-        <v>815</v>
+        <v>813</v>
       </c>
       <c r="D882" s="1" t="s">
         <v>34</v>
       </c>
       <c r="E882" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="883">
       <c r="A883" s="1">
         <v>20</v>
       </c>
       <c r="B883" s="1">
         <v>886</v>
       </c>
       <c r="C883" s="1" t="s">
-        <v>816</v>
+        <v>814</v>
       </c>
       <c r="D883" s="1" t="s">
         <v>21</v>
       </c>
       <c r="E883" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="884">
       <c r="A884" s="1">
         <v>21</v>
       </c>
       <c r="B884" s="1">
         <v>1154</v>
       </c>
       <c r="C884" s="1" t="s">
-        <v>817</v>
+        <v>815</v>
       </c>
       <c r="D884" s="1" t="s">
         <v>18</v>
       </c>
       <c r="E884" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="885">
       <c r="A885" s="1">
         <v>22</v>
       </c>
       <c r="B885" s="1">
         <v>923</v>
       </c>
       <c r="C885" s="1" t="s">
-        <v>818</v>
+        <v>816</v>
       </c>
       <c r="D885" s="1" t="s">
         <v>125</v>
       </c>
       <c r="E885" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="886">
       <c r="A886" s="1">
         <v>23</v>
       </c>
       <c r="B886" s="1">
         <v>204</v>
       </c>
       <c r="C886" s="1" t="s">
-        <v>819</v>
+        <v>817</v>
       </c>
       <c r="D886" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E886" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="887">
       <c r="A887" s="1">
         <v>24</v>
       </c>
       <c r="B887" s="1">
         <v>195</v>
       </c>
       <c r="C887" s="1" t="s">
-        <v>820</v>
+        <v>818</v>
       </c>
       <c r="D887" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E887" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="888">
       <c r="A888" s="1">
         <v>25</v>
       </c>
       <c r="B888" s="1">
         <v>596</v>
       </c>
       <c r="C888" s="1" t="s">
-        <v>821</v>
+        <v>819</v>
       </c>
       <c r="D888" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E888" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="889">
       <c r="A889" s="1">
         <v>26</v>
       </c>
       <c r="B889" s="1">
         <v>947</v>
       </c>
       <c r="C889" s="1" t="s">
-        <v>822</v>
+        <v>820</v>
       </c>
       <c r="D889" s="1" t="s">
         <v>125</v>
       </c>
       <c r="E889" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="890">
       <c r="A890" s="1">
         <v>27</v>
       </c>
       <c r="B890" s="1">
         <v>347</v>
       </c>
       <c r="C890" s="1" t="s">
-        <v>823</v>
+        <v>821</v>
       </c>
       <c r="D890" s="1" t="s">
         <v>34</v>
       </c>
       <c r="E890" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="891">
       <c r="A891" s="1">
         <v>28</v>
       </c>
       <c r="B891" s="1">
         <v>1651</v>
       </c>
       <c r="C891" s="1" t="s">
-        <v>824</v>
+        <v>822</v>
       </c>
       <c r="D891" s="1" t="s">
         <v>62</v>
       </c>
       <c r="E891" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="892">
       <c r="A892" s="1">
         <v>29</v>
       </c>
       <c r="B892" s="1">
         <v>203</v>
       </c>
       <c r="C892" s="1" t="s">
-        <v>825</v>
+        <v>823</v>
       </c>
       <c r="D892" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E892" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="893">
       <c r="A893" s="1">
         <v>30</v>
       </c>
       <c r="B893" s="1">
         <v>326</v>
       </c>
       <c r="C893" s="1" t="s">
-        <v>826</v>
+        <v>824</v>
       </c>
       <c r="D893" s="1" t="s">
         <v>85</v>
       </c>
       <c r="E893" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="894">
       <c r="A894" s="1">
         <v>31</v>
       </c>
       <c r="B894" s="1">
         <v>942</v>
       </c>
       <c r="C894" s="1" t="s">
-        <v>827</v>
+        <v>825</v>
       </c>
       <c r="D894" s="1" t="s">
         <v>125</v>
       </c>
       <c r="E894" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="895">
       <c r="A895" s="1">
         <v>32</v>
       </c>
       <c r="B895" s="1">
         <v>205</v>
       </c>
       <c r="C895" s="1" t="s">
-        <v>828</v>
+        <v>826</v>
       </c>
       <c r="D895" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E895" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="898">
       <c r="A898" s="3" t="s">
-        <v>829</v>
+        <v>827</v>
       </c>
       <c r="B898" s="3" t="s">
-        <v>829</v>
+        <v>827</v>
       </c>
       <c r="C898" s="3" t="s">
-        <v>829</v>
+        <v>827</v>
       </c>
       <c r="D898" s="3" t="s">
-        <v>829</v>
+        <v>827</v>
       </c>
       <c r="E898" s="3" t="s">
-        <v>829</v>
+        <v>827</v>
       </c>
     </row>
     <row r="899">
       <c r="A899" s="2" t="s">
         <v>2</v>
       </c>
       <c r="B899" s="2" t="s">
         <v>3</v>
       </c>
       <c r="C899" s="2" t="s">
         <v>4</v>
       </c>
       <c r="D899" s="2" t="s">
         <v>5</v>
       </c>
       <c r="E899" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="900">
       <c r="A900" s="1">
         <v>1</v>
       </c>
       <c r="B900" s="1">
         <v>970</v>
       </c>
       <c r="C900" s="1" t="s">
-        <v>830</v>
+        <v>828</v>
       </c>
       <c r="D900" s="1" t="s">
         <v>125</v>
       </c>
       <c r="E900" s="1">
         <v>15</v>
       </c>
     </row>
     <row r="901">
       <c r="A901" s="1">
         <v>2</v>
       </c>
       <c r="B901" s="1">
         <v>1874</v>
       </c>
       <c r="C901" s="1" t="s">
-        <v>831</v>
+        <v>829</v>
       </c>
       <c r="D901" s="1" t="s">
         <v>38</v>
       </c>
       <c r="E901" s="1">
         <v>13</v>
       </c>
     </row>
     <row r="902">
       <c r="A902" s="1">
         <v>3</v>
       </c>
       <c r="B902" s="1">
         <v>1223</v>
       </c>
       <c r="C902" s="1" t="s">
-        <v>832</v>
+        <v>830</v>
       </c>
       <c r="D902" s="1" t="s">
         <v>207</v>
       </c>
       <c r="E902" s="1">
         <v>11</v>
       </c>
     </row>
     <row r="903">
       <c r="A903" s="1">
         <v>4</v>
       </c>
       <c r="B903" s="1">
         <v>975</v>
       </c>
       <c r="C903" s="1" t="s">
-        <v>833</v>
+        <v>831</v>
       </c>
       <c r="D903" s="1" t="s">
         <v>125</v>
       </c>
       <c r="E903" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="904">
       <c r="A904" s="1">
         <v>5</v>
       </c>
       <c r="B904" s="1">
         <v>1394</v>
       </c>
       <c r="C904" s="1" t="s">
-        <v>834</v>
+        <v>832</v>
       </c>
       <c r="D904" s="1" t="s">
         <v>207</v>
       </c>
       <c r="E904" s="1">
         <v>9</v>
       </c>
     </row>
     <row r="905">
       <c r="A905" s="1">
         <v>6</v>
       </c>
       <c r="B905" s="1">
         <v>810</v>
       </c>
       <c r="C905" s="1" t="s">
-        <v>835</v>
+        <v>833</v>
       </c>
       <c r="D905" s="1" t="s">
         <v>21</v>
       </c>
       <c r="E905" s="1">
         <v>8</v>
       </c>
     </row>
     <row r="906">
       <c r="A906" s="1">
         <v>7</v>
       </c>
       <c r="B906" s="1">
         <v>1129</v>
       </c>
       <c r="C906" s="1" t="s">
-        <v>836</v>
+        <v>834</v>
       </c>
       <c r="D906" s="1" t="s">
         <v>18</v>
       </c>
       <c r="E906" s="1">
         <v>7</v>
       </c>
     </row>
     <row r="907">
       <c r="A907" s="1">
         <v>8</v>
       </c>
       <c r="B907" s="1">
         <v>1806</v>
       </c>
       <c r="C907" s="1" t="s">
-        <v>837</v>
+        <v>835</v>
       </c>
       <c r="D907" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E907" s="1">
         <v>6</v>
       </c>
     </row>
     <row r="908">
       <c r="A908" s="1">
         <v>9</v>
       </c>
       <c r="B908" s="1">
         <v>1105</v>
       </c>
       <c r="C908" s="1" t="s">
-        <v>838</v>
+        <v>836</v>
       </c>
       <c r="D908" s="1" t="s">
         <v>18</v>
       </c>
       <c r="E908" s="1">
         <v>5</v>
       </c>
     </row>
     <row r="911">
       <c r="A911" s="3" t="s">
-        <v>839</v>
+        <v>837</v>
       </c>
       <c r="B911" s="3" t="s">
-        <v>839</v>
+        <v>837</v>
       </c>
       <c r="C911" s="3" t="s">
-        <v>839</v>
+        <v>837</v>
       </c>
       <c r="D911" s="3" t="s">
-        <v>839</v>
+        <v>837</v>
       </c>
       <c r="E911" s="3" t="s">
-        <v>839</v>
+        <v>837</v>
       </c>
     </row>
     <row r="912">
       <c r="A912" s="2" t="s">
         <v>2</v>
       </c>
       <c r="B912" s="2" t="s">
         <v>3</v>
       </c>
       <c r="C912" s="2" t="s">
         <v>4</v>
       </c>
       <c r="D912" s="2" t="s">
         <v>5</v>
       </c>
       <c r="E912" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="913">
       <c r="A913" s="1">
         <v>1</v>
       </c>
       <c r="B913" s="1">
         <v>1116</v>
       </c>
       <c r="C913" s="1" t="s">
-        <v>840</v>
+        <v>838</v>
       </c>
       <c r="D913" s="1" t="s">
         <v>18</v>
       </c>
       <c r="E913" s="1">
         <v>15</v>
       </c>
     </row>
     <row r="914">
       <c r="A914" s="1">
         <v>2</v>
       </c>
       <c r="B914" s="1">
         <v>1571</v>
       </c>
       <c r="C914" s="1" t="s">
-        <v>841</v>
+        <v>839</v>
       </c>
       <c r="D914" s="1" t="s">
         <v>60</v>
       </c>
       <c r="E914" s="1">
         <v>13</v>
       </c>
     </row>
     <row r="915">
       <c r="A915" s="1">
         <v>3</v>
       </c>
       <c r="B915" s="1">
         <v>356</v>
       </c>
       <c r="C915" s="1" t="s">
-        <v>842</v>
+        <v>840</v>
       </c>
       <c r="D915" s="1" t="s">
         <v>34</v>
       </c>
       <c r="E915" s="1">
         <v>11</v>
       </c>
     </row>
     <row r="916">
       <c r="A916" s="1">
         <v>4</v>
       </c>
       <c r="B916" s="1">
         <v>430</v>
       </c>
       <c r="C916" s="1" t="s">
-        <v>843</v>
+        <v>841</v>
       </c>
       <c r="D916" s="1" t="s">
         <v>34</v>
       </c>
       <c r="E916" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="917">
       <c r="A917" s="1">
         <v>5</v>
       </c>
       <c r="B917" s="1">
         <v>423</v>
       </c>
       <c r="C917" s="1" t="s">
-        <v>844</v>
+        <v>842</v>
       </c>
       <c r="D917" s="1" t="s">
         <v>34</v>
       </c>
       <c r="E917" s="1">
         <v>9</v>
       </c>
     </row>
     <row r="918">
       <c r="A918" s="1">
         <v>6</v>
       </c>
       <c r="B918" s="1">
         <v>1142</v>
       </c>
       <c r="C918" s="1" t="s">
-        <v>845</v>
+        <v>843</v>
       </c>
       <c r="D918" s="1" t="s">
         <v>18</v>
       </c>
       <c r="E918" s="1">
         <v>8</v>
       </c>
     </row>
     <row r="919">
       <c r="A919" s="1">
         <v>7</v>
       </c>
       <c r="B919" s="1">
         <v>462</v>
       </c>
       <c r="C919" s="1" t="s">
-        <v>846</v>
+        <v>844</v>
       </c>
       <c r="D919" s="1" t="s">
         <v>8</v>
       </c>
       <c r="E919" s="1">
         <v>7</v>
       </c>
     </row>
     <row r="920">
       <c r="A920" s="1">
         <v>8</v>
       </c>
       <c r="B920" s="1">
         <v>940</v>
       </c>
       <c r="C920" s="1" t="s">
-        <v>847</v>
+        <v>845</v>
       </c>
       <c r="D920" s="1" t="s">
         <v>125</v>
       </c>
       <c r="E920" s="1">
         <v>6</v>
       </c>
     </row>
     <row r="921">
       <c r="A921" s="1">
         <v>9</v>
       </c>
       <c r="B921" s="1">
         <v>823</v>
       </c>
       <c r="C921" s="1" t="s">
-        <v>848</v>
+        <v>846</v>
       </c>
       <c r="D921" s="1" t="s">
         <v>21</v>
       </c>
       <c r="E921" s="1">
         <v>5</v>
       </c>
     </row>
     <row r="922">
       <c r="A922" s="1">
         <v>10</v>
       </c>
       <c r="B922" s="1">
         <v>963</v>
       </c>
       <c r="C922" s="1" t="s">
-        <v>849</v>
+        <v>847</v>
       </c>
       <c r="D922" s="1" t="s">
         <v>125</v>
       </c>
       <c r="E922" s="1">
         <v>4</v>
       </c>
     </row>
     <row r="923">
       <c r="A923" s="1">
         <v>11</v>
       </c>
       <c r="B923" s="1">
         <v>206</v>
       </c>
       <c r="C923" s="1" t="s">
-        <v>850</v>
+        <v>848</v>
       </c>
       <c r="D923" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E923" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="924">
       <c r="A924" s="1">
         <v>12</v>
       </c>
       <c r="B924" s="1">
         <v>346</v>
       </c>
       <c r="C924" s="1" t="s">
-        <v>851</v>
+        <v>849</v>
       </c>
       <c r="D924" s="1" t="s">
         <v>34</v>
       </c>
       <c r="E924" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="925">
       <c r="A925" s="1">
         <v>13</v>
       </c>
       <c r="B925" s="1">
         <v>734</v>
       </c>
       <c r="C925" s="1" t="s">
-        <v>852</v>
+        <v>850</v>
       </c>
       <c r="D925" s="1" t="s">
         <v>34</v>
       </c>
       <c r="E925" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="926">
       <c r="A926" s="1">
         <v>14</v>
       </c>
       <c r="B926" s="1">
         <v>501</v>
       </c>
       <c r="C926" s="1" t="s">
-        <v>853</v>
+        <v>851</v>
       </c>
       <c r="D926" s="1" t="s">
         <v>8</v>
       </c>
       <c r="E926" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="927">
       <c r="A927" s="1">
         <v>15</v>
       </c>
       <c r="B927" s="1">
         <v>907</v>
       </c>
       <c r="C927" s="1" t="s">
-        <v>854</v>
+        <v>852</v>
       </c>
       <c r="D927" s="1" t="s">
         <v>125</v>
       </c>
       <c r="E927" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="930">
       <c r="A930" s="3" t="s">
-        <v>855</v>
+        <v>853</v>
       </c>
       <c r="B930" s="3" t="s">
-        <v>855</v>
+        <v>853</v>
       </c>
       <c r="C930" s="3" t="s">
-        <v>855</v>
+        <v>853</v>
       </c>
       <c r="D930" s="3" t="s">
-        <v>855</v>
+        <v>853</v>
       </c>
       <c r="E930" s="3" t="s">
-        <v>855</v>
+        <v>853</v>
       </c>
     </row>
     <row r="931">
       <c r="A931" s="2" t="s">
         <v>2</v>
       </c>
       <c r="B931" s="2" t="s">
         <v>3</v>
       </c>
       <c r="C931" s="2" t="s">
         <v>4</v>
       </c>
       <c r="D931" s="2" t="s">
         <v>5</v>
       </c>
       <c r="E931" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="932">
       <c r="A932" s="1">
         <v>1</v>
       </c>
       <c r="B932" s="1">
         <v>979</v>
       </c>
       <c r="C932" s="1" t="s">
-        <v>856</v>
+        <v>854</v>
       </c>
       <c r="D932" s="1" t="s">
         <v>51</v>
       </c>
       <c r="E932" s="1">
         <v>15</v>
       </c>
     </row>
     <row r="933">
       <c r="A933" s="1">
         <v>2</v>
       </c>
       <c r="B933" s="1">
         <v>77</v>
       </c>
       <c r="C933" s="1" t="s">
-        <v>857</v>
+        <v>855</v>
       </c>
       <c r="D933" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E933" s="1">
         <v>13</v>
       </c>
     </row>
     <row r="934">
       <c r="A934" s="1">
         <v>3</v>
       </c>
       <c r="B934" s="1">
         <v>1776</v>
       </c>
       <c r="C934" s="1" t="s">
-        <v>858</v>
+        <v>856</v>
       </c>
       <c r="D934" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E934" s="1">
         <v>11</v>
       </c>
     </row>
     <row r="935">
       <c r="A935" s="1">
         <v>4</v>
       </c>
       <c r="B935" s="1">
         <v>1787</v>
       </c>
       <c r="C935" s="1" t="s">
-        <v>859</v>
+        <v>857</v>
       </c>
       <c r="D935" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E935" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="938">
       <c r="A938" s="3" t="s">
-        <v>860</v>
+        <v>858</v>
       </c>
       <c r="B938" s="3" t="s">
-        <v>860</v>
+        <v>858</v>
       </c>
       <c r="C938" s="3" t="s">
-        <v>860</v>
+        <v>858</v>
       </c>
       <c r="D938" s="3" t="s">
-        <v>860</v>
+        <v>858</v>
       </c>
       <c r="E938" s="3" t="s">
-        <v>860</v>
+        <v>858</v>
       </c>
     </row>
     <row r="939">
       <c r="A939" s="2" t="s">
         <v>2</v>
       </c>
       <c r="B939" s="2" t="s">
         <v>3</v>
       </c>
       <c r="C939" s="2" t="s">
         <v>4</v>
       </c>
       <c r="D939" s="2" t="s">
         <v>5</v>
       </c>
       <c r="E939" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="940">
       <c r="A940" s="1">
         <v>1</v>
       </c>
       <c r="B940" s="1">
         <v>906</v>
       </c>
       <c r="C940" s="1" t="s">
-        <v>861</v>
+        <v>859</v>
       </c>
       <c r="D940" s="1" t="s">
         <v>125</v>
       </c>
       <c r="E940" s="1">
         <v>15</v>
       </c>
     </row>
     <row r="941">
       <c r="A941" s="1">
         <v>2</v>
       </c>
       <c r="B941" s="1">
         <v>1146</v>
       </c>
       <c r="C941" s="1" t="s">
-        <v>862</v>
+        <v>860</v>
       </c>
       <c r="D941" s="1" t="s">
         <v>18</v>
       </c>
       <c r="E941" s="1">
         <v>13</v>
       </c>
     </row>
     <row r="942">
       <c r="A942" s="1">
         <v>3</v>
       </c>
       <c r="B942" s="1">
         <v>463</v>
       </c>
       <c r="C942" s="1" t="s">
-        <v>863</v>
+        <v>861</v>
       </c>
       <c r="D942" s="1" t="s">
         <v>8</v>
       </c>
       <c r="E942" s="1">
         <v>11</v>
       </c>
     </row>
     <row r="943">
       <c r="A943" s="1">
         <v>4</v>
       </c>
       <c r="B943" s="1">
         <v>209</v>
       </c>
       <c r="C943" s="1" t="s">
-        <v>864</v>
+        <v>862</v>
       </c>
       <c r="D943" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E943" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="944">
       <c r="A944" s="1">
         <v>5</v>
       </c>
       <c r="B944" s="1">
         <v>875</v>
       </c>
       <c r="C944" s="1" t="s">
-        <v>865</v>
+        <v>863</v>
       </c>
       <c r="D944" s="1" t="s">
         <v>493</v>
       </c>
       <c r="E944" s="1">
         <v>9</v>
       </c>
     </row>
     <row r="945">
       <c r="A945" s="1">
         <v>6</v>
       </c>
       <c r="B945" s="1">
         <v>1526</v>
       </c>
       <c r="C945" s="1" t="s">
-        <v>866</v>
+        <v>864</v>
       </c>
       <c r="D945" s="1" t="s">
         <v>125</v>
       </c>
       <c r="E945" s="1">
         <v>8</v>
       </c>
     </row>
     <row r="946">
       <c r="A946" s="1">
         <v>7</v>
       </c>
       <c r="B946" s="1">
         <v>568</v>
       </c>
       <c r="C946" s="1" t="s">
-        <v>867</v>
+        <v>865</v>
       </c>
       <c r="D946" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E946" s="1">
         <v>7</v>
       </c>
     </row>
     <row r="947">
       <c r="A947" s="1">
         <v>8</v>
       </c>
       <c r="B947" s="1">
         <v>1672</v>
       </c>
       <c r="C947" s="1" t="s">
-        <v>868</v>
+        <v>866</v>
       </c>
       <c r="D947" s="1" t="s">
         <v>62</v>
       </c>
       <c r="E947" s="1">
         <v>6</v>
       </c>
     </row>
     <row r="948">
       <c r="A948" s="1">
         <v>9</v>
       </c>
       <c r="B948" s="1">
         <v>1610</v>
       </c>
       <c r="C948" s="1" t="s">
-        <v>869</v>
+        <v>867</v>
       </c>
       <c r="D948" s="1" t="s">
         <v>62</v>
       </c>
       <c r="E948" s="1">
         <v>5</v>
       </c>
     </row>
     <row r="949">
       <c r="A949" s="1">
         <v>10</v>
       </c>
       <c r="B949" s="1">
         <v>467</v>
       </c>
       <c r="C949" s="1" t="s">
-        <v>870</v>
+        <v>868</v>
       </c>
       <c r="D949" s="1" t="s">
         <v>8</v>
       </c>
       <c r="E949" s="1">
         <v>4</v>
       </c>
     </row>
     <row r="952">
       <c r="A952" s="3" t="s">
-        <v>871</v>
+        <v>869</v>
       </c>
       <c r="B952" s="3" t="s">
-        <v>871</v>
+        <v>869</v>
       </c>
       <c r="C952" s="3" t="s">
-        <v>871</v>
+        <v>869</v>
       </c>
       <c r="D952" s="3" t="s">
-        <v>871</v>
+        <v>869</v>
       </c>
       <c r="E952" s="3" t="s">
-        <v>871</v>
+        <v>869</v>
       </c>
     </row>
     <row r="953">
       <c r="A953" s="2" t="s">
         <v>2</v>
       </c>
       <c r="B953" s="2" t="s">
         <v>3</v>
       </c>
       <c r="C953" s="2" t="s">
         <v>4</v>
       </c>
       <c r="D953" s="2" t="s">
         <v>5</v>
       </c>
       <c r="E953" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="954">
       <c r="A954" s="1">
         <v>1</v>
       </c>
       <c r="B954" s="1">
         <v>664</v>
       </c>
       <c r="C954" s="1" t="s">
-        <v>872</v>
+        <v>870</v>
       </c>
       <c r="D954" s="1" t="s">
         <v>38</v>
       </c>
       <c r="E954" s="1">
         <v>15</v>
       </c>
     </row>
     <row r="955">
       <c r="A955" s="1">
         <v>2</v>
       </c>
       <c r="B955" s="1">
         <v>935</v>
       </c>
       <c r="C955" s="1" t="s">
-        <v>873</v>
+        <v>871</v>
       </c>
       <c r="D955" s="1" t="s">
         <v>125</v>
       </c>
       <c r="E955" s="1">
         <v>13</v>
       </c>
     </row>
     <row r="956">
       <c r="A956" s="1">
         <v>3</v>
       </c>
       <c r="B956" s="1">
         <v>212</v>
       </c>
       <c r="C956" s="1" t="s">
-        <v>874</v>
+        <v>872</v>
       </c>
       <c r="D956" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E956" s="1">
         <v>11</v>
       </c>
     </row>
     <row r="957">
       <c r="A957" s="1">
         <v>4</v>
       </c>
       <c r="B957" s="1">
         <v>1665</v>
       </c>
       <c r="C957" s="1" t="s">
-        <v>875</v>
+        <v>873</v>
       </c>
       <c r="D957" s="1" t="s">
         <v>62</v>
       </c>
       <c r="E957" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="958">
       <c r="A958" s="1">
         <v>5</v>
       </c>
       <c r="B958" s="1">
         <v>214</v>
       </c>
       <c r="C958" s="1" t="s">
-        <v>876</v>
+        <v>874</v>
       </c>
       <c r="D958" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E958" s="1">
         <v>9</v>
       </c>
     </row>
     <row r="959">
       <c r="A959" s="1">
         <v>6</v>
       </c>
       <c r="B959" s="1">
         <v>1137</v>
       </c>
       <c r="C959" s="1" t="s">
-        <v>877</v>
+        <v>875</v>
       </c>
       <c r="D959" s="1" t="s">
         <v>18</v>
       </c>
       <c r="E959" s="1">
         <v>8</v>
       </c>
     </row>
     <row r="960">
       <c r="A960" s="1">
         <v>7</v>
       </c>
       <c r="B960" s="1">
         <v>500</v>
       </c>
       <c r="C960" s="1" t="s">
-        <v>878</v>
+        <v>876</v>
       </c>
       <c r="D960" s="1" t="s">
         <v>8</v>
       </c>
       <c r="E960" s="1">
         <v>7</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:F2"/>
     <mergeCell ref="A3:E3"/>
     <mergeCell ref="A20:E20"/>
     <mergeCell ref="A39:E39"/>
     <mergeCell ref="A57:E57"/>
     <mergeCell ref="A81:E81"/>
     <mergeCell ref="A100:E100"/>
     <mergeCell ref="A115:E115"/>
     <mergeCell ref="A127:E127"/>
     <mergeCell ref="A145:E145"/>
     <mergeCell ref="A164:E164"/>
     <mergeCell ref="A175:E175"/>
     <mergeCell ref="A192:E192"/>
     <mergeCell ref="A202:E202"/>
     <mergeCell ref="A218:E218"/>
@@ -18302,49 +18296,49 @@
         <v>24</v>
       </c>
       <c r="B27" s="1" t="s">
         <v>157</v>
       </c>
       <c r="C27" s="1">
         <v>6</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="1">
         <v>25</v>
       </c>
       <c r="B28" s="1" t="s">
         <v>389</v>
       </c>
       <c r="C28" s="1">
         <v>6</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="1">
         <v>26</v>
       </c>
       <c r="B29" s="1" t="s">
-        <v>813</v>
+        <v>811</v>
       </c>
       <c r="C29" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="1">
         <v>27</v>
       </c>
       <c r="B30" s="1" t="s">
         <v>238</v>
       </c>
       <c r="C30" s="1">
         <v>2</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:D2"/>
   </mergeCells>
   <headerFooter/>
 </worksheet>
 </file>