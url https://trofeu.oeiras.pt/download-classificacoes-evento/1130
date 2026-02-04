--- v1 (2025-12-07)
+++ v2 (2026-02-04)
@@ -668,168 +668,168 @@
   <si>
     <t>ANTÓNIO GAMA DA SILVA</t>
   </si>
   <si>
     <t>Tiago Antunes</t>
   </si>
   <si>
     <t>DAVID DOS SANTOS</t>
   </si>
   <si>
     <t>Gonçalo Oliveira</t>
   </si>
   <si>
     <t>Rui Santos</t>
   </si>
   <si>
     <t>VALTER GOMES</t>
   </si>
   <si>
     <t>Ricardo Rodrigues</t>
   </si>
   <si>
     <t>FILIPE REBELO</t>
   </si>
   <si>
-    <t>DIOGO BATISTA</t>
+    <t>GONÇALO GONÇALVES</t>
   </si>
   <si>
     <t>André Cotrim</t>
   </si>
   <si>
     <t xml:space="preserve">JOÃO   PEREIRA</t>
   </si>
   <si>
     <t>Tiago Pádua</t>
   </si>
   <si>
     <t>José Santos</t>
   </si>
   <si>
     <t>Apolo Estrela</t>
   </si>
   <si>
     <t xml:space="preserve">ALEXANDRE  PEREIRA</t>
   </si>
   <si>
     <t>Richard Perez</t>
   </si>
   <si>
     <t>Bruno Semedo</t>
   </si>
   <si>
-    <t>Sérgio Oliveira</t>
+    <t>Paulo Arrenega</t>
   </si>
   <si>
     <t>Pedro Marques</t>
   </si>
   <si>
     <t xml:space="preserve">LUÍS TEIXEIRA </t>
   </si>
   <si>
     <t>João Teles</t>
   </si>
   <si>
     <t>Gonçalo Martins</t>
   </si>
   <si>
     <t xml:space="preserve">Bernardo  Batista</t>
   </si>
   <si>
     <t>João Neves</t>
   </si>
   <si>
     <t>Amigos de Baco</t>
   </si>
   <si>
     <t>Guilherme Silva</t>
   </si>
   <si>
     <t>Viriathvs Runners Viseu</t>
   </si>
   <si>
     <t>Tomás Mendes</t>
   </si>
   <si>
     <t>Daniel Nunes</t>
   </si>
   <si>
     <t>Nazariy Kovalyuk</t>
   </si>
   <si>
     <t>André Liberato</t>
   </si>
   <si>
     <t>João Roxo</t>
   </si>
   <si>
     <t xml:space="preserve">Francisco  Val</t>
   </si>
   <si>
-    <t>José Marcos</t>
+    <t xml:space="preserve">Cláudia  Borralho</t>
   </si>
   <si>
     <t>João Moradias</t>
   </si>
   <si>
     <t>Cristiano Filipe</t>
   </si>
   <si>
     <t>Gonçalo Gomes</t>
   </si>
   <si>
     <t xml:space="preserve">Vasco  Prazeres</t>
   </si>
   <si>
     <t>FILIPE TEIXEIRA</t>
   </si>
   <si>
     <t>João Martins</t>
   </si>
   <si>
     <t>Pedro Reis</t>
   </si>
   <si>
     <t>André Ribeiro</t>
   </si>
   <si>
     <t>PEDRO QUARESMA</t>
   </si>
   <si>
     <t>CLAUDIO NORTE</t>
   </si>
   <si>
     <t>Gonçalo Fontinha</t>
   </si>
   <si>
     <t>João Santos</t>
   </si>
   <si>
     <t>MARCELO GUERRA</t>
   </si>
   <si>
-    <t>Brito Cayque</t>
+    <t>Afonso Neto</t>
   </si>
   <si>
     <t>Tiago Henriques</t>
   </si>
   <si>
     <t xml:space="preserve">Diogo  Poças</t>
   </si>
   <si>
     <t xml:space="preserve">Vasco  Amaral</t>
   </si>
   <si>
     <t>Seniores - Femininos</t>
   </si>
   <si>
     <t>Jessara Xavier</t>
   </si>
   <si>
     <t>KCÉNIA BOUGROVA</t>
   </si>
   <si>
     <t xml:space="preserve">Inês  Correia </t>
   </si>
   <si>
     <t xml:space="preserve">Casa do Benfica de Faro </t>
   </si>
@@ -893,57 +893,57 @@
   <si>
     <t xml:space="preserve">Mafalda   Santos</t>
   </si>
   <si>
     <t>Mafalda Bação</t>
   </si>
   <si>
     <t>Sofia Gomes</t>
   </si>
   <si>
     <t>Orlanda Andrade</t>
   </si>
   <si>
     <t xml:space="preserve">Carlota Araújo </t>
   </si>
   <si>
     <t>Mariana Ferreira</t>
   </si>
   <si>
     <t>Margarida Silveira</t>
   </si>
   <si>
     <t xml:space="preserve">Ana Marta  Moradias</t>
   </si>
   <si>
-    <t>Rita Lopes</t>
+    <t xml:space="preserve">Catarina  Monteiro</t>
   </si>
   <si>
     <t xml:space="preserve">Diana  Cardoso</t>
   </si>
   <si>
-    <t>Marta Góis</t>
+    <t>Rita Jardim</t>
   </si>
   <si>
     <t>Soraia Paraíso</t>
   </si>
   <si>
     <t>Mariana Oliveira</t>
   </si>
   <si>
     <t>Mara Afonso</t>
   </si>
   <si>
     <t>Verónica Ramos</t>
   </si>
   <si>
     <t>Joana Falcão</t>
   </si>
   <si>
     <t>Cristiane Gabriela Boesing de Souza</t>
   </si>
   <si>
     <t>Lúcia Henriques</t>
   </si>
   <si>
     <t>Ana Marques</t>
   </si>
@@ -971,374 +971,374 @@
   <si>
     <t>Nuno Quintela</t>
   </si>
   <si>
     <t>Joao Filho</t>
   </si>
   <si>
     <t>André Oliveira</t>
   </si>
   <si>
     <t>David Eiras</t>
   </si>
   <si>
     <t xml:space="preserve">Gonçalo  Silva </t>
   </si>
   <si>
     <t>Filipe Pereira</t>
   </si>
   <si>
     <t>João Albuquerque</t>
   </si>
   <si>
     <t>Machel Carvalho</t>
   </si>
   <si>
+    <t>Tiago Ribeiro</t>
+  </si>
+  <si>
+    <t>Fauler Campos</t>
+  </si>
+  <si>
+    <t>JOSÉ MARTINS</t>
+  </si>
+  <si>
+    <t>Fernando Pereira</t>
+  </si>
+  <si>
+    <t>Ivandro Moreira</t>
+  </si>
+  <si>
+    <t>Agualva Runners</t>
+  </si>
+  <si>
+    <t>Afonso Martins</t>
+  </si>
+  <si>
+    <t xml:space="preserve">João  Miranda</t>
+  </si>
+  <si>
+    <t>RENATO MADUREIRA</t>
+  </si>
+  <si>
+    <t>JOSÉ VASCO</t>
+  </si>
+  <si>
+    <t>TELMO JORGE</t>
+  </si>
+  <si>
+    <t>GONÇALO MARTINHO</t>
+  </si>
+  <si>
+    <t>JOÃO FIGUEIREDO</t>
+  </si>
+  <si>
+    <t>PEDRO PINTO</t>
+  </si>
+  <si>
+    <t>GONÇALO PIRES</t>
+  </si>
+  <si>
+    <t>HUGO SILVEIRA</t>
+  </si>
+  <si>
+    <t>Orlando Couceiro</t>
+  </si>
+  <si>
+    <t>Diogo Inácio</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Leonardo  Ventura</t>
+  </si>
+  <si>
+    <t>Hugo de Sousa</t>
+  </si>
+  <si>
+    <t>Sérgio Correia</t>
+  </si>
+  <si>
+    <t>Paulo Falcao</t>
+  </si>
+  <si>
+    <t>F 35</t>
+  </si>
+  <si>
+    <t>TÂNIA PINTO</t>
+  </si>
+  <si>
+    <t>Célia Lopes</t>
+  </si>
+  <si>
+    <t>Nelma Craveiro</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ana  Coutinho</t>
+  </si>
+  <si>
+    <t>Liliana Andrade</t>
+  </si>
+  <si>
+    <t>Evelina Kocharova</t>
+  </si>
+  <si>
+    <t>JOANA PIRES</t>
+  </si>
+  <si>
+    <t>Claudia Freitas</t>
+  </si>
+  <si>
+    <t>Sofia Fernandes</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mónica  Carvalho</t>
+  </si>
+  <si>
+    <t>Raquel Pinheiro</t>
+  </si>
+  <si>
+    <t>Inês Carneiro</t>
+  </si>
+  <si>
+    <t>Joana Cunha</t>
+  </si>
+  <si>
+    <t>Sara Amorim</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Débora  Alcobia</t>
+  </si>
+  <si>
+    <t>Marta Ramos</t>
+  </si>
+  <si>
+    <t>Catarina Barbosa</t>
+  </si>
+  <si>
+    <t>Maria Martins</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Catarina  Marques</t>
+  </si>
+  <si>
+    <t>M 40</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ANDRÉ   CORVO</t>
+  </si>
+  <si>
+    <t>JOEL PENA</t>
+  </si>
+  <si>
+    <t>Nuno Graça</t>
+  </si>
+  <si>
+    <t>David Caroço Nunes</t>
+  </si>
+  <si>
+    <t>Pedro Serra</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Marco  Alves </t>
+  </si>
+  <si>
+    <t>Luís Barracho</t>
+  </si>
+  <si>
+    <t>Bruno Martins</t>
+  </si>
+  <si>
+    <t>Eduardo Lopes</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Bruno  Francisco </t>
+  </si>
+  <si>
+    <t>Hugo Evaristo</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Pedro  Pombo </t>
+  </si>
+  <si>
+    <t>André Carvalho</t>
+  </si>
+  <si>
+    <t>Bruno Ferreira</t>
+  </si>
+  <si>
+    <t>Andrea Saporito</t>
+  </si>
+  <si>
+    <t>José Carmo da Silva</t>
+  </si>
+  <si>
+    <t>PEDRO BELO</t>
+  </si>
+  <si>
+    <t>Bruno Oliveira</t>
+  </si>
+  <si>
+    <t>MARTIJN BOONS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">João  Ramalho</t>
+  </si>
+  <si>
+    <t>Nelson Antunes</t>
+  </si>
+  <si>
+    <t>Sérgio Barbosa</t>
+  </si>
+  <si>
+    <t>João Tomaz</t>
+  </si>
+  <si>
+    <t>João Pereira</t>
+  </si>
+  <si>
+    <t>Rui Aldeano</t>
+  </si>
+  <si>
+    <t>ADR O RELÂMPAGO</t>
+  </si>
+  <si>
+    <t>Ricardo Pascoal</t>
+  </si>
+  <si>
+    <t>Daniel Rodrigues</t>
+  </si>
+  <si>
+    <t>RENATO LUIS</t>
+  </si>
+  <si>
+    <t>CARLOS ANTUNES</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sérgio  Caiano</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Luis  Miranda</t>
+  </si>
+  <si>
+    <t>Leandro Rodrigues</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ricardo  Ferreira</t>
+  </si>
+  <si>
+    <t>Tiago Carvalhinho</t>
+  </si>
+  <si>
+    <t>Luis Semedo</t>
+  </si>
+  <si>
+    <t>Bruno Amaro</t>
+  </si>
+  <si>
+    <t>VITOR FERREIRA</t>
+  </si>
+  <si>
+    <t>DANIEL BALTAZAR</t>
+  </si>
+  <si>
+    <t>Tiago Nunes</t>
+  </si>
+  <si>
+    <t>Yuri Natividade</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Simão  Ortega</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nuno  Sampaio</t>
+  </si>
+  <si>
+    <t>Filipe Paulo</t>
+  </si>
+  <si>
+    <t>DIOGO ALMEIDA</t>
+  </si>
+  <si>
+    <t>Luis Hilário</t>
+  </si>
+  <si>
+    <t>RAFAEL RAMOS</t>
+  </si>
+  <si>
+    <t>Ricardo Afonso</t>
+  </si>
+  <si>
+    <t>Mauro Gaspar</t>
+  </si>
+  <si>
+    <t xml:space="preserve">VÍTOR   TEIXEIRA</t>
+  </si>
+  <si>
+    <t>Bruno Ornelas</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Marco  Esteves</t>
+  </si>
+  <si>
+    <t>Frederico Barreiros</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Miguel  Santos</t>
+  </si>
+  <si>
+    <t>Simão Ribeiro</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Gonçalo  Ascensão</t>
+  </si>
+  <si>
+    <t>Ricardo Gomes</t>
+  </si>
+  <si>
+    <t>Adriano Mendes</t>
+  </si>
+  <si>
+    <t>F 40</t>
+  </si>
+  <si>
+    <t>MARINA DOMIMGUES</t>
+  </si>
+  <si>
+    <t>RITA ROSA</t>
+  </si>
+  <si>
+    <t>MARTA MOTA</t>
+  </si>
+  <si>
+    <t>Ana Garrido Silva</t>
+  </si>
+  <si>
+    <t>CATARINA PALMA</t>
+  </si>
+  <si>
     <t>Steve Gabadinho</t>
   </si>
   <si>
-    <t>Fauler Campos</t>
-[...319 lines deleted...]
-  <si>
     <t>Carla Jesus</t>
   </si>
   <si>
     <t>Cátea Ramos</t>
   </si>
   <si>
     <t>Alexandra Carvalho</t>
   </si>
   <si>
     <t>Ana Sofia Lino Mendes</t>
   </si>
   <si>
     <t xml:space="preserve">Diana  Guimarães</t>
   </si>
   <si>
     <t>Sofia Marques</t>
   </si>
   <si>
     <t>Vanessa Estévez</t>
   </si>
   <si>
     <t>Maria Jesus</t>
   </si>
   <si>
     <t xml:space="preserve">TANIA  COELHO</t>
@@ -1454,51 +1454,51 @@
   <si>
     <t>Nuno Martins</t>
   </si>
   <si>
     <t>Nuno Carioca</t>
   </si>
   <si>
     <t>CESAR HENRIQUES</t>
   </si>
   <si>
     <t>Hugo Calado</t>
   </si>
   <si>
     <t xml:space="preserve">ANTÓNIO   ORLANDO</t>
   </si>
   <si>
     <t>Pedro Raposo</t>
   </si>
   <si>
     <t>Ricardo Nobre</t>
   </si>
   <si>
     <t>Eduardo Luís</t>
   </si>
   <si>
-    <t>Nuno Ricardo</t>
+    <t>Sandra Segura</t>
   </si>
   <si>
     <t>CARLOS SIMOES</t>
   </si>
   <si>
     <t xml:space="preserve">Jorge  Marques</t>
   </si>
   <si>
     <t>Benjamim Pino</t>
   </si>
   <si>
     <t>António Lourenço</t>
   </si>
   <si>
     <t xml:space="preserve">Carlos  Marinho </t>
   </si>
   <si>
     <t>Filipe Cameira</t>
   </si>
   <si>
     <t>Rogério Dias</t>
   </si>
   <si>
     <t>Paulo Caçador</t>
   </si>
@@ -1568,51 +1568,51 @@
   <si>
     <t>João Oliveira</t>
   </si>
   <si>
     <t>Bruno Veríssimo</t>
   </si>
   <si>
     <t>Pedro Machado</t>
   </si>
   <si>
     <t>Mário Rodrigues</t>
   </si>
   <si>
     <t>CARLOS CARDOSO</t>
   </si>
   <si>
     <t>Luis Cadaxa</t>
   </si>
   <si>
     <t>Vitor Antunes</t>
   </si>
   <si>
     <t>Joao Ferreira</t>
   </si>
   <si>
-    <t xml:space="preserve">Luis  Menezes</t>
+    <t xml:space="preserve">Luis  Meneses</t>
   </si>
   <si>
     <t>F 45</t>
   </si>
   <si>
     <t>Sónia Machado</t>
   </si>
   <si>
     <t>SUSANA RAPOSO</t>
   </si>
   <si>
     <t xml:space="preserve">Marta  Borges</t>
   </si>
   <si>
     <t>Céu Fernandes</t>
   </si>
   <si>
     <t xml:space="preserve">CÉLIA  SILVA</t>
   </si>
   <si>
     <t>SONIA NEVES</t>
   </si>
   <si>
     <t>Vera Toubarro</t>
   </si>
@@ -1676,102 +1676,102 @@
   <si>
     <t>Sofia Pereira</t>
   </si>
   <si>
     <t>Rosa Silva</t>
   </si>
   <si>
     <t>Hélia Sousa</t>
   </si>
   <si>
     <t>M 50</t>
   </si>
   <si>
     <t>Luís Brito</t>
   </si>
   <si>
     <t>Artur Santiago</t>
   </si>
   <si>
     <t>Eduardo Coelho</t>
   </si>
   <si>
     <t>Paulo Silva</t>
   </si>
   <si>
-    <t>Igor Tchemaguine</t>
+    <t>Ana Lúcia Rebelo</t>
   </si>
   <si>
     <t>PEDRO MAGALHÃES</t>
   </si>
   <si>
     <t>LUIS LIMA</t>
   </si>
   <si>
     <t xml:space="preserve">JORGE   PINHO</t>
   </si>
   <si>
     <t xml:space="preserve">ARTUR   PEREIRA</t>
   </si>
   <si>
     <t>Emanuel Oliveira</t>
   </si>
   <si>
     <t xml:space="preserve">Gonçalo  Baroutakis </t>
   </si>
   <si>
     <t>Carlos Taveira</t>
   </si>
   <si>
     <t xml:space="preserve">CARLOS   SILVA</t>
   </si>
   <si>
     <t>Bruno Afonso</t>
   </si>
   <si>
     <t>FERNANDO ANJOS</t>
   </si>
   <si>
     <t xml:space="preserve">PEDRO   VITORINO</t>
   </si>
   <si>
     <t>Bruno A. Sousa</t>
   </si>
   <si>
     <t>Rui Vieira</t>
   </si>
   <si>
     <t>António Martins</t>
   </si>
   <si>
     <t>Hugo Palmeiro</t>
   </si>
   <si>
     <t>José Ferreira</t>
   </si>
   <si>
-    <t>Filipe Rebelo</t>
+    <t>Joaquim Amaral</t>
   </si>
   <si>
     <t>Carlos Calado</t>
   </si>
   <si>
     <t>Rui Cunha</t>
   </si>
   <si>
     <t xml:space="preserve">Jorge  Ferreira</t>
   </si>
   <si>
     <t>Pedro Esteves</t>
   </si>
   <si>
     <t>Carlos Craveira</t>
   </si>
   <si>
     <t xml:space="preserve">BENTO   QUARESMA</t>
   </si>
   <si>
     <t>Gil Monteiro</t>
   </si>
   <si>
     <t>Carlos Luiz</t>
   </si>
@@ -1799,51 +1799,51 @@
   <si>
     <t>Carlos Coelho</t>
   </si>
   <si>
     <t>Bruno Raposo</t>
   </si>
   <si>
     <t>Sérgio Vieira</t>
   </si>
   <si>
     <t>Nuno Duarte</t>
   </si>
   <si>
     <t>JOSE CRUZ</t>
   </si>
   <si>
     <t xml:space="preserve">RICARDO   FARIA</t>
   </si>
   <si>
     <t>JOAO CURVELO</t>
   </si>
   <si>
     <t>LUIS PEDROSO</t>
   </si>
   <si>
-    <t>MIGUEL PINTO</t>
+    <t>MILA ALEXANDRA HELD</t>
   </si>
   <si>
     <t xml:space="preserve">JOÃO   RODRIGUES</t>
   </si>
   <si>
     <t>CRISPIANO MAGRO</t>
   </si>
   <si>
     <t>Tiago Rocha</t>
   </si>
   <si>
     <t xml:space="preserve">José  Raposo</t>
   </si>
   <si>
     <t xml:space="preserve">JORGE  PEPE</t>
   </si>
   <si>
     <t>Nuno Morgado</t>
   </si>
   <si>
     <t>Pedro Andrade</t>
   </si>
   <si>
     <t>António Lavajo</t>
   </si>