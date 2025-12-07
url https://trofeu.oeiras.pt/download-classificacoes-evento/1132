--- v0 (2025-10-16)
+++ v1 (2025-12-07)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Atletas" sheetId="1" r:id="rId1"/>
     <sheet name="Colectivo" sheetId="2" r:id="rId3"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="808" uniqueCount="808">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="806" uniqueCount="806">
   <si>
     <t>42º Troféu CM Oeiras - Grande Prémio Leceia</t>
   </si>
   <si>
     <t>Sub 10 - Masculinos</t>
   </si>
   <si>
     <t>Posição</t>
   </si>
   <si>
     <t>Dorsal</t>
   </si>
   <si>
     <t>Atleta</t>
   </si>
   <si>
     <t>Clube/Equipa</t>
   </si>
   <si>
     <t>Pontos</t>
   </si>
   <si>
     <t xml:space="preserve">Manuel  Lisboa </t>
   </si>
   <si>
@@ -179,51 +179,51 @@
   <si>
     <t>Diogo Ibraímo</t>
   </si>
   <si>
     <t>Simão Pinto</t>
   </si>
   <si>
     <t>Rui Carvalhinho</t>
   </si>
   <si>
     <t>Ricardo Pinto</t>
   </si>
   <si>
     <t>Gabriel Silva</t>
   </si>
   <si>
     <t>Associação de Moradores 18 de Maio</t>
   </si>
   <si>
     <t>Vicente Esteves</t>
   </si>
   <si>
     <t>Alexandre Filipe</t>
   </si>
   <si>
-    <t xml:space="preserve">André  Taborda</t>
+    <t>Tiago Maniés</t>
   </si>
   <si>
     <t>Martim Pires</t>
   </si>
   <si>
     <t>Gabriel Figueiredo</t>
   </si>
   <si>
     <t>Xavier Costa</t>
   </si>
   <si>
     <t>Sub 12 - Femininos</t>
   </si>
   <si>
     <t>Yasmin Tchemaguine</t>
   </si>
   <si>
     <t>Jaciara Cabral</t>
   </si>
   <si>
     <t xml:space="preserve">Jéssica  Almeida</t>
   </si>
   <si>
     <t>Carolina Quintela</t>
   </si>
@@ -554,54 +554,54 @@
   <si>
     <t>Bruna Silva</t>
   </si>
   <si>
     <t>Catarina Espada</t>
   </si>
   <si>
     <t>Sub 23 - Masculinos</t>
   </si>
   <si>
     <t xml:space="preserve">JOSÉ      CARLOS</t>
   </si>
   <si>
     <t>ALFREDO DA VEIGA</t>
   </si>
   <si>
     <t>Filipe Condinho</t>
   </si>
   <si>
     <t>Miguel Sayanda</t>
   </si>
   <si>
     <t>Salvador Alves</t>
   </si>
   <si>
-    <t>PEDRO VIEIRA</t>
-[...2 lines deleted...]
-    <t>Diogo Freitas</t>
+    <t>DEUS KAPUNGA</t>
+  </si>
+  <si>
+    <t>PODEROSO KAPUNGA</t>
   </si>
   <si>
     <t xml:space="preserve">Gonçalo  Magalhães</t>
   </si>
   <si>
     <t>Sub 23 - Femininos</t>
   </si>
   <si>
     <t>Madalena Preciso</t>
   </si>
   <si>
     <t>Arina Sotonozhenko</t>
   </si>
   <si>
     <t>Anastácia Marchenko</t>
   </si>
   <si>
     <t>Camila Anjos</t>
   </si>
   <si>
     <t>Inês Matos</t>
   </si>
   <si>
     <t>Carolina Silva</t>
   </si>
@@ -917,78 +917,78 @@
   <si>
     <t>André Oliveira</t>
   </si>
   <si>
     <t>Gonçalo Rangel</t>
   </si>
   <si>
     <t>Fauler Campos</t>
   </si>
   <si>
     <t>Paulo Falcao</t>
   </si>
   <si>
     <t xml:space="preserve">João  Miranda</t>
   </si>
   <si>
     <t>Filipe Pereira</t>
   </si>
   <si>
     <t>Tiago Andrade</t>
   </si>
   <si>
     <t>RENATO MADUREIRA</t>
   </si>
   <si>
-    <t xml:space="preserve">TIAGO VELEZ </t>
+    <t>JOSÉ VASCO</t>
   </si>
   <si>
     <t>GONÇALO PIRES</t>
   </si>
   <si>
     <t>TELMO JORGE</t>
   </si>
   <si>
     <t xml:space="preserve">Pedro  Costa</t>
   </si>
   <si>
     <t>Fábio Querido</t>
   </si>
   <si>
     <t>Orlando Couceiro</t>
   </si>
   <si>
     <t xml:space="preserve">João  Raposo</t>
   </si>
   <si>
     <t>Diogo Inácio</t>
   </si>
   <si>
     <t>JOÃO FIGUEIREDO</t>
   </si>
   <si>
-    <t xml:space="preserve">José  Cavaco </t>
+    <t xml:space="preserve">Leonardo  Ventura</t>
   </si>
   <si>
     <t>Henrique Cruz</t>
   </si>
   <si>
     <t>Sérgio Correia</t>
   </si>
   <si>
     <t xml:space="preserve">Hugo  Pereira</t>
   </si>
   <si>
     <t>F 35</t>
   </si>
   <si>
     <t>FILIPA RELVAS</t>
   </si>
   <si>
     <t>Célia Lopes</t>
   </si>
   <si>
     <t xml:space="preserve">Ana  Coutinho</t>
   </si>
   <si>
     <t>Liliana Andrade</t>
   </si>
@@ -1148,51 +1148,51 @@
   <si>
     <t xml:space="preserve">Sergio  Ladeira </t>
   </si>
   <si>
     <t>Bruno Ornelas</t>
   </si>
   <si>
     <t>Simão Ribeiro</t>
   </si>
   <si>
     <t>Adriano Mendes</t>
   </si>
   <si>
     <t>Ricardo Gomes</t>
   </si>
   <si>
     <t>F 40</t>
   </si>
   <si>
     <t>MARINA DOMIMGUES</t>
   </si>
   <si>
     <t>RITA ROSA</t>
   </si>
   <si>
-    <t>ELISABETE MACEDO</t>
+    <t>MARTA MOTA</t>
   </si>
   <si>
     <t>Ana Garrido Silva</t>
   </si>
   <si>
     <t>Cátea Ramos</t>
   </si>
   <si>
     <t>Isabel David</t>
   </si>
   <si>
     <t>Alexandra Carvalho</t>
   </si>
   <si>
     <t xml:space="preserve">Diana  Guimarães</t>
   </si>
   <si>
     <t>Susana Pires</t>
   </si>
   <si>
     <t>Vanessa Estévez</t>
   </si>
   <si>
     <t xml:space="preserve">TANIA  COELHO</t>
   </si>
@@ -1283,51 +1283,51 @@
   <si>
     <t>Paulo Lopes</t>
   </si>
   <si>
     <t>Nuno Carioca</t>
   </si>
   <si>
     <t xml:space="preserve">Nuno  Oliveira</t>
   </si>
   <si>
     <t>Eduardo Luís</t>
   </si>
   <si>
     <t xml:space="preserve">José Miguel  Barradas</t>
   </si>
   <si>
     <t>Hugo Calado</t>
   </si>
   <si>
     <t xml:space="preserve">ANTÓNIO   ORLANDO</t>
   </si>
   <si>
     <t>Tiago Mendonça</t>
   </si>
   <si>
-    <t>Fraquinho Oliveira</t>
+    <t>BRUNO OLIVEIRA</t>
   </si>
   <si>
     <t>CESAR HENRIQUES</t>
   </si>
   <si>
     <t>CARLOS SIMOES</t>
   </si>
   <si>
     <t xml:space="preserve">Vinicius  Guedes</t>
   </si>
   <si>
     <t>Jorge Pelicano</t>
   </si>
   <si>
     <t>Nuno Martins</t>
   </si>
   <si>
     <t xml:space="preserve">Jorge  Marques</t>
   </si>
   <si>
     <t>JORGE PATRÃO</t>
   </si>
   <si>
     <t xml:space="preserve">Carlos  Marinho </t>
   </si>
@@ -1568,69 +1568,69 @@
   <si>
     <t>António Martins</t>
   </si>
   <si>
     <t>Emanuel Oliveira</t>
   </si>
   <si>
     <t xml:space="preserve">CARLOS   SILVA</t>
   </si>
   <si>
     <t>Carlos Luiz</t>
   </si>
   <si>
     <t>Carlos Craveira</t>
   </si>
   <si>
     <t>Pedro Esteves</t>
   </si>
   <si>
     <t xml:space="preserve">Gonçalo  Baroutakis </t>
   </si>
   <si>
     <t>Hugo Palmeiro</t>
   </si>
   <si>
-    <t xml:space="preserve">JORGE  NUNES DA SILVA</t>
+    <t>ABNER KIENE</t>
   </si>
   <si>
     <t>LUIS PEDROSO</t>
   </si>
   <si>
     <t xml:space="preserve">Jorge  Ferreira</t>
   </si>
   <si>
     <t>LUÍS CARVALHO</t>
   </si>
   <si>
-    <t xml:space="preserve">CARLOS FREITAS </t>
+    <t>Filipe Rebelo</t>
   </si>
   <si>
     <t>JULIO FERREIRA</t>
   </si>
   <si>
-    <t xml:space="preserve">JOAQUIM AMARAL </t>
+    <t xml:space="preserve">PEDRO  CAVILHAS</t>
   </si>
   <si>
     <t>Pedro Semedo</t>
   </si>
   <si>
     <t>António Canto</t>
   </si>
   <si>
     <t xml:space="preserve">João  Caetano</t>
   </si>
   <si>
     <t>Sérgio Ramos</t>
   </si>
   <si>
     <t>Nelson Tembe</t>
   </si>
   <si>
     <t>Nuno Morgado</t>
   </si>
   <si>
     <t>Rui Lacerda</t>
   </si>
   <si>
     <t xml:space="preserve">BENTO   QUARESMA</t>
   </si>
@@ -1760,51 +1760,51 @@
   <si>
     <t>Nelson Mileu</t>
   </si>
   <si>
     <t>F 50</t>
   </si>
   <si>
     <t xml:space="preserve">ANA   FRUTUOSO</t>
   </si>
   <si>
     <t xml:space="preserve">PATRÍCIA   MATOS</t>
   </si>
   <si>
     <t>Rute Queiroz</t>
   </si>
   <si>
     <t>Goreti Borges</t>
   </si>
   <si>
     <t>Sandra Bação</t>
   </si>
   <si>
     <t>Ana Pereira</t>
   </si>
   <si>
-    <t>CLÁUDIA BORRALHO</t>
+    <t>VENCEDORA CAPUNGA</t>
   </si>
   <si>
     <t xml:space="preserve">Eva  Jeronimo</t>
   </si>
   <si>
     <t>Carla Freitas</t>
   </si>
   <si>
     <t>VANDA MURTEIRA</t>
   </si>
   <si>
     <t>Fernanda Murteira</t>
   </si>
   <si>
     <t>Meirevone Ferreira</t>
   </si>
   <si>
     <t>Lara Sayanda</t>
   </si>
   <si>
     <t xml:space="preserve">BEATRIZ   MATIAS</t>
   </si>
   <si>
     <t>Ana Raposo</t>
   </si>
@@ -1862,53 +1862,50 @@
   <si>
     <t>Lucinda Espada</t>
   </si>
   <si>
     <t>Marisa Bettencourt</t>
   </si>
   <si>
     <t>M 55</t>
   </si>
   <si>
     <t>Hélder Rebelo</t>
   </si>
   <si>
     <t>Paulo Martins</t>
   </si>
   <si>
     <t>António Murteira</t>
   </si>
   <si>
     <t>Luís Godinho</t>
   </si>
   <si>
     <t xml:space="preserve">JOAQUIM   SANTOS</t>
   </si>
   <si>
-    <t xml:space="preserve">Paulo  Silva</t>
-[...1 lines deleted...]
-  <si>
     <t>Carlos Almeida</t>
   </si>
   <si>
     <t>Dinis Morais</t>
   </si>
   <si>
     <t>Henrique Ferreira</t>
   </si>
   <si>
     <t>Nuno Carvalho</t>
   </si>
   <si>
     <t>Mário Duarte</t>
   </si>
   <si>
     <t>Jose Baptista</t>
   </si>
   <si>
     <t>Miguel Lourenço</t>
   </si>
   <si>
     <t>Rui Magalhães</t>
   </si>
   <si>
     <t>Luis Ribeiro</t>
@@ -1922,51 +1919,51 @@
   <si>
     <t>Rodrigo Ferreira</t>
   </si>
   <si>
     <t xml:space="preserve">VÍTOR   CANTO</t>
   </si>
   <si>
     <t xml:space="preserve">Vasco  Ascensão</t>
   </si>
   <si>
     <t xml:space="preserve">Reinaldo  Santos </t>
   </si>
   <si>
     <t>Miguel Moradias</t>
   </si>
   <si>
     <t>Luís Abreu</t>
   </si>
   <si>
     <t>Jaime Faria</t>
   </si>
   <si>
     <t>Fernando Gonçalves</t>
   </si>
   <si>
-    <t>Carlos Silva</t>
+    <t xml:space="preserve">Carlos  Silva</t>
   </si>
   <si>
     <t>Marco Silva</t>
   </si>
   <si>
     <t>Carlos Carvalho</t>
   </si>
   <si>
     <t>Delfim Mendonça</t>
   </si>
   <si>
     <t>Carlos Gonçalves</t>
   </si>
   <si>
     <t xml:space="preserve">Jorge  Barreto</t>
   </si>
   <si>
     <t>PAULO CORDEIRO</t>
   </si>
   <si>
     <t>Luis Gonçalves</t>
   </si>
   <si>
     <t xml:space="preserve">Carlos  Lomba</t>
   </si>
@@ -2112,53 +2109,50 @@
     <t>Carlos Lopes</t>
   </si>
   <si>
     <t>Antonio Lopes</t>
   </si>
   <si>
     <t xml:space="preserve">CARLOS   BARRENTO</t>
   </si>
   <si>
     <t xml:space="preserve">FERNANDO   COELHO</t>
   </si>
   <si>
     <t>António Fernandes</t>
   </si>
   <si>
     <t>correr Loures</t>
   </si>
   <si>
     <t>Carlos Marques</t>
   </si>
   <si>
     <t>João Reis</t>
   </si>
   <si>
     <t>Carlos G. Marques</t>
-  </si>
-[...1 lines deleted...]
-    <t xml:space="preserve">Carlos A  P Silva</t>
   </si>
   <si>
     <t>António Jacinto</t>
   </si>
   <si>
     <t>António Major</t>
   </si>
   <si>
     <t>Jorge Oliveira</t>
   </si>
   <si>
     <t>Manuel Rego</t>
   </si>
   <si>
     <t>António Lima</t>
   </si>
   <si>
     <t xml:space="preserve">Hermínio  Cabeceira</t>
   </si>
   <si>
     <t>Jorge Valadares</t>
   </si>
   <si>
     <t>F 60</t>
   </si>
@@ -13013,3468 +13007,3468 @@
     <row r="665">
       <c r="A665" s="1">
         <v>5</v>
       </c>
       <c r="B665" s="1">
         <v>176</v>
       </c>
       <c r="C665" s="1" t="s">
         <v>617</v>
       </c>
       <c r="D665" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E665" s="1">
         <v>9</v>
       </c>
     </row>
     <row r="666">
       <c r="A666" s="1">
         <v>6</v>
       </c>
       <c r="B666" s="1">
         <v>221</v>
       </c>
       <c r="C666" s="1" t="s">
-        <v>618</v>
+        <v>502</v>
       </c>
       <c r="D666" s="1" t="s">
         <v>292</v>
       </c>
       <c r="E666" s="1">
         <v>8</v>
       </c>
     </row>
     <row r="667">
       <c r="A667" s="1">
         <v>7</v>
       </c>
       <c r="B667" s="1">
         <v>1207</v>
       </c>
       <c r="C667" s="1" t="s">
-        <v>619</v>
+        <v>618</v>
       </c>
       <c r="D667" s="1" t="s">
         <v>74</v>
       </c>
       <c r="E667" s="1">
         <v>7</v>
       </c>
     </row>
     <row r="668">
       <c r="A668" s="1">
         <v>8</v>
       </c>
       <c r="B668" s="1">
         <v>1318</v>
       </c>
       <c r="C668" s="1" t="s">
-        <v>620</v>
+        <v>619</v>
       </c>
       <c r="D668" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E668" s="1">
         <v>6</v>
       </c>
     </row>
     <row r="669">
       <c r="A669" s="1">
         <v>9</v>
       </c>
       <c r="B669" s="1">
         <v>1203</v>
       </c>
       <c r="C669" s="1" t="s">
-        <v>621</v>
+        <v>620</v>
       </c>
       <c r="D669" s="1" t="s">
         <v>74</v>
       </c>
       <c r="E669" s="1">
         <v>5</v>
       </c>
     </row>
     <row r="670">
       <c r="A670" s="1">
         <v>10</v>
       </c>
       <c r="B670" s="1">
         <v>381</v>
       </c>
       <c r="C670" s="1" t="s">
-        <v>622</v>
+        <v>621</v>
       </c>
       <c r="D670" s="1" t="s">
         <v>28</v>
       </c>
       <c r="E670" s="1">
         <v>4</v>
       </c>
     </row>
     <row r="671">
       <c r="A671" s="1">
         <v>11</v>
       </c>
       <c r="B671" s="1">
         <v>757</v>
       </c>
       <c r="C671" s="1" t="s">
-        <v>623</v>
+        <v>622</v>
       </c>
       <c r="D671" s="1" t="s">
         <v>21</v>
       </c>
       <c r="E671" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="672">
       <c r="A672" s="1">
         <v>12</v>
       </c>
       <c r="B672" s="1">
         <v>399</v>
       </c>
       <c r="C672" s="1" t="s">
-        <v>624</v>
+        <v>623</v>
       </c>
       <c r="D672" s="1" t="s">
         <v>28</v>
       </c>
       <c r="E672" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="673">
       <c r="A673" s="1">
         <v>13</v>
       </c>
       <c r="B673" s="1">
         <v>627</v>
       </c>
       <c r="C673" s="1" t="s">
         <v>512</v>
       </c>
       <c r="D673" s="1" t="s">
         <v>68</v>
       </c>
       <c r="E673" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="674">
       <c r="A674" s="1">
         <v>14</v>
       </c>
       <c r="B674" s="1">
         <v>1230</v>
       </c>
       <c r="C674" s="1" t="s">
-        <v>625</v>
+        <v>624</v>
       </c>
       <c r="D674" s="1" t="s">
         <v>74</v>
       </c>
       <c r="E674" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="675">
       <c r="A675" s="1">
         <v>15</v>
       </c>
       <c r="B675" s="1">
         <v>769</v>
       </c>
       <c r="C675" s="1" t="s">
-        <v>626</v>
+        <v>625</v>
       </c>
       <c r="D675" s="1" t="s">
         <v>21</v>
       </c>
       <c r="E675" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="676">
       <c r="A676" s="1">
         <v>16</v>
       </c>
       <c r="B676" s="1">
         <v>880</v>
       </c>
       <c r="C676" s="1" t="s">
-        <v>627</v>
+        <v>626</v>
       </c>
       <c r="D676" s="1" t="s">
         <v>510</v>
       </c>
       <c r="E676" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="677">
       <c r="A677" s="1">
         <v>17</v>
       </c>
       <c r="B677" s="1">
         <v>422</v>
       </c>
       <c r="C677" s="1" t="s">
-        <v>628</v>
+        <v>627</v>
       </c>
       <c r="D677" s="1" t="s">
         <v>28</v>
       </c>
       <c r="E677" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="678">
       <c r="A678" s="1">
         <v>18</v>
       </c>
       <c r="B678" s="1">
         <v>174</v>
       </c>
       <c r="C678" s="1" t="s">
-        <v>629</v>
+        <v>628</v>
       </c>
       <c r="D678" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E678" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="679">
       <c r="A679" s="1">
         <v>19</v>
       </c>
       <c r="B679" s="1">
         <v>1271</v>
       </c>
       <c r="C679" s="1" t="s">
-        <v>630</v>
+        <v>629</v>
       </c>
       <c r="D679" s="1" t="s">
         <v>74</v>
       </c>
       <c r="E679" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="680">
       <c r="A680" s="1">
         <v>20</v>
       </c>
       <c r="B680" s="1">
         <v>171</v>
       </c>
       <c r="C680" s="1" t="s">
-        <v>631</v>
+        <v>630</v>
       </c>
       <c r="D680" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E680" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="681">
       <c r="A681" s="1">
         <v>21</v>
       </c>
       <c r="B681" s="1">
         <v>1631</v>
       </c>
       <c r="C681" s="1" t="s">
-        <v>632</v>
+        <v>631</v>
       </c>
       <c r="D681" s="1" t="s">
         <v>146</v>
       </c>
       <c r="E681" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="682">
       <c r="A682" s="1">
         <v>22</v>
       </c>
       <c r="B682" s="1">
         <v>625</v>
       </c>
       <c r="C682" s="1" t="s">
-        <v>633</v>
+        <v>632</v>
       </c>
       <c r="D682" s="1" t="s">
         <v>68</v>
       </c>
       <c r="E682" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="683">
       <c r="A683" s="1">
         <v>23</v>
       </c>
       <c r="B683" s="1">
         <v>1231</v>
       </c>
       <c r="C683" s="1" t="s">
-        <v>634</v>
+        <v>633</v>
       </c>
       <c r="D683" s="1" t="s">
         <v>74</v>
       </c>
       <c r="E683" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="684">
       <c r="A684" s="1">
         <v>24</v>
       </c>
       <c r="B684" s="1">
         <v>175</v>
       </c>
       <c r="C684" s="1" t="s">
-        <v>635</v>
+        <v>634</v>
       </c>
       <c r="D684" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E684" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="685">
       <c r="A685" s="1">
         <v>25</v>
       </c>
       <c r="B685" s="1">
         <v>1545</v>
       </c>
       <c r="C685" s="1" t="s">
-        <v>636</v>
+        <v>635</v>
       </c>
       <c r="D685" s="1" t="s">
         <v>54</v>
       </c>
       <c r="E685" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="686">
       <c r="A686" s="1">
         <v>26</v>
       </c>
       <c r="B686" s="1">
         <v>812</v>
       </c>
       <c r="C686" s="1" t="s">
-        <v>637</v>
+        <v>636</v>
       </c>
       <c r="D686" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E686" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="687">
       <c r="A687" s="1">
         <v>27</v>
       </c>
       <c r="B687" s="1">
         <v>1469</v>
       </c>
       <c r="C687" s="1" t="s">
-        <v>638</v>
+        <v>637</v>
       </c>
       <c r="D687" s="1" t="s">
         <v>354</v>
       </c>
       <c r="E687" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="688">
       <c r="A688" s="1">
         <v>28</v>
       </c>
       <c r="B688" s="1">
         <v>1427</v>
       </c>
       <c r="C688" s="1" t="s">
-        <v>639</v>
+        <v>638</v>
       </c>
       <c r="D688" s="1" t="s">
         <v>18</v>
       </c>
       <c r="E688" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="689">
       <c r="A689" s="1">
         <v>29</v>
       </c>
       <c r="B689" s="1">
         <v>798</v>
       </c>
       <c r="C689" s="1" t="s">
-        <v>640</v>
+        <v>639</v>
       </c>
       <c r="D689" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E689" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="690">
       <c r="A690" s="1">
         <v>30</v>
       </c>
       <c r="B690" s="1">
         <v>279</v>
       </c>
       <c r="C690" s="1" t="s">
-        <v>641</v>
+        <v>640</v>
       </c>
       <c r="D690" s="1" t="s">
         <v>35</v>
       </c>
       <c r="E690" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="691">
       <c r="A691" s="1">
         <v>31</v>
       </c>
       <c r="B691" s="1">
         <v>799</v>
       </c>
       <c r="C691" s="1" t="s">
-        <v>642</v>
+        <v>641</v>
       </c>
       <c r="D691" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E691" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="692">
       <c r="A692" s="1">
         <v>32</v>
       </c>
       <c r="B692" s="1">
         <v>1624</v>
       </c>
       <c r="C692" s="1" t="s">
-        <v>643</v>
+        <v>642</v>
       </c>
       <c r="D692" s="1" t="s">
         <v>146</v>
       </c>
       <c r="E692" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="693">
       <c r="A693" s="1">
         <v>33</v>
       </c>
       <c r="B693" s="1">
         <v>526</v>
       </c>
       <c r="C693" s="1" t="s">
-        <v>644</v>
+        <v>643</v>
       </c>
       <c r="D693" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E693" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="694">
       <c r="A694" s="1">
         <v>34</v>
       </c>
       <c r="B694" s="1">
         <v>824</v>
       </c>
       <c r="C694" s="1" t="s">
-        <v>645</v>
+        <v>644</v>
       </c>
       <c r="D694" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E694" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="695">
       <c r="A695" s="1">
         <v>35</v>
       </c>
       <c r="B695" s="1">
         <v>359</v>
       </c>
       <c r="C695" s="1" t="s">
-        <v>646</v>
+        <v>645</v>
       </c>
       <c r="D695" s="1" t="s">
         <v>28</v>
       </c>
       <c r="E695" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="696">
       <c r="A696" s="1">
         <v>36</v>
       </c>
       <c r="B696" s="1">
         <v>436</v>
       </c>
       <c r="C696" s="1" t="s">
-        <v>647</v>
+        <v>646</v>
       </c>
       <c r="D696" s="1" t="s">
         <v>28</v>
       </c>
       <c r="E696" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="697">
       <c r="A697" s="1">
         <v>37</v>
       </c>
       <c r="B697" s="1">
         <v>647</v>
       </c>
       <c r="C697" s="1" t="s">
-        <v>648</v>
+        <v>647</v>
       </c>
       <c r="D697" s="1" t="s">
         <v>68</v>
       </c>
       <c r="E697" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="700">
       <c r="A700" s="3" t="s">
-        <v>649</v>
+        <v>648</v>
       </c>
       <c r="B700" s="3" t="s">
-        <v>649</v>
+        <v>648</v>
       </c>
       <c r="C700" s="3" t="s">
-        <v>649</v>
+        <v>648</v>
       </c>
       <c r="D700" s="3" t="s">
-        <v>649</v>
+        <v>648</v>
       </c>
       <c r="E700" s="3" t="s">
-        <v>649</v>
+        <v>648</v>
       </c>
     </row>
     <row r="701">
       <c r="A701" s="2" t="s">
         <v>2</v>
       </c>
       <c r="B701" s="2" t="s">
         <v>3</v>
       </c>
       <c r="C701" s="2" t="s">
         <v>4</v>
       </c>
       <c r="D701" s="2" t="s">
         <v>5</v>
       </c>
       <c r="E701" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="702">
       <c r="A702" s="1">
         <v>1</v>
       </c>
       <c r="B702" s="1">
         <v>1396</v>
       </c>
       <c r="C702" s="1" t="s">
-        <v>650</v>
+        <v>649</v>
       </c>
       <c r="D702" s="1" t="s">
         <v>18</v>
       </c>
       <c r="E702" s="1">
         <v>15</v>
       </c>
     </row>
     <row r="703">
       <c r="A703" s="1">
         <v>2</v>
       </c>
       <c r="B703" s="1">
         <v>349</v>
       </c>
       <c r="C703" s="1" t="s">
-        <v>651</v>
+        <v>650</v>
       </c>
       <c r="D703" s="1" t="s">
         <v>28</v>
       </c>
       <c r="E703" s="1">
         <v>13</v>
       </c>
     </row>
     <row r="704">
       <c r="A704" s="1">
         <v>3</v>
       </c>
       <c r="B704" s="1">
         <v>1447</v>
       </c>
       <c r="C704" s="1" t="s">
-        <v>652</v>
+        <v>651</v>
       </c>
       <c r="D704" s="1" t="s">
         <v>18</v>
       </c>
       <c r="E704" s="1">
         <v>11</v>
       </c>
     </row>
     <row r="705">
       <c r="A705" s="1">
         <v>4</v>
       </c>
       <c r="B705" s="1">
         <v>1435</v>
       </c>
       <c r="C705" s="1" t="s">
-        <v>653</v>
+        <v>652</v>
       </c>
       <c r="D705" s="1" t="s">
         <v>18</v>
       </c>
       <c r="E705" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="706">
       <c r="A706" s="1">
         <v>5</v>
       </c>
       <c r="B706" s="1">
         <v>1316</v>
       </c>
       <c r="C706" s="1" t="s">
-        <v>654</v>
+        <v>653</v>
       </c>
       <c r="D706" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E706" s="1">
         <v>9</v>
       </c>
     </row>
     <row r="707">
       <c r="A707" s="1">
         <v>6</v>
       </c>
       <c r="B707" s="1">
         <v>1151</v>
       </c>
       <c r="C707" s="1" t="s">
-        <v>655</v>
+        <v>654</v>
       </c>
       <c r="D707" s="1" t="s">
         <v>169</v>
       </c>
       <c r="E707" s="1">
         <v>8</v>
       </c>
     </row>
     <row r="708">
       <c r="A708" s="1">
         <v>7</v>
       </c>
       <c r="B708" s="1">
         <v>68</v>
       </c>
       <c r="C708" s="1" t="s">
-        <v>656</v>
+        <v>655</v>
       </c>
       <c r="D708" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E708" s="1">
         <v>7</v>
       </c>
     </row>
     <row r="709">
       <c r="A709" s="1">
         <v>8</v>
       </c>
       <c r="B709" s="1">
         <v>1012</v>
       </c>
       <c r="C709" s="1" t="s">
-        <v>657</v>
+        <v>656</v>
       </c>
       <c r="D709" s="1" t="s">
         <v>48</v>
       </c>
       <c r="E709" s="1">
         <v>6</v>
       </c>
     </row>
     <row r="710">
       <c r="A710" s="1">
         <v>9</v>
       </c>
       <c r="B710" s="1">
         <v>1222</v>
       </c>
       <c r="C710" s="1" t="s">
-        <v>658</v>
+        <v>657</v>
       </c>
       <c r="D710" s="1" t="s">
         <v>74</v>
       </c>
       <c r="E710" s="1">
         <v>5</v>
       </c>
     </row>
     <row r="711">
       <c r="A711" s="1">
         <v>10</v>
       </c>
       <c r="B711" s="1">
         <v>1189</v>
       </c>
       <c r="C711" s="1" t="s">
-        <v>659</v>
+        <v>658</v>
       </c>
       <c r="D711" s="1" t="s">
         <v>74</v>
       </c>
       <c r="E711" s="1">
         <v>4</v>
       </c>
     </row>
     <row r="712">
       <c r="A712" s="1">
         <v>11</v>
       </c>
       <c r="B712" s="1">
         <v>72</v>
       </c>
       <c r="C712" s="1" t="s">
-        <v>660</v>
+        <v>659</v>
       </c>
       <c r="D712" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E712" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="713">
       <c r="A713" s="1">
         <v>12</v>
       </c>
       <c r="B713" s="1">
         <v>1522</v>
       </c>
       <c r="C713" s="1" t="s">
-        <v>661</v>
+        <v>660</v>
       </c>
       <c r="D713" s="1" t="s">
         <v>121</v>
       </c>
       <c r="E713" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="714">
       <c r="A714" s="1">
         <v>13</v>
       </c>
       <c r="B714" s="1">
         <v>407</v>
       </c>
       <c r="C714" s="1" t="s">
-        <v>662</v>
+        <v>661</v>
       </c>
       <c r="D714" s="1" t="s">
         <v>28</v>
       </c>
       <c r="E714" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="715">
       <c r="A715" s="1">
         <v>14</v>
       </c>
       <c r="B715" s="1">
         <v>1783</v>
       </c>
       <c r="C715" s="1" t="s">
-        <v>663</v>
+        <v>662</v>
       </c>
       <c r="D715" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E715" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="716">
       <c r="A716" s="1">
         <v>15</v>
       </c>
       <c r="B716" s="1">
         <v>897</v>
       </c>
       <c r="C716" s="1" t="s">
-        <v>664</v>
+        <v>663</v>
       </c>
       <c r="D716" s="1" t="s">
         <v>28</v>
       </c>
       <c r="E716" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="717">
       <c r="A717" s="1">
         <v>16</v>
       </c>
       <c r="B717" s="1">
         <v>1518</v>
       </c>
       <c r="C717" s="1" t="s">
-        <v>665</v>
+        <v>664</v>
       </c>
       <c r="D717" s="1" t="s">
         <v>48</v>
       </c>
       <c r="E717" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="718">
       <c r="A718" s="1">
         <v>17</v>
       </c>
       <c r="B718" s="1">
         <v>1556</v>
       </c>
       <c r="C718" s="1" t="s">
-        <v>666</v>
+        <v>665</v>
       </c>
       <c r="D718" s="1" t="s">
         <v>54</v>
       </c>
       <c r="E718" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="719">
       <c r="A719" s="1">
         <v>18</v>
       </c>
       <c r="B719" s="1">
         <v>562</v>
       </c>
       <c r="C719" s="1" t="s">
-        <v>667</v>
+        <v>666</v>
       </c>
       <c r="D719" s="1" t="s">
         <v>68</v>
       </c>
       <c r="E719" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="720">
       <c r="A720" s="1">
         <v>19</v>
       </c>
       <c r="B720" s="1">
         <v>1326</v>
       </c>
       <c r="C720" s="1" t="s">
-        <v>668</v>
+        <v>667</v>
       </c>
       <c r="D720" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E720" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="721">
       <c r="A721" s="1">
         <v>20</v>
       </c>
       <c r="B721" s="1">
         <v>623</v>
       </c>
       <c r="C721" s="1" t="s">
-        <v>669</v>
+        <v>668</v>
       </c>
       <c r="D721" s="1" t="s">
         <v>68</v>
       </c>
       <c r="E721" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="722">
       <c r="A722" s="1">
         <v>21</v>
       </c>
       <c r="B722" s="1">
         <v>1282</v>
       </c>
       <c r="C722" s="1" t="s">
-        <v>670</v>
+        <v>669</v>
       </c>
       <c r="D722" s="1" t="s">
         <v>68</v>
       </c>
       <c r="E722" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="723">
       <c r="A723" s="1">
         <v>22</v>
       </c>
       <c r="B723" s="1">
         <v>71</v>
       </c>
       <c r="C723" s="1" t="s">
-        <v>671</v>
+        <v>670</v>
       </c>
       <c r="D723" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E723" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="726">
       <c r="A726" s="3" t="s">
-        <v>672</v>
+        <v>671</v>
       </c>
       <c r="B726" s="3" t="s">
-        <v>672</v>
+        <v>671</v>
       </c>
       <c r="C726" s="3" t="s">
-        <v>672</v>
+        <v>671</v>
       </c>
       <c r="D726" s="3" t="s">
-        <v>672</v>
+        <v>671</v>
       </c>
       <c r="E726" s="3" t="s">
-        <v>672</v>
+        <v>671</v>
       </c>
     </row>
     <row r="727">
       <c r="A727" s="2" t="s">
         <v>2</v>
       </c>
       <c r="B727" s="2" t="s">
         <v>3</v>
       </c>
       <c r="C727" s="2" t="s">
         <v>4</v>
       </c>
       <c r="D727" s="2" t="s">
         <v>5</v>
       </c>
       <c r="E727" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="728">
       <c r="A728" s="1">
         <v>1</v>
       </c>
       <c r="B728" s="1">
         <v>182</v>
       </c>
       <c r="C728" s="1" t="s">
-        <v>673</v>
+        <v>672</v>
       </c>
       <c r="D728" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E728" s="1">
         <v>15</v>
       </c>
     </row>
     <row r="729">
       <c r="A729" s="1">
         <v>2</v>
       </c>
       <c r="B729" s="1">
         <v>188</v>
       </c>
       <c r="C729" s="1" t="s">
-        <v>674</v>
+        <v>673</v>
       </c>
       <c r="D729" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E729" s="1">
         <v>13</v>
       </c>
     </row>
     <row r="730">
       <c r="A730" s="1">
         <v>3</v>
       </c>
       <c r="B730" s="1">
         <v>194</v>
       </c>
       <c r="C730" s="1" t="s">
-        <v>675</v>
+        <v>674</v>
       </c>
       <c r="D730" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E730" s="1">
         <v>11</v>
       </c>
     </row>
     <row r="731">
       <c r="A731" s="1">
         <v>4</v>
       </c>
       <c r="B731" s="1">
         <v>377</v>
       </c>
       <c r="C731" s="1" t="s">
-        <v>676</v>
+        <v>675</v>
       </c>
       <c r="D731" s="1" t="s">
         <v>28</v>
       </c>
       <c r="E731" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="732">
       <c r="A732" s="1">
         <v>5</v>
       </c>
       <c r="B732" s="1">
         <v>537</v>
       </c>
       <c r="C732" s="1" t="s">
-        <v>677</v>
+        <v>676</v>
       </c>
       <c r="D732" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E732" s="1">
         <v>9</v>
       </c>
     </row>
     <row r="733">
       <c r="A733" s="1">
         <v>6</v>
       </c>
       <c r="B733" s="1">
         <v>474</v>
       </c>
       <c r="C733" s="1" t="s">
         <v>217</v>
       </c>
       <c r="D733" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E733" s="1">
         <v>8</v>
       </c>
     </row>
     <row r="734">
       <c r="A734" s="1">
         <v>7</v>
       </c>
       <c r="B734" s="1">
         <v>949</v>
       </c>
       <c r="C734" s="1" t="s">
-        <v>678</v>
+        <v>677</v>
       </c>
       <c r="D734" s="1" t="s">
         <v>121</v>
       </c>
       <c r="E734" s="1">
         <v>7</v>
       </c>
     </row>
     <row r="735">
       <c r="A735" s="1">
         <v>8</v>
       </c>
       <c r="B735" s="1">
         <v>1417</v>
       </c>
       <c r="C735" s="1" t="s">
-        <v>679</v>
+        <v>678</v>
       </c>
       <c r="D735" s="1" t="s">
         <v>18</v>
       </c>
       <c r="E735" s="1">
         <v>6</v>
       </c>
     </row>
     <row r="736">
       <c r="A736" s="1">
         <v>9</v>
       </c>
       <c r="B736" s="1">
         <v>186</v>
       </c>
       <c r="C736" s="1" t="s">
-        <v>680</v>
+        <v>679</v>
       </c>
       <c r="D736" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E736" s="1">
         <v>5</v>
       </c>
     </row>
     <row r="737">
       <c r="A737" s="1">
         <v>10</v>
       </c>
       <c r="B737" s="1">
         <v>922</v>
       </c>
       <c r="C737" s="1" t="s">
-        <v>681</v>
+        <v>680</v>
       </c>
       <c r="D737" s="1" t="s">
         <v>121</v>
       </c>
       <c r="E737" s="1">
         <v>4</v>
       </c>
     </row>
     <row r="738">
       <c r="A738" s="1">
         <v>11</v>
       </c>
       <c r="B738" s="1">
         <v>556</v>
       </c>
       <c r="C738" s="1" t="s">
-        <v>682</v>
+        <v>681</v>
       </c>
       <c r="D738" s="1" t="s">
         <v>68</v>
       </c>
       <c r="E738" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="739">
       <c r="A739" s="1">
         <v>12</v>
       </c>
       <c r="B739" s="1">
         <v>1738</v>
       </c>
       <c r="C739" s="1" t="s">
-        <v>683</v>
+        <v>682</v>
       </c>
       <c r="D739" s="1" t="s">
         <v>54</v>
       </c>
       <c r="E739" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="740">
       <c r="A740" s="1">
         <v>13</v>
       </c>
       <c r="B740" s="1">
         <v>901</v>
       </c>
       <c r="C740" s="1" t="s">
-        <v>684</v>
+        <v>683</v>
       </c>
       <c r="D740" s="1" t="s">
         <v>121</v>
       </c>
       <c r="E740" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="741">
       <c r="A741" s="1">
         <v>14</v>
       </c>
       <c r="B741" s="1">
         <v>1199</v>
       </c>
       <c r="C741" s="1" t="s">
-        <v>685</v>
+        <v>684</v>
       </c>
       <c r="D741" s="1" t="s">
         <v>74</v>
       </c>
       <c r="E741" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="742">
       <c r="A742" s="1">
         <v>15</v>
       </c>
       <c r="B742" s="1">
         <v>247</v>
       </c>
       <c r="C742" s="1" t="s">
+        <v>685</v>
+      </c>
+      <c r="D742" s="1" t="s">
         <v>686</v>
-      </c>
-[...1 lines deleted...]
-        <v>687</v>
       </c>
       <c r="E742" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="743">
       <c r="A743" s="1">
         <v>16</v>
       </c>
       <c r="B743" s="1">
         <v>1249</v>
       </c>
       <c r="C743" s="1" t="s">
-        <v>688</v>
+        <v>687</v>
       </c>
       <c r="D743" s="1" t="s">
         <v>74</v>
       </c>
       <c r="E743" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="744">
       <c r="A744" s="1">
         <v>17</v>
       </c>
       <c r="B744" s="1">
         <v>525</v>
       </c>
       <c r="C744" s="1" t="s">
-        <v>689</v>
+        <v>688</v>
       </c>
       <c r="D744" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E744" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="745">
       <c r="A745" s="1">
         <v>18</v>
       </c>
       <c r="B745" s="1">
         <v>192</v>
       </c>
       <c r="C745" s="1" t="s">
-        <v>690</v>
+        <v>689</v>
       </c>
       <c r="D745" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E745" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="746">
       <c r="A746" s="1">
         <v>19</v>
       </c>
       <c r="B746" s="1">
         <v>998</v>
       </c>
       <c r="C746" s="1" t="s">
-        <v>691</v>
+        <v>690</v>
       </c>
       <c r="D746" s="1" t="s">
         <v>48</v>
       </c>
       <c r="E746" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="747">
       <c r="A747" s="1">
         <v>20</v>
       </c>
       <c r="B747" s="1">
         <v>1277</v>
       </c>
       <c r="C747" s="1" t="s">
-        <v>692</v>
+        <v>691</v>
       </c>
       <c r="D747" s="1" t="s">
         <v>74</v>
       </c>
       <c r="E747" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="748">
       <c r="A748" s="1">
         <v>21</v>
       </c>
       <c r="B748" s="1">
         <v>919</v>
       </c>
       <c r="C748" s="1" t="s">
-        <v>693</v>
+        <v>692</v>
       </c>
       <c r="D748" s="1" t="s">
         <v>121</v>
       </c>
       <c r="E748" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="749">
       <c r="A749" s="1">
         <v>22</v>
       </c>
       <c r="B749" s="1">
         <v>466</v>
       </c>
       <c r="C749" s="1" t="s">
-        <v>694</v>
+        <v>693</v>
       </c>
       <c r="D749" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E749" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="750">
       <c r="A750" s="1">
         <v>23</v>
       </c>
       <c r="B750" s="1">
         <v>185</v>
       </c>
       <c r="C750" s="1" t="s">
-        <v>695</v>
+        <v>694</v>
       </c>
       <c r="D750" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E750" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="751">
       <c r="A751" s="1">
         <v>24</v>
       </c>
       <c r="B751" s="1">
         <v>183</v>
       </c>
       <c r="C751" s="1" t="s">
-        <v>696</v>
+        <v>695</v>
       </c>
       <c r="D751" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E751" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="752">
       <c r="A752" s="1">
         <v>25</v>
       </c>
       <c r="B752" s="1">
         <v>849</v>
       </c>
       <c r="C752" s="1" t="s">
+        <v>696</v>
+      </c>
+      <c r="D752" s="1" t="s">
         <v>697</v>
-      </c>
-[...1 lines deleted...]
-        <v>698</v>
       </c>
       <c r="E752" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="753">
       <c r="A753" s="1">
         <v>26</v>
       </c>
       <c r="B753" s="1">
         <v>351</v>
       </c>
       <c r="C753" s="1" t="s">
-        <v>699</v>
+        <v>698</v>
       </c>
       <c r="D753" s="1" t="s">
         <v>28</v>
       </c>
       <c r="E753" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="754">
       <c r="A754" s="1">
         <v>27</v>
       </c>
       <c r="B754" s="1">
         <v>1660</v>
       </c>
       <c r="C754" s="1" t="s">
-        <v>700</v>
+        <v>699</v>
       </c>
       <c r="D754" s="1" t="s">
         <v>146</v>
       </c>
       <c r="E754" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="755">
       <c r="A755" s="1">
         <v>28</v>
       </c>
       <c r="B755" s="1">
         <v>1345</v>
       </c>
       <c r="C755" s="1" t="s">
-        <v>701</v>
+        <v>700</v>
       </c>
       <c r="D755" s="1" t="s">
         <v>68</v>
       </c>
       <c r="E755" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="756">
       <c r="A756" s="1">
         <v>29</v>
       </c>
       <c r="B756" s="1">
         <v>224</v>
       </c>
       <c r="C756" s="1" t="s">
-        <v>702</v>
+        <v>637</v>
       </c>
       <c r="D756" s="1" t="s">
         <v>68</v>
       </c>
       <c r="E756" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="757">
       <c r="A757" s="1">
         <v>30</v>
       </c>
       <c r="B757" s="1">
         <v>370</v>
       </c>
       <c r="C757" s="1" t="s">
-        <v>703</v>
+        <v>701</v>
       </c>
       <c r="D757" s="1" t="s">
         <v>28</v>
       </c>
       <c r="E757" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="758">
       <c r="A758" s="1">
         <v>31</v>
       </c>
       <c r="B758" s="1">
         <v>871</v>
       </c>
       <c r="C758" s="1" t="s">
-        <v>704</v>
+        <v>702</v>
       </c>
       <c r="D758" s="1" t="s">
         <v>510</v>
       </c>
       <c r="E758" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="759">
       <c r="A759" s="1">
         <v>32</v>
       </c>
       <c r="B759" s="1">
         <v>1133</v>
       </c>
       <c r="C759" s="1" t="s">
-        <v>705</v>
+        <v>703</v>
       </c>
       <c r="D759" s="1" t="s">
         <v>169</v>
       </c>
       <c r="E759" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="760">
       <c r="A760" s="1">
         <v>33</v>
       </c>
       <c r="B760" s="1">
         <v>933</v>
       </c>
       <c r="C760" s="1" t="s">
-        <v>706</v>
+        <v>704</v>
       </c>
       <c r="D760" s="1" t="s">
         <v>121</v>
       </c>
       <c r="E760" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="761">
       <c r="A761" s="1">
         <v>34</v>
       </c>
       <c r="B761" s="1">
         <v>941</v>
       </c>
       <c r="C761" s="1" t="s">
-        <v>707</v>
+        <v>705</v>
       </c>
       <c r="D761" s="1" t="s">
         <v>121</v>
       </c>
       <c r="E761" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="762">
       <c r="A762" s="1">
         <v>35</v>
       </c>
       <c r="B762" s="1">
         <v>931</v>
       </c>
       <c r="C762" s="1" t="s">
-        <v>708</v>
+        <v>706</v>
       </c>
       <c r="D762" s="1" t="s">
         <v>121</v>
       </c>
       <c r="E762" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="763">
       <c r="A763" s="1">
         <v>36</v>
       </c>
       <c r="B763" s="1">
         <v>1212</v>
       </c>
       <c r="C763" s="1" t="s">
-        <v>709</v>
+        <v>707</v>
       </c>
       <c r="D763" s="1" t="s">
         <v>74</v>
       </c>
       <c r="E763" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="766">
       <c r="A766" s="3" t="s">
-        <v>710</v>
+        <v>708</v>
       </c>
       <c r="B766" s="3" t="s">
-        <v>710</v>
+        <v>708</v>
       </c>
       <c r="C766" s="3" t="s">
-        <v>710</v>
+        <v>708</v>
       </c>
       <c r="D766" s="3" t="s">
-        <v>710</v>
+        <v>708</v>
       </c>
       <c r="E766" s="3" t="s">
-        <v>710</v>
+        <v>708</v>
       </c>
     </row>
     <row r="767">
       <c r="A767" s="2" t="s">
         <v>2</v>
       </c>
       <c r="B767" s="2" t="s">
         <v>3</v>
       </c>
       <c r="C767" s="2" t="s">
         <v>4</v>
       </c>
       <c r="D767" s="2" t="s">
         <v>5</v>
       </c>
       <c r="E767" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="768">
       <c r="A768" s="1">
         <v>1</v>
       </c>
       <c r="B768" s="1">
         <v>1409</v>
       </c>
       <c r="C768" s="1" t="s">
-        <v>711</v>
+        <v>709</v>
       </c>
       <c r="D768" s="1" t="s">
         <v>18</v>
       </c>
       <c r="E768" s="1">
         <v>15</v>
       </c>
     </row>
     <row r="769">
       <c r="A769" s="1">
         <v>2</v>
       </c>
       <c r="B769" s="1">
         <v>1744</v>
       </c>
       <c r="C769" s="1" t="s">
-        <v>712</v>
+        <v>710</v>
       </c>
       <c r="D769" s="1" t="s">
         <v>68</v>
       </c>
       <c r="E769" s="1">
         <v>13</v>
       </c>
     </row>
     <row r="770">
       <c r="A770" s="1">
         <v>3</v>
       </c>
       <c r="B770" s="1">
         <v>1661</v>
       </c>
       <c r="C770" s="1" t="s">
-        <v>713</v>
+        <v>711</v>
       </c>
       <c r="D770" s="1" t="s">
         <v>146</v>
       </c>
       <c r="E770" s="1">
         <v>11</v>
       </c>
     </row>
     <row r="771">
       <c r="A771" s="1">
         <v>4</v>
       </c>
       <c r="B771" s="1">
         <v>924</v>
       </c>
       <c r="C771" s="1" t="s">
-        <v>714</v>
+        <v>712</v>
       </c>
       <c r="D771" s="1" t="s">
         <v>121</v>
       </c>
       <c r="E771" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="772">
       <c r="A772" s="1">
         <v>5</v>
       </c>
       <c r="B772" s="1">
         <v>1428</v>
       </c>
       <c r="C772" s="1" t="s">
-        <v>715</v>
+        <v>713</v>
       </c>
       <c r="D772" s="1" t="s">
         <v>18</v>
       </c>
       <c r="E772" s="1">
         <v>9</v>
       </c>
     </row>
     <row r="773">
       <c r="A773" s="1">
         <v>6</v>
       </c>
       <c r="B773" s="1">
         <v>1225</v>
       </c>
       <c r="C773" s="1" t="s">
-        <v>716</v>
+        <v>714</v>
       </c>
       <c r="D773" s="1" t="s">
         <v>74</v>
       </c>
       <c r="E773" s="1">
         <v>8</v>
       </c>
     </row>
     <row r="774">
       <c r="A774" s="1">
         <v>7</v>
       </c>
       <c r="B774" s="1">
         <v>1370</v>
       </c>
       <c r="C774" s="1" t="s">
-        <v>717</v>
+        <v>715</v>
       </c>
       <c r="D774" s="1" t="s">
         <v>48</v>
       </c>
       <c r="E774" s="1">
         <v>7</v>
       </c>
     </row>
     <row r="775">
       <c r="A775" s="1">
         <v>8</v>
       </c>
       <c r="B775" s="1">
         <v>421</v>
       </c>
       <c r="C775" s="1" t="s">
-        <v>718</v>
+        <v>716</v>
       </c>
       <c r="D775" s="1" t="s">
         <v>28</v>
       </c>
       <c r="E775" s="1">
         <v>6</v>
       </c>
     </row>
     <row r="776">
       <c r="A776" s="1">
         <v>9</v>
       </c>
       <c r="B776" s="1">
         <v>1239</v>
       </c>
       <c r="C776" s="1" t="s">
-        <v>719</v>
+        <v>717</v>
       </c>
       <c r="D776" s="1" t="s">
         <v>74</v>
       </c>
       <c r="E776" s="1">
         <v>5</v>
       </c>
     </row>
     <row r="777">
       <c r="A777" s="1">
         <v>10</v>
       </c>
       <c r="B777" s="1">
         <v>440</v>
       </c>
       <c r="C777" s="1" t="s">
-        <v>720</v>
+        <v>718</v>
       </c>
       <c r="D777" s="1" t="s">
         <v>28</v>
       </c>
       <c r="E777" s="1">
         <v>4</v>
       </c>
     </row>
     <row r="778">
       <c r="A778" s="1">
         <v>11</v>
       </c>
       <c r="B778" s="1">
         <v>1775</v>
       </c>
       <c r="C778" s="1" t="s">
-        <v>721</v>
+        <v>719</v>
       </c>
       <c r="D778" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E778" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="779">
       <c r="A779" s="1">
         <v>12</v>
       </c>
       <c r="B779" s="1">
         <v>630</v>
       </c>
       <c r="C779" s="1" t="s">
-        <v>722</v>
+        <v>720</v>
       </c>
       <c r="D779" s="1" t="s">
         <v>68</v>
       </c>
       <c r="E779" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="780">
       <c r="A780" s="1">
         <v>13</v>
       </c>
       <c r="B780" s="1">
         <v>932</v>
       </c>
       <c r="C780" s="1" t="s">
-        <v>659</v>
+        <v>658</v>
       </c>
       <c r="D780" s="1" t="s">
         <v>121</v>
       </c>
       <c r="E780" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="781">
       <c r="A781" s="1">
         <v>14</v>
       </c>
       <c r="B781" s="1">
         <v>484</v>
       </c>
       <c r="C781" s="1" t="s">
-        <v>723</v>
+        <v>721</v>
       </c>
       <c r="D781" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E781" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="784">
       <c r="A784" s="3" t="s">
-        <v>724</v>
+        <v>722</v>
       </c>
       <c r="B784" s="3" t="s">
-        <v>724</v>
+        <v>722</v>
       </c>
       <c r="C784" s="3" t="s">
-        <v>724</v>
+        <v>722</v>
       </c>
       <c r="D784" s="3" t="s">
-        <v>724</v>
+        <v>722</v>
       </c>
       <c r="E784" s="3" t="s">
-        <v>724</v>
+        <v>722</v>
       </c>
     </row>
     <row r="785">
       <c r="A785" s="2" t="s">
         <v>2</v>
       </c>
       <c r="B785" s="2" t="s">
         <v>3</v>
       </c>
       <c r="C785" s="2" t="s">
         <v>4</v>
       </c>
       <c r="D785" s="2" t="s">
         <v>5</v>
       </c>
       <c r="E785" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="786">
       <c r="A786" s="1">
         <v>1</v>
       </c>
       <c r="B786" s="1">
         <v>196</v>
       </c>
       <c r="C786" s="1" t="s">
-        <v>725</v>
+        <v>723</v>
       </c>
       <c r="D786" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E786" s="1">
         <v>15</v>
       </c>
     </row>
     <row r="787">
       <c r="A787" s="1">
         <v>2</v>
       </c>
       <c r="B787" s="1">
         <v>913</v>
       </c>
       <c r="C787" s="1" t="s">
-        <v>726</v>
+        <v>724</v>
       </c>
       <c r="D787" s="1" t="s">
         <v>121</v>
       </c>
       <c r="E787" s="1">
         <v>13</v>
       </c>
     </row>
     <row r="788">
       <c r="A788" s="1">
         <v>3</v>
       </c>
       <c r="B788" s="1">
         <v>198</v>
       </c>
       <c r="C788" s="1" t="s">
-        <v>727</v>
+        <v>725</v>
       </c>
       <c r="D788" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E788" s="1">
         <v>11</v>
       </c>
     </row>
     <row r="789">
       <c r="A789" s="1">
         <v>4</v>
       </c>
       <c r="B789" s="1">
         <v>468</v>
       </c>
       <c r="C789" s="1" t="s">
-        <v>728</v>
+        <v>726</v>
       </c>
       <c r="D789" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E789" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="790">
       <c r="A790" s="1">
         <v>5</v>
       </c>
       <c r="B790" s="1">
         <v>506</v>
       </c>
       <c r="C790" s="1" t="s">
-        <v>729</v>
+        <v>727</v>
       </c>
       <c r="D790" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E790" s="1">
         <v>9</v>
       </c>
     </row>
     <row r="791">
       <c r="A791" s="1">
         <v>6</v>
       </c>
       <c r="B791" s="1">
         <v>197</v>
       </c>
       <c r="C791" s="1" t="s">
-        <v>730</v>
+        <v>728</v>
       </c>
       <c r="D791" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E791" s="1">
         <v>8</v>
       </c>
     </row>
     <row r="792">
       <c r="A792" s="1">
         <v>7</v>
       </c>
       <c r="B792" s="1">
         <v>200</v>
       </c>
       <c r="C792" s="1" t="s">
-        <v>731</v>
+        <v>729</v>
       </c>
       <c r="D792" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E792" s="1">
         <v>7</v>
       </c>
     </row>
     <row r="793">
       <c r="A793" s="1">
         <v>8</v>
       </c>
       <c r="B793" s="1">
         <v>1109</v>
       </c>
       <c r="C793" s="1" t="s">
-        <v>732</v>
+        <v>730</v>
       </c>
       <c r="D793" s="1" t="s">
         <v>169</v>
       </c>
       <c r="E793" s="1">
         <v>6</v>
       </c>
     </row>
     <row r="794">
       <c r="A794" s="1">
         <v>9</v>
       </c>
       <c r="B794" s="1">
         <v>1052</v>
       </c>
       <c r="C794" s="1" t="s">
-        <v>733</v>
+        <v>731</v>
       </c>
       <c r="D794" s="1" t="s">
         <v>48</v>
       </c>
       <c r="E794" s="1">
         <v>5</v>
       </c>
     </row>
     <row r="795">
       <c r="A795" s="1">
         <v>10</v>
       </c>
       <c r="B795" s="1">
         <v>1135</v>
       </c>
       <c r="C795" s="1" t="s">
-        <v>734</v>
+        <v>732</v>
       </c>
       <c r="D795" s="1" t="s">
         <v>169</v>
       </c>
       <c r="E795" s="1">
         <v>4</v>
       </c>
     </row>
     <row r="796">
       <c r="A796" s="1">
         <v>11</v>
       </c>
       <c r="B796" s="1">
         <v>507</v>
       </c>
       <c r="C796" s="1" t="s">
-        <v>735</v>
+        <v>733</v>
       </c>
       <c r="D796" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E796" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="797">
       <c r="A797" s="1">
         <v>12</v>
       </c>
       <c r="B797" s="1">
         <v>1368</v>
       </c>
       <c r="C797" s="1" t="s">
-        <v>736</v>
+        <v>734</v>
       </c>
       <c r="D797" s="1" t="s">
         <v>121</v>
       </c>
       <c r="E797" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="798">
       <c r="A798" s="1">
         <v>13</v>
       </c>
       <c r="B798" s="1">
         <v>202</v>
       </c>
       <c r="C798" s="1" t="s">
-        <v>737</v>
+        <v>735</v>
       </c>
       <c r="D798" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E798" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="799">
       <c r="A799" s="1">
         <v>14</v>
       </c>
       <c r="B799" s="1">
         <v>316</v>
       </c>
       <c r="C799" s="1" t="s">
-        <v>738</v>
+        <v>736</v>
       </c>
       <c r="D799" s="1" t="s">
         <v>35</v>
       </c>
       <c r="E799" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="800">
       <c r="A800" s="1">
         <v>15</v>
       </c>
       <c r="B800" s="1">
         <v>1121</v>
       </c>
       <c r="C800" s="1" t="s">
         <v>214</v>
       </c>
       <c r="D800" s="1" t="s">
         <v>169</v>
       </c>
       <c r="E800" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="801">
       <c r="A801" s="1">
         <v>16</v>
       </c>
       <c r="B801" s="1">
         <v>934</v>
       </c>
       <c r="C801" s="1" t="s">
-        <v>739</v>
+        <v>737</v>
       </c>
       <c r="D801" s="1" t="s">
         <v>121</v>
       </c>
       <c r="E801" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="802">
       <c r="A802" s="1">
         <v>17</v>
       </c>
       <c r="B802" s="1">
         <v>1134</v>
       </c>
       <c r="C802" s="1" t="s">
-        <v>740</v>
+        <v>738</v>
       </c>
       <c r="D802" s="1" t="s">
         <v>169</v>
       </c>
       <c r="E802" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="803">
       <c r="A803" s="1">
         <v>18</v>
       </c>
       <c r="B803" s="1">
         <v>1154</v>
       </c>
       <c r="C803" s="1" t="s">
-        <v>741</v>
+        <v>739</v>
       </c>
       <c r="D803" s="1" t="s">
         <v>169</v>
       </c>
       <c r="E803" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="804">
       <c r="A804" s="1">
         <v>19</v>
       </c>
       <c r="B804" s="1">
         <v>382</v>
       </c>
       <c r="C804" s="1" t="s">
-        <v>742</v>
+        <v>740</v>
       </c>
       <c r="D804" s="1" t="s">
         <v>28</v>
       </c>
       <c r="E804" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="805">
       <c r="A805" s="1">
         <v>20</v>
       </c>
       <c r="B805" s="1">
         <v>886</v>
       </c>
       <c r="C805" s="1" t="s">
-        <v>743</v>
+        <v>741</v>
       </c>
       <c r="D805" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E805" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="806">
       <c r="A806" s="1">
         <v>21</v>
       </c>
       <c r="B806" s="1">
         <v>1343</v>
       </c>
       <c r="C806" s="1" t="s">
-        <v>744</v>
+        <v>742</v>
       </c>
       <c r="D806" s="1" t="s">
         <v>90</v>
       </c>
       <c r="E806" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="807">
       <c r="A807" s="1">
         <v>22</v>
       </c>
       <c r="B807" s="1">
         <v>937</v>
       </c>
       <c r="C807" s="1" t="s">
-        <v>745</v>
+        <v>743</v>
       </c>
       <c r="D807" s="1" t="s">
         <v>121</v>
       </c>
       <c r="E807" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="808">
       <c r="A808" s="1">
         <v>23</v>
       </c>
       <c r="B808" s="1">
         <v>1736</v>
       </c>
       <c r="C808" s="1" t="s">
-        <v>746</v>
+        <v>744</v>
       </c>
       <c r="D808" s="1" t="s">
         <v>54</v>
       </c>
       <c r="E808" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="809">
       <c r="A809" s="1">
         <v>24</v>
       </c>
       <c r="B809" s="1">
         <v>1188</v>
       </c>
       <c r="C809" s="1" t="s">
-        <v>747</v>
+        <v>745</v>
       </c>
       <c r="D809" s="1" t="s">
         <v>74</v>
       </c>
       <c r="E809" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="810">
       <c r="A810" s="1">
         <v>25</v>
       </c>
       <c r="B810" s="1">
         <v>923</v>
       </c>
       <c r="C810" s="1" t="s">
-        <v>748</v>
+        <v>746</v>
       </c>
       <c r="D810" s="1" t="s">
         <v>121</v>
       </c>
       <c r="E810" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="811">
       <c r="A811" s="1">
         <v>26</v>
       </c>
       <c r="B811" s="1">
         <v>947</v>
       </c>
       <c r="C811" s="1" t="s">
-        <v>749</v>
+        <v>747</v>
       </c>
       <c r="D811" s="1" t="s">
         <v>121</v>
       </c>
       <c r="E811" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="812">
       <c r="A812" s="1">
         <v>27</v>
       </c>
       <c r="B812" s="1">
         <v>1600</v>
       </c>
       <c r="C812" s="1" t="s">
-        <v>750</v>
+        <v>748</v>
       </c>
       <c r="D812" s="1" t="s">
         <v>68</v>
       </c>
       <c r="E812" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="813">
       <c r="A813" s="1">
         <v>28</v>
       </c>
       <c r="B813" s="1">
         <v>787</v>
       </c>
       <c r="C813" s="1" t="s">
-        <v>751</v>
+        <v>749</v>
       </c>
       <c r="D813" s="1" t="s">
         <v>21</v>
       </c>
       <c r="E813" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="814">
       <c r="A814" s="1">
         <v>29</v>
       </c>
       <c r="B814" s="1">
         <v>1253</v>
       </c>
       <c r="C814" s="1" t="s">
-        <v>752</v>
+        <v>750</v>
       </c>
       <c r="D814" s="1" t="s">
         <v>74</v>
       </c>
       <c r="E814" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="815">
       <c r="A815" s="1">
         <v>30</v>
       </c>
       <c r="B815" s="1">
         <v>596</v>
       </c>
       <c r="C815" s="1" t="s">
-        <v>753</v>
+        <v>751</v>
       </c>
       <c r="D815" s="1" t="s">
         <v>68</v>
       </c>
       <c r="E815" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="816">
       <c r="A816" s="1">
         <v>31</v>
       </c>
       <c r="B816" s="1">
         <v>195</v>
       </c>
       <c r="C816" s="1" t="s">
-        <v>754</v>
+        <v>752</v>
       </c>
       <c r="D816" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E816" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="817">
       <c r="A817" s="1">
         <v>32</v>
       </c>
       <c r="B817" s="1">
         <v>201</v>
       </c>
       <c r="C817" s="1" t="s">
-        <v>755</v>
+        <v>753</v>
       </c>
       <c r="D817" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E817" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="818">
       <c r="A818" s="1">
         <v>33</v>
       </c>
       <c r="B818" s="1">
         <v>326</v>
       </c>
       <c r="C818" s="1" t="s">
-        <v>756</v>
+        <v>754</v>
       </c>
       <c r="D818" s="1" t="s">
         <v>84</v>
       </c>
       <c r="E818" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="819">
       <c r="A819" s="1">
         <v>34</v>
       </c>
       <c r="B819" s="1">
         <v>205</v>
       </c>
       <c r="C819" s="1" t="s">
-        <v>757</v>
+        <v>755</v>
       </c>
       <c r="D819" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E819" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="820">
       <c r="A820" s="1">
         <v>35</v>
       </c>
       <c r="B820" s="1">
         <v>942</v>
       </c>
       <c r="C820" s="1" t="s">
-        <v>758</v>
+        <v>756</v>
       </c>
       <c r="D820" s="1" t="s">
         <v>121</v>
       </c>
       <c r="E820" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="823">
       <c r="A823" s="3" t="s">
-        <v>759</v>
+        <v>757</v>
       </c>
       <c r="B823" s="3" t="s">
-        <v>759</v>
+        <v>757</v>
       </c>
       <c r="C823" s="3" t="s">
-        <v>759</v>
+        <v>757</v>
       </c>
       <c r="D823" s="3" t="s">
-        <v>759</v>
+        <v>757</v>
       </c>
       <c r="E823" s="3" t="s">
-        <v>759</v>
+        <v>757</v>
       </c>
     </row>
     <row r="824">
       <c r="A824" s="2" t="s">
         <v>2</v>
       </c>
       <c r="B824" s="2" t="s">
         <v>3</v>
       </c>
       <c r="C824" s="2" t="s">
         <v>4</v>
       </c>
       <c r="D824" s="2" t="s">
         <v>5</v>
       </c>
       <c r="E824" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="825">
       <c r="A825" s="1">
         <v>1</v>
       </c>
       <c r="B825" s="1">
         <v>970</v>
       </c>
       <c r="C825" s="1" t="s">
-        <v>760</v>
+        <v>758</v>
       </c>
       <c r="D825" s="1" t="s">
         <v>121</v>
       </c>
       <c r="E825" s="1">
         <v>15</v>
       </c>
     </row>
     <row r="826">
       <c r="A826" s="1">
         <v>2</v>
       </c>
       <c r="B826" s="1">
         <v>1874</v>
       </c>
       <c r="C826" s="1" t="s">
-        <v>761</v>
+        <v>759</v>
       </c>
       <c r="D826" s="1" t="s">
         <v>18</v>
       </c>
       <c r="E826" s="1">
         <v>13</v>
       </c>
     </row>
     <row r="827">
       <c r="A827" s="1">
         <v>3</v>
       </c>
       <c r="B827" s="1">
         <v>1223</v>
       </c>
       <c r="C827" s="1" t="s">
-        <v>762</v>
+        <v>760</v>
       </c>
       <c r="D827" s="1" t="s">
         <v>74</v>
       </c>
       <c r="E827" s="1">
         <v>11</v>
       </c>
     </row>
     <row r="828">
       <c r="A828" s="1">
         <v>4</v>
       </c>
       <c r="B828" s="1">
         <v>810</v>
       </c>
       <c r="C828" s="1" t="s">
-        <v>763</v>
+        <v>761</v>
       </c>
       <c r="D828" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E828" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="829">
       <c r="A829" s="1">
         <v>5</v>
       </c>
       <c r="B829" s="1">
         <v>1806</v>
       </c>
       <c r="C829" s="1" t="s">
-        <v>764</v>
+        <v>762</v>
       </c>
       <c r="D829" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E829" s="1">
         <v>9</v>
       </c>
     </row>
     <row r="830">
       <c r="A830" s="1">
         <v>6</v>
       </c>
       <c r="B830" s="1">
         <v>1394</v>
       </c>
       <c r="C830" s="1" t="s">
-        <v>765</v>
+        <v>763</v>
       </c>
       <c r="D830" s="1" t="s">
         <v>74</v>
       </c>
       <c r="E830" s="1">
         <v>8</v>
       </c>
     </row>
     <row r="831">
       <c r="A831" s="1">
         <v>7</v>
       </c>
       <c r="B831" s="1">
         <v>1129</v>
       </c>
       <c r="C831" s="1" t="s">
-        <v>766</v>
+        <v>764</v>
       </c>
       <c r="D831" s="1" t="s">
         <v>169</v>
       </c>
       <c r="E831" s="1">
         <v>7</v>
       </c>
     </row>
     <row r="832">
       <c r="A832" s="1">
         <v>8</v>
       </c>
       <c r="B832" s="1">
         <v>1105</v>
       </c>
       <c r="C832" s="1" t="s">
-        <v>767</v>
+        <v>765</v>
       </c>
       <c r="D832" s="1" t="s">
         <v>169</v>
       </c>
       <c r="E832" s="1">
         <v>6</v>
       </c>
     </row>
     <row r="833">
       <c r="A833" s="1">
         <v>9</v>
       </c>
       <c r="B833" s="1">
         <v>995</v>
       </c>
       <c r="C833" s="1" t="s">
-        <v>768</v>
+        <v>766</v>
       </c>
       <c r="D833" s="1" t="s">
         <v>48</v>
       </c>
       <c r="E833" s="1">
         <v>5</v>
       </c>
     </row>
     <row r="836">
       <c r="A836" s="3" t="s">
-        <v>769</v>
+        <v>767</v>
       </c>
       <c r="B836" s="3" t="s">
-        <v>769</v>
+        <v>767</v>
       </c>
       <c r="C836" s="3" t="s">
-        <v>769</v>
+        <v>767</v>
       </c>
       <c r="D836" s="3" t="s">
-        <v>769</v>
+        <v>767</v>
       </c>
       <c r="E836" s="3" t="s">
-        <v>769</v>
+        <v>767</v>
       </c>
     </row>
     <row r="837">
       <c r="A837" s="2" t="s">
         <v>2</v>
       </c>
       <c r="B837" s="2" t="s">
         <v>3</v>
       </c>
       <c r="C837" s="2" t="s">
         <v>4</v>
       </c>
       <c r="D837" s="2" t="s">
         <v>5</v>
       </c>
       <c r="E837" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="838">
       <c r="A838" s="1">
         <v>1</v>
       </c>
       <c r="B838" s="1">
         <v>356</v>
       </c>
       <c r="C838" s="1" t="s">
-        <v>770</v>
+        <v>768</v>
       </c>
       <c r="D838" s="1" t="s">
         <v>28</v>
       </c>
       <c r="E838" s="1">
         <v>15</v>
       </c>
     </row>
     <row r="839">
       <c r="A839" s="1">
         <v>2</v>
       </c>
       <c r="B839" s="1">
         <v>1116</v>
       </c>
       <c r="C839" s="1" t="s">
-        <v>771</v>
+        <v>769</v>
       </c>
       <c r="D839" s="1" t="s">
         <v>169</v>
       </c>
       <c r="E839" s="1">
         <v>13</v>
       </c>
     </row>
     <row r="840">
       <c r="A840" s="1">
         <v>3</v>
       </c>
       <c r="B840" s="1">
         <v>430</v>
       </c>
       <c r="C840" s="1" t="s">
-        <v>772</v>
+        <v>770</v>
       </c>
       <c r="D840" s="1" t="s">
         <v>28</v>
       </c>
       <c r="E840" s="1">
         <v>11</v>
       </c>
     </row>
     <row r="841">
       <c r="A841" s="1">
         <v>4</v>
       </c>
       <c r="B841" s="1">
         <v>1309</v>
       </c>
       <c r="C841" s="1" t="s">
         <v>219</v>
       </c>
       <c r="D841" s="1" t="s">
         <v>84</v>
       </c>
       <c r="E841" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="842">
       <c r="A842" s="1">
         <v>5</v>
       </c>
       <c r="B842" s="1">
         <v>423</v>
       </c>
       <c r="C842" s="1" t="s">
-        <v>773</v>
+        <v>771</v>
       </c>
       <c r="D842" s="1" t="s">
         <v>28</v>
       </c>
       <c r="E842" s="1">
         <v>9</v>
       </c>
     </row>
     <row r="843">
       <c r="A843" s="1">
         <v>6</v>
       </c>
       <c r="B843" s="1">
         <v>462</v>
       </c>
       <c r="C843" s="1" t="s">
-        <v>774</v>
+        <v>772</v>
       </c>
       <c r="D843" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E843" s="1">
         <v>8</v>
       </c>
     </row>
     <row r="844">
       <c r="A844" s="1">
         <v>7</v>
       </c>
       <c r="B844" s="1">
         <v>823</v>
       </c>
       <c r="C844" s="1" t="s">
-        <v>775</v>
+        <v>773</v>
       </c>
       <c r="D844" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E844" s="1">
         <v>7</v>
       </c>
     </row>
     <row r="845">
       <c r="A845" s="1">
         <v>8</v>
       </c>
       <c r="B845" s="1">
         <v>963</v>
       </c>
       <c r="C845" s="1" t="s">
-        <v>776</v>
+        <v>774</v>
       </c>
       <c r="D845" s="1" t="s">
         <v>121</v>
       </c>
       <c r="E845" s="1">
         <v>6</v>
       </c>
     </row>
     <row r="846">
       <c r="A846" s="1">
         <v>9</v>
       </c>
       <c r="B846" s="1">
         <v>1671</v>
       </c>
       <c r="C846" s="1" t="s">
-        <v>777</v>
+        <v>775</v>
       </c>
       <c r="D846" s="1" t="s">
         <v>146</v>
       </c>
       <c r="E846" s="1">
         <v>5</v>
       </c>
     </row>
     <row r="847">
       <c r="A847" s="1">
         <v>10</v>
       </c>
       <c r="B847" s="1">
         <v>206</v>
       </c>
       <c r="C847" s="1" t="s">
-        <v>778</v>
+        <v>776</v>
       </c>
       <c r="D847" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E847" s="1">
         <v>4</v>
       </c>
     </row>
     <row r="848">
       <c r="A848" s="1">
         <v>11</v>
       </c>
       <c r="B848" s="1">
         <v>734</v>
       </c>
       <c r="C848" s="1" t="s">
-        <v>779</v>
+        <v>777</v>
       </c>
       <c r="D848" s="1" t="s">
         <v>28</v>
       </c>
       <c r="E848" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="849">
       <c r="A849" s="1">
         <v>12</v>
       </c>
       <c r="B849" s="1">
         <v>207</v>
       </c>
       <c r="C849" s="1" t="s">
-        <v>780</v>
+        <v>778</v>
       </c>
       <c r="D849" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E849" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="850">
       <c r="A850" s="1">
         <v>13</v>
       </c>
       <c r="B850" s="1">
         <v>1132</v>
       </c>
       <c r="C850" s="1" t="s">
-        <v>781</v>
+        <v>779</v>
       </c>
       <c r="D850" s="1" t="s">
         <v>169</v>
       </c>
       <c r="E850" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="853">
       <c r="A853" s="3" t="s">
-        <v>782</v>
+        <v>780</v>
       </c>
       <c r="B853" s="3" t="s">
-        <v>782</v>
+        <v>780</v>
       </c>
       <c r="C853" s="3" t="s">
-        <v>782</v>
+        <v>780</v>
       </c>
       <c r="D853" s="3" t="s">
-        <v>782</v>
+        <v>780</v>
       </c>
       <c r="E853" s="3" t="s">
-        <v>782</v>
+        <v>780</v>
       </c>
     </row>
     <row r="854">
       <c r="A854" s="2" t="s">
         <v>2</v>
       </c>
       <c r="B854" s="2" t="s">
         <v>3</v>
       </c>
       <c r="C854" s="2" t="s">
         <v>4</v>
       </c>
       <c r="D854" s="2" t="s">
         <v>5</v>
       </c>
       <c r="E854" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="855">
       <c r="A855" s="1">
         <v>1</v>
       </c>
       <c r="B855" s="1">
         <v>979</v>
       </c>
       <c r="C855" s="1" t="s">
-        <v>783</v>
+        <v>781</v>
       </c>
       <c r="D855" s="1" t="s">
         <v>48</v>
       </c>
       <c r="E855" s="1">
         <v>15</v>
       </c>
     </row>
     <row r="856">
       <c r="A856" s="1">
         <v>2</v>
       </c>
       <c r="B856" s="1">
         <v>77</v>
       </c>
       <c r="C856" s="1" t="s">
-        <v>784</v>
+        <v>782</v>
       </c>
       <c r="D856" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E856" s="1">
         <v>13</v>
       </c>
     </row>
     <row r="857">
       <c r="A857" s="1">
         <v>3</v>
       </c>
       <c r="B857" s="1">
         <v>801</v>
       </c>
       <c r="C857" s="1" t="s">
-        <v>785</v>
+        <v>783</v>
       </c>
       <c r="D857" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E857" s="1">
         <v>11</v>
       </c>
     </row>
     <row r="858">
       <c r="A858" s="1">
         <v>4</v>
       </c>
       <c r="B858" s="1">
         <v>1776</v>
       </c>
       <c r="C858" s="1" t="s">
-        <v>786</v>
+        <v>784</v>
       </c>
       <c r="D858" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E858" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="859">
       <c r="A859" s="1">
         <v>5</v>
       </c>
       <c r="B859" s="1">
         <v>1787</v>
       </c>
       <c r="C859" s="1" t="s">
-        <v>787</v>
+        <v>785</v>
       </c>
       <c r="D859" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E859" s="1">
         <v>9</v>
       </c>
     </row>
     <row r="860">
       <c r="A860" s="1">
         <v>6</v>
       </c>
       <c r="B860" s="1">
         <v>1194</v>
       </c>
       <c r="C860" s="1" t="s">
-        <v>788</v>
+        <v>786</v>
       </c>
       <c r="D860" s="1" t="s">
         <v>74</v>
       </c>
       <c r="E860" s="1">
         <v>8</v>
       </c>
     </row>
     <row r="863">
       <c r="A863" s="3" t="s">
-        <v>789</v>
+        <v>787</v>
       </c>
       <c r="B863" s="3" t="s">
-        <v>789</v>
+        <v>787</v>
       </c>
       <c r="C863" s="3" t="s">
-        <v>789</v>
+        <v>787</v>
       </c>
       <c r="D863" s="3" t="s">
-        <v>789</v>
+        <v>787</v>
       </c>
       <c r="E863" s="3" t="s">
-        <v>789</v>
+        <v>787</v>
       </c>
     </row>
     <row r="864">
       <c r="A864" s="2" t="s">
         <v>2</v>
       </c>
       <c r="B864" s="2" t="s">
         <v>3</v>
       </c>
       <c r="C864" s="2" t="s">
         <v>4</v>
       </c>
       <c r="D864" s="2" t="s">
         <v>5</v>
       </c>
       <c r="E864" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="865">
       <c r="A865" s="1">
         <v>1</v>
       </c>
       <c r="B865" s="1">
         <v>906</v>
       </c>
       <c r="C865" s="1" t="s">
-        <v>790</v>
+        <v>788</v>
       </c>
       <c r="D865" s="1" t="s">
         <v>121</v>
       </c>
       <c r="E865" s="1">
         <v>15</v>
       </c>
     </row>
     <row r="866">
       <c r="A866" s="1">
         <v>2</v>
       </c>
       <c r="B866" s="1">
         <v>1146</v>
       </c>
       <c r="C866" s="1" t="s">
-        <v>791</v>
+        <v>789</v>
       </c>
       <c r="D866" s="1" t="s">
         <v>169</v>
       </c>
       <c r="E866" s="1">
         <v>13</v>
       </c>
     </row>
     <row r="867">
       <c r="A867" s="1">
         <v>3</v>
       </c>
       <c r="B867" s="1">
         <v>463</v>
       </c>
       <c r="C867" s="1" t="s">
-        <v>792</v>
+        <v>790</v>
       </c>
       <c r="D867" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E867" s="1">
         <v>11</v>
       </c>
     </row>
     <row r="868">
       <c r="A868" s="1">
         <v>4</v>
       </c>
       <c r="B868" s="1">
         <v>1526</v>
       </c>
       <c r="C868" s="1" t="s">
-        <v>793</v>
+        <v>791</v>
       </c>
       <c r="D868" s="1" t="s">
         <v>121</v>
       </c>
       <c r="E868" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="869">
       <c r="A869" s="1">
         <v>5</v>
       </c>
       <c r="B869" s="1">
         <v>875</v>
       </c>
       <c r="C869" s="1" t="s">
-        <v>794</v>
+        <v>792</v>
       </c>
       <c r="D869" s="1" t="s">
         <v>510</v>
       </c>
       <c r="E869" s="1">
         <v>9</v>
       </c>
     </row>
     <row r="870">
       <c r="A870" s="1">
         <v>6</v>
       </c>
       <c r="B870" s="1">
         <v>1653</v>
       </c>
       <c r="C870" s="1" t="s">
-        <v>795</v>
+        <v>793</v>
       </c>
       <c r="D870" s="1" t="s">
         <v>146</v>
       </c>
       <c r="E870" s="1">
         <v>8</v>
       </c>
     </row>
     <row r="871">
       <c r="A871" s="1">
         <v>7</v>
       </c>
       <c r="B871" s="1">
         <v>568</v>
       </c>
       <c r="C871" s="1" t="s">
-        <v>796</v>
+        <v>794</v>
       </c>
       <c r="D871" s="1" t="s">
         <v>68</v>
       </c>
       <c r="E871" s="1">
         <v>7</v>
       </c>
     </row>
     <row r="872">
       <c r="A872" s="1">
         <v>8</v>
       </c>
       <c r="B872" s="1">
         <v>1672</v>
       </c>
       <c r="C872" s="1" t="s">
-        <v>797</v>
+        <v>795</v>
       </c>
       <c r="D872" s="1" t="s">
         <v>146</v>
       </c>
       <c r="E872" s="1">
         <v>6</v>
       </c>
     </row>
     <row r="873">
       <c r="A873" s="1">
         <v>9</v>
       </c>
       <c r="B873" s="1">
         <v>1610</v>
       </c>
       <c r="C873" s="1" t="s">
-        <v>798</v>
+        <v>796</v>
       </c>
       <c r="D873" s="1" t="s">
         <v>146</v>
       </c>
       <c r="E873" s="1">
         <v>5</v>
       </c>
     </row>
     <row r="874">
       <c r="A874" s="1">
         <v>10</v>
       </c>
       <c r="B874" s="1">
         <v>209</v>
       </c>
       <c r="C874" s="1" t="s">
-        <v>799</v>
+        <v>797</v>
       </c>
       <c r="D874" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E874" s="1">
         <v>4</v>
       </c>
     </row>
     <row r="875">
       <c r="A875" s="1">
         <v>11</v>
       </c>
       <c r="B875" s="1">
         <v>1495</v>
       </c>
       <c r="C875" s="1" t="s">
-        <v>800</v>
+        <v>798</v>
       </c>
       <c r="D875" s="1" t="s">
         <v>221</v>
       </c>
       <c r="E875" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="878">
       <c r="A878" s="3" t="s">
-        <v>801</v>
+        <v>799</v>
       </c>
       <c r="B878" s="3" t="s">
-        <v>801</v>
+        <v>799</v>
       </c>
       <c r="C878" s="3" t="s">
-        <v>801</v>
+        <v>799</v>
       </c>
       <c r="D878" s="3" t="s">
-        <v>801</v>
+        <v>799</v>
       </c>
       <c r="E878" s="3" t="s">
-        <v>801</v>
+        <v>799</v>
       </c>
     </row>
     <row r="879">
       <c r="A879" s="2" t="s">
         <v>2</v>
       </c>
       <c r="B879" s="2" t="s">
         <v>3</v>
       </c>
       <c r="C879" s="2" t="s">
         <v>4</v>
       </c>
       <c r="D879" s="2" t="s">
         <v>5</v>
       </c>
       <c r="E879" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="880">
       <c r="A880" s="1">
         <v>1</v>
       </c>
       <c r="B880" s="1">
         <v>664</v>
       </c>
       <c r="C880" s="1" t="s">
-        <v>802</v>
+        <v>800</v>
       </c>
       <c r="D880" s="1" t="s">
         <v>18</v>
       </c>
       <c r="E880" s="1">
         <v>15</v>
       </c>
     </row>
     <row r="881">
       <c r="A881" s="1">
         <v>2</v>
       </c>
       <c r="B881" s="1">
         <v>935</v>
       </c>
       <c r="C881" s="1" t="s">
-        <v>803</v>
+        <v>801</v>
       </c>
       <c r="D881" s="1" t="s">
         <v>121</v>
       </c>
       <c r="E881" s="1">
         <v>13</v>
       </c>
     </row>
     <row r="882">
       <c r="A882" s="1">
         <v>3</v>
       </c>
       <c r="B882" s="1">
         <v>212</v>
       </c>
       <c r="C882" s="1" t="s">
-        <v>804</v>
+        <v>802</v>
       </c>
       <c r="D882" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E882" s="1">
         <v>11</v>
       </c>
     </row>
     <row r="883">
       <c r="A883" s="1">
         <v>4</v>
       </c>
       <c r="B883" s="1">
         <v>1665</v>
       </c>
       <c r="C883" s="1" t="s">
-        <v>805</v>
+        <v>803</v>
       </c>
       <c r="D883" s="1" t="s">
         <v>146</v>
       </c>
       <c r="E883" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="884">
       <c r="A884" s="1">
         <v>5</v>
       </c>
       <c r="B884" s="1">
         <v>1137</v>
       </c>
       <c r="C884" s="1" t="s">
-        <v>806</v>
+        <v>804</v>
       </c>
       <c r="D884" s="1" t="s">
         <v>169</v>
       </c>
       <c r="E884" s="1">
         <v>9</v>
       </c>
     </row>
     <row r="885">
       <c r="A885" s="1">
         <v>6</v>
       </c>
       <c r="B885" s="1">
         <v>500</v>
       </c>
       <c r="C885" s="1" t="s">
-        <v>807</v>
+        <v>805</v>
       </c>
       <c r="D885" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E885" s="1">
         <v>8</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:F2"/>
     <mergeCell ref="A3:E3"/>
     <mergeCell ref="A18:E18"/>
     <mergeCell ref="A35:E35"/>
     <mergeCell ref="A56:E56"/>
     <mergeCell ref="A81:E81"/>
     <mergeCell ref="A98:E98"/>
     <mergeCell ref="A114:E114"/>
     <mergeCell ref="A125:E125"/>
     <mergeCell ref="A141:E141"/>
     <mergeCell ref="A159:E159"/>
     <mergeCell ref="A169:E169"/>
     <mergeCell ref="A183:E183"/>
     <mergeCell ref="A190:E190"/>
     <mergeCell ref="A202:E202"/>
@@ -16792,62 +16786,62 @@
         <v>22</v>
       </c>
       <c r="B25" s="1" t="s">
         <v>151</v>
       </c>
       <c r="C25" s="1">
         <v>9</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="1">
         <v>23</v>
       </c>
       <c r="B26" s="1" t="s">
         <v>354</v>
       </c>
       <c r="C26" s="1">
         <v>5</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="1">
         <v>24</v>
       </c>
       <c r="B27" s="1" t="s">
-        <v>687</v>
+        <v>686</v>
       </c>
       <c r="C27" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="1">
         <v>25</v>
       </c>
       <c r="B28" s="1" t="s">
-        <v>698</v>
+        <v>697</v>
       </c>
       <c r="C28" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="1">
         <v>26</v>
       </c>
       <c r="B29" s="1" t="s">
         <v>230</v>
       </c>
       <c r="C29" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="1">
         <v>26</v>
       </c>
       <c r="B30" s="1" t="s">
         <v>227</v>
       </c>
       <c r="C30" s="1">
         <v>1</v>