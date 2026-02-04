--- v1 (2025-12-07)
+++ v2 (2026-02-04)
@@ -185,66 +185,66 @@
   <si>
     <t>Rui Carvalhinho</t>
   </si>
   <si>
     <t>Ricardo Pinto</t>
   </si>
   <si>
     <t>Gabriel Silva</t>
   </si>
   <si>
     <t>Associação de Moradores 18 de Maio</t>
   </si>
   <si>
     <t>Vicente Esteves</t>
   </si>
   <si>
     <t>Alexandre Filipe</t>
   </si>
   <si>
     <t>Tiago Maniés</t>
   </si>
   <si>
     <t>Martim Pires</t>
   </si>
   <si>
-    <t>Gabriel Figueiredo</t>
+    <t>Maria Forgaça</t>
   </si>
   <si>
     <t>Xavier Costa</t>
   </si>
   <si>
     <t>Sub 12 - Femininos</t>
   </si>
   <si>
     <t>Yasmin Tchemaguine</t>
   </si>
   <si>
     <t>Jaciara Cabral</t>
   </si>
   <si>
-    <t xml:space="preserve">Jéssica  Almeida</t>
+    <t>Luis Trindade</t>
   </si>
   <si>
     <t>Carolina Quintela</t>
   </si>
   <si>
     <t>FRANCISCA CORVO</t>
   </si>
   <si>
     <t>Ines Batista</t>
   </si>
   <si>
     <t>GMCJamor</t>
   </si>
   <si>
     <t>MADALENA ANTUNES</t>
   </si>
   <si>
     <t>Keliane Guadalupe</t>
   </si>
   <si>
     <t>Joana Carvalhinho</t>
   </si>
   <si>
     <t>Madalena Martins</t>
   </si>
@@ -677,51 +677,51 @@
   <si>
     <t>João Neves</t>
   </si>
   <si>
     <t>Amigos de Baco</t>
   </si>
   <si>
     <t>Carlos Gomes</t>
   </si>
   <si>
     <t>João Roxo</t>
   </si>
   <si>
     <t xml:space="preserve">João  Pereira</t>
   </si>
   <si>
     <t>Gonçalo Gomes</t>
   </si>
   <si>
     <t xml:space="preserve"> Atlético Clube de Porto Salvo</t>
   </si>
   <si>
     <t>Tomás Mendes</t>
   </si>
   <si>
-    <t>Sérgio Oliveira</t>
+    <t>Paulo Arrenega</t>
   </si>
   <si>
     <t>Bruno Semedo</t>
   </si>
   <si>
     <t>Richard Perez</t>
   </si>
   <si>
     <t>Guilherme Silva</t>
   </si>
   <si>
     <t>Viriathvs Runners Viseu</t>
   </si>
   <si>
     <t xml:space="preserve">André  Viseu</t>
   </si>
   <si>
     <t xml:space="preserve">Ricardo  Craveiro</t>
   </si>
   <si>
     <t>Miles &amp; Vibes</t>
   </si>
   <si>
     <t>CLAUDIO NORTE</t>
   </si>
@@ -734,51 +734,51 @@
   <si>
     <t xml:space="preserve">Francisco  Val</t>
   </si>
   <si>
     <t>André Liberato</t>
   </si>
   <si>
     <t>André Ribeiro</t>
   </si>
   <si>
     <t>Daniel Sequeira</t>
   </si>
   <si>
     <t>Nazariy Kovalyuk</t>
   </si>
   <si>
     <t>TIAGO SILVA</t>
   </si>
   <si>
     <t>Rogério Chaves</t>
   </si>
   <si>
     <t>FILIPE TEIXEIRA</t>
   </si>
   <si>
-    <t>DAVID SANTOS</t>
+    <t>LUIS COSTA</t>
   </si>
   <si>
     <t>PEDRO QUARESMA</t>
   </si>
   <si>
     <t>Seniores - Femininos</t>
   </si>
   <si>
     <t>SARA MONTEIRO</t>
   </si>
   <si>
     <t>Rita Santos</t>
   </si>
   <si>
     <t>Susana Jorge</t>
   </si>
   <si>
     <t>Catarina Borges</t>
   </si>
   <si>
     <t>SOFIA VAZ</t>
   </si>
   <si>
     <t>Leonor Mendes</t>
   </si>
@@ -875,51 +875,51 @@
   <si>
     <t>Carlos Duque</t>
   </si>
   <si>
     <t>Nuno Quintela</t>
   </si>
   <si>
     <t>LEONEL FONTE</t>
   </si>
   <si>
     <t xml:space="preserve">Gonçalo  Correia</t>
   </si>
   <si>
     <t>HUGO FILIPE ANTUNES</t>
   </si>
   <si>
     <t>NUNO CARRAÇA</t>
   </si>
   <si>
     <t>JOSÉ CARLOS TEODORO</t>
   </si>
   <si>
     <t>Joao Filho</t>
   </si>
   <si>
-    <t>Steve Gabadinho</t>
+    <t>Tiago Ribeiro</t>
   </si>
   <si>
     <t>Miguel Xavier</t>
   </si>
   <si>
     <t>Ivandro Moreira</t>
   </si>
   <si>
     <t>Agualva Runners</t>
   </si>
   <si>
     <t>João Albuquerque</t>
   </si>
   <si>
     <t>JOSÉ MARTINS</t>
   </si>
   <si>
     <t>André Oliveira</t>
   </si>
   <si>
     <t>Gonçalo Rangel</t>
   </si>
   <si>
     <t>Fauler Campos</t>
   </si>
@@ -1406,51 +1406,51 @@
   <si>
     <t>Paulo Reis</t>
   </si>
   <si>
     <t>Pedro Ferreira</t>
   </si>
   <si>
     <t>Mário Rodrigues</t>
   </si>
   <si>
     <t>BRUNO PATINHO</t>
   </si>
   <si>
     <t>João Oliveira</t>
   </si>
   <si>
     <t>CARLOS CARDOSO</t>
   </si>
   <si>
     <t>Bruno Barroso</t>
   </si>
   <si>
     <t xml:space="preserve">Luís  Braz</t>
   </si>
   <si>
-    <t xml:space="preserve">Luis  Menezes</t>
+    <t xml:space="preserve">Luis  Meneses</t>
   </si>
   <si>
     <t>Joao Ferreira</t>
   </si>
   <si>
     <t>F 45</t>
   </si>
   <si>
     <t xml:space="preserve">Marta  Borges</t>
   </si>
   <si>
     <t>Sónia Machado</t>
   </si>
   <si>
     <t>Joana Garcia</t>
   </si>
   <si>
     <t>Céu Fernandes</t>
   </si>
   <si>
     <t xml:space="preserve">CÉLIA  SILVA</t>
   </si>
   <si>
     <t>Sandra Silva</t>
   </si>
@@ -1508,51 +1508,51 @@
   <si>
     <t>Sara Carvalhinho</t>
   </si>
   <si>
     <t xml:space="preserve">MARINA   PANTALIÃO</t>
   </si>
   <si>
     <t>Rosa Silva</t>
   </si>
   <si>
     <t>M 50</t>
   </si>
   <si>
     <t>Luís Brito</t>
   </si>
   <si>
     <t>SÉRGIO PAIVA</t>
   </si>
   <si>
     <t>LUIS PINTO</t>
   </si>
   <si>
     <t>PEDRO MAGALHÃES</t>
   </si>
   <si>
-    <t>Igor Tchemaguine</t>
+    <t>Ana Lúcia Rebelo</t>
   </si>
   <si>
     <t>LUIS LIMA</t>
   </si>
   <si>
     <t>Paulo Silva</t>
   </si>
   <si>
     <t>João Guterres</t>
   </si>
   <si>
     <t xml:space="preserve">JORGE   PINHO</t>
   </si>
   <si>
     <t xml:space="preserve">ARTUR   PEREIRA</t>
   </si>
   <si>
     <t>Carlos Taveira</t>
   </si>
   <si>
     <t>Bruno Afonso</t>
   </si>
   <si>
     <t>Tiago Rocha</t>
   </si>
@@ -1580,51 +1580,51 @@
   <si>
     <t>Carlos Craveira</t>
   </si>
   <si>
     <t>Pedro Esteves</t>
   </si>
   <si>
     <t xml:space="preserve">Gonçalo  Baroutakis </t>
   </si>
   <si>
     <t>Hugo Palmeiro</t>
   </si>
   <si>
     <t>ABNER KIENE</t>
   </si>
   <si>
     <t>LUIS PEDROSO</t>
   </si>
   <si>
     <t xml:space="preserve">Jorge  Ferreira</t>
   </si>
   <si>
     <t>LUÍS CARVALHO</t>
   </si>
   <si>
-    <t>Filipe Rebelo</t>
+    <t>Joaquim Amaral</t>
   </si>
   <si>
     <t>JULIO FERREIRA</t>
   </si>
   <si>
     <t xml:space="preserve">PEDRO  CAVILHAS</t>
   </si>
   <si>
     <t>Pedro Semedo</t>
   </si>
   <si>
     <t>António Canto</t>
   </si>
   <si>
     <t xml:space="preserve">João  Caetano</t>
   </si>
   <si>
     <t>Sérgio Ramos</t>
   </si>
   <si>
     <t>Nelson Tembe</t>
   </si>
   <si>
     <t>Nuno Morgado</t>
   </si>