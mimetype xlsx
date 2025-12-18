--- v0 (2025-11-03)
+++ v1 (2025-12-18)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Atletas" sheetId="1" r:id="rId1"/>
     <sheet name="Colectivo" sheetId="2" r:id="rId3"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="725" uniqueCount="725">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="723" uniqueCount="723">
   <si>
     <t>42º Troféu CM Oeiras - Grande Prémio Outurela</t>
   </si>
   <si>
     <t>Sub 10 - Masculinos</t>
   </si>
   <si>
     <t>Posição</t>
   </si>
   <si>
     <t>Dorsal</t>
   </si>
   <si>
     <t>Atleta</t>
   </si>
   <si>
     <t>Clube/Equipa</t>
   </si>
   <si>
     <t>Pontos</t>
   </si>
   <si>
     <t>Vicente Silva</t>
   </si>
   <si>
@@ -155,75 +155,75 @@
   <si>
     <t>Rodrigo Madureira</t>
   </si>
   <si>
     <t>Diogo Ibraímo</t>
   </si>
   <si>
     <t>Grupo Musical 1º Dezembro Queijas</t>
   </si>
   <si>
     <t>Xavier Costa</t>
   </si>
   <si>
     <t xml:space="preserve">Gonçalo  Quintelas </t>
   </si>
   <si>
     <t>Simão Pinto</t>
   </si>
   <si>
     <t>MANEL PEDRO</t>
   </si>
   <si>
     <t>Associação de Moradores 18 de Maio</t>
   </si>
   <si>
-    <t>Gabriel Figueiredo</t>
+    <t>Maria Forgaça</t>
   </si>
   <si>
     <t>STEVEN RELVAS GROSSO</t>
   </si>
   <si>
     <t>David Gabadinho</t>
   </si>
   <si>
     <t>Alexandre Filipe</t>
   </si>
   <si>
     <t>Vicente Esteves</t>
   </si>
   <si>
     <t>Grupo Desportivo de Barcarena</t>
   </si>
   <si>
     <t>Elyan Silva</t>
   </si>
   <si>
     <t>SANTIAGO LOPES</t>
   </si>
   <si>
-    <t xml:space="preserve">André  Taborda</t>
+    <t>Tiago Maniés</t>
   </si>
   <si>
     <t>Gabriel Silva</t>
   </si>
   <si>
     <t>Sub 12 - Femininos</t>
   </si>
   <si>
     <t>Yasmin Tchemaguine</t>
   </si>
   <si>
     <t>Elma Espírito-Santo</t>
   </si>
   <si>
     <t xml:space="preserve">Jéssica  Almeida</t>
   </si>
   <si>
     <t xml:space="preserve">Reniala   Staudte</t>
   </si>
   <si>
     <t xml:space="preserve">Sofia  Paixão</t>
   </si>
   <si>
     <t>FRANCISCA CORVO</t>
   </si>
@@ -509,54 +509,54 @@
   <si>
     <t>Grupo Recreativo e Desportivo da Ribeira da Lage</t>
   </si>
   <si>
     <t>Inês Jerónimo Pereira</t>
   </si>
   <si>
     <t>Rita Silva</t>
   </si>
   <si>
     <t>Sub 23 - Masculinos</t>
   </si>
   <si>
     <t>Afonso Antunes</t>
   </si>
   <si>
     <t>Miguel Sayanda</t>
   </si>
   <si>
     <t>Filipe Condinho</t>
   </si>
   <si>
     <t>Salvador Alves</t>
   </si>
   <si>
-    <t>PEDRO VIEIRA</t>
-[...2 lines deleted...]
-    <t>SIMÃO OLIVEIRA</t>
+    <t>DEUS KAPUNGA</t>
+  </si>
+  <si>
+    <t>SIMÃO LIMA</t>
   </si>
   <si>
     <t xml:space="preserve">Gonçalo  Magalhães</t>
   </si>
   <si>
     <t>Pedro Rijo</t>
   </si>
   <si>
     <t>Sub 23 - Femininos</t>
   </si>
   <si>
     <t xml:space="preserve">PETRA     SANTOS</t>
   </si>
   <si>
     <t>Madalena Preciso</t>
   </si>
   <si>
     <t>Carla Santos</t>
   </si>
   <si>
     <t>Beatriz Rebelo</t>
   </si>
   <si>
     <t>MATILDE MARQUES</t>
   </si>
@@ -662,102 +662,102 @@
   <si>
     <t xml:space="preserve"> Atlético Clube de Porto Salvo</t>
   </si>
   <si>
     <t xml:space="preserve">Francisco  Val</t>
   </si>
   <si>
     <t xml:space="preserve">Bernardo  Batista</t>
   </si>
   <si>
     <t>André Ribeiro</t>
   </si>
   <si>
     <t>CLAUDIO NORTE</t>
   </si>
   <si>
     <t>Daniel Sequeira</t>
   </si>
   <si>
     <t>João Teles</t>
   </si>
   <si>
     <t>PEDRO QUARESMA</t>
   </si>
   <si>
-    <t xml:space="preserve">Natalino  Monteiro</t>
+    <t>Francisco Ferreira</t>
   </si>
   <si>
     <t xml:space="preserve">Diogo  Poças</t>
   </si>
   <si>
     <t>Seniores - Femininos</t>
   </si>
   <si>
     <t>Rita Santos</t>
   </si>
   <si>
     <t>Susana Jorge</t>
   </si>
   <si>
     <t>Catarina Borges</t>
   </si>
   <si>
     <t>SARA MONTEIRO</t>
   </si>
   <si>
     <t>ANA RAINHO</t>
   </si>
   <si>
     <t>Leonor Mendes</t>
   </si>
   <si>
     <t>BÁRBARA ABREU</t>
   </si>
   <si>
     <t>CATARINA CARREIRA</t>
   </si>
   <si>
     <t xml:space="preserve">SOFIA GONÇALVES </t>
   </si>
   <si>
     <t>Mariana Figueira</t>
   </si>
   <si>
     <t xml:space="preserve">TELMA SILVA </t>
   </si>
   <si>
     <t xml:space="preserve">Marta  Raposo</t>
   </si>
   <si>
     <t xml:space="preserve">Carolina  Roseiro</t>
   </si>
   <si>
     <t>Liliana Branco</t>
   </si>
   <si>
-    <t xml:space="preserve">Raquel Reis </t>
+    <t>Raquel Reis</t>
   </si>
   <si>
     <t>Mafalda Bação</t>
   </si>
   <si>
     <t>Sofia Gomes</t>
   </si>
   <si>
     <t>Rita García-Mon</t>
   </si>
   <si>
     <t>Mariana dos Reis</t>
   </si>
   <si>
     <t>Soraia Paraíso</t>
   </si>
   <si>
     <t>Mara Afonso</t>
   </si>
   <si>
     <t>Joana Falcão</t>
   </si>
   <si>
     <t>Verónica Ramos</t>
   </si>
@@ -797,51 +797,51 @@
   <si>
     <t xml:space="preserve">Gonçalo  Correia</t>
   </si>
   <si>
     <t>André Oliveira</t>
   </si>
   <si>
     <t>Filipe Pereira</t>
   </si>
   <si>
     <t>JOSÉ MARTINS</t>
   </si>
   <si>
     <t>Fauler Campos</t>
   </si>
   <si>
     <t xml:space="preserve">João  Miranda</t>
   </si>
   <si>
     <t>Gonçalo Rangel</t>
   </si>
   <si>
     <t>PEDRO PINTO</t>
   </si>
   <si>
-    <t xml:space="preserve">TIAGO VELEZ </t>
+    <t>JOSÉ VASCO</t>
   </si>
   <si>
     <t>GONÇALO PIRES</t>
   </si>
   <si>
     <t xml:space="preserve">Pedro  Costa</t>
   </si>
   <si>
     <t>TELMO JORGE</t>
   </si>
   <si>
     <t>Nuno Pombo</t>
   </si>
   <si>
     <t>João Vale</t>
   </si>
   <si>
     <t>Ruben Mendonça</t>
   </si>
   <si>
     <t>F 35</t>
   </si>
   <si>
     <t>Célia Lopes</t>
   </si>
@@ -1037,51 +1037,51 @@
   <si>
     <t xml:space="preserve">VÍTOR   TEIXEIRA</t>
   </si>
   <si>
     <t>Leandro Rodrigues</t>
   </si>
   <si>
     <t>Bruno Ornelas</t>
   </si>
   <si>
     <t xml:space="preserve">Sergio  Ladeira </t>
   </si>
   <si>
     <t xml:space="preserve">Gonçalo  Ascensão</t>
   </si>
   <si>
     <t>F 40</t>
   </si>
   <si>
     <t>MARINA DOMIMGUES</t>
   </si>
   <si>
     <t>RITA ROSA</t>
   </si>
   <si>
-    <t>ELISABETE MACEDO</t>
+    <t>MARTA MOTA</t>
   </si>
   <si>
     <t>Ana Garrido Silva</t>
   </si>
   <si>
     <t>Ana Silveira</t>
   </si>
   <si>
     <t>Carla Jesus</t>
   </si>
   <si>
     <t>Cátea Ramos</t>
   </si>
   <si>
     <t xml:space="preserve">TANIA  COELHO</t>
   </si>
   <si>
     <t>CATARINA PALMA</t>
   </si>
   <si>
     <t xml:space="preserve">Ana  Silva</t>
   </si>
   <si>
     <t>Marta Arneiro</t>
   </si>
@@ -1133,51 +1133,51 @@
   <si>
     <t>Paulo Rocha</t>
   </si>
   <si>
     <t>TIAGO GOUVEIA</t>
   </si>
   <si>
     <t xml:space="preserve">DAVID  KARIM</t>
   </si>
   <si>
     <t>Joao Castanheira</t>
   </si>
   <si>
     <t xml:space="preserve">HUGO   GONÇALVES</t>
   </si>
   <si>
     <t xml:space="preserve">Nuno  Dantas</t>
   </si>
   <si>
     <t>Dário Palma</t>
   </si>
   <si>
     <t>Gonçalo Brás</t>
   </si>
   <si>
-    <t>Mário Lima</t>
+    <t>JOSÉ SOUSA</t>
   </si>
   <si>
     <t>António Batalha</t>
   </si>
   <si>
     <t xml:space="preserve">Mario  Batista</t>
   </si>
   <si>
     <t>Nuno Carioca</t>
   </si>
   <si>
     <t>Luis Filipe</t>
   </si>
   <si>
     <t>Paulo Lopes</t>
   </si>
   <si>
     <t>JOSÉ BORGES</t>
   </si>
   <si>
     <t xml:space="preserve">Nuno  Oliveira</t>
   </si>
   <si>
     <t xml:space="preserve">José Miguel  Barradas</t>
   </si>
@@ -1250,51 +1250,51 @@
   <si>
     <t xml:space="preserve">Bruno  Marcelino</t>
   </si>
   <si>
     <t>Eduardo Poças</t>
   </si>
   <si>
     <t>Nuno Alves</t>
   </si>
   <si>
     <t>BRUNO PATINHO</t>
   </si>
   <si>
     <t>Paulo Reis</t>
   </si>
   <si>
     <t>João Oliveira</t>
   </si>
   <si>
     <t>Luis Cadaxa</t>
   </si>
   <si>
     <t xml:space="preserve">Luís  Braz</t>
   </si>
   <si>
-    <t xml:space="preserve">Luis  Menezes</t>
+    <t xml:space="preserve">Luis  Meneses</t>
   </si>
   <si>
     <t>F 45</t>
   </si>
   <si>
     <t>Sónia Machado</t>
   </si>
   <si>
     <t>SOFIA RODRIGUES</t>
   </si>
   <si>
     <t xml:space="preserve">Marta  Borges</t>
   </si>
   <si>
     <t>Joana Garcia</t>
   </si>
   <si>
     <t>Céu Fernandes</t>
   </si>
   <si>
     <t xml:space="preserve">CÉLIA  SILVA</t>
   </si>
   <si>
     <t>SANDRA MONTEIRO</t>
   </si>
@@ -1343,120 +1343,120 @@
   <si>
     <t>ANA ALMEIDA</t>
   </si>
   <si>
     <t>Rosa Silva</t>
   </si>
   <si>
     <t>Sofia Pereira</t>
   </si>
   <si>
     <t>DORA TABORDA</t>
   </si>
   <si>
     <t>M 50</t>
   </si>
   <si>
     <t>LUIS PINTO</t>
   </si>
   <si>
     <t>SÉRGIO PAIVA</t>
   </si>
   <si>
     <t>Paulo Silva</t>
   </si>
   <si>
-    <t>Igor Tchemaguine</t>
+    <t>Ana Lúcia Rebelo</t>
   </si>
   <si>
     <t>LUIS LIMA</t>
   </si>
   <si>
     <t>João Guterres</t>
   </si>
   <si>
     <t xml:space="preserve">ARTUR   PEREIRA</t>
   </si>
   <si>
     <t>RUI ALVES</t>
   </si>
   <si>
     <t>Carlos Taveira</t>
   </si>
   <si>
     <t>Tiago Rocha</t>
   </si>
   <si>
     <t>Luis Monteiro</t>
   </si>
   <si>
     <t>Nuno Cordeiro</t>
   </si>
   <si>
     <t>Associação de Pára-quedistas Tejo-Norte</t>
   </si>
   <si>
     <t>Bruno Afonso</t>
   </si>
   <si>
     <t>Miguel Figueiredo</t>
   </si>
   <si>
     <t xml:space="preserve">CARLOS   SILVA</t>
   </si>
   <si>
     <t>Emanuel Oliveira</t>
   </si>
   <si>
     <t>Carlos Luiz</t>
   </si>
   <si>
     <t>António Martins</t>
   </si>
   <si>
-    <t xml:space="preserve">JORGE  NUNES DA SILVA</t>
+    <t>ABNER KIENE</t>
   </si>
   <si>
     <t xml:space="preserve">Jorge  Ferreira</t>
   </si>
   <si>
     <t>LUIS PEDROSO</t>
   </si>
   <si>
     <t>Carlos Craveira</t>
   </si>
   <si>
     <t>Pedro Esteves</t>
   </si>
   <si>
     <t>Hugo Palmeiro</t>
   </si>
   <si>
     <t>JULIO FERREIRA</t>
   </si>
   <si>
-    <t xml:space="preserve">CARLOS FREITAS </t>
+    <t>Filipe Rebelo</t>
   </si>
   <si>
     <t>Artur Santiago</t>
   </si>
   <si>
     <t xml:space="preserve">ORLANDO  CORREIA</t>
   </si>
   <si>
     <t>António Canto</t>
   </si>
   <si>
     <t xml:space="preserve">Luis  Sousa</t>
   </si>
   <si>
     <t>Luís Nogueira</t>
   </si>
   <si>
     <t>SEBASTIAN FODOR</t>
   </si>
   <si>
     <t>JOAO CURVELO</t>
   </si>
   <si>
     <t>JOSE CRUZ</t>
   </si>
@@ -1481,132 +1481,132 @@
   <si>
     <t>Nuno Duarte</t>
   </si>
   <si>
     <t xml:space="preserve">José  Pardal </t>
   </si>
   <si>
     <t>HUMBERTO AFONSO</t>
   </si>
   <si>
     <t>João Domingues</t>
   </si>
   <si>
     <t xml:space="preserve">RICARDO   FARIA</t>
   </si>
   <si>
     <t xml:space="preserve">BENTO   QUARESMA</t>
   </si>
   <si>
     <t>Luis Pinheiro</t>
   </si>
   <si>
     <t>António Lavajo</t>
   </si>
   <si>
-    <t xml:space="preserve">JOAQUIM AMARAL </t>
+    <t xml:space="preserve">PEDRO  CAVILHAS</t>
   </si>
   <si>
     <t xml:space="preserve">JORGE  PEPE</t>
   </si>
   <si>
     <t xml:space="preserve">José  Raposo</t>
   </si>
   <si>
     <t>Nuno Morgado</t>
   </si>
   <si>
-    <t xml:space="preserve">Carlos  Gil</t>
+    <t>Carlos Gil</t>
   </si>
   <si>
     <t>Miles &amp; Vibes</t>
   </si>
   <si>
     <t>Sérgio Vieira</t>
   </si>
   <si>
     <t xml:space="preserve">Daniel  Morais</t>
   </si>
   <si>
     <t>Pedro Andrade</t>
   </si>
   <si>
     <t>Ricardo Nuno</t>
   </si>
   <si>
     <t>João Martins</t>
   </si>
   <si>
     <t>Sérgio Pó</t>
   </si>
   <si>
     <t>Filipe Ribeiro</t>
   </si>
   <si>
-    <t>Nuno Maltez</t>
+    <t>Miguel Garcia</t>
   </si>
   <si>
     <t>Rui Amaral</t>
   </si>
   <si>
     <t xml:space="preserve">ANTÓNIO   QUARESMA</t>
   </si>
   <si>
     <t>Daniel Barata</t>
   </si>
   <si>
     <t>Rui Vaz</t>
   </si>
   <si>
     <t>Jorge Bento</t>
   </si>
   <si>
     <t>Nelson Mileu</t>
   </si>
   <si>
     <t>F 50</t>
   </si>
   <si>
     <t xml:space="preserve">ANA   FRUTUOSO</t>
   </si>
   <si>
     <t>Ana Pereira</t>
   </si>
   <si>
     <t>Sandra Bação</t>
   </si>
   <si>
     <t>Rute Queiroz</t>
   </si>
   <si>
     <t>Marisa Silva</t>
   </si>
   <si>
     <t>Goreti Borges</t>
   </si>
   <si>
-    <t>CLÁUDIA BORRALHO</t>
+    <t>VENCEDORA CAPUNGA</t>
   </si>
   <si>
     <t>Ana Coelho</t>
   </si>
   <si>
     <t>Fernanda Murteira</t>
   </si>
   <si>
     <t xml:space="preserve">PATRÍCIA   MATOS</t>
   </si>
   <si>
     <t xml:space="preserve">SANDRA  FERNANDES</t>
   </si>
   <si>
     <t>Lara Sayanda</t>
   </si>
   <si>
     <t>VANDA MURTEIRA</t>
   </si>
   <si>
     <t xml:space="preserve">JOANA   PIÇARRA</t>
   </si>
   <si>
     <t xml:space="preserve">BEATRIZ   MATIAS</t>
   </si>
@@ -1664,53 +1664,50 @@
   <si>
     <t>Carla Rato</t>
   </si>
   <si>
     <t>Marisa Bettencourt</t>
   </si>
   <si>
     <t>M 55</t>
   </si>
   <si>
     <t>Hélder Rebelo</t>
   </si>
   <si>
     <t>António Murteira</t>
   </si>
   <si>
     <t>Paulo Martins</t>
   </si>
   <si>
     <t>Luís Godinho</t>
   </si>
   <si>
     <t xml:space="preserve">JOAQUIM   SANTOS</t>
   </si>
   <si>
-    <t xml:space="preserve">Paulo  Silva</t>
-[...1 lines deleted...]
-  <si>
     <t>Agualva Runners</t>
   </si>
   <si>
     <t>Henrique Ferreira</t>
   </si>
   <si>
     <t>Dinis Morais</t>
   </si>
   <si>
     <t>Carlos Almeida</t>
   </si>
   <si>
     <t>CARLOS SIMÕES</t>
   </si>
   <si>
     <t>Nuno Carvalho</t>
   </si>
   <si>
     <t>Jose Baptista</t>
   </si>
   <si>
     <t>Miguel Lourenço</t>
   </si>
   <si>
     <t>Mário Duarte</t>
@@ -1727,51 +1724,51 @@
   <si>
     <t>Rui Silva</t>
   </si>
   <si>
     <t xml:space="preserve">Renato  Roberti</t>
   </si>
   <si>
     <t>Luis Ribeiro</t>
   </si>
   <si>
     <t xml:space="preserve">Reinaldo  Santos </t>
   </si>
   <si>
     <t xml:space="preserve">VÍTOR   CANTO</t>
   </si>
   <si>
     <t>Carlos Carvalho</t>
   </si>
   <si>
     <t>Rui Magalhães</t>
   </si>
   <si>
     <t>Delfim Mendonça</t>
   </si>
   <si>
-    <t>Carlos Silva</t>
+    <t xml:space="preserve">Carlos  Silva</t>
   </si>
   <si>
     <t>Jaime Faria</t>
   </si>
   <si>
     <t>Fernando Gonçalves</t>
   </si>
   <si>
     <t>José Borges</t>
   </si>
   <si>
     <t>Marco Silva</t>
   </si>
   <si>
     <t>Luis Gonçalves</t>
   </si>
   <si>
     <t xml:space="preserve">Jorge  Barreto</t>
   </si>
   <si>
     <t xml:space="preserve">Carlos  Lomba</t>
   </si>
   <si>
     <t>F 55</t>
   </si>
@@ -1878,53 +1875,50 @@
     <t>Antonio Diogo</t>
   </si>
   <si>
     <t>Flamino Santos</t>
   </si>
   <si>
     <t>JOÃO INFANTE</t>
   </si>
   <si>
     <t>Paulo Dias</t>
   </si>
   <si>
     <t>LUIS BASTOS</t>
   </si>
   <si>
     <t xml:space="preserve">CARLOS   BARRENTO</t>
   </si>
   <si>
     <t>João Marques</t>
   </si>
   <si>
     <t>Vitor Vital</t>
   </si>
   <si>
     <t>Vasco Palma</t>
-  </si>
-[...1 lines deleted...]
-    <t xml:space="preserve">Carlos A  P Silva</t>
   </si>
   <si>
     <t>Paulo Rodrigues</t>
   </si>
   <si>
     <t>João Reis</t>
   </si>
   <si>
     <t>António Jacinto</t>
   </si>
   <si>
     <t>Carlos Marques</t>
   </si>
   <si>
     <t>Nuno Galvão</t>
   </si>
   <si>
     <t>António Lima</t>
   </si>
   <si>
     <t xml:space="preserve">Hermínio  Cabeceira</t>
   </si>
   <si>
     <t>F 60</t>
   </si>
@@ -11744,3145 +11738,3145 @@
     <row r="605">
       <c r="A605" s="1">
         <v>5</v>
       </c>
       <c r="B605" s="1">
         <v>176</v>
       </c>
       <c r="C605" s="1" t="s">
         <v>551</v>
       </c>
       <c r="D605" s="1" t="s">
         <v>23</v>
       </c>
       <c r="E605" s="1">
         <v>9</v>
       </c>
     </row>
     <row r="606">
       <c r="A606" s="1">
         <v>6</v>
       </c>
       <c r="B606" s="1">
         <v>221</v>
       </c>
       <c r="C606" s="1" t="s">
+        <v>444</v>
+      </c>
+      <c r="D606" s="1" t="s">
         <v>552</v>
-      </c>
-[...1 lines deleted...]
-        <v>553</v>
       </c>
       <c r="E606" s="1">
         <v>8</v>
       </c>
     </row>
     <row r="607">
       <c r="A607" s="1">
         <v>7</v>
       </c>
       <c r="B607" s="1">
         <v>1203</v>
       </c>
       <c r="C607" s="1" t="s">
-        <v>554</v>
+        <v>553</v>
       </c>
       <c r="D607" s="1" t="s">
         <v>8</v>
       </c>
       <c r="E607" s="1">
         <v>7</v>
       </c>
     </row>
     <row r="608">
       <c r="A608" s="1">
         <v>8</v>
       </c>
       <c r="B608" s="1">
         <v>1318</v>
       </c>
       <c r="C608" s="1" t="s">
-        <v>555</v>
+        <v>554</v>
       </c>
       <c r="D608" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E608" s="1">
         <v>6</v>
       </c>
     </row>
     <row r="609">
       <c r="A609" s="1">
         <v>9</v>
       </c>
       <c r="B609" s="1">
         <v>1207</v>
       </c>
       <c r="C609" s="1" t="s">
-        <v>556</v>
+        <v>555</v>
       </c>
       <c r="D609" s="1" t="s">
         <v>8</v>
       </c>
       <c r="E609" s="1">
         <v>5</v>
       </c>
     </row>
     <row r="610">
       <c r="A610" s="1">
         <v>10</v>
       </c>
       <c r="B610" s="1">
         <v>475</v>
       </c>
       <c r="C610" s="1" t="s">
-        <v>557</v>
+        <v>556</v>
       </c>
       <c r="D610" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E610" s="1">
         <v>4</v>
       </c>
     </row>
     <row r="611">
       <c r="A611" s="1">
         <v>11</v>
       </c>
       <c r="B611" s="1">
         <v>381</v>
       </c>
       <c r="C611" s="1" t="s">
-        <v>558</v>
+        <v>557</v>
       </c>
       <c r="D611" s="1" t="s">
         <v>29</v>
       </c>
       <c r="E611" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="612">
       <c r="A612" s="1">
         <v>12</v>
       </c>
       <c r="B612" s="1">
         <v>627</v>
       </c>
       <c r="C612" s="1" t="s">
         <v>460</v>
       </c>
       <c r="D612" s="1" t="s">
         <v>71</v>
       </c>
       <c r="E612" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="613">
       <c r="A613" s="1">
         <v>13</v>
       </c>
       <c r="B613" s="1">
         <v>399</v>
       </c>
       <c r="C613" s="1" t="s">
-        <v>559</v>
+        <v>558</v>
       </c>
       <c r="D613" s="1" t="s">
         <v>29</v>
       </c>
       <c r="E613" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="614">
       <c r="A614" s="1">
         <v>14</v>
       </c>
       <c r="B614" s="1">
         <v>1230</v>
       </c>
       <c r="C614" s="1" t="s">
-        <v>560</v>
+        <v>559</v>
       </c>
       <c r="D614" s="1" t="s">
         <v>8</v>
       </c>
       <c r="E614" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="615">
       <c r="A615" s="1">
         <v>15</v>
       </c>
       <c r="B615" s="1">
         <v>757</v>
       </c>
       <c r="C615" s="1" t="s">
-        <v>561</v>
+        <v>560</v>
       </c>
       <c r="D615" s="1" t="s">
         <v>18</v>
       </c>
       <c r="E615" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="616">
       <c r="A616" s="1">
         <v>16</v>
       </c>
       <c r="B616" s="1">
         <v>777</v>
       </c>
       <c r="C616" s="1" t="s">
-        <v>562</v>
+        <v>561</v>
       </c>
       <c r="D616" s="1" t="s">
         <v>18</v>
       </c>
       <c r="E616" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="617">
       <c r="A617" s="1">
         <v>17</v>
       </c>
       <c r="B617" s="1">
         <v>560</v>
       </c>
       <c r="C617" s="1" t="s">
-        <v>563</v>
+        <v>562</v>
       </c>
       <c r="D617" s="1" t="s">
         <v>71</v>
       </c>
       <c r="E617" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="618">
       <c r="A618" s="1">
         <v>18</v>
       </c>
       <c r="B618" s="1">
         <v>1078</v>
       </c>
       <c r="C618" s="1" t="s">
-        <v>564</v>
+        <v>563</v>
       </c>
       <c r="D618" s="1" t="s">
         <v>43</v>
       </c>
       <c r="E618" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="619">
       <c r="A619" s="1">
         <v>19</v>
       </c>
       <c r="B619" s="1">
         <v>1609</v>
       </c>
       <c r="C619" s="1" t="s">
-        <v>565</v>
+        <v>564</v>
       </c>
       <c r="D619" s="1" t="s">
         <v>178</v>
       </c>
       <c r="E619" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="620">
       <c r="A620" s="1">
         <v>20</v>
       </c>
       <c r="B620" s="1">
         <v>1822</v>
       </c>
       <c r="C620" s="1" t="s">
-        <v>566</v>
+        <v>565</v>
       </c>
       <c r="D620" s="1" t="s">
         <v>159</v>
       </c>
       <c r="E620" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="621">
       <c r="A621" s="1">
         <v>21</v>
       </c>
       <c r="B621" s="1">
         <v>880</v>
       </c>
       <c r="C621" s="1" t="s">
-        <v>567</v>
+        <v>566</v>
       </c>
       <c r="D621" s="1" t="s">
         <v>454</v>
       </c>
       <c r="E621" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="622">
       <c r="A622" s="1">
         <v>22</v>
       </c>
       <c r="B622" s="1">
         <v>625</v>
       </c>
       <c r="C622" s="1" t="s">
-        <v>568</v>
+        <v>567</v>
       </c>
       <c r="D622" s="1" t="s">
         <v>71</v>
       </c>
       <c r="E622" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="623">
       <c r="A623" s="1">
         <v>23</v>
       </c>
       <c r="B623" s="1">
         <v>171</v>
       </c>
       <c r="C623" s="1" t="s">
-        <v>569</v>
+        <v>568</v>
       </c>
       <c r="D623" s="1" t="s">
         <v>23</v>
       </c>
       <c r="E623" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="624">
       <c r="A624" s="1">
         <v>24</v>
       </c>
       <c r="B624" s="1">
         <v>798</v>
       </c>
       <c r="C624" s="1" t="s">
-        <v>570</v>
+        <v>569</v>
       </c>
       <c r="D624" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E624" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="625">
       <c r="A625" s="1">
         <v>25</v>
       </c>
       <c r="B625" s="1">
         <v>769</v>
       </c>
       <c r="C625" s="1" t="s">
-        <v>571</v>
+        <v>570</v>
       </c>
       <c r="D625" s="1" t="s">
         <v>18</v>
       </c>
       <c r="E625" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="626">
       <c r="A626" s="1">
         <v>26</v>
       </c>
       <c r="B626" s="1">
         <v>279</v>
       </c>
       <c r="C626" s="1" t="s">
-        <v>572</v>
+        <v>571</v>
       </c>
       <c r="D626" s="1" t="s">
         <v>54</v>
       </c>
       <c r="E626" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="627">
       <c r="A627" s="1">
         <v>27</v>
       </c>
       <c r="B627" s="1">
         <v>1469</v>
       </c>
       <c r="C627" s="1" t="s">
-        <v>573</v>
+        <v>572</v>
       </c>
       <c r="D627" s="1" t="s">
         <v>305</v>
       </c>
       <c r="E627" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="628">
       <c r="A628" s="1">
         <v>28</v>
       </c>
       <c r="B628" s="1">
         <v>1545</v>
       </c>
       <c r="C628" s="1" t="s">
-        <v>574</v>
+        <v>573</v>
       </c>
       <c r="D628" s="1" t="s">
         <v>48</v>
       </c>
       <c r="E628" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="629">
       <c r="A629" s="1">
         <v>29</v>
       </c>
       <c r="B629" s="1">
         <v>812</v>
       </c>
       <c r="C629" s="1" t="s">
-        <v>575</v>
+        <v>574</v>
       </c>
       <c r="D629" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E629" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="630">
       <c r="A630" s="1">
         <v>30</v>
       </c>
       <c r="B630" s="1">
         <v>647</v>
       </c>
       <c r="C630" s="1" t="s">
-        <v>576</v>
+        <v>575</v>
       </c>
       <c r="D630" s="1" t="s">
         <v>71</v>
       </c>
       <c r="E630" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="631">
       <c r="A631" s="1">
         <v>31</v>
       </c>
       <c r="B631" s="1">
         <v>1427</v>
       </c>
       <c r="C631" s="1" t="s">
-        <v>577</v>
+        <v>576</v>
       </c>
       <c r="D631" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E631" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="632">
       <c r="A632" s="1">
         <v>32</v>
       </c>
       <c r="B632" s="1">
         <v>824</v>
       </c>
       <c r="C632" s="1" t="s">
-        <v>578</v>
+        <v>577</v>
       </c>
       <c r="D632" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E632" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="633">
       <c r="A633" s="1">
         <v>33</v>
       </c>
       <c r="B633" s="1">
         <v>1624</v>
       </c>
       <c r="C633" s="1" t="s">
-        <v>579</v>
+        <v>578</v>
       </c>
       <c r="D633" s="1" t="s">
         <v>178</v>
       </c>
       <c r="E633" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="634">
       <c r="A634" s="1">
         <v>34</v>
       </c>
       <c r="B634" s="1">
         <v>359</v>
       </c>
       <c r="C634" s="1" t="s">
-        <v>580</v>
+        <v>579</v>
       </c>
       <c r="D634" s="1" t="s">
         <v>29</v>
       </c>
       <c r="E634" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="637">
       <c r="A637" s="3" t="s">
-        <v>581</v>
+        <v>580</v>
       </c>
       <c r="B637" s="3" t="s">
-        <v>581</v>
+        <v>580</v>
       </c>
       <c r="C637" s="3" t="s">
-        <v>581</v>
+        <v>580</v>
       </c>
       <c r="D637" s="3" t="s">
-        <v>581</v>
+        <v>580</v>
       </c>
       <c r="E637" s="3" t="s">
-        <v>581</v>
+        <v>580</v>
       </c>
     </row>
     <row r="638">
       <c r="A638" s="2" t="s">
         <v>2</v>
       </c>
       <c r="B638" s="2" t="s">
         <v>3</v>
       </c>
       <c r="C638" s="2" t="s">
         <v>4</v>
       </c>
       <c r="D638" s="2" t="s">
         <v>5</v>
       </c>
       <c r="E638" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="639">
       <c r="A639" s="1">
         <v>1</v>
       </c>
       <c r="B639" s="1">
         <v>1435</v>
       </c>
       <c r="C639" s="1" t="s">
-        <v>582</v>
+        <v>581</v>
       </c>
       <c r="D639" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E639" s="1">
         <v>15</v>
       </c>
     </row>
     <row r="640">
       <c r="A640" s="1">
         <v>2</v>
       </c>
       <c r="B640" s="1">
         <v>1447</v>
       </c>
       <c r="C640" s="1" t="s">
-        <v>583</v>
+        <v>582</v>
       </c>
       <c r="D640" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E640" s="1">
         <v>13</v>
       </c>
     </row>
     <row r="641">
       <c r="A641" s="1">
         <v>3</v>
       </c>
       <c r="B641" s="1">
         <v>68</v>
       </c>
       <c r="C641" s="1" t="s">
-        <v>584</v>
+        <v>583</v>
       </c>
       <c r="D641" s="1" t="s">
         <v>23</v>
       </c>
       <c r="E641" s="1">
         <v>11</v>
       </c>
     </row>
     <row r="642">
       <c r="A642" s="1">
         <v>4</v>
       </c>
       <c r="B642" s="1">
         <v>1151</v>
       </c>
       <c r="C642" s="1" t="s">
-        <v>585</v>
+        <v>584</v>
       </c>
       <c r="D642" s="1" t="s">
         <v>150</v>
       </c>
       <c r="E642" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="643">
       <c r="A643" s="1">
         <v>5</v>
       </c>
       <c r="B643" s="1">
         <v>349</v>
       </c>
       <c r="C643" s="1" t="s">
-        <v>586</v>
+        <v>585</v>
       </c>
       <c r="D643" s="1" t="s">
         <v>29</v>
       </c>
       <c r="E643" s="1">
         <v>9</v>
       </c>
     </row>
     <row r="644">
       <c r="A644" s="1">
         <v>6</v>
       </c>
       <c r="B644" s="1">
         <v>1012</v>
       </c>
       <c r="C644" s="1" t="s">
-        <v>587</v>
+        <v>586</v>
       </c>
       <c r="D644" s="1" t="s">
         <v>43</v>
       </c>
       <c r="E644" s="1">
         <v>8</v>
       </c>
     </row>
     <row r="645">
       <c r="A645" s="1">
         <v>7</v>
       </c>
       <c r="B645" s="1">
         <v>72</v>
       </c>
       <c r="C645" s="1" t="s">
-        <v>588</v>
+        <v>587</v>
       </c>
       <c r="D645" s="1" t="s">
         <v>23</v>
       </c>
       <c r="E645" s="1">
         <v>7</v>
       </c>
     </row>
     <row r="646">
       <c r="A646" s="1">
         <v>8</v>
       </c>
       <c r="B646" s="1">
         <v>1189</v>
       </c>
       <c r="C646" s="1" t="s">
-        <v>589</v>
+        <v>588</v>
       </c>
       <c r="D646" s="1" t="s">
         <v>8</v>
       </c>
       <c r="E646" s="1">
         <v>6</v>
       </c>
     </row>
     <row r="647">
       <c r="A647" s="1">
         <v>9</v>
       </c>
       <c r="B647" s="1">
         <v>1779</v>
       </c>
       <c r="C647" s="1" t="s">
-        <v>590</v>
+        <v>589</v>
       </c>
       <c r="D647" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E647" s="1">
         <v>5</v>
       </c>
     </row>
     <row r="648">
       <c r="A648" s="1">
         <v>10</v>
       </c>
       <c r="B648" s="1">
         <v>1138</v>
       </c>
       <c r="C648" s="1" t="s">
-        <v>591</v>
+        <v>590</v>
       </c>
       <c r="D648" s="1" t="s">
         <v>150</v>
       </c>
       <c r="E648" s="1">
         <v>4</v>
       </c>
     </row>
     <row r="649">
       <c r="A649" s="1">
         <v>11</v>
       </c>
       <c r="B649" s="1">
         <v>407</v>
       </c>
       <c r="C649" s="1" t="s">
-        <v>592</v>
+        <v>591</v>
       </c>
       <c r="D649" s="1" t="s">
         <v>29</v>
       </c>
       <c r="E649" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="650">
       <c r="A650" s="1">
         <v>12</v>
       </c>
       <c r="B650" s="1">
         <v>1783</v>
       </c>
       <c r="C650" s="1" t="s">
-        <v>593</v>
+        <v>592</v>
       </c>
       <c r="D650" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E650" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="651">
       <c r="A651" s="1">
         <v>13</v>
       </c>
       <c r="B651" s="1">
         <v>1171</v>
       </c>
       <c r="C651" s="1" t="s">
-        <v>594</v>
+        <v>593</v>
       </c>
       <c r="D651" s="1" t="s">
         <v>150</v>
       </c>
       <c r="E651" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="652">
       <c r="A652" s="1">
         <v>14</v>
       </c>
       <c r="B652" s="1">
         <v>623</v>
       </c>
       <c r="C652" s="1" t="s">
-        <v>595</v>
+        <v>594</v>
       </c>
       <c r="D652" s="1" t="s">
         <v>71</v>
       </c>
       <c r="E652" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="653">
       <c r="A653" s="1">
         <v>15</v>
       </c>
       <c r="B653" s="1">
         <v>1518</v>
       </c>
       <c r="C653" s="1" t="s">
-        <v>596</v>
+        <v>595</v>
       </c>
       <c r="D653" s="1" t="s">
         <v>43</v>
       </c>
       <c r="E653" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="654">
       <c r="A654" s="1">
         <v>16</v>
       </c>
       <c r="B654" s="1">
         <v>348</v>
       </c>
       <c r="C654" s="1" t="s">
-        <v>597</v>
+        <v>596</v>
       </c>
       <c r="D654" s="1" t="s">
         <v>29</v>
       </c>
       <c r="E654" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="655">
       <c r="A655" s="1">
         <v>17</v>
       </c>
       <c r="B655" s="1">
         <v>1326</v>
       </c>
       <c r="C655" s="1" t="s">
-        <v>598</v>
+        <v>597</v>
       </c>
       <c r="D655" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E655" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="656">
       <c r="A656" s="1">
         <v>18</v>
       </c>
       <c r="B656" s="1">
         <v>71</v>
       </c>
       <c r="C656" s="1" t="s">
-        <v>599</v>
+        <v>598</v>
       </c>
       <c r="D656" s="1" t="s">
         <v>23</v>
       </c>
       <c r="E656" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="657">
       <c r="A657" s="1">
         <v>19</v>
       </c>
       <c r="B657" s="1">
         <v>855</v>
       </c>
       <c r="C657" s="1" t="s">
-        <v>600</v>
+        <v>599</v>
       </c>
       <c r="D657" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E657" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="660">
       <c r="A660" s="3" t="s">
-        <v>601</v>
+        <v>600</v>
       </c>
       <c r="B660" s="3" t="s">
-        <v>601</v>
+        <v>600</v>
       </c>
       <c r="C660" s="3" t="s">
-        <v>601</v>
+        <v>600</v>
       </c>
       <c r="D660" s="3" t="s">
-        <v>601</v>
+        <v>600</v>
       </c>
       <c r="E660" s="3" t="s">
-        <v>601</v>
+        <v>600</v>
       </c>
     </row>
     <row r="661">
       <c r="A661" s="2" t="s">
         <v>2</v>
       </c>
       <c r="B661" s="2" t="s">
         <v>3</v>
       </c>
       <c r="C661" s="2" t="s">
         <v>4</v>
       </c>
       <c r="D661" s="2" t="s">
         <v>5</v>
       </c>
       <c r="E661" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="662">
       <c r="A662" s="1">
         <v>1</v>
       </c>
       <c r="B662" s="1">
         <v>188</v>
       </c>
       <c r="C662" s="1" t="s">
-        <v>602</v>
+        <v>601</v>
       </c>
       <c r="D662" s="1" t="s">
         <v>23</v>
       </c>
       <c r="E662" s="1">
         <v>15</v>
       </c>
     </row>
     <row r="663">
       <c r="A663" s="1">
         <v>2</v>
       </c>
       <c r="B663" s="1">
         <v>194</v>
       </c>
       <c r="C663" s="1" t="s">
-        <v>603</v>
+        <v>602</v>
       </c>
       <c r="D663" s="1" t="s">
         <v>23</v>
       </c>
       <c r="E663" s="1">
         <v>13</v>
       </c>
     </row>
     <row r="664">
       <c r="A664" s="1">
         <v>3</v>
       </c>
       <c r="B664" s="1">
         <v>1103</v>
       </c>
       <c r="C664" s="1" t="s">
-        <v>604</v>
+        <v>603</v>
       </c>
       <c r="D664" s="1" t="s">
         <v>150</v>
       </c>
       <c r="E664" s="1">
         <v>11</v>
       </c>
     </row>
     <row r="665">
       <c r="A665" s="1">
         <v>4</v>
       </c>
       <c r="B665" s="1">
         <v>377</v>
       </c>
       <c r="C665" s="1" t="s">
-        <v>605</v>
+        <v>604</v>
       </c>
       <c r="D665" s="1" t="s">
         <v>29</v>
       </c>
       <c r="E665" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="666">
       <c r="A666" s="1">
         <v>5</v>
       </c>
       <c r="B666" s="1">
         <v>537</v>
       </c>
       <c r="C666" s="1" t="s">
-        <v>606</v>
+        <v>605</v>
       </c>
       <c r="D666" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E666" s="1">
         <v>9</v>
       </c>
     </row>
     <row r="667">
       <c r="A667" s="1">
         <v>6</v>
       </c>
       <c r="B667" s="1">
         <v>474</v>
       </c>
       <c r="C667" s="1" t="s">
         <v>199</v>
       </c>
       <c r="D667" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E667" s="1">
         <v>8</v>
       </c>
     </row>
     <row r="668">
       <c r="A668" s="1">
         <v>7</v>
       </c>
       <c r="B668" s="1">
         <v>1417</v>
       </c>
       <c r="C668" s="1" t="s">
-        <v>607</v>
+        <v>606</v>
       </c>
       <c r="D668" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E668" s="1">
         <v>7</v>
       </c>
     </row>
     <row r="669">
       <c r="A669" s="1">
         <v>8</v>
       </c>
       <c r="B669" s="1">
         <v>186</v>
       </c>
       <c r="C669" s="1" t="s">
-        <v>608</v>
+        <v>607</v>
       </c>
       <c r="D669" s="1" t="s">
         <v>23</v>
       </c>
       <c r="E669" s="1">
         <v>6</v>
       </c>
     </row>
     <row r="670">
       <c r="A670" s="1">
         <v>9</v>
       </c>
       <c r="B670" s="1">
         <v>922</v>
       </c>
       <c r="C670" s="1" t="s">
-        <v>609</v>
+        <v>608</v>
       </c>
       <c r="D670" s="1" t="s">
         <v>159</v>
       </c>
       <c r="E670" s="1">
         <v>5</v>
       </c>
     </row>
     <row r="671">
       <c r="A671" s="1">
         <v>10</v>
       </c>
       <c r="B671" s="1">
         <v>1430</v>
       </c>
       <c r="C671" s="1" t="s">
-        <v>610</v>
+        <v>609</v>
       </c>
       <c r="D671" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E671" s="1">
         <v>4</v>
       </c>
     </row>
     <row r="672">
       <c r="A672" s="1">
         <v>11</v>
       </c>
       <c r="B672" s="1">
         <v>556</v>
       </c>
       <c r="C672" s="1" t="s">
-        <v>611</v>
+        <v>610</v>
       </c>
       <c r="D672" s="1" t="s">
         <v>71</v>
       </c>
       <c r="E672" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="673">
       <c r="A673" s="1">
         <v>12</v>
       </c>
       <c r="B673" s="1">
         <v>919</v>
       </c>
       <c r="C673" s="1" t="s">
-        <v>612</v>
+        <v>611</v>
       </c>
       <c r="D673" s="1" t="s">
         <v>159</v>
       </c>
       <c r="E673" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="674">
       <c r="A674" s="1">
         <v>13</v>
       </c>
       <c r="B674" s="1">
         <v>247</v>
       </c>
       <c r="C674" s="1" t="s">
+        <v>612</v>
+      </c>
+      <c r="D674" s="1" t="s">
         <v>613</v>
-      </c>
-[...1 lines deleted...]
-        <v>614</v>
       </c>
       <c r="E674" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="675">
       <c r="A675" s="1">
         <v>14</v>
       </c>
       <c r="B675" s="1">
         <v>322</v>
       </c>
       <c r="C675" s="1" t="s">
-        <v>615</v>
+        <v>614</v>
       </c>
       <c r="D675" s="1" t="s">
         <v>71</v>
       </c>
       <c r="E675" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="676">
       <c r="A676" s="1">
         <v>15</v>
       </c>
       <c r="B676" s="1">
         <v>1199</v>
       </c>
       <c r="C676" s="1" t="s">
-        <v>616</v>
+        <v>615</v>
       </c>
       <c r="D676" s="1" t="s">
         <v>8</v>
       </c>
       <c r="E676" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="677">
       <c r="A677" s="1">
         <v>16</v>
       </c>
       <c r="B677" s="1">
         <v>192</v>
       </c>
       <c r="C677" s="1" t="s">
-        <v>617</v>
+        <v>616</v>
       </c>
       <c r="D677" s="1" t="s">
         <v>23</v>
       </c>
       <c r="E677" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="678">
       <c r="A678" s="1">
         <v>17</v>
       </c>
       <c r="B678" s="1">
         <v>525</v>
       </c>
       <c r="C678" s="1" t="s">
-        <v>618</v>
+        <v>617</v>
       </c>
       <c r="D678" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E678" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="679">
       <c r="A679" s="1">
         <v>18</v>
       </c>
       <c r="B679" s="1">
         <v>1738</v>
       </c>
       <c r="C679" s="1" t="s">
-        <v>619</v>
+        <v>618</v>
       </c>
       <c r="D679" s="1" t="s">
         <v>48</v>
       </c>
       <c r="E679" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="680">
       <c r="A680" s="1">
         <v>19</v>
       </c>
       <c r="B680" s="1">
         <v>185</v>
       </c>
       <c r="C680" s="1" t="s">
-        <v>620</v>
+        <v>619</v>
       </c>
       <c r="D680" s="1" t="s">
         <v>23</v>
       </c>
       <c r="E680" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="681">
       <c r="A681" s="1">
         <v>20</v>
       </c>
       <c r="B681" s="1">
         <v>901</v>
       </c>
       <c r="C681" s="1" t="s">
-        <v>621</v>
+        <v>620</v>
       </c>
       <c r="D681" s="1" t="s">
         <v>159</v>
       </c>
       <c r="E681" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="682">
       <c r="A682" s="1">
         <v>21</v>
       </c>
       <c r="B682" s="1">
         <v>1277</v>
       </c>
       <c r="C682" s="1" t="s">
-        <v>622</v>
+        <v>621</v>
       </c>
       <c r="D682" s="1" t="s">
         <v>8</v>
       </c>
       <c r="E682" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="683">
       <c r="A683" s="1">
         <v>22</v>
       </c>
       <c r="B683" s="1">
         <v>1570</v>
       </c>
       <c r="C683" s="1" t="s">
-        <v>623</v>
+        <v>622</v>
       </c>
       <c r="D683" s="1" t="s">
         <v>48</v>
       </c>
       <c r="E683" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="684">
       <c r="A684" s="1">
         <v>23</v>
       </c>
       <c r="B684" s="1">
         <v>224</v>
       </c>
       <c r="C684" s="1" t="s">
-        <v>624</v>
+        <v>572</v>
       </c>
       <c r="D684" s="1" t="s">
         <v>71</v>
       </c>
       <c r="E684" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="685">
       <c r="A685" s="1">
         <v>24</v>
       </c>
       <c r="B685" s="1">
         <v>873</v>
       </c>
       <c r="C685" s="1" t="s">
-        <v>625</v>
+        <v>623</v>
       </c>
       <c r="D685" s="1" t="s">
         <v>454</v>
       </c>
       <c r="E685" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="686">
       <c r="A686" s="1">
         <v>25</v>
       </c>
       <c r="B686" s="1">
         <v>1660</v>
       </c>
       <c r="C686" s="1" t="s">
-        <v>626</v>
+        <v>624</v>
       </c>
       <c r="D686" s="1" t="s">
         <v>178</v>
       </c>
       <c r="E686" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="687">
       <c r="A687" s="1">
         <v>26</v>
       </c>
       <c r="B687" s="1">
         <v>370</v>
       </c>
       <c r="C687" s="1" t="s">
-        <v>627</v>
+        <v>625</v>
       </c>
       <c r="D687" s="1" t="s">
         <v>29</v>
       </c>
       <c r="E687" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="688">
       <c r="A688" s="1">
         <v>27</v>
       </c>
       <c r="B688" s="1">
         <v>351</v>
       </c>
       <c r="C688" s="1" t="s">
-        <v>628</v>
+        <v>626</v>
       </c>
       <c r="D688" s="1" t="s">
         <v>29</v>
       </c>
       <c r="E688" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="689">
       <c r="A689" s="1">
         <v>28</v>
       </c>
       <c r="B689" s="1">
         <v>1235</v>
       </c>
       <c r="C689" s="1" t="s">
-        <v>629</v>
+        <v>627</v>
       </c>
       <c r="D689" s="1" t="s">
         <v>8</v>
       </c>
       <c r="E689" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="690">
       <c r="A690" s="1">
         <v>29</v>
       </c>
       <c r="B690" s="1">
         <v>941</v>
       </c>
       <c r="C690" s="1" t="s">
-        <v>630</v>
+        <v>628</v>
       </c>
       <c r="D690" s="1" t="s">
         <v>159</v>
       </c>
       <c r="E690" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="691">
       <c r="A691" s="1">
         <v>30</v>
       </c>
       <c r="B691" s="1">
         <v>931</v>
       </c>
       <c r="C691" s="1" t="s">
-        <v>631</v>
+        <v>629</v>
       </c>
       <c r="D691" s="1" t="s">
         <v>159</v>
       </c>
       <c r="E691" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="694">
       <c r="A694" s="3" t="s">
-        <v>632</v>
+        <v>630</v>
       </c>
       <c r="B694" s="3" t="s">
-        <v>632</v>
+        <v>630</v>
       </c>
       <c r="C694" s="3" t="s">
-        <v>632</v>
+        <v>630</v>
       </c>
       <c r="D694" s="3" t="s">
-        <v>632</v>
+        <v>630</v>
       </c>
       <c r="E694" s="3" t="s">
-        <v>632</v>
+        <v>630</v>
       </c>
     </row>
     <row r="695">
       <c r="A695" s="2" t="s">
         <v>2</v>
       </c>
       <c r="B695" s="2" t="s">
         <v>3</v>
       </c>
       <c r="C695" s="2" t="s">
         <v>4</v>
       </c>
       <c r="D695" s="2" t="s">
         <v>5</v>
       </c>
       <c r="E695" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="696">
       <c r="A696" s="1">
         <v>1</v>
       </c>
       <c r="B696" s="1">
         <v>1744</v>
       </c>
       <c r="C696" s="1" t="s">
-        <v>633</v>
+        <v>631</v>
       </c>
       <c r="D696" s="1" t="s">
         <v>71</v>
       </c>
       <c r="E696" s="1">
         <v>15</v>
       </c>
     </row>
     <row r="697">
       <c r="A697" s="1">
         <v>2</v>
       </c>
       <c r="B697" s="1">
         <v>1409</v>
       </c>
       <c r="C697" s="1" t="s">
-        <v>634</v>
+        <v>632</v>
       </c>
       <c r="D697" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E697" s="1">
         <v>13</v>
       </c>
     </row>
     <row r="698">
       <c r="A698" s="1">
         <v>3</v>
       </c>
       <c r="B698" s="1">
         <v>924</v>
       </c>
       <c r="C698" s="1" t="s">
-        <v>635</v>
+        <v>633</v>
       </c>
       <c r="D698" s="1" t="s">
         <v>159</v>
       </c>
       <c r="E698" s="1">
         <v>11</v>
       </c>
     </row>
     <row r="699">
       <c r="A699" s="1">
         <v>4</v>
       </c>
       <c r="B699" s="1">
         <v>1370</v>
       </c>
       <c r="C699" s="1" t="s">
-        <v>636</v>
+        <v>634</v>
       </c>
       <c r="D699" s="1" t="s">
         <v>43</v>
       </c>
       <c r="E699" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="700">
       <c r="A700" s="1">
         <v>5</v>
       </c>
       <c r="B700" s="1">
         <v>1661</v>
       </c>
       <c r="C700" s="1" t="s">
-        <v>637</v>
+        <v>635</v>
       </c>
       <c r="D700" s="1" t="s">
         <v>178</v>
       </c>
       <c r="E700" s="1">
         <v>9</v>
       </c>
     </row>
     <row r="701">
       <c r="A701" s="1">
         <v>6</v>
       </c>
       <c r="B701" s="1">
         <v>1428</v>
       </c>
       <c r="C701" s="1" t="s">
-        <v>638</v>
+        <v>636</v>
       </c>
       <c r="D701" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E701" s="1">
         <v>8</v>
       </c>
     </row>
     <row r="702">
       <c r="A702" s="1">
         <v>7</v>
       </c>
       <c r="B702" s="1">
         <v>421</v>
       </c>
       <c r="C702" s="1" t="s">
-        <v>639</v>
+        <v>637</v>
       </c>
       <c r="D702" s="1" t="s">
         <v>29</v>
       </c>
       <c r="E702" s="1">
         <v>7</v>
       </c>
     </row>
     <row r="703">
       <c r="A703" s="1">
         <v>8</v>
       </c>
       <c r="B703" s="1">
         <v>440</v>
       </c>
       <c r="C703" s="1" t="s">
-        <v>640</v>
+        <v>638</v>
       </c>
       <c r="D703" s="1" t="s">
         <v>29</v>
       </c>
       <c r="E703" s="1">
         <v>6</v>
       </c>
     </row>
     <row r="704">
       <c r="A704" s="1">
         <v>9</v>
       </c>
       <c r="B704" s="1">
         <v>1506</v>
       </c>
       <c r="C704" s="1" t="s">
-        <v>641</v>
+        <v>639</v>
       </c>
       <c r="D704" s="1" t="s">
         <v>71</v>
       </c>
       <c r="E704" s="1">
         <v>5</v>
       </c>
     </row>
     <row r="705">
       <c r="A705" s="1">
         <v>10</v>
       </c>
       <c r="B705" s="1">
         <v>1775</v>
       </c>
       <c r="C705" s="1" t="s">
-        <v>642</v>
+        <v>640</v>
       </c>
       <c r="D705" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E705" s="1">
         <v>4</v>
       </c>
     </row>
     <row r="706">
       <c r="A706" s="1">
         <v>11</v>
       </c>
       <c r="B706" s="1">
         <v>1569</v>
       </c>
       <c r="C706" s="1" t="s">
-        <v>643</v>
+        <v>641</v>
       </c>
       <c r="D706" s="1" t="s">
         <v>48</v>
       </c>
       <c r="E706" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="707">
       <c r="A707" s="1">
         <v>12</v>
       </c>
       <c r="B707" s="1">
         <v>1002</v>
       </c>
       <c r="C707" s="1" t="s">
-        <v>644</v>
+        <v>642</v>
       </c>
       <c r="D707" s="1" t="s">
         <v>43</v>
       </c>
       <c r="E707" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="708">
       <c r="A708" s="1">
         <v>13</v>
       </c>
       <c r="B708" s="1">
         <v>630</v>
       </c>
       <c r="C708" s="1" t="s">
-        <v>645</v>
+        <v>643</v>
       </c>
       <c r="D708" s="1" t="s">
         <v>71</v>
       </c>
       <c r="E708" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="709">
       <c r="A709" s="1">
         <v>14</v>
       </c>
       <c r="B709" s="1">
         <v>484</v>
       </c>
       <c r="C709" s="1" t="s">
-        <v>646</v>
+        <v>644</v>
       </c>
       <c r="D709" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E709" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="710">
       <c r="A710" s="1">
         <v>15</v>
       </c>
       <c r="B710" s="1">
         <v>932</v>
       </c>
       <c r="C710" s="1" t="s">
-        <v>589</v>
+        <v>588</v>
       </c>
       <c r="D710" s="1" t="s">
         <v>159</v>
       </c>
       <c r="E710" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="713">
       <c r="A713" s="3" t="s">
-        <v>647</v>
+        <v>645</v>
       </c>
       <c r="B713" s="3" t="s">
-        <v>647</v>
+        <v>645</v>
       </c>
       <c r="C713" s="3" t="s">
-        <v>647</v>
+        <v>645</v>
       </c>
       <c r="D713" s="3" t="s">
-        <v>647</v>
+        <v>645</v>
       </c>
       <c r="E713" s="3" t="s">
-        <v>647</v>
+        <v>645</v>
       </c>
     </row>
     <row r="714">
       <c r="A714" s="2" t="s">
         <v>2</v>
       </c>
       <c r="B714" s="2" t="s">
         <v>3</v>
       </c>
       <c r="C714" s="2" t="s">
         <v>4</v>
       </c>
       <c r="D714" s="2" t="s">
         <v>5</v>
       </c>
       <c r="E714" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="715">
       <c r="A715" s="1">
         <v>1</v>
       </c>
       <c r="B715" s="1">
         <v>196</v>
       </c>
       <c r="C715" s="1" t="s">
-        <v>648</v>
+        <v>646</v>
       </c>
       <c r="D715" s="1" t="s">
         <v>23</v>
       </c>
       <c r="E715" s="1">
         <v>15</v>
       </c>
     </row>
     <row r="716">
       <c r="A716" s="1">
         <v>2</v>
       </c>
       <c r="B716" s="1">
         <v>198</v>
       </c>
       <c r="C716" s="1" t="s">
-        <v>649</v>
+        <v>647</v>
       </c>
       <c r="D716" s="1" t="s">
         <v>23</v>
       </c>
       <c r="E716" s="1">
         <v>13</v>
       </c>
     </row>
     <row r="717">
       <c r="A717" s="1">
         <v>3</v>
       </c>
       <c r="B717" s="1">
         <v>913</v>
       </c>
       <c r="C717" s="1" t="s">
-        <v>650</v>
+        <v>648</v>
       </c>
       <c r="D717" s="1" t="s">
         <v>159</v>
       </c>
       <c r="E717" s="1">
         <v>11</v>
       </c>
     </row>
     <row r="718">
       <c r="A718" s="1">
         <v>4</v>
       </c>
       <c r="B718" s="1">
         <v>1109</v>
       </c>
       <c r="C718" s="1" t="s">
-        <v>651</v>
+        <v>649</v>
       </c>
       <c r="D718" s="1" t="s">
         <v>150</v>
       </c>
       <c r="E718" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="719">
       <c r="A719" s="1">
         <v>5</v>
       </c>
       <c r="B719" s="1">
         <v>1198</v>
       </c>
       <c r="C719" s="1" t="s">
-        <v>652</v>
+        <v>650</v>
       </c>
       <c r="D719" s="1" t="s">
         <v>8</v>
       </c>
       <c r="E719" s="1">
         <v>9</v>
       </c>
     </row>
     <row r="720">
       <c r="A720" s="1">
         <v>6</v>
       </c>
       <c r="B720" s="1">
         <v>1422</v>
       </c>
       <c r="C720" s="1" t="s">
-        <v>653</v>
+        <v>651</v>
       </c>
       <c r="D720" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E720" s="1">
         <v>8</v>
       </c>
     </row>
     <row r="721">
       <c r="A721" s="1">
         <v>7</v>
       </c>
       <c r="B721" s="1">
         <v>197</v>
       </c>
       <c r="C721" s="1" t="s">
-        <v>654</v>
+        <v>652</v>
       </c>
       <c r="D721" s="1" t="s">
         <v>23</v>
       </c>
       <c r="E721" s="1">
         <v>7</v>
       </c>
     </row>
     <row r="722">
       <c r="A722" s="1">
         <v>8</v>
       </c>
       <c r="B722" s="1">
         <v>506</v>
       </c>
       <c r="C722" s="1" t="s">
-        <v>655</v>
+        <v>653</v>
       </c>
       <c r="D722" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E722" s="1">
         <v>6</v>
       </c>
     </row>
     <row r="723">
       <c r="A723" s="1">
         <v>9</v>
       </c>
       <c r="B723" s="1">
         <v>468</v>
       </c>
       <c r="C723" s="1" t="s">
-        <v>656</v>
+        <v>654</v>
       </c>
       <c r="D723" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E723" s="1">
         <v>5</v>
       </c>
     </row>
     <row r="724">
       <c r="A724" s="1">
         <v>10</v>
       </c>
       <c r="B724" s="1">
         <v>200</v>
       </c>
       <c r="C724" s="1" t="s">
-        <v>657</v>
+        <v>655</v>
       </c>
       <c r="D724" s="1" t="s">
         <v>23</v>
       </c>
       <c r="E724" s="1">
         <v>4</v>
       </c>
     </row>
     <row r="725">
       <c r="A725" s="1">
         <v>11</v>
       </c>
       <c r="B725" s="1">
         <v>202</v>
       </c>
       <c r="C725" s="1" t="s">
-        <v>658</v>
+        <v>656</v>
       </c>
       <c r="D725" s="1" t="s">
         <v>23</v>
       </c>
       <c r="E725" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="726">
       <c r="A726" s="1">
         <v>12</v>
       </c>
       <c r="B726" s="1">
         <v>1135</v>
       </c>
       <c r="C726" s="1" t="s">
-        <v>659</v>
+        <v>657</v>
       </c>
       <c r="D726" s="1" t="s">
         <v>150</v>
       </c>
       <c r="E726" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="727">
       <c r="A727" s="1">
         <v>13</v>
       </c>
       <c r="B727" s="1">
         <v>1052</v>
       </c>
       <c r="C727" s="1" t="s">
-        <v>660</v>
+        <v>658</v>
       </c>
       <c r="D727" s="1" t="s">
         <v>43</v>
       </c>
       <c r="E727" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="728">
       <c r="A728" s="1">
         <v>14</v>
       </c>
       <c r="B728" s="1">
         <v>1134</v>
       </c>
       <c r="C728" s="1" t="s">
-        <v>661</v>
+        <v>659</v>
       </c>
       <c r="D728" s="1" t="s">
         <v>150</v>
       </c>
       <c r="E728" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="729">
       <c r="A729" s="1">
         <v>15</v>
       </c>
       <c r="B729" s="1">
         <v>1121</v>
       </c>
       <c r="C729" s="1" t="s">
-        <v>662</v>
+        <v>660</v>
       </c>
       <c r="D729" s="1" t="s">
         <v>150</v>
       </c>
       <c r="E729" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="730">
       <c r="A730" s="1">
         <v>16</v>
       </c>
       <c r="B730" s="1">
         <v>316</v>
       </c>
       <c r="C730" s="1" t="s">
-        <v>663</v>
+        <v>661</v>
       </c>
       <c r="D730" s="1" t="s">
         <v>54</v>
       </c>
       <c r="E730" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="731">
       <c r="A731" s="1">
         <v>17</v>
       </c>
       <c r="B731" s="1">
         <v>886</v>
       </c>
       <c r="C731" s="1" t="s">
-        <v>664</v>
+        <v>662</v>
       </c>
       <c r="D731" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E731" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="732">
       <c r="A732" s="1">
         <v>18</v>
       </c>
       <c r="B732" s="1">
         <v>1154</v>
       </c>
       <c r="C732" s="1" t="s">
-        <v>665</v>
+        <v>663</v>
       </c>
       <c r="D732" s="1" t="s">
         <v>150</v>
       </c>
       <c r="E732" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="733">
       <c r="A733" s="1">
         <v>19</v>
       </c>
       <c r="B733" s="1">
         <v>382</v>
       </c>
       <c r="C733" s="1" t="s">
-        <v>666</v>
+        <v>664</v>
       </c>
       <c r="D733" s="1" t="s">
         <v>29</v>
       </c>
       <c r="E733" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="734">
       <c r="A734" s="1">
         <v>20</v>
       </c>
       <c r="B734" s="1">
         <v>947</v>
       </c>
       <c r="C734" s="1" t="s">
-        <v>667</v>
+        <v>665</v>
       </c>
       <c r="D734" s="1" t="s">
         <v>159</v>
       </c>
       <c r="E734" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="735">
       <c r="A735" s="1">
         <v>21</v>
       </c>
       <c r="B735" s="1">
         <v>923</v>
       </c>
       <c r="C735" s="1" t="s">
-        <v>668</v>
+        <v>666</v>
       </c>
       <c r="D735" s="1" t="s">
         <v>159</v>
       </c>
       <c r="E735" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="736">
       <c r="A736" s="1">
         <v>22</v>
       </c>
       <c r="B736" s="1">
         <v>204</v>
       </c>
       <c r="C736" s="1" t="s">
-        <v>669</v>
+        <v>667</v>
       </c>
       <c r="D736" s="1" t="s">
         <v>23</v>
       </c>
       <c r="E736" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="737">
       <c r="A737" s="1">
         <v>23</v>
       </c>
       <c r="B737" s="1">
         <v>1600</v>
       </c>
       <c r="C737" s="1" t="s">
-        <v>670</v>
+        <v>668</v>
       </c>
       <c r="D737" s="1" t="s">
         <v>71</v>
       </c>
       <c r="E737" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="738">
       <c r="A738" s="1">
         <v>24</v>
       </c>
       <c r="B738" s="1">
         <v>596</v>
       </c>
       <c r="C738" s="1" t="s">
-        <v>671</v>
+        <v>669</v>
       </c>
       <c r="D738" s="1" t="s">
         <v>71</v>
       </c>
       <c r="E738" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="739">
       <c r="A739" s="1">
         <v>25</v>
       </c>
       <c r="B739" s="1">
         <v>787</v>
       </c>
       <c r="C739" s="1" t="s">
-        <v>672</v>
+        <v>670</v>
       </c>
       <c r="D739" s="1" t="s">
         <v>18</v>
       </c>
       <c r="E739" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="740">
       <c r="A740" s="1">
         <v>26</v>
       </c>
       <c r="B740" s="1">
         <v>195</v>
       </c>
       <c r="C740" s="1" t="s">
-        <v>673</v>
+        <v>671</v>
       </c>
       <c r="D740" s="1" t="s">
         <v>23</v>
       </c>
       <c r="E740" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="741">
       <c r="A741" s="1">
         <v>27</v>
       </c>
       <c r="B741" s="1">
         <v>347</v>
       </c>
       <c r="C741" s="1" t="s">
-        <v>674</v>
+        <v>672</v>
       </c>
       <c r="D741" s="1" t="s">
         <v>29</v>
       </c>
       <c r="E741" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="742">
       <c r="A742" s="1">
         <v>28</v>
       </c>
       <c r="B742" s="1">
         <v>942</v>
       </c>
       <c r="C742" s="1" t="s">
-        <v>675</v>
+        <v>673</v>
       </c>
       <c r="D742" s="1" t="s">
         <v>159</v>
       </c>
       <c r="E742" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="743">
       <c r="A743" s="1">
         <v>29</v>
       </c>
       <c r="B743" s="1">
         <v>205</v>
       </c>
       <c r="C743" s="1" t="s">
-        <v>676</v>
+        <v>674</v>
       </c>
       <c r="D743" s="1" t="s">
         <v>23</v>
       </c>
       <c r="E743" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="746">
       <c r="A746" s="3" t="s">
-        <v>677</v>
+        <v>675</v>
       </c>
       <c r="B746" s="3" t="s">
-        <v>677</v>
+        <v>675</v>
       </c>
       <c r="C746" s="3" t="s">
-        <v>677</v>
+        <v>675</v>
       </c>
       <c r="D746" s="3" t="s">
-        <v>677</v>
+        <v>675</v>
       </c>
       <c r="E746" s="3" t="s">
-        <v>677</v>
+        <v>675</v>
       </c>
     </row>
     <row r="747">
       <c r="A747" s="2" t="s">
         <v>2</v>
       </c>
       <c r="B747" s="2" t="s">
         <v>3</v>
       </c>
       <c r="C747" s="2" t="s">
         <v>4</v>
       </c>
       <c r="D747" s="2" t="s">
         <v>5</v>
       </c>
       <c r="E747" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="748">
       <c r="A748" s="1">
         <v>1</v>
       </c>
       <c r="B748" s="1">
         <v>970</v>
       </c>
       <c r="C748" s="1" t="s">
-        <v>678</v>
+        <v>676</v>
       </c>
       <c r="D748" s="1" t="s">
         <v>159</v>
       </c>
       <c r="E748" s="1">
         <v>15</v>
       </c>
     </row>
     <row r="749">
       <c r="A749" s="1">
         <v>2</v>
       </c>
       <c r="B749" s="1">
         <v>1874</v>
       </c>
       <c r="C749" s="1" t="s">
-        <v>679</v>
+        <v>677</v>
       </c>
       <c r="D749" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E749" s="1">
         <v>13</v>
       </c>
     </row>
     <row r="750">
       <c r="A750" s="1">
         <v>3</v>
       </c>
       <c r="B750" s="1">
         <v>1223</v>
       </c>
       <c r="C750" s="1" t="s">
-        <v>680</v>
+        <v>678</v>
       </c>
       <c r="D750" s="1" t="s">
         <v>8</v>
       </c>
       <c r="E750" s="1">
         <v>11</v>
       </c>
     </row>
     <row r="751">
       <c r="A751" s="1">
         <v>4</v>
       </c>
       <c r="B751" s="1">
         <v>1394</v>
       </c>
       <c r="C751" s="1" t="s">
-        <v>681</v>
+        <v>679</v>
       </c>
       <c r="D751" s="1" t="s">
         <v>8</v>
       </c>
       <c r="E751" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="752">
       <c r="A752" s="1">
         <v>5</v>
       </c>
       <c r="B752" s="1">
         <v>1038</v>
       </c>
       <c r="C752" s="1" t="s">
-        <v>682</v>
+        <v>680</v>
       </c>
       <c r="D752" s="1" t="s">
         <v>43</v>
       </c>
       <c r="E752" s="1">
         <v>9</v>
       </c>
     </row>
     <row r="753">
       <c r="A753" s="1">
         <v>6</v>
       </c>
       <c r="B753" s="1">
         <v>975</v>
       </c>
       <c r="C753" s="1" t="s">
-        <v>683</v>
+        <v>681</v>
       </c>
       <c r="D753" s="1" t="s">
         <v>159</v>
       </c>
       <c r="E753" s="1">
         <v>8</v>
       </c>
     </row>
     <row r="754">
       <c r="A754" s="1">
         <v>7</v>
       </c>
       <c r="B754" s="1">
         <v>1129</v>
       </c>
       <c r="C754" s="1" t="s">
-        <v>684</v>
+        <v>682</v>
       </c>
       <c r="D754" s="1" t="s">
         <v>150</v>
       </c>
       <c r="E754" s="1">
         <v>7</v>
       </c>
     </row>
     <row r="755">
       <c r="A755" s="1">
         <v>8</v>
       </c>
       <c r="B755" s="1">
         <v>810</v>
       </c>
       <c r="C755" s="1" t="s">
-        <v>685</v>
+        <v>683</v>
       </c>
       <c r="D755" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E755" s="1">
         <v>6</v>
       </c>
     </row>
     <row r="756">
       <c r="A756" s="1">
         <v>9</v>
       </c>
       <c r="B756" s="1">
         <v>1806</v>
       </c>
       <c r="C756" s="1" t="s">
-        <v>686</v>
+        <v>684</v>
       </c>
       <c r="D756" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E756" s="1">
         <v>5</v>
       </c>
     </row>
     <row r="757">
       <c r="A757" s="1">
         <v>10</v>
       </c>
       <c r="B757" s="1">
         <v>1105</v>
       </c>
       <c r="C757" s="1" t="s">
-        <v>687</v>
+        <v>685</v>
       </c>
       <c r="D757" s="1" t="s">
         <v>150</v>
       </c>
       <c r="E757" s="1">
         <v>4</v>
       </c>
     </row>
     <row r="760">
       <c r="A760" s="3" t="s">
-        <v>688</v>
+        <v>686</v>
       </c>
       <c r="B760" s="3" t="s">
-        <v>688</v>
+        <v>686</v>
       </c>
       <c r="C760" s="3" t="s">
-        <v>688</v>
+        <v>686</v>
       </c>
       <c r="D760" s="3" t="s">
-        <v>688</v>
+        <v>686</v>
       </c>
       <c r="E760" s="3" t="s">
-        <v>688</v>
+        <v>686</v>
       </c>
     </row>
     <row r="761">
       <c r="A761" s="2" t="s">
         <v>2</v>
       </c>
       <c r="B761" s="2" t="s">
         <v>3</v>
       </c>
       <c r="C761" s="2" t="s">
         <v>4</v>
       </c>
       <c r="D761" s="2" t="s">
         <v>5</v>
       </c>
       <c r="E761" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="762">
       <c r="A762" s="1">
         <v>1</v>
       </c>
       <c r="B762" s="1">
         <v>356</v>
       </c>
       <c r="C762" s="1" t="s">
-        <v>689</v>
+        <v>687</v>
       </c>
       <c r="D762" s="1" t="s">
         <v>29</v>
       </c>
       <c r="E762" s="1">
         <v>15</v>
       </c>
     </row>
     <row r="763">
       <c r="A763" s="1">
         <v>2</v>
       </c>
       <c r="B763" s="1">
         <v>1116</v>
       </c>
       <c r="C763" s="1" t="s">
-        <v>690</v>
+        <v>688</v>
       </c>
       <c r="D763" s="1" t="s">
         <v>150</v>
       </c>
       <c r="E763" s="1">
         <v>13</v>
       </c>
     </row>
     <row r="764">
       <c r="A764" s="1">
         <v>3</v>
       </c>
       <c r="B764" s="1">
         <v>1571</v>
       </c>
       <c r="C764" s="1" t="s">
-        <v>691</v>
+        <v>689</v>
       </c>
       <c r="D764" s="1" t="s">
         <v>48</v>
       </c>
       <c r="E764" s="1">
         <v>11</v>
       </c>
     </row>
     <row r="765">
       <c r="A765" s="1">
         <v>4</v>
       </c>
       <c r="B765" s="1">
         <v>430</v>
       </c>
       <c r="C765" s="1" t="s">
-        <v>692</v>
+        <v>690</v>
       </c>
       <c r="D765" s="1" t="s">
         <v>29</v>
       </c>
       <c r="E765" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="766">
       <c r="A766" s="1">
         <v>5</v>
       </c>
       <c r="B766" s="1">
         <v>1309</v>
       </c>
       <c r="C766" s="1" t="s">
-        <v>693</v>
+        <v>691</v>
       </c>
       <c r="D766" s="1" t="s">
         <v>77</v>
       </c>
       <c r="E766" s="1">
         <v>9</v>
       </c>
     </row>
     <row r="767">
       <c r="A767" s="1">
         <v>6</v>
       </c>
       <c r="B767" s="1">
         <v>423</v>
       </c>
       <c r="C767" s="1" t="s">
-        <v>694</v>
+        <v>692</v>
       </c>
       <c r="D767" s="1" t="s">
         <v>29</v>
       </c>
       <c r="E767" s="1">
         <v>8</v>
       </c>
     </row>
     <row r="768">
       <c r="A768" s="1">
         <v>7</v>
       </c>
       <c r="B768" s="1">
         <v>1142</v>
       </c>
       <c r="C768" s="1" t="s">
-        <v>695</v>
+        <v>693</v>
       </c>
       <c r="D768" s="1" t="s">
         <v>150</v>
       </c>
       <c r="E768" s="1">
         <v>7</v>
       </c>
     </row>
     <row r="769">
       <c r="A769" s="1">
         <v>8</v>
       </c>
       <c r="B769" s="1">
         <v>940</v>
       </c>
       <c r="C769" s="1" t="s">
-        <v>696</v>
+        <v>694</v>
       </c>
       <c r="D769" s="1" t="s">
         <v>159</v>
       </c>
       <c r="E769" s="1">
         <v>6</v>
       </c>
     </row>
     <row r="770">
       <c r="A770" s="1">
         <v>9</v>
       </c>
       <c r="B770" s="1">
         <v>462</v>
       </c>
       <c r="C770" s="1" t="s">
-        <v>697</v>
+        <v>695</v>
       </c>
       <c r="D770" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E770" s="1">
         <v>5</v>
       </c>
     </row>
     <row r="771">
       <c r="A771" s="1">
         <v>10</v>
       </c>
       <c r="B771" s="1">
         <v>963</v>
       </c>
       <c r="C771" s="1" t="s">
-        <v>698</v>
+        <v>696</v>
       </c>
       <c r="D771" s="1" t="s">
         <v>159</v>
       </c>
       <c r="E771" s="1">
         <v>4</v>
       </c>
     </row>
     <row r="772">
       <c r="A772" s="1">
         <v>11</v>
       </c>
       <c r="B772" s="1">
         <v>1666</v>
       </c>
       <c r="C772" s="1" t="s">
-        <v>699</v>
+        <v>697</v>
       </c>
       <c r="D772" s="1" t="s">
         <v>178</v>
       </c>
       <c r="E772" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="773">
       <c r="A773" s="1">
         <v>12</v>
       </c>
       <c r="B773" s="1">
         <v>206</v>
       </c>
       <c r="C773" s="1" t="s">
-        <v>700</v>
+        <v>698</v>
       </c>
       <c r="D773" s="1" t="s">
         <v>23</v>
       </c>
       <c r="E773" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="774">
       <c r="A774" s="1">
         <v>13</v>
       </c>
       <c r="B774" s="1">
         <v>207</v>
       </c>
       <c r="C774" s="1" t="s">
-        <v>701</v>
+        <v>699</v>
       </c>
       <c r="D774" s="1" t="s">
         <v>23</v>
       </c>
       <c r="E774" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="775">
       <c r="A775" s="1">
         <v>14</v>
       </c>
       <c r="B775" s="1">
         <v>501</v>
       </c>
       <c r="C775" s="1" t="s">
-        <v>702</v>
+        <v>700</v>
       </c>
       <c r="D775" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E775" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="776">
       <c r="A776" s="1">
         <v>15</v>
       </c>
       <c r="B776" s="1">
         <v>734</v>
       </c>
       <c r="C776" s="1" t="s">
-        <v>703</v>
+        <v>701</v>
       </c>
       <c r="D776" s="1" t="s">
         <v>29</v>
       </c>
       <c r="E776" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="777">
       <c r="A777" s="1">
         <v>16</v>
       </c>
       <c r="B777" s="1">
         <v>907</v>
       </c>
       <c r="C777" s="1" t="s">
-        <v>704</v>
+        <v>702</v>
       </c>
       <c r="D777" s="1" t="s">
         <v>159</v>
       </c>
       <c r="E777" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="780">
       <c r="A780" s="3" t="s">
-        <v>705</v>
+        <v>703</v>
       </c>
       <c r="B780" s="3" t="s">
-        <v>705</v>
+        <v>703</v>
       </c>
       <c r="C780" s="3" t="s">
-        <v>705</v>
+        <v>703</v>
       </c>
       <c r="D780" s="3" t="s">
-        <v>705</v>
+        <v>703</v>
       </c>
       <c r="E780" s="3" t="s">
-        <v>705</v>
+        <v>703</v>
       </c>
     </row>
     <row r="781">
       <c r="A781" s="2" t="s">
         <v>2</v>
       </c>
       <c r="B781" s="2" t="s">
         <v>3</v>
       </c>
       <c r="C781" s="2" t="s">
         <v>4</v>
       </c>
       <c r="D781" s="2" t="s">
         <v>5</v>
       </c>
       <c r="E781" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="782">
       <c r="A782" s="1">
         <v>1</v>
       </c>
       <c r="B782" s="1">
         <v>979</v>
       </c>
       <c r="C782" s="1" t="s">
-        <v>706</v>
+        <v>704</v>
       </c>
       <c r="D782" s="1" t="s">
         <v>43</v>
       </c>
       <c r="E782" s="1">
         <v>15</v>
       </c>
     </row>
     <row r="783">
       <c r="A783" s="1">
         <v>2</v>
       </c>
       <c r="B783" s="1">
         <v>77</v>
       </c>
       <c r="C783" s="1" t="s">
-        <v>707</v>
+        <v>705</v>
       </c>
       <c r="D783" s="1" t="s">
         <v>23</v>
       </c>
       <c r="E783" s="1">
         <v>13</v>
       </c>
     </row>
     <row r="784">
       <c r="A784" s="1">
         <v>3</v>
       </c>
       <c r="B784" s="1">
         <v>1776</v>
       </c>
       <c r="C784" s="1" t="s">
-        <v>708</v>
+        <v>706</v>
       </c>
       <c r="D784" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E784" s="1">
         <v>11</v>
       </c>
     </row>
     <row r="787">
       <c r="A787" s="3" t="s">
-        <v>709</v>
+        <v>707</v>
       </c>
       <c r="B787" s="3" t="s">
-        <v>709</v>
+        <v>707</v>
       </c>
       <c r="C787" s="3" t="s">
-        <v>709</v>
+        <v>707</v>
       </c>
       <c r="D787" s="3" t="s">
-        <v>709</v>
+        <v>707</v>
       </c>
       <c r="E787" s="3" t="s">
-        <v>709</v>
+        <v>707</v>
       </c>
     </row>
     <row r="788">
       <c r="A788" s="2" t="s">
         <v>2</v>
       </c>
       <c r="B788" s="2" t="s">
         <v>3</v>
       </c>
       <c r="C788" s="2" t="s">
         <v>4</v>
       </c>
       <c r="D788" s="2" t="s">
         <v>5</v>
       </c>
       <c r="E788" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="789">
       <c r="A789" s="1">
         <v>1</v>
       </c>
       <c r="B789" s="1">
         <v>906</v>
       </c>
       <c r="C789" s="1" t="s">
-        <v>710</v>
+        <v>708</v>
       </c>
       <c r="D789" s="1" t="s">
         <v>159</v>
       </c>
       <c r="E789" s="1">
         <v>15</v>
       </c>
     </row>
     <row r="790">
       <c r="A790" s="1">
         <v>2</v>
       </c>
       <c r="B790" s="1">
         <v>1146</v>
       </c>
       <c r="C790" s="1" t="s">
-        <v>711</v>
+        <v>709</v>
       </c>
       <c r="D790" s="1" t="s">
         <v>150</v>
       </c>
       <c r="E790" s="1">
         <v>13</v>
       </c>
     </row>
     <row r="791">
       <c r="A791" s="1">
         <v>3</v>
       </c>
       <c r="B791" s="1">
         <v>463</v>
       </c>
       <c r="C791" s="1" t="s">
-        <v>712</v>
+        <v>710</v>
       </c>
       <c r="D791" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E791" s="1">
         <v>11</v>
       </c>
     </row>
     <row r="792">
       <c r="A792" s="1">
         <v>4</v>
       </c>
       <c r="B792" s="1">
         <v>1365</v>
       </c>
       <c r="C792" s="1" t="s">
-        <v>713</v>
+        <v>711</v>
       </c>
       <c r="D792" s="1" t="s">
         <v>18</v>
       </c>
       <c r="E792" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="793">
       <c r="A793" s="1">
         <v>5</v>
       </c>
       <c r="B793" s="1">
         <v>875</v>
       </c>
       <c r="C793" s="1" t="s">
-        <v>714</v>
+        <v>712</v>
       </c>
       <c r="D793" s="1" t="s">
         <v>454</v>
       </c>
       <c r="E793" s="1">
         <v>9</v>
       </c>
     </row>
     <row r="794">
       <c r="A794" s="1">
         <v>6</v>
       </c>
       <c r="B794" s="1">
         <v>1672</v>
       </c>
       <c r="C794" s="1" t="s">
-        <v>715</v>
+        <v>713</v>
       </c>
       <c r="D794" s="1" t="s">
         <v>178</v>
       </c>
       <c r="E794" s="1">
         <v>8</v>
       </c>
     </row>
     <row r="795">
       <c r="A795" s="1">
         <v>7</v>
       </c>
       <c r="B795" s="1">
         <v>1653</v>
       </c>
       <c r="C795" s="1" t="s">
-        <v>716</v>
+        <v>714</v>
       </c>
       <c r="D795" s="1" t="s">
         <v>178</v>
       </c>
       <c r="E795" s="1">
         <v>7</v>
       </c>
     </row>
     <row r="796">
       <c r="A796" s="1">
         <v>8</v>
       </c>
       <c r="B796" s="1">
         <v>1610</v>
       </c>
       <c r="C796" s="1" t="s">
-        <v>717</v>
+        <v>715</v>
       </c>
       <c r="D796" s="1" t="s">
         <v>178</v>
       </c>
       <c r="E796" s="1">
         <v>6</v>
       </c>
     </row>
     <row r="797">
       <c r="A797" s="1">
         <v>9</v>
       </c>
       <c r="B797" s="1">
         <v>1861</v>
       </c>
       <c r="C797" s="1" t="s">
-        <v>718</v>
+        <v>716</v>
       </c>
       <c r="D797" s="1" t="s">
         <v>159</v>
       </c>
       <c r="E797" s="1">
         <v>5</v>
       </c>
     </row>
     <row r="798">
       <c r="A798" s="1">
         <v>10</v>
       </c>
       <c r="B798" s="1">
         <v>1486</v>
       </c>
       <c r="C798" s="1" t="s">
-        <v>719</v>
+        <v>717</v>
       </c>
       <c r="D798" s="1" t="s">
         <v>210</v>
       </c>
       <c r="E798" s="1">
         <v>4</v>
       </c>
     </row>
     <row r="799">
       <c r="A799" s="1">
         <v>11</v>
       </c>
       <c r="B799" s="1">
         <v>1629</v>
       </c>
       <c r="C799" s="1" t="s">
-        <v>720</v>
+        <v>718</v>
       </c>
       <c r="D799" s="1" t="s">
         <v>178</v>
       </c>
       <c r="E799" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="802">
       <c r="A802" s="3" t="s">
-        <v>721</v>
+        <v>719</v>
       </c>
       <c r="B802" s="3" t="s">
-        <v>721</v>
+        <v>719</v>
       </c>
       <c r="C802" s="3" t="s">
-        <v>721</v>
+        <v>719</v>
       </c>
       <c r="D802" s="3" t="s">
-        <v>721</v>
+        <v>719</v>
       </c>
       <c r="E802" s="3" t="s">
-        <v>721</v>
+        <v>719</v>
       </c>
     </row>
     <row r="803">
       <c r="A803" s="2" t="s">
         <v>2</v>
       </c>
       <c r="B803" s="2" t="s">
         <v>3</v>
       </c>
       <c r="C803" s="2" t="s">
         <v>4</v>
       </c>
       <c r="D803" s="2" t="s">
         <v>5</v>
       </c>
       <c r="E803" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="804">
       <c r="A804" s="1">
         <v>1</v>
       </c>
       <c r="B804" s="1">
         <v>664</v>
       </c>
       <c r="C804" s="1" t="s">
-        <v>722</v>
+        <v>720</v>
       </c>
       <c r="D804" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E804" s="1">
         <v>15</v>
       </c>
     </row>
     <row r="805">
       <c r="A805" s="1">
         <v>2</v>
       </c>
       <c r="B805" s="1">
         <v>935</v>
       </c>
       <c r="C805" s="1" t="s">
-        <v>723</v>
+        <v>721</v>
       </c>
       <c r="D805" s="1" t="s">
         <v>159</v>
       </c>
       <c r="E805" s="1">
         <v>13</v>
       </c>
     </row>
     <row r="806">
       <c r="A806" s="1">
         <v>3</v>
       </c>
       <c r="B806" s="1">
         <v>1137</v>
       </c>
       <c r="C806" s="1" t="s">
-        <v>724</v>
+        <v>722</v>
       </c>
       <c r="D806" s="1" t="s">
         <v>150</v>
       </c>
       <c r="E806" s="1">
         <v>11</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:F2"/>
     <mergeCell ref="A3:E3"/>
     <mergeCell ref="A18:E18"/>
     <mergeCell ref="A32:E32"/>
     <mergeCell ref="A53:E53"/>
     <mergeCell ref="A74:E74"/>
     <mergeCell ref="A93:E93"/>
     <mergeCell ref="A104:E104"/>
     <mergeCell ref="A114:E114"/>
     <mergeCell ref="A130:E130"/>
     <mergeCell ref="A143:E143"/>
     <mergeCell ref="A153:E153"/>
     <mergeCell ref="A169:E169"/>
     <mergeCell ref="A178:E178"/>
     <mergeCell ref="A190:E190"/>
@@ -15156,82 +15150,82 @@
         <v>18</v>
       </c>
       <c r="B21" s="1" t="s">
         <v>203</v>
       </c>
       <c r="C21" s="1">
         <v>12</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="1">
         <v>19</v>
       </c>
       <c r="B22" s="1" t="s">
         <v>85</v>
       </c>
       <c r="C22" s="1">
         <v>9</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="1">
         <v>20</v>
       </c>
       <c r="B23" s="1" t="s">
-        <v>553</v>
+        <v>552</v>
       </c>
       <c r="C23" s="1">
         <v>8</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="1">
         <v>21</v>
       </c>
       <c r="B24" s="1" t="s">
         <v>210</v>
       </c>
       <c r="C24" s="1">
         <v>8</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="1">
         <v>22</v>
       </c>
       <c r="B25" s="1" t="s">
         <v>305</v>
       </c>
       <c r="C25" s="1">
         <v>7</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="1">
         <v>23</v>
       </c>
       <c r="B26" s="1" t="s">
-        <v>614</v>
+        <v>613</v>
       </c>
       <c r="C26" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="1">
         <v>24</v>
       </c>
       <c r="B27" s="1" t="s">
         <v>496</v>
       </c>
       <c r="C27" s="1">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:D2"/>
   </mergeCells>
   <headerFooter/>
 </worksheet>
 </file>