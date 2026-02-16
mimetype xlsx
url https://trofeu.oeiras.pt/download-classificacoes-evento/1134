--- v1 (2025-12-18)
+++ v2 (2026-02-16)
@@ -194,51 +194,51 @@
   <si>
     <t>Grupo Desportivo de Barcarena</t>
   </si>
   <si>
     <t>Elyan Silva</t>
   </si>
   <si>
     <t>SANTIAGO LOPES</t>
   </si>
   <si>
     <t>Tiago Maniés</t>
   </si>
   <si>
     <t>Gabriel Silva</t>
   </si>
   <si>
     <t>Sub 12 - Femininos</t>
   </si>
   <si>
     <t>Yasmin Tchemaguine</t>
   </si>
   <si>
     <t>Elma Espírito-Santo</t>
   </si>
   <si>
-    <t xml:space="preserve">Jéssica  Almeida</t>
+    <t>Luis Trindade</t>
   </si>
   <si>
     <t xml:space="preserve">Reniala   Staudte</t>
   </si>
   <si>
     <t xml:space="preserve">Sofia  Paixão</t>
   </si>
   <si>
     <t>FRANCISCA CORVO</t>
   </si>
   <si>
     <t xml:space="preserve">SUREYA    ROBERTSON</t>
   </si>
   <si>
     <t>Carolina Quintela</t>
   </si>
   <si>
     <t>Miriam Sousa</t>
   </si>
   <si>
     <t>Sienna Silva</t>
   </si>
   <si>
     <t>Ines Batista</t>
   </si>
@@ -536,51 +536,51 @@
   <si>
     <t>SIMÃO LIMA</t>
   </si>
   <si>
     <t xml:space="preserve">Gonçalo  Magalhães</t>
   </si>
   <si>
     <t>Pedro Rijo</t>
   </si>
   <si>
     <t>Sub 23 - Femininos</t>
   </si>
   <si>
     <t xml:space="preserve">PETRA     SANTOS</t>
   </si>
   <si>
     <t>Madalena Preciso</t>
   </si>
   <si>
     <t>Carla Santos</t>
   </si>
   <si>
     <t>Beatriz Rebelo</t>
   </si>
   <si>
-    <t>MATILDE MARQUES</t>
+    <t xml:space="preserve">CARLOS  VICENTE</t>
   </si>
   <si>
     <t>Camila Anjos</t>
   </si>
   <si>
     <t>Valejas Atlético Clube</t>
   </si>
   <si>
     <t>Ana Marta Barros</t>
   </si>
   <si>
     <t>Seniores - Masculinos</t>
   </si>
   <si>
     <t xml:space="preserve">PEDRO ALVES </t>
   </si>
   <si>
     <t xml:space="preserve">Nahuel  Pozueta</t>
   </si>
   <si>
     <t>FILIPE REBELO</t>
   </si>
   <si>
     <t>Wilson da Luz</t>
   </si>
@@ -611,63 +611,63 @@
   <si>
     <t xml:space="preserve">JOÃO      ANDRADE</t>
   </si>
   <si>
     <t>Diogo Fraga</t>
   </si>
   <si>
     <t>Tiago Pádua</t>
   </si>
   <si>
     <t>José Santos</t>
   </si>
   <si>
     <t>João Roxo</t>
   </si>
   <si>
     <t>Ricardo Rodrigues</t>
   </si>
   <si>
     <t>Carlos Gomes</t>
   </si>
   <si>
     <t>Pedro Marques</t>
   </si>
   <si>
-    <t>Sérgio Oliveira</t>
+    <t>Paulo Arrenega</t>
   </si>
   <si>
     <t>João Neves</t>
   </si>
   <si>
     <t>Amigos de Baco</t>
   </si>
   <si>
     <t>ANDRÉ FERREIRA</t>
   </si>
   <si>
-    <t>José Marcos</t>
+    <t xml:space="preserve">Cláudia  Borralho</t>
   </si>
   <si>
     <t>João Moradias</t>
   </si>
   <si>
     <t xml:space="preserve">André  Viseu</t>
   </si>
   <si>
     <t>Bernardo Martins</t>
   </si>
   <si>
     <t>Gonçalo Gomes</t>
   </si>
   <si>
     <t xml:space="preserve"> Atlético Clube de Porto Salvo</t>
   </si>
   <si>
     <t xml:space="preserve">Francisco  Val</t>
   </si>
   <si>
     <t xml:space="preserve">Bernardo  Batista</t>
   </si>
   <si>
     <t>André Ribeiro</t>
   </si>
@@ -767,329 +767,329 @@
   <si>
     <t>M 35</t>
   </si>
   <si>
     <t>Tiago Graça</t>
   </si>
   <si>
     <t>Diogo Louro</t>
   </si>
   <si>
     <t>LEONEL FONTE</t>
   </si>
   <si>
     <t>Carlos Duque</t>
   </si>
   <si>
     <t>JOSÉ CARLOS TEODORO</t>
   </si>
   <si>
     <t>Nuno Quintela</t>
   </si>
   <si>
     <t>David Eiras</t>
   </si>
   <si>
+    <t>Tiago Ribeiro</t>
+  </si>
+  <si>
+    <t>Miguel Xavier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Gonçalo  Correia</t>
+  </si>
+  <si>
+    <t>André Oliveira</t>
+  </si>
+  <si>
+    <t>Filipe Pereira</t>
+  </si>
+  <si>
+    <t>JOSÉ MARTINS</t>
+  </si>
+  <si>
+    <t>Fauler Campos</t>
+  </si>
+  <si>
+    <t xml:space="preserve">João  Miranda</t>
+  </si>
+  <si>
+    <t>Gonçalo Rangel</t>
+  </si>
+  <si>
+    <t>PEDRO PINTO</t>
+  </si>
+  <si>
+    <t>JOSÉ VASCO</t>
+  </si>
+  <si>
+    <t>GONÇALO PIRES</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Pedro  Costa</t>
+  </si>
+  <si>
+    <t>TELMO JORGE</t>
+  </si>
+  <si>
+    <t>Nuno Pombo</t>
+  </si>
+  <si>
+    <t>João Vale</t>
+  </si>
+  <si>
+    <t>Ruben Mendonça</t>
+  </si>
+  <si>
+    <t>F 35</t>
+  </si>
+  <si>
+    <t>Célia Lopes</t>
+  </si>
+  <si>
+    <t>TÂNIA PINTO</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ana  Coutinho</t>
+  </si>
+  <si>
+    <t>JOANA PIRES</t>
+  </si>
+  <si>
+    <t>Evelina Kocharova</t>
+  </si>
+  <si>
+    <t>Inês Carneiro</t>
+  </si>
+  <si>
+    <t>Raquel Pinheiro</t>
+  </si>
+  <si>
+    <t>Sara Amorim</t>
+  </si>
+  <si>
+    <t>FILIPA RELVAS</t>
+  </si>
+  <si>
+    <t>Joana Cunha</t>
+  </si>
+  <si>
+    <t>Vania Faria</t>
+  </si>
+  <si>
+    <t>Marta Ramos</t>
+  </si>
+  <si>
+    <t>JOANA ALMEIDA</t>
+  </si>
+  <si>
+    <t>M 40</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ANDRÉ   CORVO</t>
+  </si>
+  <si>
+    <t>HELDER GROSSO</t>
+  </si>
+  <si>
+    <t>JOEL PENA</t>
+  </si>
+  <si>
+    <t>Nuno Graça</t>
+  </si>
+  <si>
+    <t>Manuel Júlio</t>
+  </si>
+  <si>
+    <t>Bruno Martins</t>
+  </si>
+  <si>
+    <t xml:space="preserve">RUI   SILVA</t>
+  </si>
+  <si>
+    <t>Luís Barracho</t>
+  </si>
+  <si>
+    <t>David Caroço Nunes</t>
+  </si>
+  <si>
+    <t>Eduardo Lopes</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SÉRGIO   MALHEIRO</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Bruno  Francisco </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Marco  Alves </t>
+  </si>
+  <si>
+    <t>PEDRO BELO</t>
+  </si>
+  <si>
+    <t xml:space="preserve">João  Ramalho</t>
+  </si>
+  <si>
+    <t>Bruno Oliveira</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Pedro  Pombo </t>
+  </si>
+  <si>
+    <t>Bruno Ferreira</t>
+  </si>
+  <si>
+    <t>João Tomaz</t>
+  </si>
+  <si>
+    <t>Rui Aldeano</t>
+  </si>
+  <si>
+    <t>ADR O RELÂMPAGO</t>
+  </si>
+  <si>
+    <t>Andrea Saporito</t>
+  </si>
+  <si>
+    <t>Daniel Rodrigues</t>
+  </si>
+  <si>
+    <t>TIAGO SOUSA</t>
+  </si>
+  <si>
+    <t>Nuno Louro</t>
+  </si>
+  <si>
+    <t>Nelson Antunes</t>
+  </si>
+  <si>
+    <t>João Pereira</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Paulo  Marques</t>
+  </si>
+  <si>
+    <t>EDUARDO COELHO</t>
+  </si>
+  <si>
+    <t>Sérgio Barbosa</t>
+  </si>
+  <si>
+    <t>VITOR FERREIRA</t>
+  </si>
+  <si>
+    <t>Ricardo Pascoal</t>
+  </si>
+  <si>
+    <t>RENATO LUIS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sérgio  Caiano</t>
+  </si>
+  <si>
+    <t>CARLOS ANTUNES</t>
+  </si>
+  <si>
+    <t>Yuri Natividade</t>
+  </si>
+  <si>
+    <t>Bruno Amaro</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Luis  Miranda</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ricardo  Ferreira</t>
+  </si>
+  <si>
+    <t>Ricardo Cortes</t>
+  </si>
+  <si>
+    <t>Filipe Saleiro</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Simão  Ortega</t>
+  </si>
+  <si>
+    <t>Luis Semedo</t>
+  </si>
+  <si>
+    <t>Tiago Carvalhinho</t>
+  </si>
+  <si>
+    <t>Paulo Morgado</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Marco  Esteves</t>
+  </si>
+  <si>
+    <t>Frederico Barreiros</t>
+  </si>
+  <si>
+    <t>RAFAEL RAMOS</t>
+  </si>
+  <si>
+    <t>Luis Hilário</t>
+  </si>
+  <si>
+    <t>Pedro Pereira</t>
+  </si>
+  <si>
+    <t xml:space="preserve">VÍTOR   TEIXEIRA</t>
+  </si>
+  <si>
+    <t>Leandro Rodrigues</t>
+  </si>
+  <si>
+    <t>Bruno Ornelas</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sergio  Ladeira </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Gonçalo  Ascensão</t>
+  </si>
+  <si>
+    <t>F 40</t>
+  </si>
+  <si>
+    <t>MARINA DOMIMGUES</t>
+  </si>
+  <si>
+    <t>RITA ROSA</t>
+  </si>
+  <si>
+    <t>MARTA MOTA</t>
+  </si>
+  <si>
+    <t>Ana Garrido Silva</t>
+  </si>
+  <si>
     <t>Steve Gabadinho</t>
   </si>
   <si>
-    <t>Miguel Xavier</t>
-[...274 lines deleted...]
-  <si>
     <t>Carla Jesus</t>
   </si>
   <si>
     <t>Cátea Ramos</t>
   </si>
   <si>
     <t xml:space="preserve">TANIA  COELHO</t>
   </si>
   <si>
     <t>CATARINA PALMA</t>
   </si>
   <si>
     <t xml:space="preserve">Ana  Silva</t>
   </si>
   <si>
     <t>Marta Arneiro</t>
   </si>
   <si>
     <t>Maria Jesus</t>
   </si>
   <si>
     <t>Rita Freitas</t>
   </si>
   <si>
     <t>LILIANA JORGE</t>
@@ -1412,51 +1412,51 @@
   <si>
     <t>António Martins</t>
   </si>
   <si>
     <t>ABNER KIENE</t>
   </si>
   <si>
     <t xml:space="preserve">Jorge  Ferreira</t>
   </si>
   <si>
     <t>LUIS PEDROSO</t>
   </si>
   <si>
     <t>Carlos Craveira</t>
   </si>
   <si>
     <t>Pedro Esteves</t>
   </si>
   <si>
     <t>Hugo Palmeiro</t>
   </si>
   <si>
     <t>JULIO FERREIRA</t>
   </si>
   <si>
-    <t>Filipe Rebelo</t>
+    <t>Joaquim Amaral</t>
   </si>
   <si>
     <t>Artur Santiago</t>
   </si>
   <si>
     <t xml:space="preserve">ORLANDO  CORREIA</t>
   </si>
   <si>
     <t>António Canto</t>
   </si>
   <si>
     <t xml:space="preserve">Luis  Sousa</t>
   </si>
   <si>
     <t>Luís Nogueira</t>
   </si>
   <si>
     <t>SEBASTIAN FODOR</t>
   </si>
   <si>
     <t>JOAO CURVELO</t>
   </si>
   <si>
     <t>JOSE CRUZ</t>
   </si>