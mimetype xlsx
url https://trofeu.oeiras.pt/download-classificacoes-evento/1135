--- v0 (2025-10-21)
+++ v1 (2025-12-07)
@@ -173,51 +173,51 @@
   <si>
     <t>Xavier Costa</t>
   </si>
   <si>
     <t>Diogo Ibraímo</t>
   </si>
   <si>
     <t>IAROMIR SEMENOV</t>
   </si>
   <si>
     <t>Simão Pinto</t>
   </si>
   <si>
     <t>David Gabadinho</t>
   </si>
   <si>
     <t>Associação Run Tejo</t>
   </si>
   <si>
     <t>SANTIAGO LOPES</t>
   </si>
   <si>
     <t>Paulo Soares</t>
   </si>
   <si>
-    <t xml:space="preserve">André  Taborda</t>
+    <t>Tiago Maniés</t>
   </si>
   <si>
     <t>Sub 12 - Femininos</t>
   </si>
   <si>
     <t>Yasmin Tchemaguine</t>
   </si>
   <si>
     <t>Jaciara Cabral</t>
   </si>
   <si>
     <t>RITA VENTURI</t>
   </si>
   <si>
     <t xml:space="preserve">Sofia  Paixão</t>
   </si>
   <si>
     <t>Carolina Quintela</t>
   </si>
   <si>
     <t>FRANCISCA CORVO</t>
   </si>
   <si>
     <t>Victória Nilsson</t>
   </si>
@@ -515,66 +515,66 @@
   <si>
     <t xml:space="preserve"> Atlético Clube de Porto Salvo</t>
   </si>
   <si>
     <t>Inês Mileu</t>
   </si>
   <si>
     <t>Sub 23 - Masculinos</t>
   </si>
   <si>
     <t xml:space="preserve">JOSÉ      CARLOS</t>
   </si>
   <si>
     <t>MIGUEL AGUIAR</t>
   </si>
   <si>
     <t>Filipe Condinho</t>
   </si>
   <si>
     <t>Miguel Sayanda</t>
   </si>
   <si>
     <t>Salvador Alves</t>
   </si>
   <si>
-    <t>PEDRO VIEIRA</t>
-[...2 lines deleted...]
-    <t>Gabriel Pereira</t>
+    <t>DEUS KAPUNGA</t>
+  </si>
+  <si>
+    <t>VICENTE ANTUNES</t>
   </si>
   <si>
     <t xml:space="preserve">Bruno  Pinto</t>
   </si>
   <si>
     <t xml:space="preserve">António Almeida </t>
   </si>
   <si>
     <t>Miles &amp; Vibes</t>
   </si>
   <si>
-    <t>SIMÃO OLIVEIRA</t>
+    <t>SIMÃO LIMA</t>
   </si>
   <si>
     <t xml:space="preserve">Gonçalo  Magalhães</t>
   </si>
   <si>
     <t>Miguel Poças</t>
   </si>
   <si>
     <t>Miguel Noronha</t>
   </si>
   <si>
     <t>Sub 23 - Femininos</t>
   </si>
   <si>
     <t>Madalena Preciso</t>
   </si>
   <si>
     <t>Carla Santos</t>
   </si>
   <si>
     <t>Anastácia Marchenko</t>
   </si>
   <si>
     <t xml:space="preserve">Emilia  Azizova</t>
   </si>
@@ -755,51 +755,51 @@
   <si>
     <t xml:space="preserve">Marta  Raposo</t>
   </si>
   <si>
     <t>CATARINA CARREIRA</t>
   </si>
   <si>
     <t xml:space="preserve">Claúdia  Jerónimo</t>
   </si>
   <si>
     <t>Mariana Figueira</t>
   </si>
   <si>
     <t xml:space="preserve">TELMA SILVA </t>
   </si>
   <si>
     <t>Maria Plyasova</t>
   </si>
   <si>
     <t>Francisca Pereira</t>
   </si>
   <si>
     <t>Sofia Gomes</t>
   </si>
   <si>
-    <t xml:space="preserve">Raquel Reis </t>
+    <t>Raquel Reis</t>
   </si>
   <si>
     <t>Liliana Branco</t>
   </si>
   <si>
     <t>Rita García-Mon</t>
   </si>
   <si>
     <t>BEATRIZ MATIAS</t>
   </si>
   <si>
     <t>Mara Afonso</t>
   </si>
   <si>
     <t>Marta Andrade</t>
   </si>
   <si>
     <t>Soraia Paraíso</t>
   </si>
   <si>
     <t xml:space="preserve">Ana Marta  Moradias</t>
   </si>
   <si>
     <t>Ana Martins</t>
   </si>
@@ -839,51 +839,51 @@
   <si>
     <t>JOSÉ CARLOS TEODORO</t>
   </si>
   <si>
     <t>Nuno Quintela</t>
   </si>
   <si>
     <t>HUGO FILIPE ANTUNES</t>
   </si>
   <si>
     <t>Steve Gabadinho</t>
   </si>
   <si>
     <t>Filipe Pereira</t>
   </si>
   <si>
     <t>Simon Ndunda</t>
   </si>
   <si>
     <t>André Oliveira</t>
   </si>
   <si>
     <t>JOSÉ MARTINS</t>
   </si>
   <si>
-    <t>Fernando Arvelaiz</t>
+    <t>Fernando Pereira</t>
   </si>
   <si>
     <t xml:space="preserve">João  Miranda</t>
   </si>
   <si>
     <t>RENATO MADUREIRA</t>
   </si>
   <si>
     <t>HUGO SILVEIRA</t>
   </si>
   <si>
     <t xml:space="preserve">Pedro  Costa</t>
   </si>
   <si>
     <t>Hugo de Sousa</t>
   </si>
   <si>
     <t xml:space="preserve">João  Raposo</t>
   </si>
   <si>
     <t xml:space="preserve">José  Júnior</t>
   </si>
   <si>
     <t>Fábio Querido</t>
   </si>
@@ -920,51 +920,51 @@
   <si>
     <t>Sara Marinho</t>
   </si>
   <si>
     <t>TÂNIA PINTO</t>
   </si>
   <si>
     <t xml:space="preserve">Ana  Coutinho</t>
   </si>
   <si>
     <t>JOANA PIRES</t>
   </si>
   <si>
     <t xml:space="preserve">Mónica  Carvalho</t>
   </si>
   <si>
     <t>Liliana Andrade</t>
   </si>
   <si>
     <t>Inês Carneiro</t>
   </si>
   <si>
     <t>Raquel Pinheiro</t>
   </si>
   <si>
-    <t xml:space="preserve">Ana Sofia  Fernandes</t>
+    <t>Sofia Fernandes</t>
   </si>
   <si>
     <t>Sara Amorim</t>
   </si>
   <si>
     <t>Vania Faria</t>
   </si>
   <si>
     <t xml:space="preserve">Débora  Alcobia</t>
   </si>
   <si>
     <t>Catarina Barbosa</t>
   </si>
   <si>
     <t>Elena Shtaba</t>
   </si>
   <si>
     <t xml:space="preserve">Mariana  Fraga</t>
   </si>
   <si>
     <t>JOANA ALMEIDA</t>
   </si>
   <si>
     <t>Flávia Santos</t>
   </si>
@@ -1097,51 +1097,51 @@
   <si>
     <t>Leandro Rodrigues</t>
   </si>
   <si>
     <t>RAFAEL RAMOS</t>
   </si>
   <si>
     <t>Simão Ribeiro</t>
   </si>
   <si>
     <t>Ricardo Gomes</t>
   </si>
   <si>
     <t>Adriano Mendes</t>
   </si>
   <si>
     <t>F 40</t>
   </si>
   <si>
     <t>MARINA DOMIMGUES</t>
   </si>
   <si>
     <t>RITA ROSA</t>
   </si>
   <si>
-    <t>ELISABETE MACEDO</t>
+    <t>MARTA MOTA</t>
   </si>
   <si>
     <t>Ana Garrido Silva</t>
   </si>
   <si>
     <t>Ana Silveira</t>
   </si>
   <si>
     <t>Isabel David</t>
   </si>
   <si>
     <t>CATARINA PALMA</t>
   </si>
   <si>
     <t>Carla Jesus</t>
   </si>
   <si>
     <t xml:space="preserve">TANIA  COELHO</t>
   </si>
   <si>
     <t>Tânia Tomaz</t>
   </si>
   <si>
     <t>Maria Coronha</t>
   </si>
@@ -1418,81 +1418,81 @@
   <si>
     <t>GONÇALO COSTA</t>
   </si>
   <si>
     <t xml:space="preserve">Gonçalo  Baroutakis </t>
   </si>
   <si>
     <t>Bruno Afonso</t>
   </si>
   <si>
     <t xml:space="preserve">PEDRO   VITORINO</t>
   </si>
   <si>
     <t>Carlos Taveira</t>
   </si>
   <si>
     <t>LUIS PEDROSO</t>
   </si>
   <si>
     <t>Tiago Rocha</t>
   </si>
   <si>
     <t>António Martins</t>
   </si>
   <si>
-    <t xml:space="preserve">JORGE  NUNES DA SILVA</t>
+    <t>ABNER KIENE</t>
   </si>
   <si>
     <t>Emanuel Oliveira</t>
   </si>
   <si>
     <t>FERNANDO ANJOS</t>
   </si>
   <si>
     <t xml:space="preserve">Jorge  Ferreira</t>
   </si>
   <si>
     <t xml:space="preserve">RUI   DUARTE</t>
   </si>
   <si>
     <t>Pedro Esteves</t>
   </si>
   <si>
     <t xml:space="preserve">CARLOS   SILVA</t>
   </si>
   <si>
     <t>Miguel Figueiredo</t>
   </si>
   <si>
-    <t xml:space="preserve">CARLOS FREITAS </t>
+    <t>Filipe Rebelo</t>
   </si>
   <si>
     <t>JULIO FERREIRA</t>
   </si>
   <si>
-    <t xml:space="preserve">JOAQUIM AMARAL </t>
+    <t xml:space="preserve">PEDRO  CAVILHAS</t>
   </si>
   <si>
     <t>JOSÉ ALVES</t>
   </si>
   <si>
     <t>RUI CABRAL</t>
   </si>
   <si>
     <t>Nuno Morgado</t>
   </si>
   <si>
     <t>Paulo Lopes</t>
   </si>
   <si>
     <t>Hugo Palmeiro</t>
   </si>
   <si>
     <t>Nuno Duarte</t>
   </si>
   <si>
     <t>Mario Porfirio</t>
   </si>
   <si>
     <t>Luís Nogueira</t>
   </si>
@@ -1505,51 +1505,51 @@
   <si>
     <t xml:space="preserve">RICARDO   FARIA</t>
   </si>
   <si>
     <t>ARTUR GONÇALVES</t>
   </si>
   <si>
     <t xml:space="preserve">JORGE  PEPE</t>
   </si>
   <si>
     <t xml:space="preserve">José  Pardal </t>
   </si>
   <si>
     <t>João Sayanda</t>
   </si>
   <si>
     <t>Pedro Pereira</t>
   </si>
   <si>
     <t xml:space="preserve">Daniel  Morais</t>
   </si>
   <si>
     <t>Bruno Raposo</t>
   </si>
   <si>
-    <t xml:space="preserve">Carlos  Gil</t>
+    <t>Carlos Gil</t>
   </si>
   <si>
     <t>JOÃO MOITEIRO</t>
   </si>
   <si>
     <t>JOSE CRUZ</t>
   </si>
   <si>
     <t>João Martins</t>
   </si>
   <si>
     <t>Gustavo Arroz</t>
   </si>
   <si>
     <t xml:space="preserve">ANTÓNIO   QUARESMA</t>
   </si>
   <si>
     <t>RUI ANTUNES</t>
   </si>
   <si>
     <t xml:space="preserve">BENTO   QUARESMA</t>
   </si>
   <si>
     <t>Ricardo Nuno</t>
   </si>
@@ -1589,51 +1589,51 @@
   <si>
     <t>F 50</t>
   </si>
   <si>
     <t xml:space="preserve">ANA   FRUTUOSO</t>
   </si>
   <si>
     <t>Fernanda Santinha</t>
   </si>
   <si>
     <t>Sandra Bação</t>
   </si>
   <si>
     <t>Rute Queiroz</t>
   </si>
   <si>
     <t>Marisa Silva</t>
   </si>
   <si>
     <t>Goreti Borges</t>
   </si>
   <si>
     <t xml:space="preserve">PATRÍCIA   MATOS</t>
   </si>
   <si>
-    <t>CLÁUDIA BORRALHO</t>
+    <t>VENCEDORA CAPUNGA</t>
   </si>
   <si>
     <t xml:space="preserve">Eva  Jeronimo</t>
   </si>
   <si>
     <t>Lara Sayanda</t>
   </si>
   <si>
     <t xml:space="preserve">ANABELA SALAZAR </t>
   </si>
   <si>
     <t xml:space="preserve">SANDRA  FERNANDES</t>
   </si>
   <si>
     <t xml:space="preserve">BEATRIZ   MATIAS</t>
   </si>
   <si>
     <t>Eugénia Ribeiro</t>
   </si>
   <si>
     <t>Fabiana Zunfrilli</t>
   </si>
   <si>
     <t>Meirevone Ferreira</t>
   </si>
@@ -1733,51 +1733,51 @@
   <si>
     <t xml:space="preserve">Renato  Roberti</t>
   </si>
   <si>
     <t>Luís Abreu</t>
   </si>
   <si>
     <t>Rui Silva</t>
   </si>
   <si>
     <t>Miguel Moradias</t>
   </si>
   <si>
     <t xml:space="preserve">VÍTOR   CANTO</t>
   </si>
   <si>
     <t>Helder Batista</t>
   </si>
   <si>
     <t>Rui Magalhães</t>
   </si>
   <si>
     <t>Marco Silva</t>
   </si>
   <si>
-    <t>Carlos Silva</t>
+    <t xml:space="preserve">Carlos  Silva</t>
   </si>
   <si>
     <t xml:space="preserve">Jorge  Barreto</t>
   </si>
   <si>
     <t>Luís Correia</t>
   </si>
   <si>
     <t xml:space="preserve">Carlos  Lomba</t>
   </si>
   <si>
     <t>F 55</t>
   </si>
   <si>
     <t>ALEXANDRA PORTELA</t>
   </si>
   <si>
     <t xml:space="preserve">NATÁLIA DIAS </t>
   </si>
   <si>
     <t>Conceição Lopes</t>
   </si>
   <si>
     <t>Teresa Silva</t>
   </si>