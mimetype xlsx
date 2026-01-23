--- v1 (2025-12-07)
+++ v2 (2026-01-23)
@@ -557,51 +557,51 @@
   <si>
     <t xml:space="preserve">Gonçalo  Magalhães</t>
   </si>
   <si>
     <t>Miguel Poças</t>
   </si>
   <si>
     <t>Miguel Noronha</t>
   </si>
   <si>
     <t>Sub 23 - Femininos</t>
   </si>
   <si>
     <t>Madalena Preciso</t>
   </si>
   <si>
     <t>Carla Santos</t>
   </si>
   <si>
     <t>Anastácia Marchenko</t>
   </si>
   <si>
     <t xml:space="preserve">Emilia  Azizova</t>
   </si>
   <si>
-    <t>MATILDE MARQUES</t>
+    <t xml:space="preserve">CARLOS  VICENTE</t>
   </si>
   <si>
     <t>Carolina Silva</t>
   </si>
   <si>
     <t>Inês Clemente</t>
   </si>
   <si>
     <t>Seniores - Masculinos</t>
   </si>
   <si>
     <t>Diogo Fraga</t>
   </si>
   <si>
     <t>Wilson da Luz</t>
   </si>
   <si>
     <t xml:space="preserve">Nahuel  Pozueta</t>
   </si>
   <si>
     <t>DAVID DOS SANTOS</t>
   </si>
   <si>
     <t>David Jardim</t>
   </si>
@@ -620,96 +620,96 @@
   <si>
     <t xml:space="preserve">JOÃO   PEREIRA</t>
   </si>
   <si>
     <t>André Cotrim</t>
   </si>
   <si>
     <t>Marcos Estrela</t>
   </si>
   <si>
     <t>Simão Augusto</t>
   </si>
   <si>
     <t>José Santos</t>
   </si>
   <si>
     <t xml:space="preserve">Tiago  Freitas</t>
   </si>
   <si>
     <t>Pedro Marques</t>
   </si>
   <si>
     <t>Tiago Pádua</t>
   </si>
   <si>
-    <t>Sérgio Oliveira</t>
+    <t>Paulo Arrenega</t>
   </si>
   <si>
     <t>Carlos Gomes</t>
   </si>
   <si>
     <t>João Neves</t>
   </si>
   <si>
     <t>Amigos de Baco</t>
   </si>
   <si>
     <t>Guilherme Silva</t>
   </si>
   <si>
     <t>Viriathvs Runners Viseu</t>
   </si>
   <si>
     <t>Nazariy Kovalyuk</t>
   </si>
   <si>
     <t>Alain Breton</t>
   </si>
   <si>
     <t>Associação de Pára-quedistas Tejo-Norte</t>
   </si>
   <si>
     <t>Ricardo Rodrigues</t>
   </si>
   <si>
     <t>PEDRO RODRIGUES</t>
   </si>
   <si>
     <t>João Pires</t>
   </si>
   <si>
     <t>ANDRÉ FERREIRA</t>
   </si>
   <si>
     <t>João Teles</t>
   </si>
   <si>
     <t>CLAUDIO NORTE</t>
   </si>
   <si>
-    <t>José Marcos</t>
+    <t xml:space="preserve">Cláudia  Borralho</t>
   </si>
   <si>
     <t>André Fonseca</t>
   </si>
   <si>
     <t>Gonçalo Martins</t>
   </si>
   <si>
     <t>Gonçalo Gomes</t>
   </si>
   <si>
     <t>Rafael Amador</t>
   </si>
   <si>
     <t xml:space="preserve">André  Viseu</t>
   </si>
   <si>
     <t xml:space="preserve">Francisco  Val</t>
   </si>
   <si>
     <t>André Ferreira</t>
   </si>
   <si>
     <t>Daniel Sequeira</t>
   </si>
@@ -824,51 +824,51 @@
   <si>
     <t>Carlos Duque</t>
   </si>
   <si>
     <t xml:space="preserve">JOSÉ   CAMACHO</t>
   </si>
   <si>
     <t>LEONEL FONTE</t>
   </si>
   <si>
     <t xml:space="preserve">Gonçalo  Correia</t>
   </si>
   <si>
     <t>David Eiras</t>
   </si>
   <si>
     <t>JOSÉ CARLOS TEODORO</t>
   </si>
   <si>
     <t>Nuno Quintela</t>
   </si>
   <si>
     <t>HUGO FILIPE ANTUNES</t>
   </si>
   <si>
-    <t>Steve Gabadinho</t>
+    <t>Tiago Ribeiro</t>
   </si>
   <si>
     <t>Filipe Pereira</t>
   </si>
   <si>
     <t>Simon Ndunda</t>
   </si>
   <si>
     <t>André Oliveira</t>
   </si>
   <si>
     <t>JOSÉ MARTINS</t>
   </si>
   <si>
     <t>Fernando Pereira</t>
   </si>
   <si>
     <t xml:space="preserve">João  Miranda</t>
   </si>
   <si>
     <t>RENATO MADUREIRA</t>
   </si>
   <si>
     <t>HUGO SILVEIRA</t>
   </si>
@@ -1292,51 +1292,51 @@
   <si>
     <t>Pedro Machado</t>
   </si>
   <si>
     <t>Jorge Ramos</t>
   </si>
   <si>
     <t>GONÇALO PEDRO</t>
   </si>
   <si>
     <t>João Oliveira</t>
   </si>
   <si>
     <t>Paulo Reis</t>
   </si>
   <si>
     <t>Pedro M. Bica</t>
   </si>
   <si>
     <t>Pedro Ferreira</t>
   </si>
   <si>
     <t>Alexandre Gomes</t>
   </si>
   <si>
-    <t xml:space="preserve">Luis  Menezes</t>
+    <t xml:space="preserve">Luis  Meneses</t>
   </si>
   <si>
     <t>F 45</t>
   </si>
   <si>
     <t>Sónia Machado</t>
   </si>
   <si>
     <t>Joana Garcia</t>
   </si>
   <si>
     <t>Céu Fernandes</t>
   </si>
   <si>
     <t xml:space="preserve">Marta  Borges</t>
   </si>
   <si>
     <t>SANDRA MONTEIRO</t>
   </si>
   <si>
     <t>SONIA NEVES</t>
   </si>
   <si>
     <t>Sandra Silva</t>
   </si>
@@ -1382,51 +1382,51 @@
   <si>
     <t>Sofia Pereira</t>
   </si>
   <si>
     <t>Hélia Sousa</t>
   </si>
   <si>
     <t>M 50</t>
   </si>
   <si>
     <t>LUIS PINTO</t>
   </si>
   <si>
     <t>Luís Brito</t>
   </si>
   <si>
     <t>SÉRGIO PAIVA</t>
   </si>
   <si>
     <t>Paulo Silva</t>
   </si>
   <si>
     <t>João Guterres</t>
   </si>
   <si>
-    <t>Igor Tchemaguine</t>
+    <t>Ana Lúcia Rebelo</t>
   </si>
   <si>
     <t xml:space="preserve">JORGE   PINHO</t>
   </si>
   <si>
     <t xml:space="preserve">ARTUR   PEREIRA</t>
   </si>
   <si>
     <t>RUI ALVES</t>
   </si>
   <si>
     <t>GONÇALO COSTA</t>
   </si>
   <si>
     <t xml:space="preserve">Gonçalo  Baroutakis </t>
   </si>
   <si>
     <t>Bruno Afonso</t>
   </si>
   <si>
     <t xml:space="preserve">PEDRO   VITORINO</t>
   </si>
   <si>
     <t>Carlos Taveira</t>
   </si>
@@ -1442,51 +1442,51 @@
   <si>
     <t>ABNER KIENE</t>
   </si>
   <si>
     <t>Emanuel Oliveira</t>
   </si>
   <si>
     <t>FERNANDO ANJOS</t>
   </si>
   <si>
     <t xml:space="preserve">Jorge  Ferreira</t>
   </si>
   <si>
     <t xml:space="preserve">RUI   DUARTE</t>
   </si>
   <si>
     <t>Pedro Esteves</t>
   </si>
   <si>
     <t xml:space="preserve">CARLOS   SILVA</t>
   </si>
   <si>
     <t>Miguel Figueiredo</t>
   </si>
   <si>
-    <t>Filipe Rebelo</t>
+    <t>Joaquim Amaral</t>
   </si>
   <si>
     <t>JULIO FERREIRA</t>
   </si>
   <si>
     <t xml:space="preserve">PEDRO  CAVILHAS</t>
   </si>
   <si>
     <t>JOSÉ ALVES</t>
   </si>
   <si>
     <t>RUI CABRAL</t>
   </si>
   <si>
     <t>Nuno Morgado</t>
   </si>
   <si>
     <t>Paulo Lopes</t>
   </si>
   <si>
     <t>Hugo Palmeiro</t>
   </si>
   <si>
     <t>Nuno Duarte</t>
   </si>