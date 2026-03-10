--- v2 (2026-01-23)
+++ v3 (2026-03-10)
@@ -1103,51 +1103,51 @@
   <si>
     <t>Simão Ribeiro</t>
   </si>
   <si>
     <t>Ricardo Gomes</t>
   </si>
   <si>
     <t>Adriano Mendes</t>
   </si>
   <si>
     <t>F 40</t>
   </si>
   <si>
     <t>MARINA DOMIMGUES</t>
   </si>
   <si>
     <t>RITA ROSA</t>
   </si>
   <si>
     <t>MARTA MOTA</t>
   </si>
   <si>
     <t>Ana Garrido Silva</t>
   </si>
   <si>
-    <t>Ana Silveira</t>
+    <t>Steve Gabadinho</t>
   </si>
   <si>
     <t>Isabel David</t>
   </si>
   <si>
     <t>CATARINA PALMA</t>
   </si>
   <si>
     <t>Carla Jesus</t>
   </si>
   <si>
     <t xml:space="preserve">TANIA  COELHO</t>
   </si>
   <si>
     <t>Tânia Tomaz</t>
   </si>
   <si>
     <t>Maria Coronha</t>
   </si>
   <si>
     <t>Maria Jesus</t>
   </si>
   <si>
     <t xml:space="preserve">SEZINANDA  GUERREIRO</t>
   </si>
@@ -1352,51 +1352,51 @@
   <si>
     <t>Cristina Oliveira</t>
   </si>
   <si>
     <t>Carla Palma</t>
   </si>
   <si>
     <t>Clara Clérigo</t>
   </si>
   <si>
     <t>HELENA CARDOSO</t>
   </si>
   <si>
     <t>ANA ALMEIDA</t>
   </si>
   <si>
     <t xml:space="preserve">MARINA   PANTALIÃO</t>
   </si>
   <si>
     <t>Luísa Madeira</t>
   </si>
   <si>
     <t xml:space="preserve">Clara  Cardoso</t>
   </si>
   <si>
-    <t>ANDREA FRADINHO</t>
+    <t>FRANCISCO NUNES</t>
   </si>
   <si>
     <t xml:space="preserve">Ana  Serra</t>
   </si>
   <si>
     <t>Sofia Pereira</t>
   </si>
   <si>
     <t>Hélia Sousa</t>
   </si>
   <si>
     <t>M 50</t>
   </si>
   <si>
     <t>LUIS PINTO</t>
   </si>
   <si>
     <t>Luís Brito</t>
   </si>
   <si>
     <t>SÉRGIO PAIVA</t>
   </si>
   <si>
     <t>Paulo Silva</t>
   </si>