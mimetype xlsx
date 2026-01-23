--- v0 (2025-12-07)
+++ v1 (2026-01-23)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Atletas" sheetId="1" r:id="rId1"/>
     <sheet name="Colectivo" sheetId="2" r:id="rId3"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1043" uniqueCount="1043">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1042" uniqueCount="1042">
   <si>
     <t>43º Troféu CM Oeiras - GP Milha de Queijas</t>
   </si>
   <si>
     <t>Sub 10 - Masculinos</t>
   </si>
   <si>
     <t>Posição</t>
   </si>
   <si>
     <t>Dorsal</t>
   </si>
   <si>
     <t>Atleta</t>
   </si>
   <si>
     <t>Clube/Equipa</t>
   </si>
   <si>
     <t>Pontos</t>
   </si>
   <si>
     <t>FRANCISCO BRANDÃO</t>
   </si>
   <si>
@@ -290,137 +290,134 @@
   <si>
     <t>Guilherme Pereira</t>
   </si>
   <si>
     <t>VICENTE ANTUNES</t>
   </si>
   <si>
     <t>António Canento</t>
   </si>
   <si>
     <t>Ethan Musyoka</t>
   </si>
   <si>
     <t>Sub 12 - Femininos</t>
   </si>
   <si>
     <t xml:space="preserve">Reniala   Staudte</t>
   </si>
   <si>
     <t>FRANCISCA CORVO</t>
   </si>
   <si>
     <t>Carolina Sousa</t>
   </si>
   <si>
+    <t>Carolina Quintela</t>
+  </si>
+  <si>
+    <t>Isis Relvas</t>
+  </si>
+  <si>
+    <t>ACR Mealhada</t>
+  </si>
+  <si>
+    <t>Victória Nilsson</t>
+  </si>
+  <si>
+    <t>MADALENA CORVO</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SUREYA    ROBERTSON</t>
+  </si>
+  <si>
+    <t>Ines Batista</t>
+  </si>
+  <si>
+    <t>GMCJamor</t>
+  </si>
+  <si>
+    <t>Anna Romero</t>
+  </si>
+  <si>
+    <t>Joana Bigotte</t>
+  </si>
+  <si>
+    <t>MATILDE HENRIQUES</t>
+  </si>
+  <si>
+    <t>Maria Flora</t>
+  </si>
+  <si>
+    <t>Sara Batista</t>
+  </si>
+  <si>
+    <t>Catarina Sobral</t>
+  </si>
+  <si>
+    <t>Ema Guerra</t>
+  </si>
+  <si>
+    <t>Mariana Lourenço</t>
+  </si>
+  <si>
+    <t>Nathalia Anastassiadi</t>
+  </si>
+  <si>
+    <t>Joana Carvalhinho</t>
+  </si>
+  <si>
+    <t>Sport Ponto Come</t>
+  </si>
+  <si>
+    <t>Matilde Nascimento</t>
+  </si>
+  <si>
+    <t>Maria Souza</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MARIA  INÊS</t>
+  </si>
+  <si>
+    <t>Aiicha Tahri</t>
+  </si>
+  <si>
+    <t>Cíntia Rosário</t>
+  </si>
+  <si>
+    <t>Mafalda Mendes</t>
+  </si>
+  <si>
+    <t>Academia Recreativa de Linda-a-Velha</t>
+  </si>
+  <si>
+    <t>Lara Freitas</t>
+  </si>
+  <si>
     <t>Inês Pereira</t>
   </si>
   <si>
-    <t>Carolina Quintela</t>
-[...82 lines deleted...]
-  <si>
     <t>Débora Baltazar</t>
   </si>
   <si>
     <t>Sub 14 - Masculinos</t>
   </si>
   <si>
     <t xml:space="preserve">DAVID  PATRÍCIO CARIA</t>
   </si>
   <si>
     <t xml:space="preserve">DOMINIC   ROBERTSON</t>
   </si>
   <si>
     <t>TIAGO QUITERIO</t>
   </si>
   <si>
     <t>TIAGO PINTO</t>
   </si>
   <si>
     <t>MARTIM DUARTE</t>
   </si>
   <si>
     <t>Sebastião Martins</t>
   </si>
   <si>
     <t>David Pinto</t>
@@ -455,51 +452,51 @@
   <si>
     <t>Dilan Reis</t>
   </si>
   <si>
     <t>Afonso Malha</t>
   </si>
   <si>
     <t>Manuel Deveza Herdade</t>
   </si>
   <si>
     <t>Martim Carneiro</t>
   </si>
   <si>
     <t xml:space="preserve">Afonso  Silva Herdade</t>
   </si>
   <si>
     <t>João Job</t>
   </si>
   <si>
     <t>DEUS KAPUNGA</t>
   </si>
   <si>
     <t>Duarte Alcobia</t>
   </si>
   <si>
-    <t>FRANCISCO MOTA</t>
+    <t>Gustavo Monteiro</t>
   </si>
   <si>
     <t>Immanuel Musyoka</t>
   </si>
   <si>
     <t>Sub 14 - Femininos</t>
   </si>
   <si>
     <t>Yasmin Tchemaguine</t>
   </si>
   <si>
     <t>REGINA FREDERICO</t>
   </si>
   <si>
     <t>Jaciara Cabral</t>
   </si>
   <si>
     <t>ALEXANDRA ALMEIDA</t>
   </si>
   <si>
     <t>LETICIA SILVA</t>
   </si>
   <si>
     <t>Francisca Sequeira</t>
   </si>
@@ -1256,51 +1253,51 @@
   <si>
     <t>ANDRÉ FERREIRA</t>
   </si>
   <si>
     <t>Fernando Pereira</t>
   </si>
   <si>
     <t xml:space="preserve">José  Júnior</t>
   </si>
   <si>
     <t xml:space="preserve">Ricardo  Craveiro</t>
   </si>
   <si>
     <t>Fábio Querido</t>
   </si>
   <si>
     <t>JOSÉ MARTINS</t>
   </si>
   <si>
     <t>ANDRÉ LIMA</t>
   </si>
   <si>
     <t xml:space="preserve">Pedro  Costa</t>
   </si>
   <si>
-    <t>Sérgio Oliveira</t>
+    <t>Paulo Arrenega</t>
   </si>
   <si>
     <t>Bernardo Almeida</t>
   </si>
   <si>
     <t>GONÇALO PIRES</t>
   </si>
   <si>
     <t>Orlando Couceiro</t>
   </si>
   <si>
     <t xml:space="preserve">JOÃO   PEREIRA</t>
   </si>
   <si>
     <t xml:space="preserve">Daniel  Pereira</t>
   </si>
   <si>
     <t>Rafael Silva</t>
   </si>
   <si>
     <t>Miguel Silva</t>
   </si>
   <si>
     <t>Tiago Cardoso</t>
   </si>
@@ -1886,51 +1883,51 @@
   <si>
     <t xml:space="preserve">Paulo  Gonçalves</t>
   </si>
   <si>
     <t>Paulo Reis</t>
   </si>
   <si>
     <t xml:space="preserve">Pedro  Patacho</t>
   </si>
   <si>
     <t>Desporto Oeiras</t>
   </si>
   <si>
     <t>Inigo Pereira</t>
   </si>
   <si>
     <t xml:space="preserve">Helder  Jorge </t>
   </si>
   <si>
     <t>Nuno Vieira</t>
   </si>
   <si>
     <t>Luis Cadaxa</t>
   </si>
   <si>
-    <t xml:space="preserve">Luis  Menezes</t>
+    <t xml:space="preserve">Luis  Meneses</t>
   </si>
   <si>
     <t>José Epifânio</t>
   </si>
   <si>
     <t>F 45</t>
   </si>
   <si>
     <t>SUSANA RAPOSO</t>
   </si>
   <si>
     <t xml:space="preserve">Paula  Fernandes</t>
   </si>
   <si>
     <t>Sónia Machado</t>
   </si>
   <si>
     <t xml:space="preserve">Ana  Mendes </t>
   </si>
   <si>
     <t xml:space="preserve">Marta  Borges</t>
   </si>
   <si>
     <t>CARLA MOCHILA</t>
   </si>
@@ -3200,51 +3197,51 @@
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="1" applyFont="1" xfId="0" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="2" applyFont="1" xfId="0" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="2" applyFont="1" xfId="0" applyProtection="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" applyNumberFormat="1" fontId="2" applyFont="1" xfId="0" applyProtection="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" mc:Ignorable="xr">
-  <dimension ref="A1:F1110"/>
+  <dimension ref="A1:F1109"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1" style="1"/>
     <col min="2" max="2" width="15" customWidth="1" style="1"/>
     <col min="3" max="3" width="40" customWidth="1" style="1"/>
     <col min="4" max="4" width="60" customWidth="1" style="1"/>
     <col min="5" max="5" width="15" customWidth="1" style="1"/>
     <col min="6" max="6" width="15" customWidth="1" style="1"/>
     <col min="7" max="16384" width="9.140625" customWidth="1" style="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="4" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="4" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="4" t="s">
         <v>0</v>
       </c>
       <c r="D1" s="4" t="s">
@@ -4150,51 +4147,51 @@
       </c>
       <c r="B58" s="1">
         <v>3279</v>
       </c>
       <c r="C58" s="1" t="s">
         <v>67</v>
       </c>
       <c r="D58" s="1" t="s">
         <v>8</v>
       </c>
       <c r="E58" s="1">
         <v>13</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="1">
         <v>3</v>
       </c>
       <c r="B59" s="1">
         <v>3091</v>
       </c>
       <c r="C59" s="1" t="s">
         <v>68</v>
       </c>
       <c r="D59" s="1" t="s">
-        <v>13</v>
+        <v>8</v>
       </c>
       <c r="E59" s="1">
         <v>11</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="1">
         <v>4</v>
       </c>
       <c r="B60" s="1">
         <v>3065</v>
       </c>
       <c r="C60" s="1" t="s">
         <v>69</v>
       </c>
       <c r="D60" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E60" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="1">
         <v>5</v>
@@ -4569,16487 +4566,16470 @@
         <v>13</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="1">
         <v>3</v>
       </c>
       <c r="B85" s="1">
         <v>3248</v>
       </c>
       <c r="C85" s="1" t="s">
         <v>93</v>
       </c>
       <c r="D85" s="1" t="s">
         <v>23</v>
       </c>
       <c r="E85" s="1">
         <v>11</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="1">
         <v>4</v>
       </c>
       <c r="B86" s="1">
-        <v>3143</v>
+        <v>3047</v>
       </c>
       <c r="C86" s="1" t="s">
         <v>94</v>
       </c>
       <c r="D86" s="1" t="s">
-        <v>56</v>
+        <v>42</v>
       </c>
       <c r="E86" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="1">
         <v>5</v>
       </c>
       <c r="B87" s="1">
-        <v>3047</v>
+        <v>3310</v>
       </c>
       <c r="C87" s="1" t="s">
         <v>95</v>
       </c>
       <c r="D87" s="1" t="s">
-        <v>42</v>
+        <v>96</v>
       </c>
       <c r="E87" s="1">
         <v>9</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="1">
         <v>6</v>
       </c>
       <c r="B88" s="1">
         <v>3044</v>
       </c>
       <c r="C88" s="1" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="D88" s="1" t="s">
         <v>8</v>
       </c>
       <c r="E88" s="1">
         <v>8</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="1">
         <v>7</v>
       </c>
       <c r="B89" s="1">
-        <v>3310</v>
+        <v>3003</v>
       </c>
       <c r="C89" s="1" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="D89" s="1" t="s">
-        <v>98</v>
+        <v>46</v>
       </c>
       <c r="E89" s="1">
         <v>7</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="1">
         <v>8</v>
       </c>
       <c r="B90" s="1">
-        <v>3003</v>
+        <v>3042</v>
       </c>
       <c r="C90" s="1" t="s">
         <v>99</v>
       </c>
       <c r="D90" s="1" t="s">
-        <v>46</v>
+        <v>8</v>
       </c>
       <c r="E90" s="1">
         <v>6</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="1">
         <v>9</v>
       </c>
       <c r="B91" s="1">
-        <v>3042</v>
+        <v>3090</v>
       </c>
       <c r="C91" s="1" t="s">
         <v>100</v>
       </c>
       <c r="D91" s="1" t="s">
-        <v>8</v>
+        <v>101</v>
       </c>
       <c r="E91" s="1">
         <v>5</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="1">
         <v>10</v>
       </c>
       <c r="B92" s="1">
-        <v>3090</v>
+        <v>3160</v>
       </c>
       <c r="C92" s="1" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="D92" s="1" t="s">
-        <v>102</v>
+        <v>10</v>
       </c>
       <c r="E92" s="1">
         <v>4</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" s="1">
         <v>11</v>
       </c>
       <c r="B93" s="1">
-        <v>3160</v>
+        <v>3270</v>
       </c>
       <c r="C93" s="1" t="s">
         <v>103</v>
       </c>
       <c r="D93" s="1" t="s">
-        <v>10</v>
+        <v>46</v>
       </c>
       <c r="E93" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" s="1">
         <v>12</v>
       </c>
       <c r="B94" s="1">
-        <v>3340</v>
+        <v>3004</v>
       </c>
       <c r="C94" s="1" t="s">
         <v>104</v>
       </c>
       <c r="D94" s="1" t="s">
-        <v>23</v>
+        <v>46</v>
       </c>
       <c r="E94" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" s="1">
         <v>13</v>
       </c>
       <c r="B95" s="1">
-        <v>3270</v>
+        <v>3202</v>
       </c>
       <c r="C95" s="1" t="s">
         <v>105</v>
       </c>
       <c r="D95" s="1" t="s">
-        <v>46</v>
+        <v>10</v>
       </c>
       <c r="E95" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" s="1">
         <v>14</v>
       </c>
       <c r="B96" s="1">
-        <v>3004</v>
+        <v>3089</v>
       </c>
       <c r="C96" s="1" t="s">
         <v>106</v>
       </c>
       <c r="D96" s="1" t="s">
-        <v>46</v>
+        <v>101</v>
       </c>
       <c r="E96" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" s="1">
         <v>15</v>
       </c>
       <c r="B97" s="1">
-        <v>3202</v>
+        <v>3001</v>
       </c>
       <c r="C97" s="1" t="s">
         <v>107</v>
       </c>
       <c r="D97" s="1" t="s">
-        <v>10</v>
+        <v>46</v>
       </c>
       <c r="E97" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" s="1">
         <v>16</v>
       </c>
       <c r="B98" s="1">
-        <v>3089</v>
+        <v>3171</v>
       </c>
       <c r="C98" s="1" t="s">
         <v>108</v>
       </c>
       <c r="D98" s="1" t="s">
-        <v>102</v>
+        <v>10</v>
       </c>
       <c r="E98" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" s="1">
         <v>17</v>
       </c>
       <c r="B99" s="1">
-        <v>3001</v>
+        <v>3256</v>
       </c>
       <c r="C99" s="1" t="s">
         <v>109</v>
       </c>
       <c r="D99" s="1" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="E99" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" s="1">
         <v>18</v>
       </c>
       <c r="B100" s="1">
-        <v>3171</v>
+        <v>3212</v>
       </c>
       <c r="C100" s="1" t="s">
         <v>110</v>
       </c>
       <c r="D100" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E100" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" s="1">
         <v>19</v>
       </c>
       <c r="B101" s="1">
-        <v>3256</v>
+        <v>3097</v>
       </c>
       <c r="C101" s="1" t="s">
         <v>111</v>
       </c>
       <c r="D101" s="1" t="s">
-        <v>48</v>
+        <v>112</v>
       </c>
       <c r="E101" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" s="1">
         <v>20</v>
       </c>
       <c r="B102" s="1">
-        <v>3212</v>
+        <v>3210</v>
       </c>
       <c r="C102" s="1" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="D102" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E102" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" s="1">
         <v>21</v>
       </c>
       <c r="B103" s="1">
-        <v>3097</v>
+        <v>3206</v>
       </c>
       <c r="C103" s="1" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="D103" s="1" t="s">
-        <v>114</v>
+        <v>10</v>
       </c>
       <c r="E103" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" s="1">
         <v>22</v>
       </c>
       <c r="B104" s="1">
-        <v>3210</v>
+        <v>3309</v>
       </c>
       <c r="C104" s="1" t="s">
         <v>115</v>
       </c>
       <c r="D104" s="1" t="s">
-        <v>10</v>
+        <v>46</v>
       </c>
       <c r="E104" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" s="1">
         <v>23</v>
       </c>
       <c r="B105" s="1">
-        <v>3206</v>
+        <v>3157</v>
       </c>
       <c r="C105" s="1" t="s">
         <v>116</v>
       </c>
       <c r="D105" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E105" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" s="1">
         <v>24</v>
       </c>
       <c r="B106" s="1">
-        <v>3309</v>
+        <v>3133</v>
       </c>
       <c r="C106" s="1" t="s">
         <v>117</v>
       </c>
       <c r="D106" s="1" t="s">
-        <v>46</v>
+        <v>56</v>
       </c>
       <c r="E106" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" s="1">
         <v>25</v>
       </c>
       <c r="B107" s="1">
-        <v>3157</v>
+        <v>3053</v>
       </c>
       <c r="C107" s="1" t="s">
         <v>118</v>
       </c>
       <c r="D107" s="1" t="s">
-        <v>10</v>
+        <v>119</v>
       </c>
       <c r="E107" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" s="1">
         <v>26</v>
       </c>
       <c r="B108" s="1">
-        <v>3133</v>
+        <v>3059</v>
       </c>
       <c r="C108" s="1" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="D108" s="1" t="s">
-        <v>56</v>
+        <v>81</v>
       </c>
       <c r="E108" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" s="1">
         <v>27</v>
       </c>
       <c r="B109" s="1">
-        <v>3053</v>
+        <v>3143</v>
       </c>
       <c r="C109" s="1" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="D109" s="1" t="s">
-        <v>121</v>
+        <v>56</v>
       </c>
       <c r="E109" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" s="1">
         <v>28</v>
       </c>
       <c r="B110" s="1">
-        <v>3059</v>
+        <v>3336</v>
       </c>
       <c r="C110" s="1" t="s">
         <v>122</v>
       </c>
       <c r="D110" s="1" t="s">
-        <v>81</v>
+        <v>18</v>
       </c>
       <c r="E110" s="1">
         <v>2</v>
       </c>
     </row>
-    <row r="111">
-[...6 lines deleted...]
-      <c r="C111" s="1" t="s">
+    <row r="113">
+      <c r="A113" s="3" t="s">
         <v>123</v>
       </c>
-      <c r="D111" s="1" t="s">
-[...3 lines deleted...]
-        <v>2</v>
+      <c r="B113" s="3" t="s">
+        <v>123</v>
+      </c>
+      <c r="C113" s="3" t="s">
+        <v>123</v>
+      </c>
+      <c r="D113" s="3" t="s">
+        <v>123</v>
+      </c>
+      <c r="E113" s="3" t="s">
+        <v>123</v>
       </c>
     </row>
     <row r="114">
-      <c r="A114" s="3" t="s">
+      <c r="A114" s="2" t="s">
+        <v>2</v>
+      </c>
+      <c r="B114" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="C114" s="2" t="s">
+        <v>4</v>
+      </c>
+      <c r="D114" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="E114" s="2" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="115">
+      <c r="A115" s="1">
+        <v>1</v>
+      </c>
+      <c r="B115" s="1">
+        <v>3282</v>
+      </c>
+      <c r="C115" s="1" t="s">
         <v>124</v>
       </c>
-      <c r="B114" s="3" t="s">
-[...26 lines deleted...]
-        <v>6</v>
+      <c r="D115" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="E115" s="1">
+        <v>15</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" s="1">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="B116" s="1">
-        <v>3282</v>
+        <v>3021</v>
       </c>
       <c r="C116" s="1" t="s">
         <v>125</v>
       </c>
       <c r="D116" s="1" t="s">
         <v>8</v>
       </c>
       <c r="E116" s="1">
-        <v>15</v>
+        <v>13</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" s="1">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="B117" s="1">
-        <v>3021</v>
+        <v>3043</v>
       </c>
       <c r="C117" s="1" t="s">
         <v>126</v>
       </c>
       <c r="D117" s="1" t="s">
         <v>8</v>
       </c>
       <c r="E117" s="1">
-        <v>13</v>
+        <v>11</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" s="1">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="B118" s="1">
-        <v>3043</v>
+        <v>3155</v>
       </c>
       <c r="C118" s="1" t="s">
         <v>127</v>
       </c>
       <c r="D118" s="1" t="s">
-        <v>8</v>
+        <v>56</v>
       </c>
       <c r="E118" s="1">
-        <v>11</v>
+        <v>10</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" s="1">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="B119" s="1">
-        <v>3155</v>
+        <v>3119</v>
       </c>
       <c r="C119" s="1" t="s">
         <v>128</v>
       </c>
       <c r="D119" s="1" t="s">
-        <v>56</v>
+        <v>46</v>
       </c>
       <c r="E119" s="1">
-        <v>10</v>
+        <v>9</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" s="1">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="B120" s="1">
-        <v>3119</v>
+        <v>3323</v>
       </c>
       <c r="C120" s="1" t="s">
         <v>129</v>
       </c>
       <c r="D120" s="1" t="s">
-        <v>46</v>
+        <v>18</v>
       </c>
       <c r="E120" s="1">
-        <v>9</v>
+        <v>8</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" s="1">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="B121" s="1">
-        <v>3323</v>
+        <v>3126</v>
       </c>
       <c r="C121" s="1" t="s">
         <v>130</v>
       </c>
       <c r="D121" s="1" t="s">
-        <v>18</v>
+        <v>56</v>
       </c>
       <c r="E121" s="1">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" s="1">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="B122" s="1">
-        <v>3126</v>
+        <v>3123</v>
       </c>
       <c r="C122" s="1" t="s">
         <v>131</v>
       </c>
       <c r="D122" s="1" t="s">
         <v>56</v>
       </c>
       <c r="E122" s="1">
-        <v>7</v>
+        <v>6</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" s="1">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="B123" s="1">
-        <v>3123</v>
+        <v>3130</v>
       </c>
       <c r="C123" s="1" t="s">
         <v>132</v>
       </c>
       <c r="D123" s="1" t="s">
         <v>56</v>
       </c>
       <c r="E123" s="1">
-        <v>6</v>
+        <v>5</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" s="1">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="B124" s="1">
-        <v>3130</v>
+        <v>3132</v>
       </c>
       <c r="C124" s="1" t="s">
         <v>133</v>
       </c>
       <c r="D124" s="1" t="s">
         <v>56</v>
       </c>
       <c r="E124" s="1">
-        <v>5</v>
+        <v>4</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" s="1">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="B125" s="1">
-        <v>3132</v>
+        <v>3303</v>
       </c>
       <c r="C125" s="1" t="s">
         <v>134</v>
       </c>
       <c r="D125" s="1" t="s">
-        <v>56</v>
+        <v>23</v>
       </c>
       <c r="E125" s="1">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" s="1">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="B126" s="1">
-        <v>3303</v>
+        <v>3265</v>
       </c>
       <c r="C126" s="1" t="s">
         <v>135</v>
       </c>
       <c r="D126" s="1" t="s">
-        <v>23</v>
+        <v>48</v>
       </c>
       <c r="E126" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" s="1">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="B127" s="1">
-        <v>3265</v>
+        <v>3108</v>
       </c>
       <c r="C127" s="1" t="s">
         <v>136</v>
       </c>
       <c r="D127" s="1" t="s">
-        <v>48</v>
+        <v>64</v>
       </c>
       <c r="E127" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" s="1">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="B128" s="1">
-        <v>3108</v>
+        <v>3146</v>
       </c>
       <c r="C128" s="1" t="s">
         <v>137</v>
       </c>
       <c r="D128" s="1" t="s">
-        <v>64</v>
+        <v>35</v>
       </c>
       <c r="E128" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" s="1">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="B129" s="1">
-        <v>3146</v>
+        <v>3245</v>
       </c>
       <c r="C129" s="1" t="s">
         <v>138</v>
       </c>
       <c r="D129" s="1" t="s">
-        <v>35</v>
+        <v>23</v>
       </c>
       <c r="E129" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" s="1">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="B130" s="1">
-        <v>3245</v>
+        <v>3025</v>
       </c>
       <c r="C130" s="1" t="s">
         <v>139</v>
       </c>
       <c r="D130" s="1" t="s">
-        <v>23</v>
+        <v>8</v>
       </c>
       <c r="E130" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" s="1">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="B131" s="1">
-        <v>3025</v>
+        <v>3167</v>
       </c>
       <c r="C131" s="1" t="s">
         <v>140</v>
       </c>
       <c r="D131" s="1" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="E131" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" s="1">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="B132" s="1">
-        <v>3167</v>
+        <v>3250</v>
       </c>
       <c r="C132" s="1" t="s">
         <v>141</v>
       </c>
       <c r="D132" s="1" t="s">
-        <v>10</v>
+        <v>56</v>
       </c>
       <c r="E132" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" s="1">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="B133" s="1">
-        <v>3250</v>
+        <v>3280</v>
       </c>
       <c r="C133" s="1" t="s">
         <v>142</v>
       </c>
       <c r="D133" s="1" t="s">
-        <v>56</v>
+        <v>8</v>
       </c>
       <c r="E133" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" s="1">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="B134" s="1">
-        <v>3280</v>
+        <v>3071</v>
       </c>
       <c r="C134" s="1" t="s">
         <v>143</v>
       </c>
       <c r="D134" s="1" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="E134" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" s="1">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="B135" s="1">
-        <v>3071</v>
+        <v>3283</v>
       </c>
       <c r="C135" s="1" t="s">
         <v>144</v>
       </c>
       <c r="D135" s="1" t="s">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="E135" s="1">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" s="1">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="B136" s="1">
-        <v>3283</v>
+        <v>3131</v>
       </c>
       <c r="C136" s="1" t="s">
         <v>145</v>
       </c>
       <c r="D136" s="1" t="s">
-        <v>8</v>
+        <v>56</v>
       </c>
       <c r="E136" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" s="1">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="B137" s="1">
-        <v>3131</v>
+        <v>3344</v>
       </c>
       <c r="C137" s="1" t="s">
         <v>146</v>
       </c>
       <c r="D137" s="1" t="s">
-        <v>56</v>
+        <v>23</v>
       </c>
       <c r="E137" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" s="1">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="B138" s="1">
-        <v>3344</v>
+        <v>3140</v>
       </c>
       <c r="C138" s="1" t="s">
         <v>147</v>
       </c>
       <c r="D138" s="1" t="s">
-        <v>23</v>
+        <v>81</v>
       </c>
       <c r="E138" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="139">
       <c r="A139" s="1">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B139" s="1">
-        <v>3140</v>
+        <v>3345</v>
       </c>
       <c r="C139" s="1" t="s">
         <v>148</v>
       </c>
       <c r="D139" s="1" t="s">
-        <v>81</v>
+        <v>23</v>
       </c>
       <c r="E139" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="140">
       <c r="A140" s="1">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B140" s="1">
-        <v>3345</v>
+        <v>3232</v>
       </c>
       <c r="C140" s="1" t="s">
         <v>149</v>
       </c>
       <c r="D140" s="1" t="s">
         <v>23</v>
       </c>
       <c r="E140" s="1">
         <v>2</v>
       </c>
     </row>
-    <row r="141">
-[...6 lines deleted...]
-      <c r="C141" s="1" t="s">
+    <row r="143">
+      <c r="A143" s="3" t="s">
         <v>150</v>
       </c>
-      <c r="D141" s="1" t="s">
-[...3 lines deleted...]
-        <v>2</v>
+      <c r="B143" s="3" t="s">
+        <v>150</v>
+      </c>
+      <c r="C143" s="3" t="s">
+        <v>150</v>
+      </c>
+      <c r="D143" s="3" t="s">
+        <v>150</v>
+      </c>
+      <c r="E143" s="3" t="s">
+        <v>150</v>
       </c>
     </row>
     <row r="144">
-      <c r="A144" s="3" t="s">
+      <c r="A144" s="2" t="s">
+        <v>2</v>
+      </c>
+      <c r="B144" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="C144" s="2" t="s">
+        <v>4</v>
+      </c>
+      <c r="D144" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="E144" s="2" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="145">
+      <c r="A145" s="1">
+        <v>1</v>
+      </c>
+      <c r="B145" s="1">
+        <v>3045</v>
+      </c>
+      <c r="C145" s="1" t="s">
         <v>151</v>
       </c>
-      <c r="B144" s="3" t="s">
-[...26 lines deleted...]
-        <v>6</v>
+      <c r="D145" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="E145" s="1">
+        <v>15</v>
       </c>
     </row>
     <row r="146">
       <c r="A146" s="1">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="B146" s="1">
-        <v>3045</v>
+        <v>3036</v>
       </c>
       <c r="C146" s="1" t="s">
         <v>152</v>
       </c>
       <c r="D146" s="1" t="s">
         <v>8</v>
       </c>
       <c r="E146" s="1">
-        <v>15</v>
+        <v>13</v>
       </c>
     </row>
     <row r="147">
       <c r="A147" s="1">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="B147" s="1">
-        <v>3036</v>
+        <v>3285</v>
       </c>
       <c r="C147" s="1" t="s">
         <v>153</v>
       </c>
       <c r="D147" s="1" t="s">
         <v>8</v>
       </c>
       <c r="E147" s="1">
-        <v>13</v>
+        <v>11</v>
       </c>
     </row>
     <row r="148">
       <c r="A148" s="1">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="B148" s="1">
-        <v>3285</v>
+        <v>3015</v>
       </c>
       <c r="C148" s="1" t="s">
         <v>154</v>
       </c>
       <c r="D148" s="1" t="s">
         <v>8</v>
       </c>
       <c r="E148" s="1">
-        <v>11</v>
+        <v>10</v>
       </c>
     </row>
     <row r="149">
       <c r="A149" s="1">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="B149" s="1">
-        <v>3015</v>
+        <v>3030</v>
       </c>
       <c r="C149" s="1" t="s">
         <v>155</v>
       </c>
       <c r="D149" s="1" t="s">
         <v>8</v>
       </c>
       <c r="E149" s="1">
-        <v>10</v>
+        <v>9</v>
       </c>
     </row>
     <row r="150">
       <c r="A150" s="1">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="B150" s="1">
-        <v>3030</v>
+        <v>3023</v>
       </c>
       <c r="C150" s="1" t="s">
         <v>156</v>
       </c>
       <c r="D150" s="1" t="s">
         <v>8</v>
       </c>
       <c r="E150" s="1">
-        <v>9</v>
+        <v>8</v>
       </c>
     </row>
     <row r="151">
       <c r="A151" s="1">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="B151" s="1">
-        <v>3023</v>
+        <v>3252</v>
       </c>
       <c r="C151" s="1" t="s">
         <v>157</v>
       </c>
       <c r="D151" s="1" t="s">
-        <v>8</v>
+        <v>56</v>
       </c>
       <c r="E151" s="1">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="152">
       <c r="A152" s="1">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="B152" s="1">
-        <v>3252</v>
+        <v>3128</v>
       </c>
       <c r="C152" s="1" t="s">
         <v>158</v>
       </c>
       <c r="D152" s="1" t="s">
         <v>56</v>
       </c>
       <c r="E152" s="1">
-        <v>7</v>
+        <v>6</v>
       </c>
     </row>
     <row r="153">
       <c r="A153" s="1">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="B153" s="1">
-        <v>3128</v>
+        <v>3286</v>
       </c>
       <c r="C153" s="1" t="s">
         <v>159</v>
       </c>
       <c r="D153" s="1" t="s">
-        <v>56</v>
+        <v>8</v>
       </c>
       <c r="E153" s="1">
-        <v>6</v>
+        <v>5</v>
       </c>
     </row>
     <row r="154">
       <c r="A154" s="1">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="B154" s="1">
-        <v>3286</v>
+        <v>3147</v>
       </c>
       <c r="C154" s="1" t="s">
         <v>160</v>
       </c>
       <c r="D154" s="1" t="s">
-        <v>8</v>
+        <v>35</v>
       </c>
       <c r="E154" s="1">
-        <v>5</v>
+        <v>4</v>
       </c>
     </row>
     <row r="155">
       <c r="A155" s="1">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="B155" s="1">
-        <v>3147</v>
+        <v>3018</v>
       </c>
       <c r="C155" s="1" t="s">
         <v>161</v>
       </c>
       <c r="D155" s="1" t="s">
-        <v>35</v>
+        <v>8</v>
       </c>
       <c r="E155" s="1">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="156">
       <c r="A156" s="1">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="B156" s="1">
-        <v>3018</v>
+        <v>3203</v>
       </c>
       <c r="C156" s="1" t="s">
         <v>162</v>
       </c>
       <c r="D156" s="1" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="E156" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="157">
       <c r="A157" s="1">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="B157" s="1">
-        <v>3203</v>
+        <v>3277</v>
       </c>
       <c r="C157" s="1" t="s">
         <v>163</v>
       </c>
       <c r="D157" s="1" t="s">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="E157" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="158">
       <c r="A158" s="1">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="B158" s="1">
-        <v>3277</v>
+        <v>3080</v>
       </c>
       <c r="C158" s="1" t="s">
         <v>164</v>
       </c>
       <c r="D158" s="1" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="E158" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="159">
       <c r="A159" s="1">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="B159" s="1">
-        <v>3080</v>
+        <v>3261</v>
       </c>
       <c r="C159" s="1" t="s">
         <v>165</v>
       </c>
       <c r="D159" s="1" t="s">
-        <v>12</v>
+        <v>48</v>
       </c>
       <c r="E159" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="160">
       <c r="A160" s="1">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="B160" s="1">
-        <v>3261</v>
+        <v>3335</v>
       </c>
       <c r="C160" s="1" t="s">
         <v>166</v>
       </c>
       <c r="D160" s="1" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="E160" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="161">
       <c r="A161" s="1">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="B161" s="1">
-        <v>3335</v>
+        <v>3113</v>
       </c>
       <c r="C161" s="1" t="s">
         <v>167</v>
       </c>
       <c r="D161" s="1" t="s">
-        <v>27</v>
+        <v>64</v>
       </c>
       <c r="E161" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="162">
       <c r="A162" s="1">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="B162" s="1">
-        <v>3113</v>
+        <v>3114</v>
       </c>
       <c r="C162" s="1" t="s">
         <v>168</v>
       </c>
       <c r="D162" s="1" t="s">
         <v>64</v>
       </c>
       <c r="E162" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="163">
       <c r="A163" s="1">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="B163" s="1">
-        <v>3114</v>
+        <v>3341</v>
       </c>
       <c r="C163" s="1" t="s">
         <v>169</v>
       </c>
       <c r="D163" s="1" t="s">
-        <v>64</v>
+        <v>23</v>
       </c>
       <c r="E163" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="164">
       <c r="A164" s="1">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="B164" s="1">
-        <v>3341</v>
+        <v>3005</v>
       </c>
       <c r="C164" s="1" t="s">
         <v>170</v>
       </c>
       <c r="D164" s="1" t="s">
-        <v>23</v>
+        <v>46</v>
       </c>
       <c r="E164" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="165">
       <c r="A165" s="1">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="B165" s="1">
-        <v>3005</v>
+        <v>3185</v>
       </c>
       <c r="C165" s="1" t="s">
         <v>171</v>
       </c>
       <c r="D165" s="1" t="s">
-        <v>46</v>
+        <v>10</v>
       </c>
       <c r="E165" s="1">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="166">
       <c r="A166" s="1">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="B166" s="1">
-        <v>3185</v>
+        <v>3235</v>
       </c>
       <c r="C166" s="1" t="s">
         <v>172</v>
       </c>
       <c r="D166" s="1" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
       <c r="E166" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="167">
       <c r="A167" s="1">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="B167" s="1">
-        <v>3235</v>
+        <v>3181</v>
       </c>
       <c r="C167" s="1" t="s">
         <v>173</v>
       </c>
       <c r="D167" s="1" t="s">
-        <v>35</v>
+        <v>10</v>
       </c>
       <c r="E167" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="168">
       <c r="A168" s="1">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="B168" s="1">
-        <v>3181</v>
+        <v>3150</v>
       </c>
       <c r="C168" s="1" t="s">
         <v>174</v>
       </c>
       <c r="D168" s="1" t="s">
-        <v>10</v>
+        <v>112</v>
       </c>
       <c r="E168" s="1">
         <v>2</v>
       </c>
     </row>
-    <row r="169">
-[...6 lines deleted...]
-      <c r="C169" s="1" t="s">
+    <row r="171">
+      <c r="A171" s="3" t="s">
         <v>175</v>
       </c>
-      <c r="D169" s="1" t="s">
-[...3 lines deleted...]
-        <v>2</v>
+      <c r="B171" s="3" t="s">
+        <v>175</v>
+      </c>
+      <c r="C171" s="3" t="s">
+        <v>175</v>
+      </c>
+      <c r="D171" s="3" t="s">
+        <v>175</v>
+      </c>
+      <c r="E171" s="3" t="s">
+        <v>175</v>
       </c>
     </row>
     <row r="172">
-      <c r="A172" s="3" t="s">
+      <c r="A172" s="2" t="s">
+        <v>2</v>
+      </c>
+      <c r="B172" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="C172" s="2" t="s">
+        <v>4</v>
+      </c>
+      <c r="D172" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="E172" s="2" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="173">
+      <c r="A173" s="1">
+        <v>1</v>
+      </c>
+      <c r="B173" s="1">
+        <v>3284</v>
+      </c>
+      <c r="C173" s="1" t="s">
         <v>176</v>
       </c>
-      <c r="B172" s="3" t="s">
-[...26 lines deleted...]
-        <v>6</v>
+      <c r="D173" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="E173" s="1">
+        <v>15</v>
       </c>
     </row>
     <row r="174">
       <c r="A174" s="1">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="B174" s="1">
-        <v>3284</v>
+        <v>3020</v>
       </c>
       <c r="C174" s="1" t="s">
         <v>177</v>
       </c>
       <c r="D174" s="1" t="s">
         <v>8</v>
       </c>
       <c r="E174" s="1">
-        <v>15</v>
+        <v>13</v>
       </c>
     </row>
     <row r="175">
       <c r="A175" s="1">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="B175" s="1">
-        <v>3020</v>
+        <v>3243</v>
       </c>
       <c r="C175" s="1" t="s">
         <v>178</v>
       </c>
       <c r="D175" s="1" t="s">
-        <v>8</v>
+        <v>23</v>
       </c>
       <c r="E175" s="1">
-        <v>13</v>
+        <v>11</v>
       </c>
     </row>
     <row r="176">
       <c r="A176" s="1">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="B176" s="1">
-        <v>3243</v>
+        <v>3121</v>
       </c>
       <c r="C176" s="1" t="s">
         <v>179</v>
       </c>
       <c r="D176" s="1" t="s">
-        <v>23</v>
+        <v>56</v>
       </c>
       <c r="E176" s="1">
-        <v>11</v>
+        <v>10</v>
       </c>
     </row>
     <row r="177">
       <c r="A177" s="1">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="B177" s="1">
-        <v>3121</v>
+        <v>3032</v>
       </c>
       <c r="C177" s="1" t="s">
         <v>180</v>
       </c>
       <c r="D177" s="1" t="s">
-        <v>56</v>
+        <v>8</v>
       </c>
       <c r="E177" s="1">
-        <v>10</v>
+        <v>9</v>
       </c>
     </row>
     <row r="178">
       <c r="A178" s="1">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="B178" s="1">
-        <v>3032</v>
+        <v>3214</v>
       </c>
       <c r="C178" s="1" t="s">
         <v>181</v>
       </c>
       <c r="D178" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E178" s="1">
         <v>8</v>
-      </c>
-[...1 lines deleted...]
-        <v>9</v>
       </c>
     </row>
     <row r="179">
       <c r="A179" s="1">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="B179" s="1">
-        <v>3214</v>
+        <v>3072</v>
       </c>
       <c r="C179" s="1" t="s">
         <v>182</v>
       </c>
       <c r="D179" s="1" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="E179" s="1">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="180">
       <c r="A180" s="1">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="B180" s="1">
-        <v>3072</v>
+        <v>3124</v>
       </c>
       <c r="C180" s="1" t="s">
         <v>183</v>
       </c>
       <c r="D180" s="1" t="s">
-        <v>12</v>
+        <v>56</v>
       </c>
       <c r="E180" s="1">
-        <v>7</v>
+        <v>6</v>
       </c>
     </row>
     <row r="181">
       <c r="A181" s="1">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="B181" s="1">
-        <v>3124</v>
+        <v>3329</v>
       </c>
       <c r="C181" s="1" t="s">
         <v>184</v>
       </c>
       <c r="D181" s="1" t="s">
-        <v>56</v>
+        <v>27</v>
       </c>
       <c r="E181" s="1">
-        <v>6</v>
+        <v>5</v>
       </c>
     </row>
     <row r="182">
       <c r="A182" s="1">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="B182" s="1">
-        <v>3329</v>
+        <v>3096</v>
       </c>
       <c r="C182" s="1" t="s">
         <v>185</v>
       </c>
       <c r="D182" s="1" t="s">
-        <v>27</v>
+        <v>112</v>
       </c>
       <c r="E182" s="1">
-        <v>5</v>
+        <v>4</v>
       </c>
     </row>
     <row r="183">
       <c r="A183" s="1">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="B183" s="1">
-        <v>3096</v>
+        <v>3148</v>
       </c>
       <c r="C183" s="1" t="s">
         <v>186</v>
       </c>
       <c r="D183" s="1" t="s">
-        <v>114</v>
+        <v>35</v>
       </c>
       <c r="E183" s="1">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="184">
       <c r="A184" s="1">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="B184" s="1">
-        <v>3148</v>
+        <v>3191</v>
       </c>
       <c r="C184" s="1" t="s">
         <v>187</v>
       </c>
       <c r="D184" s="1" t="s">
-        <v>35</v>
+        <v>10</v>
       </c>
       <c r="E184" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="185">
       <c r="A185" s="1">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="B185" s="1">
-        <v>3191</v>
+        <v>3013</v>
       </c>
       <c r="C185" s="1" t="s">
         <v>188</v>
       </c>
       <c r="D185" s="1" t="s">
-        <v>10</v>
+        <v>46</v>
       </c>
       <c r="E185" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="186">
       <c r="A186" s="1">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="B186" s="1">
-        <v>3013</v>
+        <v>3346</v>
       </c>
       <c r="C186" s="1" t="s">
         <v>189</v>
       </c>
       <c r="D186" s="1" t="s">
-        <v>46</v>
+        <v>23</v>
       </c>
       <c r="E186" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="187">
       <c r="A187" s="1">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="B187" s="1">
-        <v>3346</v>
+        <v>3331</v>
       </c>
       <c r="C187" s="1" t="s">
         <v>190</v>
       </c>
       <c r="D187" s="1" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="E187" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="188">
       <c r="A188" s="1">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="B188" s="1">
-        <v>3331</v>
+        <v>3330</v>
       </c>
       <c r="C188" s="1" t="s">
         <v>191</v>
       </c>
       <c r="D188" s="1" t="s">
         <v>27</v>
       </c>
       <c r="E188" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="189">
       <c r="A189" s="1">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="B189" s="1">
-        <v>3330</v>
+        <v>3306</v>
       </c>
       <c r="C189" s="1" t="s">
         <v>192</v>
       </c>
       <c r="D189" s="1" t="s">
-        <v>27</v>
+        <v>112</v>
       </c>
       <c r="E189" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="190">
       <c r="A190" s="1">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="B190" s="1">
-        <v>3306</v>
+        <v>3227</v>
       </c>
       <c r="C190" s="1" t="s">
         <v>193</v>
       </c>
       <c r="D190" s="1" t="s">
-        <v>114</v>
+        <v>10</v>
       </c>
       <c r="E190" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="191">
       <c r="A191" s="1">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="B191" s="1">
-        <v>3227</v>
+        <v>3073</v>
       </c>
       <c r="C191" s="1" t="s">
         <v>194</v>
       </c>
       <c r="D191" s="1" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="E191" s="1">
         <v>3</v>
       </c>
     </row>
-    <row r="192">
-[...6 lines deleted...]
-      <c r="C192" s="1" t="s">
+    <row r="194">
+      <c r="A194" s="3" t="s">
         <v>195</v>
       </c>
-      <c r="D192" s="1" t="s">
-[...3 lines deleted...]
-        <v>3</v>
+      <c r="B194" s="3" t="s">
+        <v>195</v>
+      </c>
+      <c r="C194" s="3" t="s">
+        <v>195</v>
+      </c>
+      <c r="D194" s="3" t="s">
+        <v>195</v>
+      </c>
+      <c r="E194" s="3" t="s">
+        <v>195</v>
       </c>
     </row>
     <row r="195">
-      <c r="A195" s="3" t="s">
+      <c r="A195" s="2" t="s">
+        <v>2</v>
+      </c>
+      <c r="B195" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="C195" s="2" t="s">
+        <v>4</v>
+      </c>
+      <c r="D195" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="E195" s="2" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="196">
+      <c r="A196" s="1">
+        <v>1</v>
+      </c>
+      <c r="B196" s="1">
+        <v>3019</v>
+      </c>
+      <c r="C196" s="1" t="s">
         <v>196</v>
       </c>
-      <c r="B195" s="3" t="s">
-[...26 lines deleted...]
-        <v>6</v>
+      <c r="D196" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="E196" s="1">
+        <v>15</v>
       </c>
     </row>
     <row r="197">
       <c r="A197" s="1">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="B197" s="1">
-        <v>3019</v>
+        <v>3031</v>
       </c>
       <c r="C197" s="1" t="s">
         <v>197</v>
       </c>
       <c r="D197" s="1" t="s">
         <v>8</v>
       </c>
       <c r="E197" s="1">
-        <v>15</v>
+        <v>13</v>
       </c>
     </row>
     <row r="198">
       <c r="A198" s="1">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="B198" s="1">
-        <v>3031</v>
+        <v>3034</v>
       </c>
       <c r="C198" s="1" t="s">
         <v>198</v>
       </c>
       <c r="D198" s="1" t="s">
         <v>8</v>
       </c>
       <c r="E198" s="1">
-        <v>13</v>
+        <v>11</v>
       </c>
     </row>
     <row r="199">
       <c r="A199" s="1">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="B199" s="1">
-        <v>3034</v>
+        <v>3122</v>
       </c>
       <c r="C199" s="1" t="s">
         <v>199</v>
       </c>
       <c r="D199" s="1" t="s">
-        <v>8</v>
+        <v>56</v>
       </c>
       <c r="E199" s="1">
-        <v>11</v>
+        <v>10</v>
       </c>
     </row>
     <row r="200">
       <c r="A200" s="1">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="B200" s="1">
-        <v>3122</v>
+        <v>3278</v>
       </c>
       <c r="C200" s="1" t="s">
         <v>200</v>
       </c>
       <c r="D200" s="1" t="s">
-        <v>56</v>
+        <v>8</v>
       </c>
       <c r="E200" s="1">
-        <v>10</v>
+        <v>9</v>
       </c>
     </row>
     <row r="201">
       <c r="A201" s="1">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="B201" s="1">
-        <v>3278</v>
+        <v>3067</v>
       </c>
       <c r="C201" s="1" t="s">
         <v>201</v>
       </c>
       <c r="D201" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E201" s="1">
         <v>8</v>
-      </c>
-[...1 lines deleted...]
-        <v>9</v>
       </c>
     </row>
     <row r="202">
       <c r="A202" s="1">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="B202" s="1">
-        <v>3067</v>
+        <v>3141</v>
       </c>
       <c r="C202" s="1" t="s">
         <v>202</v>
       </c>
       <c r="D202" s="1" t="s">
-        <v>12</v>
+        <v>56</v>
       </c>
       <c r="E202" s="1">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="203">
       <c r="A203" s="1">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="B203" s="1">
-        <v>3141</v>
+        <v>3244</v>
       </c>
       <c r="C203" s="1" t="s">
         <v>203</v>
       </c>
       <c r="D203" s="1" t="s">
-        <v>56</v>
+        <v>23</v>
       </c>
       <c r="E203" s="1">
-        <v>7</v>
+        <v>6</v>
       </c>
     </row>
     <row r="204">
       <c r="A204" s="1">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="B204" s="1">
-        <v>3244</v>
+        <v>3251</v>
       </c>
       <c r="C204" s="1" t="s">
         <v>204</v>
       </c>
       <c r="D204" s="1" t="s">
-        <v>23</v>
+        <v>56</v>
       </c>
       <c r="E204" s="1">
-        <v>6</v>
+        <v>5</v>
       </c>
     </row>
     <row r="205">
       <c r="A205" s="1">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="B205" s="1">
-        <v>3251</v>
+        <v>3151</v>
       </c>
       <c r="C205" s="1" t="s">
         <v>205</v>
       </c>
       <c r="D205" s="1" t="s">
-        <v>56</v>
+        <v>112</v>
       </c>
       <c r="E205" s="1">
-        <v>5</v>
+        <v>4</v>
       </c>
     </row>
     <row r="206">
       <c r="A206" s="1">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="B206" s="1">
-        <v>3151</v>
+        <v>3051</v>
       </c>
       <c r="C206" s="1" t="s">
         <v>206</v>
       </c>
       <c r="D206" s="1" t="s">
-        <v>114</v>
+        <v>207</v>
       </c>
       <c r="E206" s="1">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="207">
       <c r="A207" s="1">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="B207" s="1">
-        <v>3051</v>
+        <v>3007</v>
       </c>
       <c r="C207" s="1" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="D207" s="1" t="s">
-        <v>208</v>
+        <v>46</v>
       </c>
       <c r="E207" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="208">
       <c r="A208" s="1">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="B208" s="1">
-        <v>3007</v>
+        <v>3253</v>
       </c>
       <c r="C208" s="1" t="s">
         <v>209</v>
       </c>
       <c r="D208" s="1" t="s">
-        <v>46</v>
+        <v>56</v>
       </c>
       <c r="E208" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="209">
       <c r="A209" s="1">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="B209" s="1">
-        <v>3253</v>
+        <v>3314</v>
       </c>
       <c r="C209" s="1" t="s">
         <v>210</v>
       </c>
       <c r="D209" s="1" t="s">
         <v>56</v>
       </c>
       <c r="E209" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="210">
       <c r="A210" s="1">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="B210" s="1">
-        <v>3314</v>
+        <v>3106</v>
       </c>
       <c r="C210" s="1" t="s">
         <v>211</v>
       </c>
       <c r="D210" s="1" t="s">
-        <v>56</v>
+        <v>112</v>
       </c>
       <c r="E210" s="1">
         <v>3</v>
       </c>
     </row>
-    <row r="211">
-      <c r="A211" s="1">
+    <row r="213">
+      <c r="A213" s="3" t="s">
+        <v>212</v>
+      </c>
+      <c r="B213" s="3" t="s">
+        <v>212</v>
+      </c>
+      <c r="C213" s="3" t="s">
+        <v>212</v>
+      </c>
+      <c r="D213" s="3" t="s">
+        <v>212</v>
+      </c>
+      <c r="E213" s="3" t="s">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="214">
+      <c r="A214" s="2" t="s">
+        <v>2</v>
+      </c>
+      <c r="B214" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="C214" s="2" t="s">
+        <v>4</v>
+      </c>
+      <c r="D214" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="E214" s="2" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="215">
+      <c r="A215" s="1">
+        <v>1</v>
+      </c>
+      <c r="B215" s="1">
+        <v>337</v>
+      </c>
+      <c r="C215" s="1" t="s">
+        <v>213</v>
+      </c>
+      <c r="D215" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="E215" s="1">
         <v>15</v>
-      </c>
-[...44 lines deleted...]
-        <v>6</v>
       </c>
     </row>
     <row r="216">
       <c r="A216" s="1">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="B216" s="1">
-        <v>337</v>
+        <v>1222</v>
       </c>
       <c r="C216" s="1" t="s">
         <v>214</v>
       </c>
       <c r="D216" s="1" t="s">
-        <v>8</v>
+        <v>35</v>
       </c>
       <c r="E216" s="1">
-        <v>15</v>
+        <v>13</v>
       </c>
     </row>
     <row r="217">
       <c r="A217" s="1">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="B217" s="1">
-        <v>1222</v>
+        <v>711</v>
       </c>
       <c r="C217" s="1" t="s">
         <v>215</v>
       </c>
       <c r="D217" s="1" t="s">
-        <v>35</v>
+        <v>12</v>
       </c>
       <c r="E217" s="1">
-        <v>13</v>
+        <v>11</v>
       </c>
     </row>
     <row r="218">
       <c r="A218" s="1">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="B218" s="1">
-        <v>711</v>
+        <v>1216</v>
       </c>
       <c r="C218" s="1" t="s">
         <v>216</v>
       </c>
       <c r="D218" s="1" t="s">
-        <v>12</v>
+        <v>35</v>
       </c>
       <c r="E218" s="1">
-        <v>11</v>
+        <v>10</v>
       </c>
     </row>
     <row r="219">
       <c r="A219" s="1">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="B219" s="1">
-        <v>1216</v>
+        <v>1042</v>
       </c>
       <c r="C219" s="1" t="s">
         <v>217</v>
       </c>
       <c r="D219" s="1" t="s">
-        <v>35</v>
+        <v>56</v>
       </c>
       <c r="E219" s="1">
-        <v>10</v>
+        <v>9</v>
       </c>
     </row>
     <row r="220">
       <c r="A220" s="1">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="B220" s="1">
-        <v>1042</v>
+        <v>1720</v>
       </c>
       <c r="C220" s="1" t="s">
         <v>218</v>
       </c>
       <c r="D220" s="1" t="s">
-        <v>56</v>
+        <v>23</v>
       </c>
       <c r="E220" s="1">
-        <v>9</v>
+        <v>8</v>
       </c>
     </row>
     <row r="221">
       <c r="A221" s="1">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="B221" s="1">
-        <v>1720</v>
+        <v>1358</v>
       </c>
       <c r="C221" s="1" t="s">
         <v>219</v>
       </c>
       <c r="D221" s="1" t="s">
         <v>23</v>
       </c>
       <c r="E221" s="1">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="222">
       <c r="A222" s="1">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="B222" s="1">
-        <v>1358</v>
+        <v>1218</v>
       </c>
       <c r="C222" s="1" t="s">
         <v>220</v>
       </c>
       <c r="D222" s="1" t="s">
-        <v>23</v>
+        <v>35</v>
       </c>
       <c r="E222" s="1">
-        <v>7</v>
+        <v>6</v>
       </c>
     </row>
     <row r="223">
       <c r="A223" s="1">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="B223" s="1">
-        <v>1218</v>
+        <v>268</v>
       </c>
       <c r="C223" s="1" t="s">
         <v>221</v>
       </c>
       <c r="D223" s="1" t="s">
-        <v>35</v>
+        <v>8</v>
       </c>
       <c r="E223" s="1">
-        <v>6</v>
+        <v>5</v>
       </c>
     </row>
     <row r="224">
       <c r="A224" s="1">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="B224" s="1">
-        <v>268</v>
+        <v>316</v>
       </c>
       <c r="C224" s="1" t="s">
         <v>222</v>
       </c>
       <c r="D224" s="1" t="s">
         <v>8</v>
       </c>
       <c r="E224" s="1">
-        <v>5</v>
+        <v>4</v>
       </c>
     </row>
     <row r="225">
       <c r="A225" s="1">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="B225" s="1">
-        <v>316</v>
+        <v>700</v>
       </c>
       <c r="C225" s="1" t="s">
         <v>223</v>
       </c>
       <c r="D225" s="1" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="E225" s="1">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="226">
       <c r="A226" s="1">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="B226" s="1">
-        <v>700</v>
+        <v>77</v>
       </c>
       <c r="C226" s="1" t="s">
         <v>224</v>
       </c>
       <c r="D226" s="1" t="s">
-        <v>12</v>
+        <v>46</v>
       </c>
       <c r="E226" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="227">
       <c r="A227" s="1">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="B227" s="1">
-        <v>77</v>
+        <v>719</v>
       </c>
       <c r="C227" s="1" t="s">
         <v>225</v>
       </c>
       <c r="D227" s="1" t="s">
-        <v>46</v>
+        <v>12</v>
       </c>
       <c r="E227" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="228">
       <c r="A228" s="1">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="B228" s="1">
-        <v>719</v>
+        <v>1618</v>
       </c>
       <c r="C228" s="1" t="s">
         <v>226</v>
       </c>
       <c r="D228" s="1" t="s">
-        <v>12</v>
+        <v>73</v>
       </c>
       <c r="E228" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="229">
       <c r="A229" s="1">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="B229" s="1">
-        <v>1618</v>
+        <v>1175</v>
       </c>
       <c r="C229" s="1" t="s">
         <v>227</v>
       </c>
       <c r="D229" s="1" t="s">
-        <v>73</v>
+        <v>81</v>
       </c>
       <c r="E229" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="230">
       <c r="A230" s="1">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="B230" s="1">
-        <v>1175</v>
+        <v>709</v>
       </c>
       <c r="C230" s="1" t="s">
         <v>228</v>
       </c>
       <c r="D230" s="1" t="s">
-        <v>81</v>
+        <v>12</v>
       </c>
       <c r="E230" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="231">
       <c r="A231" s="1">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="B231" s="1">
-        <v>709</v>
+        <v>832</v>
       </c>
       <c r="C231" s="1" t="s">
         <v>229</v>
       </c>
       <c r="D231" s="1" t="s">
-        <v>12</v>
+        <v>112</v>
       </c>
       <c r="E231" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="232">
       <c r="A232" s="1">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="B232" s="1">
-        <v>832</v>
+        <v>3343</v>
       </c>
       <c r="C232" s="1" t="s">
         <v>230</v>
       </c>
       <c r="D232" s="1" t="s">
-        <v>114</v>
+        <v>23</v>
       </c>
       <c r="E232" s="1">
         <v>3</v>
       </c>
     </row>
-    <row r="233">
-[...6 lines deleted...]
-      <c r="C233" s="1" t="s">
+    <row r="235">
+      <c r="A235" s="3" t="s">
         <v>231</v>
       </c>
-      <c r="D233" s="1" t="s">
-[...3 lines deleted...]
-        <v>3</v>
+      <c r="B235" s="3" t="s">
+        <v>231</v>
+      </c>
+      <c r="C235" s="3" t="s">
+        <v>231</v>
+      </c>
+      <c r="D235" s="3" t="s">
+        <v>231</v>
+      </c>
+      <c r="E235" s="3" t="s">
+        <v>231</v>
       </c>
     </row>
     <row r="236">
-      <c r="A236" s="3" t="s">
+      <c r="A236" s="2" t="s">
+        <v>2</v>
+      </c>
+      <c r="B236" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="C236" s="2" t="s">
+        <v>4</v>
+      </c>
+      <c r="D236" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="E236" s="2" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="237">
+      <c r="A237" s="1">
+        <v>1</v>
+      </c>
+      <c r="B237" s="1">
+        <v>349</v>
+      </c>
+      <c r="C237" s="1" t="s">
         <v>232</v>
       </c>
-      <c r="B236" s="3" t="s">
-[...26 lines deleted...]
-        <v>6</v>
+      <c r="D237" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="E237" s="1">
+        <v>15</v>
       </c>
     </row>
     <row r="238">
       <c r="A238" s="1">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="B238" s="1">
-        <v>349</v>
+        <v>322</v>
       </c>
       <c r="C238" s="1" t="s">
         <v>233</v>
       </c>
       <c r="D238" s="1" t="s">
         <v>8</v>
       </c>
       <c r="E238" s="1">
-        <v>15</v>
+        <v>13</v>
       </c>
     </row>
     <row r="239">
       <c r="A239" s="1">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="B239" s="1">
-        <v>322</v>
+        <v>1427</v>
       </c>
       <c r="C239" s="1" t="s">
         <v>234</v>
       </c>
       <c r="D239" s="1" t="s">
-        <v>8</v>
+        <v>56</v>
       </c>
       <c r="E239" s="1">
-        <v>13</v>
+        <v>11</v>
       </c>
     </row>
     <row r="240">
       <c r="A240" s="1">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="B240" s="1">
-        <v>1427</v>
+        <v>1019</v>
       </c>
       <c r="C240" s="1" t="s">
         <v>235</v>
       </c>
       <c r="D240" s="1" t="s">
         <v>56</v>
       </c>
       <c r="E240" s="1">
-        <v>11</v>
+        <v>10</v>
       </c>
     </row>
     <row r="241">
       <c r="A241" s="1">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="B241" s="1">
-        <v>1019</v>
+        <v>271</v>
       </c>
       <c r="C241" s="1" t="s">
         <v>236</v>
       </c>
       <c r="D241" s="1" t="s">
-        <v>56</v>
+        <v>8</v>
       </c>
       <c r="E241" s="1">
-        <v>10</v>
+        <v>9</v>
       </c>
     </row>
     <row r="242">
       <c r="A242" s="1">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="B242" s="1">
-        <v>271</v>
+        <v>278</v>
       </c>
       <c r="C242" s="1" t="s">
         <v>237</v>
       </c>
       <c r="D242" s="1" t="s">
         <v>8</v>
       </c>
       <c r="E242" s="1">
-        <v>9</v>
+        <v>8</v>
       </c>
     </row>
     <row r="243">
       <c r="A243" s="1">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="B243" s="1">
-        <v>278</v>
+        <v>284</v>
       </c>
       <c r="C243" s="1" t="s">
         <v>238</v>
       </c>
       <c r="D243" s="1" t="s">
         <v>8</v>
       </c>
       <c r="E243" s="1">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="244">
       <c r="A244" s="1">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="B244" s="1">
-        <v>284</v>
+        <v>295</v>
       </c>
       <c r="C244" s="1" t="s">
-        <v>239</v>
+        <v>121</v>
       </c>
       <c r="D244" s="1" t="s">
         <v>8</v>
       </c>
       <c r="E244" s="1">
-        <v>7</v>
+        <v>6</v>
       </c>
     </row>
     <row r="245">
       <c r="A245" s="1">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="B245" s="1">
-        <v>295</v>
+        <v>904</v>
       </c>
       <c r="C245" s="1" t="s">
-        <v>94</v>
+        <v>239</v>
       </c>
       <c r="D245" s="1" t="s">
-        <v>8</v>
+        <v>64</v>
       </c>
       <c r="E245" s="1">
-        <v>6</v>
+        <v>5</v>
       </c>
     </row>
     <row r="246">
       <c r="A246" s="1">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="B246" s="1">
-        <v>904</v>
+        <v>687</v>
       </c>
       <c r="C246" s="1" t="s">
         <v>240</v>
       </c>
       <c r="D246" s="1" t="s">
-        <v>64</v>
+        <v>12</v>
       </c>
       <c r="E246" s="1">
-        <v>5</v>
+        <v>4</v>
       </c>
     </row>
     <row r="247">
       <c r="A247" s="1">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="B247" s="1">
-        <v>687</v>
+        <v>1736</v>
       </c>
       <c r="C247" s="1" t="s">
         <v>241</v>
       </c>
       <c r="D247" s="1" t="s">
-        <v>12</v>
+        <v>23</v>
       </c>
       <c r="E247" s="1">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="248">
       <c r="A248" s="1">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="B248" s="1">
-        <v>1736</v>
+        <v>296</v>
       </c>
       <c r="C248" s="1" t="s">
         <v>242</v>
       </c>
       <c r="D248" s="1" t="s">
-        <v>23</v>
+        <v>8</v>
       </c>
       <c r="E248" s="1">
         <v>3</v>
       </c>
     </row>
-    <row r="249">
-[...6 lines deleted...]
-      <c r="C249" s="1" t="s">
+    <row r="251">
+      <c r="A251" s="3" t="s">
         <v>243</v>
       </c>
-      <c r="D249" s="1" t="s">
+      <c r="B251" s="3" t="s">
+        <v>243</v>
+      </c>
+      <c r="C251" s="3" t="s">
+        <v>243</v>
+      </c>
+      <c r="D251" s="3" t="s">
+        <v>243</v>
+      </c>
+      <c r="E251" s="3" t="s">
+        <v>243</v>
+      </c>
+    </row>
+    <row r="252">
+      <c r="A252" s="2" t="s">
+        <v>2</v>
+      </c>
+      <c r="B252" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="C252" s="2" t="s">
+        <v>4</v>
+      </c>
+      <c r="D252" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="E252" s="2" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="253">
+      <c r="A253" s="1">
+        <v>1</v>
+      </c>
+      <c r="B253" s="1">
+        <v>289</v>
+      </c>
+      <c r="C253" s="1" t="s">
+        <v>244</v>
+      </c>
+      <c r="D253" s="1" t="s">
         <v>8</v>
       </c>
-      <c r="E249" s="1">
-[...34 lines deleted...]
-        <v>6</v>
+      <c r="E253" s="1">
+        <v>15</v>
       </c>
     </row>
     <row r="254">
       <c r="A254" s="1">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="B254" s="1">
-        <v>289</v>
+        <v>285</v>
       </c>
       <c r="C254" s="1" t="s">
         <v>245</v>
       </c>
       <c r="D254" s="1" t="s">
         <v>8</v>
       </c>
       <c r="E254" s="1">
-        <v>15</v>
+        <v>13</v>
       </c>
     </row>
     <row r="255">
       <c r="A255" s="1">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="B255" s="1">
-        <v>285</v>
+        <v>276</v>
       </c>
       <c r="C255" s="1" t="s">
         <v>246</v>
       </c>
       <c r="D255" s="1" t="s">
         <v>8</v>
       </c>
       <c r="E255" s="1">
-        <v>13</v>
+        <v>11</v>
       </c>
     </row>
     <row r="256">
       <c r="A256" s="1">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="B256" s="1">
-        <v>276</v>
+        <v>1421</v>
       </c>
       <c r="C256" s="1" t="s">
         <v>247</v>
       </c>
       <c r="D256" s="1" t="s">
-        <v>8</v>
+        <v>23</v>
       </c>
       <c r="E256" s="1">
-        <v>11</v>
+        <v>10</v>
       </c>
     </row>
     <row r="257">
       <c r="A257" s="1">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="B257" s="1">
-        <v>1421</v>
+        <v>1770</v>
       </c>
       <c r="C257" s="1" t="s">
         <v>248</v>
       </c>
       <c r="D257" s="1" t="s">
-        <v>23</v>
+        <v>8</v>
       </c>
       <c r="E257" s="1">
-        <v>10</v>
+        <v>9</v>
       </c>
     </row>
     <row r="258">
       <c r="A258" s="1">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="B258" s="1">
-        <v>1770</v>
+        <v>336</v>
       </c>
       <c r="C258" s="1" t="s">
         <v>249</v>
       </c>
       <c r="D258" s="1" t="s">
         <v>8</v>
       </c>
       <c r="E258" s="1">
-        <v>9</v>
+        <v>8</v>
       </c>
     </row>
     <row r="259">
       <c r="A259" s="1">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="B259" s="1">
-        <v>336</v>
+        <v>703</v>
       </c>
       <c r="C259" s="1" t="s">
         <v>250</v>
       </c>
       <c r="D259" s="1" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="E259" s="1">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="260">
       <c r="A260" s="1">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="B260" s="1">
-        <v>703</v>
+        <v>1073</v>
       </c>
       <c r="C260" s="1" t="s">
         <v>251</v>
       </c>
       <c r="D260" s="1" t="s">
-        <v>12</v>
+        <v>56</v>
       </c>
       <c r="E260" s="1">
-        <v>7</v>
+        <v>6</v>
       </c>
     </row>
     <row r="261">
       <c r="A261" s="1">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="B261" s="1">
-        <v>1073</v>
+        <v>319</v>
       </c>
       <c r="C261" s="1" t="s">
         <v>252</v>
       </c>
       <c r="D261" s="1" t="s">
-        <v>56</v>
+        <v>8</v>
       </c>
       <c r="E261" s="1">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="264">
+      <c r="A264" s="3" t="s">
+        <v>253</v>
+      </c>
+      <c r="B264" s="3" t="s">
+        <v>253</v>
+      </c>
+      <c r="C264" s="3" t="s">
+        <v>253</v>
+      </c>
+      <c r="D264" s="3" t="s">
+        <v>253</v>
+      </c>
+      <c r="E264" s="3" t="s">
+        <v>253</v>
+      </c>
+    </row>
+    <row r="265">
+      <c r="A265" s="2" t="s">
+        <v>2</v>
+      </c>
+      <c r="B265" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="C265" s="2" t="s">
+        <v>4</v>
+      </c>
+      <c r="D265" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="E265" s="2" t="s">
         <v>6</v>
       </c>
     </row>
-    <row r="262">
-[...9 lines deleted...]
-      <c r="D262" s="1" t="s">
+    <row r="266">
+      <c r="A266" s="1">
+        <v>1</v>
+      </c>
+      <c r="B266" s="1">
+        <v>294</v>
+      </c>
+      <c r="C266" s="1" t="s">
+        <v>254</v>
+      </c>
+      <c r="D266" s="1" t="s">
         <v>8</v>
       </c>
-      <c r="E262" s="1">
-[...34 lines deleted...]
-        <v>6</v>
+      <c r="E266" s="1">
+        <v>15</v>
       </c>
     </row>
     <row r="267">
       <c r="A267" s="1">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="B267" s="1">
-        <v>294</v>
+        <v>857</v>
       </c>
       <c r="C267" s="1" t="s">
         <v>255</v>
       </c>
       <c r="D267" s="1" t="s">
-        <v>8</v>
+        <v>64</v>
       </c>
       <c r="E267" s="1">
-        <v>15</v>
+        <v>13</v>
       </c>
     </row>
     <row r="268">
       <c r="A268" s="1">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="B268" s="1">
-        <v>857</v>
+        <v>234</v>
       </c>
       <c r="C268" s="1" t="s">
         <v>256</v>
       </c>
       <c r="D268" s="1" t="s">
-        <v>64</v>
+        <v>257</v>
       </c>
       <c r="E268" s="1">
-        <v>13</v>
-[...12 lines deleted...]
-      <c r="D269" s="1" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="271">
+      <c r="A271" s="3" t="s">
         <v>258</v>
       </c>
-      <c r="E269" s="1">
-        <v>11</v>
+      <c r="B271" s="3" t="s">
+        <v>258</v>
+      </c>
+      <c r="C271" s="3" t="s">
+        <v>258</v>
+      </c>
+      <c r="D271" s="3" t="s">
+        <v>258</v>
+      </c>
+      <c r="E271" s="3" t="s">
+        <v>258</v>
       </c>
     </row>
     <row r="272">
-      <c r="A272" s="3" t="s">
+      <c r="A272" s="2" t="s">
+        <v>2</v>
+      </c>
+      <c r="B272" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="C272" s="2" t="s">
+        <v>4</v>
+      </c>
+      <c r="D272" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="E272" s="2" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="273">
+      <c r="A273" s="1">
+        <v>1</v>
+      </c>
+      <c r="B273" s="1">
+        <v>1925</v>
+      </c>
+      <c r="C273" s="1" t="s">
         <v>259</v>
       </c>
-      <c r="B272" s="3" t="s">
-[...26 lines deleted...]
-        <v>6</v>
+      <c r="D273" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="E273" s="1">
+        <v>15</v>
       </c>
     </row>
     <row r="274">
       <c r="A274" s="1">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="B274" s="1">
-        <v>1925</v>
+        <v>250</v>
       </c>
       <c r="C274" s="1" t="s">
         <v>260</v>
       </c>
       <c r="D274" s="1" t="s">
-        <v>23</v>
+        <v>8</v>
       </c>
       <c r="E274" s="1">
-        <v>15</v>
+        <v>13</v>
       </c>
     </row>
     <row r="275">
       <c r="A275" s="1">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="B275" s="1">
-        <v>250</v>
+        <v>1417</v>
       </c>
       <c r="C275" s="1" t="s">
         <v>261</v>
       </c>
       <c r="D275" s="1" t="s">
-        <v>8</v>
+        <v>23</v>
       </c>
       <c r="E275" s="1">
-        <v>13</v>
+        <v>11</v>
       </c>
     </row>
     <row r="276">
       <c r="A276" s="1">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="B276" s="1">
-        <v>1417</v>
+        <v>1422</v>
       </c>
       <c r="C276" s="1" t="s">
         <v>262</v>
       </c>
       <c r="D276" s="1" t="s">
         <v>23</v>
       </c>
       <c r="E276" s="1">
-        <v>11</v>
+        <v>10</v>
       </c>
     </row>
     <row r="277">
       <c r="A277" s="1">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="B277" s="1">
-        <v>1422</v>
+        <v>814</v>
       </c>
       <c r="C277" s="1" t="s">
         <v>263</v>
       </c>
       <c r="D277" s="1" t="s">
-        <v>23</v>
+        <v>112</v>
       </c>
       <c r="E277" s="1">
-        <v>10</v>
+        <v>9</v>
       </c>
     </row>
     <row r="278">
       <c r="A278" s="1">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="B278" s="1">
-        <v>814</v>
+        <v>338</v>
       </c>
       <c r="C278" s="1" t="s">
         <v>264</v>
       </c>
       <c r="D278" s="1" t="s">
-        <v>114</v>
+        <v>8</v>
       </c>
       <c r="E278" s="1">
-        <v>9</v>
+        <v>8</v>
       </c>
     </row>
     <row r="279">
       <c r="A279" s="1">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="B279" s="1">
-        <v>338</v>
+        <v>329</v>
       </c>
       <c r="C279" s="1" t="s">
         <v>265</v>
       </c>
       <c r="D279" s="1" t="s">
         <v>8</v>
       </c>
       <c r="E279" s="1">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="280">
       <c r="A280" s="1">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="B280" s="1">
-        <v>329</v>
+        <v>706</v>
       </c>
       <c r="C280" s="1" t="s">
         <v>266</v>
       </c>
       <c r="D280" s="1" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="E280" s="1">
-        <v>7</v>
+        <v>6</v>
       </c>
     </row>
     <row r="281">
       <c r="A281" s="1">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="B281" s="1">
-        <v>706</v>
+        <v>834</v>
       </c>
       <c r="C281" s="1" t="s">
         <v>267</v>
       </c>
       <c r="D281" s="1" t="s">
-        <v>12</v>
+        <v>112</v>
       </c>
       <c r="E281" s="1">
-        <v>6</v>
+        <v>5</v>
       </c>
     </row>
     <row r="282">
       <c r="A282" s="1">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="B282" s="1">
-        <v>834</v>
+        <v>1264</v>
       </c>
       <c r="C282" s="1" t="s">
         <v>268</v>
       </c>
       <c r="D282" s="1" t="s">
-        <v>114</v>
+        <v>10</v>
       </c>
       <c r="E282" s="1">
-        <v>5</v>
+        <v>4</v>
       </c>
     </row>
     <row r="283">
       <c r="A283" s="1">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="B283" s="1">
-        <v>1264</v>
+        <v>384</v>
       </c>
       <c r="C283" s="1" t="s">
         <v>269</v>
       </c>
       <c r="D283" s="1" t="s">
-        <v>10</v>
+        <v>42</v>
       </c>
       <c r="E283" s="1">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="284">
       <c r="A284" s="1">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="B284" s="1">
-        <v>384</v>
+        <v>1051</v>
       </c>
       <c r="C284" s="1" t="s">
-        <v>270</v>
+        <v>181</v>
       </c>
       <c r="D284" s="1" t="s">
-        <v>42</v>
+        <v>56</v>
       </c>
       <c r="E284" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="285">
       <c r="A285" s="1">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="B285" s="1">
-        <v>1051</v>
+        <v>1719</v>
       </c>
       <c r="C285" s="1" t="s">
-        <v>182</v>
+        <v>270</v>
       </c>
       <c r="D285" s="1" t="s">
-        <v>56</v>
+        <v>23</v>
       </c>
       <c r="E285" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="286">
       <c r="A286" s="1">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="B286" s="1">
-        <v>1719</v>
+        <v>79</v>
       </c>
       <c r="C286" s="1" t="s">
         <v>271</v>
       </c>
       <c r="D286" s="1" t="s">
-        <v>23</v>
+        <v>46</v>
       </c>
       <c r="E286" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="287">
       <c r="A287" s="1">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="B287" s="1">
-        <v>79</v>
+        <v>1168</v>
       </c>
       <c r="C287" s="1" t="s">
         <v>272</v>
       </c>
       <c r="D287" s="1" t="s">
-        <v>46</v>
+        <v>273</v>
       </c>
       <c r="E287" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="288">
       <c r="A288" s="1">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="B288" s="1">
-        <v>1168</v>
+        <v>852</v>
       </c>
       <c r="C288" s="1" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="D288" s="1" t="s">
-        <v>274</v>
+        <v>64</v>
       </c>
       <c r="E288" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="289">
       <c r="A289" s="1">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="B289" s="1">
-        <v>852</v>
+        <v>81</v>
       </c>
       <c r="C289" s="1" t="s">
         <v>275</v>
       </c>
       <c r="D289" s="1" t="s">
-        <v>64</v>
+        <v>46</v>
       </c>
       <c r="E289" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="290">
       <c r="A290" s="1">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="B290" s="1">
-        <v>81</v>
+        <v>922</v>
       </c>
       <c r="C290" s="1" t="s">
         <v>276</v>
       </c>
       <c r="D290" s="1" t="s">
-        <v>46</v>
+        <v>64</v>
       </c>
       <c r="E290" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="291">
       <c r="A291" s="1">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="B291" s="1">
-        <v>922</v>
+        <v>529</v>
       </c>
       <c r="C291" s="1" t="s">
         <v>277</v>
       </c>
       <c r="D291" s="1" t="s">
-        <v>64</v>
+        <v>119</v>
       </c>
       <c r="E291" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="292">
       <c r="A292" s="1">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="B292" s="1">
-        <v>529</v>
+        <v>519</v>
       </c>
       <c r="C292" s="1" t="s">
         <v>278</v>
       </c>
       <c r="D292" s="1" t="s">
-        <v>121</v>
+        <v>119</v>
       </c>
       <c r="E292" s="1">
         <v>3</v>
       </c>
     </row>
-    <row r="293">
-[...6 lines deleted...]
-      <c r="C293" s="1" t="s">
+    <row r="295">
+      <c r="A295" s="3" t="s">
         <v>279</v>
       </c>
-      <c r="D293" s="1" t="s">
-[...3 lines deleted...]
-        <v>3</v>
+      <c r="B295" s="3" t="s">
+        <v>279</v>
+      </c>
+      <c r="C295" s="3" t="s">
+        <v>279</v>
+      </c>
+      <c r="D295" s="3" t="s">
+        <v>279</v>
+      </c>
+      <c r="E295" s="3" t="s">
+        <v>279</v>
       </c>
     </row>
     <row r="296">
-      <c r="A296" s="3" t="s">
+      <c r="A296" s="2" t="s">
+        <v>2</v>
+      </c>
+      <c r="B296" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="C296" s="2" t="s">
+        <v>4</v>
+      </c>
+      <c r="D296" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="E296" s="2" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="297">
+      <c r="A297" s="1">
+        <v>1</v>
+      </c>
+      <c r="B297" s="1">
+        <v>1220</v>
+      </c>
+      <c r="C297" s="1" t="s">
         <v>280</v>
       </c>
-      <c r="B296" s="3" t="s">
-[...26 lines deleted...]
-        <v>6</v>
+      <c r="D297" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="E297" s="1">
+        <v>15</v>
       </c>
     </row>
     <row r="298">
       <c r="A298" s="1">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="B298" s="1">
-        <v>1220</v>
+        <v>1716</v>
       </c>
       <c r="C298" s="1" t="s">
         <v>281</v>
       </c>
       <c r="D298" s="1" t="s">
-        <v>35</v>
+        <v>23</v>
       </c>
       <c r="E298" s="1">
-        <v>15</v>
+        <v>13</v>
       </c>
     </row>
     <row r="299">
       <c r="A299" s="1">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="B299" s="1">
-        <v>1716</v>
+        <v>1198</v>
       </c>
       <c r="C299" s="1" t="s">
         <v>282</v>
       </c>
       <c r="D299" s="1" t="s">
-        <v>23</v>
+        <v>56</v>
       </c>
       <c r="E299" s="1">
-        <v>13</v>
+        <v>11</v>
       </c>
     </row>
     <row r="300">
       <c r="A300" s="1">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="B300" s="1">
-        <v>1198</v>
+        <v>310</v>
       </c>
       <c r="C300" s="1" t="s">
         <v>283</v>
       </c>
       <c r="D300" s="1" t="s">
-        <v>56</v>
+        <v>8</v>
       </c>
       <c r="E300" s="1">
-        <v>11</v>
+        <v>10</v>
       </c>
     </row>
     <row r="301">
       <c r="A301" s="1">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="B301" s="1">
-        <v>310</v>
+        <v>796</v>
       </c>
       <c r="C301" s="1" t="s">
         <v>284</v>
       </c>
       <c r="D301" s="1" t="s">
-        <v>8</v>
+        <v>112</v>
       </c>
       <c r="E301" s="1">
-        <v>10</v>
+        <v>9</v>
       </c>
     </row>
     <row r="302">
       <c r="A302" s="1">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="B302" s="1">
-        <v>796</v>
+        <v>324</v>
       </c>
       <c r="C302" s="1" t="s">
         <v>285</v>
       </c>
       <c r="D302" s="1" t="s">
-        <v>114</v>
+        <v>8</v>
       </c>
       <c r="E302" s="1">
-        <v>9</v>
+        <v>8</v>
       </c>
     </row>
     <row r="303">
       <c r="A303" s="1">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="B303" s="1">
-        <v>324</v>
+        <v>1224</v>
       </c>
       <c r="C303" s="1" t="s">
         <v>286</v>
       </c>
       <c r="D303" s="1" t="s">
-        <v>8</v>
+        <v>35</v>
       </c>
       <c r="E303" s="1">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="304">
       <c r="A304" s="1">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="B304" s="1">
-        <v>1224</v>
+        <v>1707</v>
       </c>
       <c r="C304" s="1" t="s">
         <v>287</v>
       </c>
       <c r="D304" s="1" t="s">
-        <v>35</v>
+        <v>23</v>
       </c>
       <c r="E304" s="1">
-        <v>7</v>
+        <v>6</v>
       </c>
     </row>
     <row r="305">
       <c r="A305" s="1">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="B305" s="1">
-        <v>1707</v>
+        <v>689</v>
       </c>
       <c r="C305" s="1" t="s">
         <v>288</v>
       </c>
       <c r="D305" s="1" t="s">
-        <v>23</v>
+        <v>12</v>
       </c>
       <c r="E305" s="1">
-        <v>6</v>
+        <v>5</v>
       </c>
     </row>
     <row r="306">
       <c r="A306" s="1">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="B306" s="1">
-        <v>689</v>
+        <v>1259</v>
       </c>
       <c r="C306" s="1" t="s">
         <v>289</v>
       </c>
       <c r="D306" s="1" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="E306" s="1">
-        <v>5</v>
+        <v>4</v>
       </c>
     </row>
     <row r="307">
       <c r="A307" s="1">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="B307" s="1">
-        <v>1259</v>
+        <v>260</v>
       </c>
       <c r="C307" s="1" t="s">
         <v>290</v>
       </c>
       <c r="D307" s="1" t="s">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="E307" s="1">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="310">
+      <c r="A310" s="3" t="s">
+        <v>291</v>
+      </c>
+      <c r="B310" s="3" t="s">
+        <v>291</v>
+      </c>
+      <c r="C310" s="3" t="s">
+        <v>291</v>
+      </c>
+      <c r="D310" s="3" t="s">
+        <v>291</v>
+      </c>
+      <c r="E310" s="3" t="s">
+        <v>291</v>
+      </c>
+    </row>
+    <row r="311">
+      <c r="A311" s="2" t="s">
+        <v>2</v>
+      </c>
+      <c r="B311" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="C311" s="2" t="s">
         <v>4</v>
       </c>
-    </row>
-[...18 lines deleted...]
-      <c r="A311" s="3" t="s">
+      <c r="D311" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="E311" s="2" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="312">
+      <c r="A312" s="1">
+        <v>1</v>
+      </c>
+      <c r="B312" s="1">
+        <v>1335</v>
+      </c>
+      <c r="C312" s="1" t="s">
         <v>292</v>
       </c>
-      <c r="B311" s="3" t="s">
-[...26 lines deleted...]
-        <v>6</v>
+      <c r="D312" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="E312" s="1">
+        <v>15</v>
       </c>
     </row>
     <row r="313">
       <c r="A313" s="1">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="B313" s="1">
-        <v>1335</v>
+        <v>308</v>
       </c>
       <c r="C313" s="1" t="s">
         <v>293</v>
       </c>
       <c r="D313" s="1" t="s">
-        <v>23</v>
+        <v>8</v>
       </c>
       <c r="E313" s="1">
-        <v>15</v>
+        <v>13</v>
       </c>
     </row>
     <row r="314">
       <c r="A314" s="1">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="B314" s="1">
-        <v>308</v>
+        <v>249</v>
       </c>
       <c r="C314" s="1" t="s">
         <v>294</v>
       </c>
       <c r="D314" s="1" t="s">
         <v>8</v>
       </c>
       <c r="E314" s="1">
-        <v>13</v>
+        <v>11</v>
       </c>
     </row>
     <row r="315">
       <c r="A315" s="1">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="B315" s="1">
-        <v>249</v>
+        <v>979</v>
       </c>
       <c r="C315" s="1" t="s">
         <v>295</v>
       </c>
       <c r="D315" s="1" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="E315" s="1">
-        <v>11</v>
+        <v>10</v>
       </c>
     </row>
     <row r="316">
       <c r="A316" s="1">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="B316" s="1">
-        <v>979</v>
+        <v>1362</v>
       </c>
       <c r="C316" s="1" t="s">
         <v>296</v>
       </c>
       <c r="D316" s="1" t="s">
-        <v>13</v>
+        <v>81</v>
       </c>
       <c r="E316" s="1">
-        <v>10</v>
+        <v>9</v>
       </c>
     </row>
     <row r="317">
       <c r="A317" s="1">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="B317" s="1">
-        <v>1362</v>
+        <v>269</v>
       </c>
       <c r="C317" s="1" t="s">
         <v>297</v>
       </c>
       <c r="D317" s="1" t="s">
-        <v>81</v>
+        <v>8</v>
       </c>
       <c r="E317" s="1">
-        <v>9</v>
+        <v>8</v>
       </c>
     </row>
     <row r="318">
       <c r="A318" s="1">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="B318" s="1">
-        <v>269</v>
+        <v>643</v>
       </c>
       <c r="C318" s="1" t="s">
         <v>298</v>
       </c>
       <c r="D318" s="1" t="s">
-        <v>8</v>
+        <v>81</v>
       </c>
       <c r="E318" s="1">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="319">
       <c r="A319" s="1">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="B319" s="1">
-        <v>643</v>
+        <v>673</v>
       </c>
       <c r="C319" s="1" t="s">
         <v>299</v>
       </c>
       <c r="D319" s="1" t="s">
         <v>81</v>
       </c>
       <c r="E319" s="1">
-        <v>7</v>
+        <v>6</v>
       </c>
     </row>
     <row r="320">
       <c r="A320" s="1">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="B320" s="1">
-        <v>673</v>
+        <v>657</v>
       </c>
       <c r="C320" s="1" t="s">
         <v>300</v>
       </c>
       <c r="D320" s="1" t="s">
         <v>81</v>
       </c>
       <c r="E320" s="1">
-        <v>6</v>
+        <v>5</v>
       </c>
     </row>
     <row r="321">
       <c r="A321" s="1">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="B321" s="1">
-        <v>657</v>
+        <v>677</v>
       </c>
       <c r="C321" s="1" t="s">
         <v>301</v>
       </c>
       <c r="D321" s="1" t="s">
         <v>81</v>
       </c>
       <c r="E321" s="1">
-        <v>5</v>
+        <v>4</v>
       </c>
     </row>
     <row r="322">
       <c r="A322" s="1">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="B322" s="1">
-        <v>677</v>
+        <v>356</v>
       </c>
       <c r="C322" s="1" t="s">
         <v>302</v>
       </c>
       <c r="D322" s="1" t="s">
-        <v>81</v>
+        <v>8</v>
       </c>
       <c r="E322" s="1">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="323">
       <c r="A323" s="1">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="B323" s="1">
-        <v>356</v>
+        <v>679</v>
       </c>
       <c r="C323" s="1" t="s">
         <v>303</v>
       </c>
       <c r="D323" s="1" t="s">
-        <v>8</v>
+        <v>81</v>
       </c>
       <c r="E323" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="324">
       <c r="A324" s="1">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="B324" s="1">
-        <v>679</v>
+        <v>1326</v>
       </c>
       <c r="C324" s="1" t="s">
         <v>304</v>
       </c>
       <c r="D324" s="1" t="s">
         <v>81</v>
       </c>
       <c r="E324" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="325">
       <c r="A325" s="1">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="B325" s="1">
-        <v>1326</v>
+        <v>1343</v>
       </c>
       <c r="C325" s="1" t="s">
         <v>305</v>
       </c>
       <c r="D325" s="1" t="s">
-        <v>81</v>
+        <v>23</v>
       </c>
       <c r="E325" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="326">
       <c r="A326" s="1">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="B326" s="1">
-        <v>1343</v>
+        <v>92</v>
       </c>
       <c r="C326" s="1" t="s">
         <v>306</v>
       </c>
       <c r="D326" s="1" t="s">
-        <v>23</v>
+        <v>46</v>
       </c>
       <c r="E326" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="327">
       <c r="A327" s="1">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="B327" s="1">
-        <v>92</v>
+        <v>1148</v>
       </c>
       <c r="C327" s="1" t="s">
         <v>307</v>
       </c>
       <c r="D327" s="1" t="s">
-        <v>46</v>
+        <v>273</v>
       </c>
       <c r="E327" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="328">
       <c r="A328" s="1">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="B328" s="1">
-        <v>1148</v>
+        <v>1586</v>
       </c>
       <c r="C328" s="1" t="s">
         <v>308</v>
       </c>
       <c r="D328" s="1" t="s">
-        <v>274</v>
+        <v>73</v>
       </c>
       <c r="E328" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="329">
       <c r="A329" s="1">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="B329" s="1">
-        <v>1586</v>
+        <v>662</v>
       </c>
       <c r="C329" s="1" t="s">
         <v>309</v>
       </c>
       <c r="D329" s="1" t="s">
-        <v>73</v>
+        <v>81</v>
       </c>
       <c r="E329" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="330">
       <c r="A330" s="1">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="B330" s="1">
-        <v>662</v>
+        <v>1067</v>
       </c>
       <c r="C330" s="1" t="s">
         <v>310</v>
       </c>
       <c r="D330" s="1" t="s">
-        <v>81</v>
+        <v>56</v>
       </c>
       <c r="E330" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="331">
       <c r="A331" s="1">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="B331" s="1">
-        <v>1067</v>
+        <v>1396</v>
       </c>
       <c r="C331" s="1" t="s">
         <v>311</v>
       </c>
       <c r="D331" s="1" t="s">
-        <v>56</v>
+        <v>81</v>
       </c>
       <c r="E331" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="332">
       <c r="A332" s="1">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="B332" s="1">
-        <v>1396</v>
+        <v>1044</v>
       </c>
       <c r="C332" s="1" t="s">
         <v>312</v>
       </c>
       <c r="D332" s="1" t="s">
-        <v>81</v>
+        <v>56</v>
       </c>
       <c r="E332" s="1">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="333">
       <c r="A333" s="1">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="B333" s="1">
-        <v>1044</v>
+        <v>1503</v>
       </c>
       <c r="C333" s="1" t="s">
         <v>313</v>
       </c>
       <c r="D333" s="1" t="s">
         <v>56</v>
       </c>
       <c r="E333" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="334">
       <c r="A334" s="1">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="B334" s="1">
-        <v>1503</v>
+        <v>715</v>
       </c>
       <c r="C334" s="1" t="s">
         <v>314</v>
       </c>
       <c r="D334" s="1" t="s">
-        <v>56</v>
+        <v>315</v>
       </c>
       <c r="E334" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="335">
       <c r="A335" s="1">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="B335" s="1">
-        <v>715</v>
+        <v>1789</v>
       </c>
       <c r="C335" s="1" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="D335" s="1" t="s">
-        <v>316</v>
+        <v>18</v>
       </c>
       <c r="E335" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="336">
       <c r="A336" s="1">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B336" s="1">
-        <v>1789</v>
+        <v>640</v>
       </c>
       <c r="C336" s="1" t="s">
         <v>317</v>
       </c>
       <c r="D336" s="1" t="s">
-        <v>18</v>
+        <v>81</v>
       </c>
       <c r="E336" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="337">
       <c r="A337" s="1">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B337" s="1">
-        <v>640</v>
+        <v>1332</v>
       </c>
       <c r="C337" s="1" t="s">
         <v>318</v>
       </c>
       <c r="D337" s="1" t="s">
-        <v>81</v>
+        <v>23</v>
       </c>
       <c r="E337" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="338">
       <c r="A338" s="1">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="B338" s="1">
-        <v>1332</v>
+        <v>1528</v>
       </c>
       <c r="C338" s="1" t="s">
         <v>319</v>
       </c>
       <c r="D338" s="1" t="s">
-        <v>23</v>
+        <v>101</v>
       </c>
       <c r="E338" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="339">
       <c r="A339" s="1">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="B339" s="1">
-        <v>1528</v>
+        <v>93</v>
       </c>
       <c r="C339" s="1" t="s">
         <v>320</v>
       </c>
       <c r="D339" s="1" t="s">
-        <v>102</v>
+        <v>46</v>
       </c>
       <c r="E339" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="340">
       <c r="A340" s="1">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B340" s="1">
-        <v>93</v>
+        <v>962</v>
       </c>
       <c r="C340" s="1" t="s">
         <v>321</v>
       </c>
       <c r="D340" s="1" t="s">
-        <v>46</v>
+        <v>81</v>
       </c>
       <c r="E340" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="341">
       <c r="A341" s="1">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B341" s="1">
-        <v>962</v>
+        <v>672</v>
       </c>
       <c r="C341" s="1" t="s">
         <v>322</v>
       </c>
       <c r="D341" s="1" t="s">
         <v>81</v>
       </c>
       <c r="E341" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="342">
       <c r="A342" s="1">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="B342" s="1">
-        <v>672</v>
+        <v>1689</v>
       </c>
       <c r="C342" s="1" t="s">
         <v>323</v>
       </c>
       <c r="D342" s="1" t="s">
-        <v>81</v>
+        <v>324</v>
       </c>
       <c r="E342" s="1">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="343">
       <c r="A343" s="1">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="B343" s="1">
-        <v>1689</v>
+        <v>1755</v>
       </c>
       <c r="C343" s="1" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="D343" s="1" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="E343" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="344">
       <c r="A344" s="1">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B344" s="1">
-        <v>1755</v>
+        <v>1609</v>
       </c>
       <c r="C344" s="1" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="D344" s="1" t="s">
-        <v>327</v>
+        <v>73</v>
       </c>
       <c r="E344" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="345">
       <c r="A345" s="1">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="B345" s="1">
-        <v>1609</v>
+        <v>424</v>
       </c>
       <c r="C345" s="1" t="s">
         <v>328</v>
       </c>
       <c r="D345" s="1" t="s">
-        <v>73</v>
+        <v>42</v>
       </c>
       <c r="E345" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="346">
       <c r="A346" s="1">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="B346" s="1">
-        <v>424</v>
+        <v>91</v>
       </c>
       <c r="C346" s="1" t="s">
         <v>329</v>
       </c>
       <c r="D346" s="1" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="E346" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="347">
       <c r="A347" s="1">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="B347" s="1">
-        <v>91</v>
+        <v>438</v>
       </c>
       <c r="C347" s="1" t="s">
         <v>330</v>
       </c>
       <c r="D347" s="1" t="s">
-        <v>46</v>
+        <v>42</v>
       </c>
       <c r="E347" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="348">
       <c r="A348" s="1">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="B348" s="1">
-        <v>438</v>
+        <v>758</v>
       </c>
       <c r="C348" s="1" t="s">
         <v>331</v>
       </c>
       <c r="D348" s="1" t="s">
-        <v>42</v>
+        <v>332</v>
       </c>
       <c r="E348" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="349">
       <c r="A349" s="1">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="B349" s="1">
-        <v>758</v>
+        <v>1541</v>
       </c>
       <c r="C349" s="1" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="D349" s="1" t="s">
-        <v>333</v>
+        <v>273</v>
       </c>
       <c r="E349" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="350">
       <c r="A350" s="1">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="B350" s="1">
-        <v>1541</v>
+        <v>1767</v>
       </c>
       <c r="C350" s="1" t="s">
         <v>334</v>
       </c>
       <c r="D350" s="1" t="s">
-        <v>274</v>
+        <v>326</v>
       </c>
       <c r="E350" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="351">
       <c r="A351" s="1">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="B351" s="1">
-        <v>1767</v>
+        <v>242</v>
       </c>
       <c r="C351" s="1" t="s">
         <v>335</v>
       </c>
       <c r="D351" s="1" t="s">
-        <v>327</v>
+        <v>257</v>
       </c>
       <c r="E351" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="352">
       <c r="A352" s="1">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="B352" s="1">
-        <v>242</v>
+        <v>1491</v>
       </c>
       <c r="C352" s="1" t="s">
         <v>336</v>
       </c>
       <c r="D352" s="1" t="s">
-        <v>258</v>
+        <v>48</v>
       </c>
       <c r="E352" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="353">
       <c r="A353" s="1">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="B353" s="1">
-        <v>1491</v>
+        <v>1450</v>
       </c>
       <c r="C353" s="1" t="s">
         <v>337</v>
       </c>
       <c r="D353" s="1" t="s">
         <v>48</v>
       </c>
       <c r="E353" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="354">
       <c r="A354" s="1">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="B354" s="1">
-        <v>1450</v>
+        <v>83</v>
       </c>
       <c r="C354" s="1" t="s">
         <v>338</v>
       </c>
       <c r="D354" s="1" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="E354" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="355">
       <c r="A355" s="1">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="B355" s="1">
-        <v>83</v>
+        <v>1633</v>
       </c>
       <c r="C355" s="1" t="s">
         <v>339</v>
       </c>
       <c r="D355" s="1" t="s">
-        <v>46</v>
+        <v>73</v>
       </c>
       <c r="E355" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="356">
       <c r="A356" s="1">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="B356" s="1">
-        <v>1633</v>
+        <v>1236</v>
       </c>
       <c r="C356" s="1" t="s">
         <v>340</v>
       </c>
       <c r="D356" s="1" t="s">
-        <v>73</v>
+        <v>101</v>
       </c>
       <c r="E356" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="357">
       <c r="A357" s="1">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="B357" s="1">
-        <v>1236</v>
+        <v>557</v>
       </c>
       <c r="C357" s="1" t="s">
         <v>341</v>
       </c>
       <c r="D357" s="1" t="s">
-        <v>102</v>
+        <v>46</v>
       </c>
       <c r="E357" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="358">
       <c r="A358" s="1">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="B358" s="1">
-        <v>557</v>
+        <v>741</v>
       </c>
       <c r="C358" s="1" t="s">
         <v>342</v>
       </c>
       <c r="D358" s="1" t="s">
-        <v>46</v>
+        <v>343</v>
       </c>
       <c r="E358" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="359">
       <c r="A359" s="1">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="B359" s="1">
-        <v>741</v>
+        <v>1554</v>
       </c>
       <c r="C359" s="1" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="D359" s="1" t="s">
-        <v>344</v>
+        <v>46</v>
       </c>
       <c r="E359" s="1">
         <v>1</v>
       </c>
     </row>
-    <row r="360">
-[...6 lines deleted...]
-      <c r="C360" s="1" t="s">
+    <row r="362">
+      <c r="A362" s="3" t="s">
         <v>345</v>
       </c>
-      <c r="D360" s="1" t="s">
-[...3 lines deleted...]
-        <v>1</v>
+      <c r="B362" s="3" t="s">
+        <v>345</v>
+      </c>
+      <c r="C362" s="3" t="s">
+        <v>345</v>
+      </c>
+      <c r="D362" s="3" t="s">
+        <v>345</v>
+      </c>
+      <c r="E362" s="3" t="s">
+        <v>345</v>
       </c>
     </row>
     <row r="363">
-      <c r="A363" s="3" t="s">
+      <c r="A363" s="2" t="s">
+        <v>2</v>
+      </c>
+      <c r="B363" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="C363" s="2" t="s">
+        <v>4</v>
+      </c>
+      <c r="D363" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="E363" s="2" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="364">
+      <c r="A364" s="1">
+        <v>1</v>
+      </c>
+      <c r="B364" s="1">
+        <v>1713</v>
+      </c>
+      <c r="C364" s="1" t="s">
         <v>346</v>
       </c>
-      <c r="B363" s="3" t="s">
-[...26 lines deleted...]
-        <v>6</v>
+      <c r="D364" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="E364" s="1">
+        <v>15</v>
       </c>
     </row>
     <row r="365">
       <c r="A365" s="1">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="B365" s="1">
-        <v>1713</v>
+        <v>1221</v>
       </c>
       <c r="C365" s="1" t="s">
         <v>347</v>
       </c>
       <c r="D365" s="1" t="s">
-        <v>23</v>
+        <v>35</v>
       </c>
       <c r="E365" s="1">
-        <v>15</v>
+        <v>13</v>
       </c>
     </row>
     <row r="366">
       <c r="A366" s="1">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="B366" s="1">
-        <v>1221</v>
+        <v>1352</v>
       </c>
       <c r="C366" s="1" t="s">
         <v>348</v>
       </c>
       <c r="D366" s="1" t="s">
-        <v>35</v>
+        <v>23</v>
       </c>
       <c r="E366" s="1">
-        <v>13</v>
+        <v>11</v>
       </c>
     </row>
     <row r="367">
       <c r="A367" s="1">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="B367" s="1">
-        <v>1352</v>
+        <v>747</v>
       </c>
       <c r="C367" s="1" t="s">
         <v>349</v>
       </c>
       <c r="D367" s="1" t="s">
-        <v>23</v>
+        <v>81</v>
       </c>
       <c r="E367" s="1">
-        <v>11</v>
+        <v>10</v>
       </c>
     </row>
     <row r="368">
       <c r="A368" s="1">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="B368" s="1">
-        <v>747</v>
+        <v>1007</v>
       </c>
       <c r="C368" s="1" t="s">
         <v>350</v>
       </c>
       <c r="D368" s="1" t="s">
-        <v>81</v>
+        <v>56</v>
       </c>
       <c r="E368" s="1">
-        <v>10</v>
+        <v>9</v>
       </c>
     </row>
     <row r="369">
       <c r="A369" s="1">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="B369" s="1">
-        <v>1007</v>
+        <v>1331</v>
       </c>
       <c r="C369" s="1" t="s">
         <v>351</v>
       </c>
       <c r="D369" s="1" t="s">
-        <v>56</v>
+        <v>23</v>
       </c>
       <c r="E369" s="1">
-        <v>9</v>
+        <v>8</v>
       </c>
     </row>
     <row r="370">
       <c r="A370" s="1">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="B370" s="1">
-        <v>1331</v>
+        <v>1041</v>
       </c>
       <c r="C370" s="1" t="s">
         <v>352</v>
       </c>
       <c r="D370" s="1" t="s">
-        <v>23</v>
+        <v>56</v>
       </c>
       <c r="E370" s="1">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="371">
       <c r="A371" s="1">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="B371" s="1">
-        <v>1041</v>
+        <v>999</v>
       </c>
       <c r="C371" s="1" t="s">
         <v>353</v>
       </c>
       <c r="D371" s="1" t="s">
         <v>56</v>
       </c>
       <c r="E371" s="1">
-        <v>7</v>
+        <v>6</v>
       </c>
     </row>
     <row r="372">
       <c r="A372" s="1">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="B372" s="1">
-        <v>999</v>
+        <v>931</v>
       </c>
       <c r="C372" s="1" t="s">
         <v>354</v>
       </c>
       <c r="D372" s="1" t="s">
-        <v>56</v>
+        <v>64</v>
       </c>
       <c r="E372" s="1">
-        <v>6</v>
+        <v>5</v>
       </c>
     </row>
     <row r="373">
       <c r="A373" s="1">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="B373" s="1">
-        <v>931</v>
+        <v>1215</v>
       </c>
       <c r="C373" s="1" t="s">
         <v>355</v>
       </c>
       <c r="D373" s="1" t="s">
-        <v>64</v>
+        <v>35</v>
       </c>
       <c r="E373" s="1">
-        <v>5</v>
+        <v>4</v>
       </c>
     </row>
     <row r="374">
       <c r="A374" s="1">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="B374" s="1">
-        <v>1215</v>
+        <v>722</v>
       </c>
       <c r="C374" s="1" t="s">
         <v>356</v>
       </c>
       <c r="D374" s="1" t="s">
-        <v>35</v>
+        <v>81</v>
       </c>
       <c r="E374" s="1">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="375">
       <c r="A375" s="1">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="B375" s="1">
-        <v>722</v>
+        <v>858</v>
       </c>
       <c r="C375" s="1" t="s">
         <v>357</v>
       </c>
       <c r="D375" s="1" t="s">
-        <v>81</v>
+        <v>64</v>
       </c>
       <c r="E375" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="376">
       <c r="A376" s="1">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="B376" s="1">
-        <v>858</v>
+        <v>25</v>
       </c>
       <c r="C376" s="1" t="s">
         <v>358</v>
       </c>
       <c r="D376" s="1" t="s">
-        <v>64</v>
+        <v>46</v>
       </c>
       <c r="E376" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="377">
       <c r="A377" s="1">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="B377" s="1">
-        <v>25</v>
+        <v>978</v>
       </c>
       <c r="C377" s="1" t="s">
         <v>359</v>
       </c>
       <c r="D377" s="1" t="s">
-        <v>46</v>
+        <v>81</v>
       </c>
       <c r="E377" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="378">
       <c r="A378" s="1">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="B378" s="1">
-        <v>978</v>
+        <v>1763</v>
       </c>
       <c r="C378" s="1" t="s">
         <v>360</v>
       </c>
       <c r="D378" s="1" t="s">
-        <v>81</v>
+        <v>326</v>
       </c>
       <c r="E378" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="379">
       <c r="A379" s="1">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="B379" s="1">
-        <v>1763</v>
+        <v>1415</v>
       </c>
       <c r="C379" s="1" t="s">
         <v>361</v>
       </c>
       <c r="D379" s="1" t="s">
-        <v>327</v>
+        <v>23</v>
       </c>
       <c r="E379" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="380">
       <c r="A380" s="1">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="B380" s="1">
-        <v>1415</v>
+        <v>779</v>
       </c>
       <c r="C380" s="1" t="s">
         <v>362</v>
       </c>
       <c r="D380" s="1" t="s">
-        <v>23</v>
+        <v>81</v>
       </c>
       <c r="E380" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="381">
       <c r="A381" s="1">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="B381" s="1">
-        <v>779</v>
+        <v>1595</v>
       </c>
       <c r="C381" s="1" t="s">
         <v>363</v>
       </c>
       <c r="D381" s="1" t="s">
-        <v>81</v>
+        <v>73</v>
       </c>
       <c r="E381" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="382">
       <c r="A382" s="1">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="B382" s="1">
-        <v>1595</v>
+        <v>367</v>
       </c>
       <c r="C382" s="1" t="s">
         <v>364</v>
       </c>
       <c r="D382" s="1" t="s">
-        <v>73</v>
+        <v>42</v>
       </c>
       <c r="E382" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="383">
       <c r="A383" s="1">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="B383" s="1">
-        <v>367</v>
+        <v>493</v>
       </c>
       <c r="C383" s="1" t="s">
         <v>365</v>
       </c>
       <c r="D383" s="1" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="E383" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="384">
       <c r="A384" s="1">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="B384" s="1">
-        <v>493</v>
+        <v>1870</v>
       </c>
       <c r="C384" s="1" t="s">
         <v>366</v>
       </c>
       <c r="D384" s="1" t="s">
-        <v>46</v>
+        <v>81</v>
       </c>
       <c r="E384" s="1">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="385">
       <c r="A385" s="1">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="B385" s="1">
-        <v>1870</v>
+        <v>1209</v>
       </c>
       <c r="C385" s="1" t="s">
         <v>367</v>
       </c>
       <c r="D385" s="1" t="s">
-        <v>81</v>
+        <v>101</v>
       </c>
       <c r="E385" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="386">
       <c r="A386" s="1">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="B386" s="1">
-        <v>1209</v>
+        <v>1866</v>
       </c>
       <c r="C386" s="1" t="s">
         <v>368</v>
       </c>
       <c r="D386" s="1" t="s">
-        <v>102</v>
+        <v>81</v>
       </c>
       <c r="E386" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="387">
       <c r="A387" s="1">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="B387" s="1">
-        <v>1866</v>
+        <v>660</v>
       </c>
       <c r="C387" s="1" t="s">
         <v>369</v>
       </c>
       <c r="D387" s="1" t="s">
         <v>81</v>
       </c>
       <c r="E387" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="388">
       <c r="A388" s="1">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B388" s="1">
-        <v>660</v>
+        <v>16</v>
       </c>
       <c r="C388" s="1" t="s">
         <v>370</v>
       </c>
       <c r="D388" s="1" t="s">
-        <v>81</v>
+        <v>46</v>
       </c>
       <c r="E388" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="389">
       <c r="A389" s="1">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B389" s="1">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="C389" s="1" t="s">
         <v>371</v>
       </c>
       <c r="D389" s="1" t="s">
         <v>46</v>
       </c>
       <c r="E389" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="390">
       <c r="A390" s="1">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="B390" s="1">
-        <v>22</v>
+        <v>1226</v>
       </c>
       <c r="C390" s="1" t="s">
         <v>372</v>
       </c>
       <c r="D390" s="1" t="s">
-        <v>46</v>
+        <v>81</v>
       </c>
       <c r="E390" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="391">
       <c r="A391" s="1">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="B391" s="1">
-        <v>1226</v>
+        <v>1142</v>
       </c>
       <c r="C391" s="1" t="s">
         <v>373</v>
       </c>
       <c r="D391" s="1" t="s">
-        <v>81</v>
+        <v>273</v>
       </c>
       <c r="E391" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="392">
       <c r="A392" s="1">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B392" s="1">
-        <v>1142</v>
+        <v>728</v>
       </c>
       <c r="C392" s="1" t="s">
         <v>374</v>
       </c>
       <c r="D392" s="1" t="s">
-        <v>274</v>
+        <v>101</v>
       </c>
       <c r="E392" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="393">
       <c r="A393" s="1">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B393" s="1">
-        <v>728</v>
+        <v>1156</v>
       </c>
       <c r="C393" s="1" t="s">
         <v>375</v>
       </c>
       <c r="D393" s="1" t="s">
-        <v>102</v>
+        <v>273</v>
       </c>
       <c r="E393" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="394">
       <c r="A394" s="1">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="B394" s="1">
-        <v>1156</v>
+        <v>1611</v>
       </c>
       <c r="C394" s="1" t="s">
         <v>376</v>
       </c>
       <c r="D394" s="1" t="s">
-        <v>274</v>
+        <v>73</v>
       </c>
       <c r="E394" s="1">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="395">
       <c r="A395" s="1">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="B395" s="1">
-        <v>1611</v>
+        <v>27</v>
       </c>
       <c r="C395" s="1" t="s">
         <v>377</v>
       </c>
       <c r="D395" s="1" t="s">
-        <v>73</v>
+        <v>46</v>
       </c>
       <c r="E395" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="396">
       <c r="A396" s="1">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B396" s="1">
-        <v>27</v>
+        <v>1306</v>
       </c>
       <c r="C396" s="1" t="s">
         <v>378</v>
       </c>
       <c r="D396" s="1" t="s">
-        <v>46</v>
+        <v>10</v>
       </c>
       <c r="E396" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="397">
       <c r="A397" s="1">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="B397" s="1">
-        <v>1306</v>
+        <v>1452</v>
       </c>
       <c r="C397" s="1" t="s">
         <v>379</v>
       </c>
       <c r="D397" s="1" t="s">
-        <v>10</v>
+        <v>48</v>
       </c>
       <c r="E397" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="398">
       <c r="A398" s="1">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="B398" s="1">
-        <v>1452</v>
+        <v>1194</v>
       </c>
       <c r="C398" s="1" t="s">
         <v>380</v>
       </c>
       <c r="D398" s="1" t="s">
-        <v>48</v>
+        <v>56</v>
       </c>
       <c r="E398" s="1">
         <v>1</v>
       </c>
     </row>
-    <row r="399">
-[...6 lines deleted...]
-      <c r="C399" s="1" t="s">
+    <row r="401">
+      <c r="A401" s="3" t="s">
         <v>381</v>
       </c>
-      <c r="D399" s="1" t="s">
-[...3 lines deleted...]
-        <v>1</v>
+      <c r="B401" s="3" t="s">
+        <v>381</v>
+      </c>
+      <c r="C401" s="3" t="s">
+        <v>381</v>
+      </c>
+      <c r="D401" s="3" t="s">
+        <v>381</v>
+      </c>
+      <c r="E401" s="3" t="s">
+        <v>381</v>
       </c>
     </row>
     <row r="402">
-      <c r="A402" s="3" t="s">
+      <c r="A402" s="2" t="s">
+        <v>2</v>
+      </c>
+      <c r="B402" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="C402" s="2" t="s">
+        <v>4</v>
+      </c>
+      <c r="D402" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="E402" s="2" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="403">
+      <c r="A403" s="1">
+        <v>1</v>
+      </c>
+      <c r="B403" s="1">
+        <v>101</v>
+      </c>
+      <c r="C403" s="1" t="s">
         <v>382</v>
       </c>
-      <c r="B402" s="3" t="s">
-[...26 lines deleted...]
-        <v>6</v>
+      <c r="D403" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="E403" s="1">
+        <v>15</v>
       </c>
     </row>
     <row r="404">
       <c r="A404" s="1">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="B404" s="1">
-        <v>101</v>
+        <v>374</v>
       </c>
       <c r="C404" s="1" t="s">
         <v>383</v>
       </c>
       <c r="D404" s="1" t="s">
-        <v>46</v>
+        <v>42</v>
       </c>
       <c r="E404" s="1">
-        <v>15</v>
+        <v>13</v>
       </c>
     </row>
     <row r="405">
       <c r="A405" s="1">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="B405" s="1">
-        <v>374</v>
+        <v>1412</v>
       </c>
       <c r="C405" s="1" t="s">
         <v>384</v>
       </c>
       <c r="D405" s="1" t="s">
-        <v>42</v>
+        <v>23</v>
       </c>
       <c r="E405" s="1">
-        <v>13</v>
+        <v>11</v>
       </c>
     </row>
     <row r="406">
       <c r="A406" s="1">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="B406" s="1">
-        <v>1412</v>
+        <v>105</v>
       </c>
       <c r="C406" s="1" t="s">
         <v>385</v>
       </c>
       <c r="D406" s="1" t="s">
-        <v>23</v>
+        <v>46</v>
       </c>
       <c r="E406" s="1">
-        <v>11</v>
+        <v>10</v>
       </c>
     </row>
     <row r="407">
       <c r="A407" s="1">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="B407" s="1">
-        <v>105</v>
+        <v>359</v>
       </c>
       <c r="C407" s="1" t="s">
         <v>386</v>
       </c>
       <c r="D407" s="1" t="s">
-        <v>46</v>
+        <v>42</v>
       </c>
       <c r="E407" s="1">
-        <v>10</v>
+        <v>9</v>
       </c>
     </row>
     <row r="408">
       <c r="A408" s="1">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="B408" s="1">
-        <v>359</v>
+        <v>645</v>
       </c>
       <c r="C408" s="1" t="s">
         <v>387</v>
       </c>
       <c r="D408" s="1" t="s">
-        <v>42</v>
+        <v>81</v>
       </c>
       <c r="E408" s="1">
-        <v>9</v>
+        <v>8</v>
       </c>
     </row>
     <row r="409">
       <c r="A409" s="1">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="B409" s="1">
-        <v>645</v>
+        <v>458</v>
       </c>
       <c r="C409" s="1" t="s">
         <v>388</v>
       </c>
       <c r="D409" s="1" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="E409" s="1">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="410">
       <c r="A410" s="1">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="B410" s="1">
-        <v>458</v>
+        <v>1539</v>
       </c>
       <c r="C410" s="1" t="s">
         <v>389</v>
       </c>
       <c r="D410" s="1" t="s">
-        <v>42</v>
+        <v>390</v>
       </c>
       <c r="E410" s="1">
-        <v>7</v>
+        <v>6</v>
       </c>
     </row>
     <row r="411">
       <c r="A411" s="1">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="B411" s="1">
-        <v>1539</v>
+        <v>568</v>
       </c>
       <c r="C411" s="1" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="D411" s="1" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="E411" s="1">
-        <v>6</v>
+        <v>5</v>
       </c>
     </row>
     <row r="412">
       <c r="A412" s="1">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="B412" s="1">
-        <v>568</v>
+        <v>793</v>
       </c>
       <c r="C412" s="1" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="D412" s="1" t="s">
-        <v>393</v>
+        <v>112</v>
       </c>
       <c r="E412" s="1">
-        <v>5</v>
+        <v>4</v>
       </c>
     </row>
     <row r="413">
       <c r="A413" s="1">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="B413" s="1">
-        <v>793</v>
+        <v>1354</v>
       </c>
       <c r="C413" s="1" t="s">
         <v>394</v>
       </c>
       <c r="D413" s="1" t="s">
-        <v>114</v>
+        <v>23</v>
       </c>
       <c r="E413" s="1">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="414">
       <c r="A414" s="1">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="B414" s="1">
-        <v>1354</v>
+        <v>1125</v>
       </c>
       <c r="C414" s="1" t="s">
         <v>395</v>
       </c>
       <c r="D414" s="1" t="s">
-        <v>23</v>
+        <v>273</v>
       </c>
       <c r="E414" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="415">
       <c r="A415" s="1">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="B415" s="1">
-        <v>1125</v>
+        <v>29</v>
       </c>
       <c r="C415" s="1" t="s">
         <v>396</v>
       </c>
       <c r="D415" s="1" t="s">
-        <v>274</v>
+        <v>46</v>
       </c>
       <c r="E415" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="416">
       <c r="A416" s="1">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="B416" s="1">
-        <v>29</v>
+        <v>378</v>
       </c>
       <c r="C416" s="1" t="s">
         <v>397</v>
       </c>
       <c r="D416" s="1" t="s">
-        <v>46</v>
+        <v>42</v>
       </c>
       <c r="E416" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="417">
       <c r="A417" s="1">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="B417" s="1">
-        <v>378</v>
+        <v>515</v>
       </c>
       <c r="C417" s="1" t="s">
         <v>398</v>
       </c>
       <c r="D417" s="1" t="s">
-        <v>42</v>
+        <v>399</v>
       </c>
       <c r="E417" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="418">
       <c r="A418" s="1">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="B418" s="1">
-        <v>515</v>
+        <v>1052</v>
       </c>
       <c r="C418" s="1" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="D418" s="1" t="s">
-        <v>400</v>
+        <v>56</v>
       </c>
       <c r="E418" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="419">
       <c r="A419" s="1">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="B419" s="1">
-        <v>1052</v>
+        <v>1249</v>
       </c>
       <c r="C419" s="1" t="s">
         <v>401</v>
       </c>
       <c r="D419" s="1" t="s">
-        <v>56</v>
+        <v>10</v>
       </c>
       <c r="E419" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="420">
       <c r="A420" s="1">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="B420" s="1">
-        <v>1249</v>
+        <v>102</v>
       </c>
       <c r="C420" s="1" t="s">
         <v>402</v>
       </c>
       <c r="D420" s="1" t="s">
-        <v>10</v>
+        <v>46</v>
       </c>
       <c r="E420" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="421">
       <c r="A421" s="1">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="B421" s="1">
-        <v>102</v>
+        <v>1351</v>
       </c>
       <c r="C421" s="1" t="s">
         <v>403</v>
       </c>
       <c r="D421" s="1" t="s">
-        <v>46</v>
+        <v>23</v>
       </c>
       <c r="E421" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="422">
       <c r="A422" s="1">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="B422" s="1">
-        <v>1351</v>
+        <v>506</v>
       </c>
       <c r="C422" s="1" t="s">
         <v>404</v>
       </c>
       <c r="D422" s="1" t="s">
-        <v>23</v>
+        <v>13</v>
       </c>
       <c r="E422" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="423">
       <c r="A423" s="1">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="B423" s="1">
-        <v>506</v>
+        <v>335</v>
       </c>
       <c r="C423" s="1" t="s">
         <v>405</v>
       </c>
       <c r="D423" s="1" t="s">
-        <v>13</v>
+        <v>8</v>
       </c>
       <c r="E423" s="1">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="424">
       <c r="A424" s="1">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="B424" s="1">
-        <v>335</v>
+        <v>565</v>
       </c>
       <c r="C424" s="1" t="s">
         <v>406</v>
       </c>
       <c r="D424" s="1" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="E424" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="425">
       <c r="A425" s="1">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="B425" s="1">
-        <v>565</v>
+        <v>231</v>
       </c>
       <c r="C425" s="1" t="s">
         <v>407</v>
       </c>
       <c r="D425" s="1" t="s">
-        <v>13</v>
+        <v>257</v>
       </c>
       <c r="E425" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="426">
       <c r="A426" s="1">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="B426" s="1">
-        <v>231</v>
+        <v>1681</v>
       </c>
       <c r="C426" s="1" t="s">
         <v>408</v>
       </c>
       <c r="D426" s="1" t="s">
-        <v>258</v>
+        <v>8</v>
       </c>
       <c r="E426" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="427">
       <c r="A427" s="1">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B427" s="1">
-        <v>1681</v>
+        <v>123</v>
       </c>
       <c r="C427" s="1" t="s">
         <v>409</v>
       </c>
       <c r="D427" s="1" t="s">
-        <v>8</v>
+        <v>46</v>
       </c>
       <c r="E427" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="428">
       <c r="A428" s="1">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B428" s="1">
-        <v>123</v>
+        <v>725</v>
       </c>
       <c r="C428" s="1" t="s">
         <v>410</v>
       </c>
       <c r="D428" s="1" t="s">
-        <v>46</v>
+        <v>81</v>
       </c>
       <c r="E428" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="429">
       <c r="A429" s="1">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="B429" s="1">
-        <v>725</v>
+        <v>1796</v>
       </c>
       <c r="C429" s="1" t="s">
         <v>411</v>
       </c>
       <c r="D429" s="1" t="s">
-        <v>81</v>
+        <v>18</v>
       </c>
       <c r="E429" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="430">
       <c r="A430" s="1">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="B430" s="1">
-        <v>1796</v>
+        <v>633</v>
       </c>
       <c r="C430" s="1" t="s">
         <v>412</v>
       </c>
       <c r="D430" s="1" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="E430" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="431">
       <c r="A431" s="1">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B431" s="1">
-        <v>633</v>
+        <v>156</v>
       </c>
       <c r="C431" s="1" t="s">
         <v>413</v>
       </c>
       <c r="D431" s="1" t="s">
-        <v>15</v>
+        <v>46</v>
       </c>
       <c r="E431" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="432">
       <c r="A432" s="1">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B432" s="1">
-        <v>156</v>
+        <v>241</v>
       </c>
       <c r="C432" s="1" t="s">
         <v>414</v>
       </c>
       <c r="D432" s="1" t="s">
-        <v>46</v>
+        <v>257</v>
       </c>
       <c r="E432" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="433">
       <c r="A433" s="1">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="B433" s="1">
-        <v>241</v>
+        <v>1359</v>
       </c>
       <c r="C433" s="1" t="s">
         <v>415</v>
       </c>
       <c r="D433" s="1" t="s">
-        <v>258</v>
+        <v>23</v>
       </c>
       <c r="E433" s="1">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="434">
       <c r="A434" s="1">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="B434" s="1">
-        <v>1359</v>
+        <v>1721</v>
       </c>
       <c r="C434" s="1" t="s">
         <v>416</v>
       </c>
       <c r="D434" s="1" t="s">
-        <v>23</v>
+        <v>324</v>
       </c>
       <c r="E434" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="435">
       <c r="A435" s="1">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B435" s="1">
-        <v>1721</v>
+        <v>632</v>
       </c>
       <c r="C435" s="1" t="s">
         <v>417</v>
       </c>
       <c r="D435" s="1" t="s">
-        <v>325</v>
+        <v>15</v>
       </c>
       <c r="E435" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="436">
       <c r="A436" s="1">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="B436" s="1">
-        <v>632</v>
+        <v>1836</v>
       </c>
       <c r="C436" s="1" t="s">
         <v>418</v>
       </c>
       <c r="D436" s="1" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="E436" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="437">
       <c r="A437" s="1">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="B437" s="1">
-        <v>1836</v>
+        <v>95</v>
       </c>
       <c r="C437" s="1" t="s">
         <v>419</v>
       </c>
       <c r="D437" s="1" t="s">
-        <v>18</v>
+        <v>46</v>
       </c>
       <c r="E437" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="438">
       <c r="A438" s="1">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="B438" s="1">
-        <v>95</v>
+        <v>1632</v>
       </c>
       <c r="C438" s="1" t="s">
         <v>420</v>
       </c>
       <c r="D438" s="1" t="s">
-        <v>46</v>
+        <v>73</v>
       </c>
       <c r="E438" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="439">
       <c r="A439" s="1">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="B439" s="1">
-        <v>1632</v>
+        <v>1610</v>
       </c>
       <c r="C439" s="1" t="s">
         <v>421</v>
       </c>
       <c r="D439" s="1" t="s">
         <v>73</v>
       </c>
       <c r="E439" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="440">
       <c r="A440" s="1">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="B440" s="1">
-        <v>1610</v>
+        <v>648</v>
       </c>
       <c r="C440" s="1" t="s">
         <v>422</v>
       </c>
       <c r="D440" s="1" t="s">
-        <v>73</v>
+        <v>81</v>
       </c>
       <c r="E440" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="441">
       <c r="A441" s="1">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="B441" s="1">
-        <v>648</v>
+        <v>1606</v>
       </c>
       <c r="C441" s="1" t="s">
         <v>423</v>
       </c>
       <c r="D441" s="1" t="s">
-        <v>81</v>
+        <v>73</v>
       </c>
       <c r="E441" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="442">
       <c r="A442" s="1">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="B442" s="1">
-        <v>1606</v>
+        <v>1793</v>
       </c>
       <c r="C442" s="1" t="s">
         <v>424</v>
       </c>
       <c r="D442" s="1" t="s">
-        <v>73</v>
+        <v>18</v>
       </c>
       <c r="E442" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="443">
       <c r="A443" s="1">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="B443" s="1">
-        <v>1793</v>
+        <v>1881</v>
       </c>
       <c r="C443" s="1" t="s">
         <v>425</v>
       </c>
       <c r="D443" s="1" t="s">
-        <v>18</v>
+        <v>426</v>
       </c>
       <c r="E443" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="444">
       <c r="A444" s="1">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="B444" s="1">
-        <v>1881</v>
+        <v>425</v>
       </c>
       <c r="C444" s="1" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="D444" s="1" t="s">
-        <v>427</v>
+        <v>42</v>
       </c>
       <c r="E444" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="445">
       <c r="A445" s="1">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="B445" s="1">
-        <v>425</v>
+        <v>1172</v>
       </c>
       <c r="C445" s="1" t="s">
         <v>428</v>
       </c>
       <c r="D445" s="1" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="E445" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="446">
       <c r="A446" s="1">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="B446" s="1">
-        <v>1172</v>
+        <v>100</v>
       </c>
       <c r="C446" s="1" t="s">
         <v>429</v>
       </c>
       <c r="D446" s="1" t="s">
         <v>46</v>
       </c>
       <c r="E446" s="1">
         <v>1</v>
       </c>
     </row>
-    <row r="447">
-[...6 lines deleted...]
-      <c r="C447" s="1" t="s">
+    <row r="449">
+      <c r="A449" s="3" t="s">
         <v>430</v>
       </c>
-      <c r="D447" s="1" t="s">
-[...3 lines deleted...]
-        <v>1</v>
+      <c r="B449" s="3" t="s">
+        <v>430</v>
+      </c>
+      <c r="C449" s="3" t="s">
+        <v>430</v>
+      </c>
+      <c r="D449" s="3" t="s">
+        <v>430</v>
+      </c>
+      <c r="E449" s="3" t="s">
+        <v>430</v>
       </c>
     </row>
     <row r="450">
-      <c r="A450" s="3" t="s">
+      <c r="A450" s="2" t="s">
+        <v>2</v>
+      </c>
+      <c r="B450" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="C450" s="2" t="s">
+        <v>4</v>
+      </c>
+      <c r="D450" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="E450" s="2" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="451">
+      <c r="A451" s="1">
+        <v>1</v>
+      </c>
+      <c r="B451" s="1">
+        <v>1416</v>
+      </c>
+      <c r="C451" s="1" t="s">
         <v>431</v>
       </c>
-      <c r="B450" s="3" t="s">
-[...26 lines deleted...]
-        <v>6</v>
+      <c r="D451" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="E451" s="1">
+        <v>15</v>
       </c>
     </row>
     <row r="452">
       <c r="A452" s="1">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="B452" s="1">
-        <v>1416</v>
+        <v>1282</v>
       </c>
       <c r="C452" s="1" t="s">
         <v>432</v>
       </c>
       <c r="D452" s="1" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
       <c r="E452" s="1">
-        <v>15</v>
+        <v>13</v>
       </c>
     </row>
     <row r="453">
       <c r="A453" s="1">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="B453" s="1">
-        <v>1282</v>
+        <v>1744</v>
       </c>
       <c r="C453" s="1" t="s">
         <v>433</v>
       </c>
       <c r="D453" s="1" t="s">
-        <v>10</v>
+        <v>96</v>
       </c>
       <c r="E453" s="1">
-        <v>13</v>
+        <v>11</v>
       </c>
     </row>
     <row r="454">
       <c r="A454" s="1">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="B454" s="1">
-        <v>1744</v>
+        <v>1905</v>
       </c>
       <c r="C454" s="1" t="s">
         <v>434</v>
       </c>
       <c r="D454" s="1" t="s">
-        <v>98</v>
+        <v>27</v>
       </c>
       <c r="E454" s="1">
-        <v>11</v>
+        <v>10</v>
       </c>
     </row>
     <row r="455">
       <c r="A455" s="1">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="B455" s="1">
-        <v>1905</v>
+        <v>1105</v>
       </c>
       <c r="C455" s="1" t="s">
         <v>435</v>
       </c>
       <c r="D455" s="1" t="s">
-        <v>27</v>
+        <v>273</v>
       </c>
       <c r="E455" s="1">
-        <v>10</v>
+        <v>9</v>
       </c>
     </row>
     <row r="456">
       <c r="A456" s="1">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="B456" s="1">
-        <v>1105</v>
+        <v>1077</v>
       </c>
       <c r="C456" s="1" t="s">
         <v>436</v>
       </c>
       <c r="D456" s="1" t="s">
-        <v>274</v>
+        <v>101</v>
       </c>
       <c r="E456" s="1">
-        <v>9</v>
+        <v>8</v>
       </c>
     </row>
     <row r="457">
       <c r="A457" s="1">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="B457" s="1">
-        <v>1077</v>
+        <v>581</v>
       </c>
       <c r="C457" s="1" t="s">
         <v>437</v>
       </c>
       <c r="D457" s="1" t="s">
-        <v>102</v>
+        <v>15</v>
       </c>
       <c r="E457" s="1">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="458">
       <c r="A458" s="1">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="B458" s="1">
-        <v>581</v>
+        <v>681</v>
       </c>
       <c r="C458" s="1" t="s">
         <v>438</v>
       </c>
       <c r="D458" s="1" t="s">
-        <v>15</v>
+        <v>81</v>
       </c>
       <c r="E458" s="1">
-        <v>7</v>
+        <v>6</v>
       </c>
     </row>
     <row r="459">
       <c r="A459" s="1">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="B459" s="1">
-        <v>681</v>
+        <v>652</v>
       </c>
       <c r="C459" s="1" t="s">
         <v>439</v>
       </c>
       <c r="D459" s="1" t="s">
         <v>81</v>
       </c>
       <c r="E459" s="1">
-        <v>6</v>
+        <v>5</v>
       </c>
     </row>
     <row r="460">
       <c r="A460" s="1">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="B460" s="1">
-        <v>652</v>
+        <v>419</v>
       </c>
       <c r="C460" s="1" t="s">
         <v>440</v>
       </c>
       <c r="D460" s="1" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="E460" s="1">
-        <v>5</v>
+        <v>4</v>
       </c>
     </row>
     <row r="461">
       <c r="A461" s="1">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="B461" s="1">
-        <v>419</v>
+        <v>18</v>
       </c>
       <c r="C461" s="1" t="s">
         <v>441</v>
       </c>
       <c r="D461" s="1" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="E461" s="1">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="462">
       <c r="A462" s="1">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="B462" s="1">
-        <v>18</v>
+        <v>380</v>
       </c>
       <c r="C462" s="1" t="s">
         <v>442</v>
       </c>
       <c r="D462" s="1" t="s">
-        <v>46</v>
+        <v>42</v>
       </c>
       <c r="E462" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="463">
       <c r="A463" s="1">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="B463" s="1">
-        <v>380</v>
+        <v>644</v>
       </c>
       <c r="C463" s="1" t="s">
         <v>443</v>
       </c>
       <c r="D463" s="1" t="s">
-        <v>42</v>
+        <v>81</v>
       </c>
       <c r="E463" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="464">
       <c r="A464" s="1">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="B464" s="1">
-        <v>644</v>
+        <v>239</v>
       </c>
       <c r="C464" s="1" t="s">
         <v>444</v>
       </c>
       <c r="D464" s="1" t="s">
-        <v>81</v>
+        <v>257</v>
       </c>
       <c r="E464" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="465">
       <c r="A465" s="1">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="B465" s="1">
-        <v>239</v>
+        <v>642</v>
       </c>
       <c r="C465" s="1" t="s">
         <v>445</v>
       </c>
       <c r="D465" s="1" t="s">
-        <v>258</v>
+        <v>81</v>
       </c>
       <c r="E465" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="466">
       <c r="A466" s="1">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="B466" s="1">
-        <v>642</v>
+        <v>1124</v>
       </c>
       <c r="C466" s="1" t="s">
         <v>446</v>
       </c>
       <c r="D466" s="1" t="s">
-        <v>81</v>
+        <v>273</v>
       </c>
       <c r="E466" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="467">
       <c r="A467" s="1">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="B467" s="1">
-        <v>1124</v>
+        <v>1339</v>
       </c>
       <c r="C467" s="1" t="s">
         <v>447</v>
       </c>
       <c r="D467" s="1" t="s">
-        <v>274</v>
+        <v>23</v>
       </c>
       <c r="E467" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="468">
       <c r="A468" s="1">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="B468" s="1">
-        <v>1339</v>
+        <v>1470</v>
       </c>
       <c r="C468" s="1" t="s">
         <v>448</v>
       </c>
       <c r="D468" s="1" t="s">
-        <v>23</v>
+        <v>48</v>
       </c>
       <c r="E468" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="469">
       <c r="A469" s="1">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="B469" s="1">
-        <v>1470</v>
+        <v>369</v>
       </c>
       <c r="C469" s="1" t="s">
         <v>449</v>
       </c>
       <c r="D469" s="1" t="s">
-        <v>48</v>
+        <v>42</v>
       </c>
       <c r="E469" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="470">
       <c r="A470" s="1">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="B470" s="1">
-        <v>369</v>
+        <v>1065</v>
       </c>
       <c r="C470" s="1" t="s">
         <v>450</v>
       </c>
       <c r="D470" s="1" t="s">
-        <v>42</v>
+        <v>56</v>
       </c>
       <c r="E470" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="471">
       <c r="A471" s="1">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="B471" s="1">
-        <v>1065</v>
+        <v>1243</v>
       </c>
       <c r="C471" s="1" t="s">
         <v>451</v>
       </c>
       <c r="D471" s="1" t="s">
-        <v>56</v>
+        <v>81</v>
       </c>
       <c r="E471" s="1">
-        <v>3</v>
-[...9 lines deleted...]
-      <c r="C472" s="1" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="474">
+      <c r="A474" s="3" t="s">
         <v>452</v>
       </c>
-      <c r="D472" s="1" t="s">
-[...3 lines deleted...]
-        <v>2</v>
+      <c r="B474" s="3" t="s">
+        <v>452</v>
+      </c>
+      <c r="C474" s="3" t="s">
+        <v>452</v>
+      </c>
+      <c r="D474" s="3" t="s">
+        <v>452</v>
+      </c>
+      <c r="E474" s="3" t="s">
+        <v>452</v>
       </c>
     </row>
     <row r="475">
-      <c r="A475" s="3" t="s">
+      <c r="A475" s="2" t="s">
+        <v>2</v>
+      </c>
+      <c r="B475" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="C475" s="2" t="s">
+        <v>4</v>
+      </c>
+      <c r="D475" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="E475" s="2" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="476">
+      <c r="A476" s="1">
+        <v>1</v>
+      </c>
+      <c r="B476" s="1">
+        <v>704</v>
+      </c>
+      <c r="C476" s="1" t="s">
         <v>453</v>
       </c>
-      <c r="B475" s="3" t="s">
-[...26 lines deleted...]
-        <v>6</v>
+      <c r="D476" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E476" s="1">
+        <v>15</v>
       </c>
     </row>
     <row r="477">
       <c r="A477" s="1">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="B477" s="1">
-        <v>704</v>
+        <v>1350</v>
       </c>
       <c r="C477" s="1" t="s">
         <v>454</v>
       </c>
       <c r="D477" s="1" t="s">
-        <v>12</v>
+        <v>23</v>
       </c>
       <c r="E477" s="1">
-        <v>15</v>
+        <v>13</v>
       </c>
     </row>
     <row r="478">
       <c r="A478" s="1">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="B478" s="1">
-        <v>1350</v>
+        <v>1616</v>
       </c>
       <c r="C478" s="1" t="s">
         <v>455</v>
       </c>
       <c r="D478" s="1" t="s">
-        <v>23</v>
+        <v>73</v>
       </c>
       <c r="E478" s="1">
-        <v>13</v>
+        <v>11</v>
       </c>
     </row>
     <row r="479">
       <c r="A479" s="1">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="B479" s="1">
-        <v>1616</v>
+        <v>245</v>
       </c>
       <c r="C479" s="1" t="s">
         <v>456</v>
       </c>
       <c r="D479" s="1" t="s">
-        <v>73</v>
+        <v>13</v>
       </c>
       <c r="E479" s="1">
-        <v>11</v>
+        <v>10</v>
       </c>
     </row>
     <row r="480">
       <c r="A480" s="1">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="B480" s="1">
-        <v>245</v>
+        <v>1408</v>
       </c>
       <c r="C480" s="1" t="s">
         <v>457</v>
       </c>
       <c r="D480" s="1" t="s">
-        <v>13</v>
+        <v>23</v>
       </c>
       <c r="E480" s="1">
-        <v>10</v>
+        <v>9</v>
       </c>
     </row>
     <row r="481">
       <c r="A481" s="1">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="B481" s="1">
-        <v>1408</v>
+        <v>383</v>
       </c>
       <c r="C481" s="1" t="s">
         <v>458</v>
       </c>
       <c r="D481" s="1" t="s">
-        <v>23</v>
+        <v>42</v>
       </c>
       <c r="E481" s="1">
-        <v>9</v>
+        <v>8</v>
       </c>
     </row>
     <row r="482">
       <c r="A482" s="1">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="B482" s="1">
-        <v>383</v>
+        <v>1912</v>
       </c>
       <c r="C482" s="1" t="s">
         <v>459</v>
       </c>
       <c r="D482" s="1" t="s">
-        <v>42</v>
+        <v>27</v>
       </c>
       <c r="E482" s="1">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="483">
       <c r="A483" s="1">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="B483" s="1">
-        <v>1912</v>
+        <v>205</v>
       </c>
       <c r="C483" s="1" t="s">
         <v>460</v>
       </c>
       <c r="D483" s="1" t="s">
-        <v>27</v>
+        <v>257</v>
       </c>
       <c r="E483" s="1">
-        <v>7</v>
+        <v>6</v>
       </c>
     </row>
     <row r="484">
       <c r="A484" s="1">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="B484" s="1">
-        <v>205</v>
+        <v>1414</v>
       </c>
       <c r="C484" s="1" t="s">
         <v>461</v>
       </c>
       <c r="D484" s="1" t="s">
-        <v>258</v>
+        <v>23</v>
       </c>
       <c r="E484" s="1">
-        <v>6</v>
+        <v>5</v>
       </c>
     </row>
     <row r="485">
       <c r="A485" s="1">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="B485" s="1">
-        <v>1414</v>
+        <v>912</v>
       </c>
       <c r="C485" s="1" t="s">
         <v>462</v>
       </c>
       <c r="D485" s="1" t="s">
-        <v>23</v>
+        <v>64</v>
       </c>
       <c r="E485" s="1">
-        <v>5</v>
+        <v>4</v>
       </c>
     </row>
     <row r="486">
       <c r="A486" s="1">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="B486" s="1">
-        <v>912</v>
+        <v>1155</v>
       </c>
       <c r="C486" s="1" t="s">
         <v>463</v>
       </c>
       <c r="D486" s="1" t="s">
-        <v>64</v>
+        <v>273</v>
       </c>
       <c r="E486" s="1">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="487">
       <c r="A487" s="1">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="B487" s="1">
-        <v>1155</v>
+        <v>1428</v>
       </c>
       <c r="C487" s="1" t="s">
         <v>464</v>
       </c>
       <c r="D487" s="1" t="s">
-        <v>274</v>
+        <v>399</v>
       </c>
       <c r="E487" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="488">
       <c r="A488" s="1">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="B488" s="1">
-        <v>1428</v>
+        <v>1901</v>
       </c>
       <c r="C488" s="1" t="s">
         <v>465</v>
       </c>
       <c r="D488" s="1" t="s">
-        <v>400</v>
+        <v>27</v>
       </c>
       <c r="E488" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="489">
       <c r="A489" s="1">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="B489" s="1">
-        <v>1901</v>
+        <v>658</v>
       </c>
       <c r="C489" s="1" t="s">
         <v>466</v>
       </c>
       <c r="D489" s="1" t="s">
-        <v>27</v>
+        <v>81</v>
       </c>
       <c r="E489" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="490">
       <c r="A490" s="1">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="B490" s="1">
-        <v>658</v>
+        <v>1768</v>
       </c>
       <c r="C490" s="1" t="s">
         <v>467</v>
       </c>
       <c r="D490" s="1" t="s">
-        <v>81</v>
+        <v>399</v>
       </c>
       <c r="E490" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="491">
       <c r="A491" s="1">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="B491" s="1">
-        <v>1768</v>
+        <v>970</v>
       </c>
       <c r="C491" s="1" t="s">
         <v>468</v>
       </c>
       <c r="D491" s="1" t="s">
-        <v>400</v>
+        <v>469</v>
       </c>
       <c r="E491" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="492">
       <c r="A492" s="1">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="B492" s="1">
-        <v>970</v>
+        <v>431</v>
       </c>
       <c r="C492" s="1" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
       <c r="D492" s="1" t="s">
-        <v>470</v>
+        <v>42</v>
       </c>
       <c r="E492" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="493">
       <c r="A493" s="1">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="B493" s="1">
-        <v>431</v>
+        <v>342</v>
       </c>
       <c r="C493" s="1" t="s">
         <v>471</v>
       </c>
       <c r="D493" s="1" t="s">
-        <v>42</v>
+        <v>8</v>
       </c>
       <c r="E493" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="494">
       <c r="A494" s="1">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="B494" s="1">
-        <v>342</v>
+        <v>983</v>
       </c>
       <c r="C494" s="1" t="s">
         <v>472</v>
       </c>
       <c r="D494" s="1" t="s">
-        <v>8</v>
+        <v>56</v>
       </c>
       <c r="E494" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="495">
       <c r="A495" s="1">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="B495" s="1">
-        <v>983</v>
+        <v>358</v>
       </c>
       <c r="C495" s="1" t="s">
         <v>473</v>
       </c>
       <c r="D495" s="1" t="s">
-        <v>56</v>
+        <v>8</v>
       </c>
       <c r="E495" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="496">
       <c r="A496" s="1">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="B496" s="1">
-        <v>358</v>
+        <v>1003</v>
       </c>
       <c r="C496" s="1" t="s">
         <v>474</v>
       </c>
       <c r="D496" s="1" t="s">
-        <v>8</v>
+        <v>56</v>
       </c>
       <c r="E496" s="1">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="497">
       <c r="A497" s="1">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="B497" s="1">
-        <v>1003</v>
+        <v>1630</v>
       </c>
       <c r="C497" s="1" t="s">
         <v>475</v>
       </c>
       <c r="D497" s="1" t="s">
-        <v>56</v>
+        <v>73</v>
       </c>
       <c r="E497" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="498">
       <c r="A498" s="1">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="B498" s="1">
-        <v>1630</v>
+        <v>1465</v>
       </c>
       <c r="C498" s="1" t="s">
         <v>476</v>
       </c>
       <c r="D498" s="1" t="s">
-        <v>73</v>
+        <v>48</v>
       </c>
       <c r="E498" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="499">
       <c r="A499" s="1">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="B499" s="1">
-        <v>1465</v>
+        <v>1566</v>
       </c>
       <c r="C499" s="1" t="s">
         <v>477</v>
       </c>
       <c r="D499" s="1" t="s">
-        <v>48</v>
+        <v>8</v>
       </c>
       <c r="E499" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="500">
       <c r="A500" s="1">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B500" s="1">
-        <v>1566</v>
+        <v>514</v>
       </c>
       <c r="C500" s="1" t="s">
         <v>478</v>
       </c>
       <c r="D500" s="1" t="s">
-        <v>8</v>
+        <v>399</v>
       </c>
       <c r="E500" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="501">
       <c r="A501" s="1">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B501" s="1">
-        <v>514</v>
+        <v>1232</v>
       </c>
       <c r="C501" s="1" t="s">
         <v>479</v>
       </c>
       <c r="D501" s="1" t="s">
-        <v>400</v>
+        <v>64</v>
       </c>
       <c r="E501" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="502">
       <c r="A502" s="1">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="B502" s="1">
-        <v>1232</v>
+        <v>1899</v>
       </c>
       <c r="C502" s="1" t="s">
         <v>480</v>
       </c>
       <c r="D502" s="1" t="s">
-        <v>64</v>
+        <v>27</v>
       </c>
       <c r="E502" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="503">
       <c r="A503" s="1">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="B503" s="1">
-        <v>1899</v>
+        <v>1809</v>
       </c>
       <c r="C503" s="1" t="s">
         <v>481</v>
       </c>
       <c r="D503" s="1" t="s">
-        <v>27</v>
+        <v>18</v>
       </c>
       <c r="E503" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="504">
       <c r="A504" s="1">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B504" s="1">
-        <v>1809</v>
+        <v>1574</v>
       </c>
       <c r="C504" s="1" t="s">
         <v>482</v>
       </c>
       <c r="D504" s="1" t="s">
-        <v>18</v>
+        <v>73</v>
       </c>
       <c r="E504" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="505">
       <c r="A505" s="1">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B505" s="1">
-        <v>1574</v>
+        <v>1115</v>
       </c>
       <c r="C505" s="1" t="s">
         <v>483</v>
       </c>
       <c r="D505" s="1" t="s">
-        <v>73</v>
+        <v>273</v>
       </c>
       <c r="E505" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="506">
       <c r="A506" s="1">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="B506" s="1">
-        <v>1115</v>
+        <v>495</v>
       </c>
       <c r="C506" s="1" t="s">
         <v>484</v>
       </c>
       <c r="D506" s="1" t="s">
-        <v>274</v>
+        <v>315</v>
       </c>
       <c r="E506" s="1">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="507">
       <c r="A507" s="1">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="B507" s="1">
-        <v>495</v>
+        <v>583</v>
       </c>
       <c r="C507" s="1" t="s">
         <v>485</v>
       </c>
       <c r="D507" s="1" t="s">
-        <v>316</v>
+        <v>15</v>
       </c>
       <c r="E507" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="508">
       <c r="A508" s="1">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B508" s="1">
-        <v>583</v>
+        <v>1622</v>
       </c>
       <c r="C508" s="1" t="s">
         <v>486</v>
       </c>
       <c r="D508" s="1" t="s">
-        <v>15</v>
+        <v>73</v>
       </c>
       <c r="E508" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="509">
       <c r="A509" s="1">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="B509" s="1">
-        <v>1622</v>
+        <v>1122</v>
       </c>
       <c r="C509" s="1" t="s">
         <v>487</v>
       </c>
       <c r="D509" s="1" t="s">
-        <v>73</v>
+        <v>273</v>
       </c>
       <c r="E509" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="510">
       <c r="A510" s="1">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="B510" s="1">
-        <v>1122</v>
+        <v>116</v>
       </c>
       <c r="C510" s="1" t="s">
         <v>488</v>
       </c>
       <c r="D510" s="1" t="s">
-        <v>274</v>
+        <v>46</v>
       </c>
       <c r="E510" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="511">
       <c r="A511" s="1">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="B511" s="1">
-        <v>116</v>
+        <v>830</v>
       </c>
       <c r="C511" s="1" t="s">
         <v>489</v>
       </c>
       <c r="D511" s="1" t="s">
-        <v>46</v>
+        <v>112</v>
       </c>
       <c r="E511" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="512">
       <c r="A512" s="1">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="B512" s="1">
-        <v>830</v>
+        <v>1592</v>
       </c>
       <c r="C512" s="1" t="s">
         <v>490</v>
       </c>
       <c r="D512" s="1" t="s">
-        <v>114</v>
+        <v>73</v>
       </c>
       <c r="E512" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="513">
       <c r="A513" s="1">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="B513" s="1">
-        <v>1592</v>
+        <v>1299</v>
       </c>
       <c r="C513" s="1" t="s">
         <v>491</v>
       </c>
       <c r="D513" s="1" t="s">
-        <v>73</v>
+        <v>10</v>
       </c>
       <c r="E513" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="514">
       <c r="A514" s="1">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="B514" s="1">
-        <v>1299</v>
+        <v>451</v>
       </c>
       <c r="C514" s="1" t="s">
         <v>492</v>
       </c>
       <c r="D514" s="1" t="s">
-        <v>10</v>
+        <v>42</v>
       </c>
       <c r="E514" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="515">
       <c r="A515" s="1">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="B515" s="1">
-        <v>451</v>
+        <v>468</v>
       </c>
       <c r="C515" s="1" t="s">
         <v>493</v>
       </c>
       <c r="D515" s="1" t="s">
         <v>42</v>
       </c>
       <c r="E515" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="516">
       <c r="A516" s="1">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="B516" s="1">
-        <v>468</v>
+        <v>1467</v>
       </c>
       <c r="C516" s="1" t="s">
         <v>494</v>
       </c>
       <c r="D516" s="1" t="s">
-        <v>42</v>
+        <v>48</v>
       </c>
       <c r="E516" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="517">
       <c r="A517" s="1">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="B517" s="1">
-        <v>1467</v>
+        <v>641</v>
       </c>
       <c r="C517" s="1" t="s">
         <v>495</v>
       </c>
       <c r="D517" s="1" t="s">
-        <v>48</v>
+        <v>81</v>
       </c>
       <c r="E517" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="518">
       <c r="A518" s="1">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="B518" s="1">
-        <v>641</v>
+        <v>1129</v>
       </c>
       <c r="C518" s="1" t="s">
         <v>496</v>
       </c>
       <c r="D518" s="1" t="s">
-        <v>81</v>
+        <v>273</v>
       </c>
       <c r="E518" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="519">
       <c r="A519" s="1">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="B519" s="1">
-        <v>1129</v>
+        <v>799</v>
       </c>
       <c r="C519" s="1" t="s">
         <v>497</v>
       </c>
       <c r="D519" s="1" t="s">
-        <v>274</v>
+        <v>112</v>
       </c>
       <c r="E519" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="520">
       <c r="A520" s="1">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="B520" s="1">
-        <v>799</v>
+        <v>776</v>
       </c>
       <c r="C520" s="1" t="s">
         <v>498</v>
       </c>
       <c r="D520" s="1" t="s">
-        <v>114</v>
+        <v>13</v>
       </c>
       <c r="E520" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="521">
       <c r="A521" s="1">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="B521" s="1">
-        <v>776</v>
+        <v>1374</v>
       </c>
       <c r="C521" s="1" t="s">
         <v>499</v>
       </c>
       <c r="D521" s="1" t="s">
-        <v>13</v>
+        <v>500</v>
       </c>
       <c r="E521" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="522">
       <c r="A522" s="1">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="B522" s="1">
-        <v>1374</v>
+        <v>1476</v>
       </c>
       <c r="C522" s="1" t="s">
-        <v>500</v>
+        <v>501</v>
       </c>
       <c r="D522" s="1" t="s">
-        <v>501</v>
+        <v>48</v>
       </c>
       <c r="E522" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="523">
       <c r="A523" s="1">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="B523" s="1">
-        <v>1476</v>
+        <v>113</v>
       </c>
       <c r="C523" s="1" t="s">
         <v>502</v>
       </c>
       <c r="D523" s="1" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="E523" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="524">
       <c r="A524" s="1">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="B524" s="1">
-        <v>113</v>
+        <v>1254</v>
       </c>
       <c r="C524" s="1" t="s">
         <v>503</v>
       </c>
       <c r="D524" s="1" t="s">
-        <v>46</v>
+        <v>10</v>
       </c>
       <c r="E524" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="525">
       <c r="A525" s="1">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="B525" s="1">
-        <v>1254</v>
+        <v>804</v>
       </c>
       <c r="C525" s="1" t="s">
         <v>504</v>
       </c>
       <c r="D525" s="1" t="s">
-        <v>10</v>
+        <v>112</v>
       </c>
       <c r="E525" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="526">
       <c r="A526" s="1">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="B526" s="1">
-        <v>804</v>
+        <v>1579</v>
       </c>
       <c r="C526" s="1" t="s">
         <v>505</v>
       </c>
       <c r="D526" s="1" t="s">
-        <v>114</v>
+        <v>73</v>
       </c>
       <c r="E526" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="527">
       <c r="A527" s="1">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="B527" s="1">
-        <v>1579</v>
+        <v>1846</v>
       </c>
       <c r="C527" s="1" t="s">
         <v>506</v>
       </c>
       <c r="D527" s="1" t="s">
-        <v>73</v>
+        <v>18</v>
       </c>
       <c r="E527" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="528">
       <c r="A528" s="1">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="B528" s="1">
-        <v>1846</v>
+        <v>112</v>
       </c>
       <c r="C528" s="1" t="s">
         <v>507</v>
       </c>
       <c r="D528" s="1" t="s">
-        <v>18</v>
+        <v>46</v>
       </c>
       <c r="E528" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="529">
       <c r="A529" s="1">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="B529" s="1">
-        <v>112</v>
+        <v>1267</v>
       </c>
       <c r="C529" s="1" t="s">
         <v>508</v>
       </c>
       <c r="D529" s="1" t="s">
-        <v>46</v>
+        <v>10</v>
       </c>
       <c r="E529" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="530">
       <c r="A530" s="1">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="B530" s="1">
-        <v>1267</v>
+        <v>828</v>
       </c>
       <c r="C530" s="1" t="s">
         <v>509</v>
       </c>
       <c r="D530" s="1" t="s">
-        <v>10</v>
+        <v>112</v>
       </c>
       <c r="E530" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="531">
       <c r="A531" s="1">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B531" s="1">
-        <v>828</v>
+        <v>548</v>
       </c>
       <c r="C531" s="1" t="s">
         <v>510</v>
       </c>
       <c r="D531" s="1" t="s">
-        <v>114</v>
+        <v>511</v>
       </c>
       <c r="E531" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="532">
       <c r="A532" s="1">
+        <v>57</v>
+      </c>
+      <c r="B532" s="1">
+        <v>1388</v>
+      </c>
+      <c r="C532" s="1" t="s">
+        <v>512</v>
+      </c>
+      <c r="D532" s="1" t="s">
         <v>56</v>
-      </c>
-[...7 lines deleted...]
-        <v>512</v>
       </c>
       <c r="E532" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="533">
       <c r="A533" s="1">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="B533" s="1">
-        <v>1388</v>
+        <v>726</v>
       </c>
       <c r="C533" s="1" t="s">
         <v>513</v>
       </c>
       <c r="D533" s="1" t="s">
-        <v>56</v>
+        <v>511</v>
       </c>
       <c r="E533" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="534">
       <c r="A534" s="1">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="B534" s="1">
-        <v>726</v>
+        <v>355</v>
       </c>
       <c r="C534" s="1" t="s">
+        <v>219</v>
+      </c>
+      <c r="D534" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="E534" s="1">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="537">
+      <c r="A537" s="3" t="s">
         <v>514</v>
       </c>
-      <c r="D534" s="1" t="s">
-[...20 lines deleted...]
-        <v>1</v>
+      <c r="B537" s="3" t="s">
+        <v>514</v>
+      </c>
+      <c r="C537" s="3" t="s">
+        <v>514</v>
+      </c>
+      <c r="D537" s="3" t="s">
+        <v>514</v>
+      </c>
+      <c r="E537" s="3" t="s">
+        <v>514</v>
       </c>
     </row>
     <row r="538">
-      <c r="A538" s="3" t="s">
+      <c r="A538" s="2" t="s">
+        <v>2</v>
+      </c>
+      <c r="B538" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="C538" s="2" t="s">
+        <v>4</v>
+      </c>
+      <c r="D538" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="E538" s="2" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="539">
+      <c r="A539" s="1">
+        <v>1</v>
+      </c>
+      <c r="B539" s="1">
+        <v>1705</v>
+      </c>
+      <c r="C539" s="1" t="s">
         <v>515</v>
       </c>
-      <c r="B538" s="3" t="s">
-[...26 lines deleted...]
-        <v>6</v>
+      <c r="D539" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="E539" s="1">
+        <v>15</v>
       </c>
     </row>
     <row r="540">
       <c r="A540" s="1">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="B540" s="1">
-        <v>1705</v>
+        <v>1411</v>
       </c>
       <c r="C540" s="1" t="s">
         <v>516</v>
       </c>
       <c r="D540" s="1" t="s">
         <v>23</v>
       </c>
       <c r="E540" s="1">
-        <v>15</v>
+        <v>13</v>
       </c>
     </row>
     <row r="541">
       <c r="A541" s="1">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="B541" s="1">
-        <v>1411</v>
+        <v>1406</v>
       </c>
       <c r="C541" s="1" t="s">
         <v>517</v>
       </c>
       <c r="D541" s="1" t="s">
         <v>23</v>
       </c>
       <c r="E541" s="1">
-        <v>13</v>
+        <v>11</v>
       </c>
     </row>
     <row r="542">
       <c r="A542" s="1">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="B542" s="1">
-        <v>1406</v>
+        <v>32</v>
       </c>
       <c r="C542" s="1" t="s">
         <v>518</v>
       </c>
       <c r="D542" s="1" t="s">
-        <v>23</v>
+        <v>46</v>
       </c>
       <c r="E542" s="1">
-        <v>11</v>
+        <v>10</v>
       </c>
     </row>
     <row r="543">
       <c r="A543" s="1">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="B543" s="1">
-        <v>32</v>
+        <v>1462</v>
       </c>
       <c r="C543" s="1" t="s">
         <v>519</v>
       </c>
       <c r="D543" s="1" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="E543" s="1">
-        <v>10</v>
+        <v>9</v>
       </c>
     </row>
     <row r="544">
       <c r="A544" s="1">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="B544" s="1">
-        <v>1462</v>
+        <v>1688</v>
       </c>
       <c r="C544" s="1" t="s">
         <v>520</v>
       </c>
       <c r="D544" s="1" t="s">
-        <v>48</v>
+        <v>324</v>
       </c>
       <c r="E544" s="1">
-        <v>9</v>
+        <v>8</v>
       </c>
     </row>
     <row r="545">
       <c r="A545" s="1">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="B545" s="1">
-        <v>1688</v>
+        <v>1200</v>
       </c>
       <c r="C545" s="1" t="s">
         <v>521</v>
       </c>
       <c r="D545" s="1" t="s">
-        <v>325</v>
+        <v>101</v>
       </c>
       <c r="E545" s="1">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="546">
       <c r="A546" s="1">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="B546" s="1">
-        <v>1200</v>
+        <v>1691</v>
       </c>
       <c r="C546" s="1" t="s">
         <v>522</v>
       </c>
       <c r="D546" s="1" t="s">
-        <v>102</v>
+        <v>324</v>
       </c>
       <c r="E546" s="1">
-        <v>7</v>
+        <v>6</v>
       </c>
     </row>
     <row r="547">
       <c r="A547" s="1">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="B547" s="1">
-        <v>1691</v>
+        <v>1585</v>
       </c>
       <c r="C547" s="1" t="s">
         <v>523</v>
       </c>
       <c r="D547" s="1" t="s">
-        <v>325</v>
+        <v>73</v>
       </c>
       <c r="E547" s="1">
-        <v>6</v>
+        <v>5</v>
       </c>
     </row>
     <row r="548">
       <c r="A548" s="1">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="B548" s="1">
-        <v>1585</v>
+        <v>1922</v>
       </c>
       <c r="C548" s="1" t="s">
         <v>524</v>
       </c>
       <c r="D548" s="1" t="s">
-        <v>73</v>
+        <v>56</v>
       </c>
       <c r="E548" s="1">
-        <v>5</v>
+        <v>4</v>
       </c>
     </row>
     <row r="549">
       <c r="A549" s="1">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="B549" s="1">
-        <v>1922</v>
+        <v>1029</v>
       </c>
       <c r="C549" s="1" t="s">
         <v>525</v>
       </c>
       <c r="D549" s="1" t="s">
         <v>56</v>
       </c>
       <c r="E549" s="1">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="550">
       <c r="A550" s="1">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="B550" s="1">
-        <v>1029</v>
+        <v>353</v>
       </c>
       <c r="C550" s="1" t="s">
         <v>526</v>
       </c>
       <c r="D550" s="1" t="s">
-        <v>56</v>
+        <v>8</v>
       </c>
       <c r="E550" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="551">
       <c r="A551" s="1">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="B551" s="1">
-        <v>353</v>
+        <v>36</v>
       </c>
       <c r="C551" s="1" t="s">
         <v>527</v>
       </c>
       <c r="D551" s="1" t="s">
-        <v>8</v>
+        <v>46</v>
       </c>
       <c r="E551" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="552">
       <c r="A552" s="1">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="B552" s="1">
-        <v>36</v>
+        <v>321</v>
       </c>
       <c r="C552" s="1" t="s">
         <v>528</v>
       </c>
       <c r="D552" s="1" t="s">
-        <v>46</v>
+        <v>8</v>
       </c>
       <c r="E552" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="553">
       <c r="A553" s="1">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="B553" s="1">
-        <v>321</v>
+        <v>806</v>
       </c>
       <c r="C553" s="1" t="s">
         <v>529</v>
       </c>
       <c r="D553" s="1" t="s">
-        <v>8</v>
+        <v>112</v>
       </c>
       <c r="E553" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="554">
       <c r="A554" s="1">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="B554" s="1">
-        <v>806</v>
+        <v>1316</v>
       </c>
       <c r="C554" s="1" t="s">
         <v>530</v>
       </c>
       <c r="D554" s="1" t="s">
-        <v>114</v>
+        <v>10</v>
       </c>
       <c r="E554" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="555">
       <c r="A555" s="1">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="B555" s="1">
-        <v>1316</v>
+        <v>404</v>
       </c>
       <c r="C555" s="1" t="s">
         <v>531</v>
       </c>
       <c r="D555" s="1" t="s">
-        <v>10</v>
+        <v>42</v>
       </c>
       <c r="E555" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="556">
       <c r="A556" s="1">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="B556" s="1">
-        <v>404</v>
+        <v>680</v>
       </c>
       <c r="C556" s="1" t="s">
         <v>532</v>
       </c>
       <c r="D556" s="1" t="s">
         <v>42</v>
       </c>
       <c r="E556" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="557">
       <c r="A557" s="1">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="B557" s="1">
-        <v>680</v>
+        <v>1482</v>
       </c>
       <c r="C557" s="1" t="s">
         <v>533</v>
       </c>
       <c r="D557" s="1" t="s">
-        <v>42</v>
+        <v>48</v>
       </c>
       <c r="E557" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="558">
       <c r="A558" s="1">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="B558" s="1">
-        <v>1482</v>
+        <v>391</v>
       </c>
       <c r="C558" s="1" t="s">
         <v>534</v>
       </c>
       <c r="D558" s="1" t="s">
-        <v>48</v>
+        <v>42</v>
       </c>
       <c r="E558" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="559">
       <c r="A559" s="1">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="B559" s="1">
-        <v>391</v>
+        <v>1599</v>
       </c>
       <c r="C559" s="1" t="s">
         <v>535</v>
       </c>
       <c r="D559" s="1" t="s">
-        <v>42</v>
+        <v>73</v>
       </c>
       <c r="E559" s="1">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="560">
       <c r="A560" s="1">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="B560" s="1">
-        <v>1599</v>
+        <v>209</v>
       </c>
       <c r="C560" s="1" t="s">
         <v>536</v>
       </c>
       <c r="D560" s="1" t="s">
-        <v>73</v>
+        <v>257</v>
       </c>
       <c r="E560" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="561">
       <c r="A561" s="1">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="B561" s="1">
-        <v>209</v>
+        <v>1275</v>
       </c>
       <c r="C561" s="1" t="s">
         <v>537</v>
       </c>
       <c r="D561" s="1" t="s">
-        <v>258</v>
+        <v>10</v>
       </c>
       <c r="E561" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="562">
       <c r="A562" s="1">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="B562" s="1">
-        <v>1275</v>
+        <v>206</v>
       </c>
       <c r="C562" s="1" t="s">
         <v>538</v>
       </c>
       <c r="D562" s="1" t="s">
-        <v>10</v>
+        <v>257</v>
       </c>
       <c r="E562" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="563">
       <c r="A563" s="1">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B563" s="1">
-        <v>206</v>
+        <v>1315</v>
       </c>
       <c r="C563" s="1" t="s">
         <v>539</v>
       </c>
       <c r="D563" s="1" t="s">
-        <v>258</v>
+        <v>10</v>
       </c>
       <c r="E563" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="564">
       <c r="A564" s="1">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B564" s="1">
-        <v>1315</v>
+        <v>1594</v>
       </c>
       <c r="C564" s="1" t="s">
         <v>540</v>
       </c>
       <c r="D564" s="1" t="s">
-        <v>10</v>
+        <v>73</v>
       </c>
       <c r="E564" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="565">
       <c r="A565" s="1">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="B565" s="1">
-        <v>1594</v>
+        <v>584</v>
       </c>
       <c r="C565" s="1" t="s">
         <v>541</v>
       </c>
       <c r="D565" s="1" t="s">
-        <v>73</v>
+        <v>15</v>
       </c>
       <c r="E565" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="566">
       <c r="A566" s="1">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="B566" s="1">
-        <v>584</v>
+        <v>1330</v>
       </c>
       <c r="C566" s="1" t="s">
         <v>542</v>
       </c>
       <c r="D566" s="1" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="E566" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="567">
       <c r="A567" s="1">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B567" s="1">
-        <v>1330</v>
+        <v>597</v>
       </c>
       <c r="C567" s="1" t="s">
         <v>543</v>
       </c>
       <c r="D567" s="1" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="E567" s="1">
         <v>2</v>
       </c>
     </row>
-    <row r="568">
-[...6 lines deleted...]
-      <c r="C568" s="1" t="s">
+    <row r="570">
+      <c r="A570" s="3" t="s">
         <v>544</v>
       </c>
-      <c r="D568" s="1" t="s">
+      <c r="B570" s="3" t="s">
+        <v>544</v>
+      </c>
+      <c r="C570" s="3" t="s">
+        <v>544</v>
+      </c>
+      <c r="D570" s="3" t="s">
+        <v>544</v>
+      </c>
+      <c r="E570" s="3" t="s">
+        <v>544</v>
+      </c>
+    </row>
+    <row r="571">
+      <c r="A571" s="2" t="s">
+        <v>2</v>
+      </c>
+      <c r="B571" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="C571" s="2" t="s">
+        <v>4</v>
+      </c>
+      <c r="D571" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="E571" s="2" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="572">
+      <c r="A572" s="1">
+        <v>1</v>
+      </c>
+      <c r="B572" s="1">
+        <v>117</v>
+      </c>
+      <c r="C572" s="1" t="s">
+        <v>545</v>
+      </c>
+      <c r="D572" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="E572" s="1">
         <v>15</v>
-      </c>
-[...35 lines deleted...]
-        <v>6</v>
       </c>
     </row>
     <row r="573">
       <c r="A573" s="1">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="B573" s="1">
-        <v>117</v>
+        <v>121</v>
       </c>
       <c r="C573" s="1" t="s">
         <v>546</v>
       </c>
       <c r="D573" s="1" t="s">
         <v>46</v>
       </c>
       <c r="E573" s="1">
-        <v>15</v>
+        <v>13</v>
       </c>
     </row>
     <row r="574">
       <c r="A574" s="1">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="B574" s="1">
-        <v>121</v>
+        <v>1776</v>
       </c>
       <c r="C574" s="1" t="s">
-        <v>547</v>
+        <v>335</v>
       </c>
       <c r="D574" s="1" t="s">
-        <v>46</v>
+        <v>18</v>
       </c>
       <c r="E574" s="1">
-        <v>13</v>
+        <v>11</v>
       </c>
     </row>
     <row r="575">
       <c r="A575" s="1">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="B575" s="1">
-        <v>1776</v>
+        <v>1011</v>
       </c>
       <c r="C575" s="1" t="s">
-        <v>336</v>
+        <v>547</v>
       </c>
       <c r="D575" s="1" t="s">
-        <v>18</v>
+        <v>56</v>
       </c>
       <c r="E575" s="1">
-        <v>11</v>
+        <v>10</v>
       </c>
     </row>
     <row r="576">
       <c r="A576" s="1">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="B576" s="1">
-        <v>1011</v>
+        <v>333</v>
       </c>
       <c r="C576" s="1" t="s">
         <v>548</v>
       </c>
       <c r="D576" s="1" t="s">
-        <v>56</v>
+        <v>8</v>
       </c>
       <c r="E576" s="1">
-        <v>10</v>
+        <v>9</v>
       </c>
     </row>
     <row r="577">
       <c r="A577" s="1">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="B577" s="1">
-        <v>333</v>
+        <v>1015</v>
       </c>
       <c r="C577" s="1" t="s">
         <v>549</v>
       </c>
       <c r="D577" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="E577" s="1">
         <v>8</v>
-      </c>
-[...1 lines deleted...]
-        <v>9</v>
       </c>
     </row>
     <row r="578">
       <c r="A578" s="1">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="B578" s="1">
-        <v>1015</v>
+        <v>287</v>
       </c>
       <c r="C578" s="1" t="s">
         <v>550</v>
       </c>
       <c r="D578" s="1" t="s">
-        <v>56</v>
+        <v>8</v>
       </c>
       <c r="E578" s="1">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="579">
       <c r="A579" s="1">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="B579" s="1">
-        <v>287</v>
+        <v>821</v>
       </c>
       <c r="C579" s="1" t="s">
         <v>551</v>
       </c>
       <c r="D579" s="1" t="s">
-        <v>8</v>
+        <v>112</v>
       </c>
       <c r="E579" s="1">
-        <v>7</v>
+        <v>6</v>
       </c>
     </row>
     <row r="580">
       <c r="A580" s="1">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="B580" s="1">
-        <v>821</v>
+        <v>1537</v>
       </c>
       <c r="C580" s="1" t="s">
         <v>552</v>
       </c>
       <c r="D580" s="1" t="s">
-        <v>114</v>
+        <v>27</v>
       </c>
       <c r="E580" s="1">
-        <v>6</v>
+        <v>5</v>
       </c>
     </row>
     <row r="581">
       <c r="A581" s="1">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="B581" s="1">
-        <v>1537</v>
+        <v>443</v>
       </c>
       <c r="C581" s="1" t="s">
         <v>553</v>
       </c>
       <c r="D581" s="1" t="s">
-        <v>27</v>
+        <v>42</v>
       </c>
       <c r="E581" s="1">
-        <v>5</v>
+        <v>4</v>
       </c>
     </row>
     <row r="582">
       <c r="A582" s="1">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="B582" s="1">
-        <v>443</v>
+        <v>472</v>
       </c>
       <c r="C582" s="1" t="s">
         <v>554</v>
       </c>
       <c r="D582" s="1" t="s">
         <v>42</v>
       </c>
       <c r="E582" s="1">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="583">
       <c r="A583" s="1">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="B583" s="1">
-        <v>472</v>
+        <v>388</v>
       </c>
       <c r="C583" s="1" t="s">
         <v>555</v>
       </c>
       <c r="D583" s="1" t="s">
         <v>42</v>
       </c>
       <c r="E583" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="584">
       <c r="A584" s="1">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="B584" s="1">
-        <v>388</v>
+        <v>118</v>
       </c>
       <c r="C584" s="1" t="s">
         <v>556</v>
       </c>
       <c r="D584" s="1" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="E584" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="585">
       <c r="A585" s="1">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="B585" s="1">
-        <v>118</v>
+        <v>1292</v>
       </c>
       <c r="C585" s="1" t="s">
         <v>557</v>
       </c>
       <c r="D585" s="1" t="s">
-        <v>46</v>
+        <v>10</v>
       </c>
       <c r="E585" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="586">
       <c r="A586" s="1">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="B586" s="1">
-        <v>1292</v>
+        <v>1581</v>
       </c>
       <c r="C586" s="1" t="s">
         <v>558</v>
       </c>
       <c r="D586" s="1" t="s">
-        <v>10</v>
+        <v>73</v>
       </c>
       <c r="E586" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="587">
       <c r="A587" s="1">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="B587" s="1">
-        <v>1581</v>
+        <v>1631</v>
       </c>
       <c r="C587" s="1" t="s">
         <v>559</v>
       </c>
       <c r="D587" s="1" t="s">
         <v>73</v>
       </c>
       <c r="E587" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="588">
       <c r="A588" s="1">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="B588" s="1">
-        <v>1631</v>
+        <v>1327</v>
       </c>
       <c r="C588" s="1" t="s">
         <v>560</v>
       </c>
       <c r="D588" s="1" t="s">
-        <v>73</v>
+        <v>56</v>
       </c>
       <c r="E588" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="589">
       <c r="A589" s="1">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="B589" s="1">
-        <v>1327</v>
+        <v>125</v>
       </c>
       <c r="C589" s="1" t="s">
         <v>561</v>
       </c>
       <c r="D589" s="1" t="s">
-        <v>56</v>
+        <v>46</v>
       </c>
       <c r="E589" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="590">
       <c r="A590" s="1">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="B590" s="1">
-        <v>125</v>
+        <v>1014</v>
       </c>
       <c r="C590" s="1" t="s">
         <v>562</v>
       </c>
       <c r="D590" s="1" t="s">
-        <v>46</v>
+        <v>56</v>
       </c>
       <c r="E590" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="591">
       <c r="A591" s="1">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="B591" s="1">
-        <v>1014</v>
+        <v>1059</v>
       </c>
       <c r="C591" s="1" t="s">
         <v>563</v>
       </c>
       <c r="D591" s="1" t="s">
         <v>56</v>
       </c>
       <c r="E591" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="592">
       <c r="A592" s="1">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="B592" s="1">
-        <v>1059</v>
+        <v>1502</v>
       </c>
       <c r="C592" s="1" t="s">
         <v>564</v>
       </c>
       <c r="D592" s="1" t="s">
-        <v>56</v>
+        <v>48</v>
       </c>
       <c r="E592" s="1">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="593">
       <c r="A593" s="1">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="B593" s="1">
-        <v>1502</v>
+        <v>771</v>
       </c>
       <c r="C593" s="1" t="s">
         <v>565</v>
       </c>
       <c r="D593" s="1" t="s">
-        <v>48</v>
+        <v>101</v>
       </c>
       <c r="E593" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="594">
       <c r="A594" s="1">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="B594" s="1">
-        <v>771</v>
+        <v>368</v>
       </c>
       <c r="C594" s="1" t="s">
         <v>566</v>
       </c>
       <c r="D594" s="1" t="s">
-        <v>102</v>
+        <v>42</v>
       </c>
       <c r="E594" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="595">
       <c r="A595" s="1">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="B595" s="1">
-        <v>368</v>
+        <v>291</v>
       </c>
       <c r="C595" s="1" t="s">
         <v>567</v>
       </c>
       <c r="D595" s="1" t="s">
-        <v>42</v>
+        <v>8</v>
       </c>
       <c r="E595" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="596">
       <c r="A596" s="1">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B596" s="1">
-        <v>291</v>
+        <v>1002</v>
       </c>
       <c r="C596" s="1" t="s">
         <v>568</v>
       </c>
       <c r="D596" s="1" t="s">
-        <v>8</v>
+        <v>56</v>
       </c>
       <c r="E596" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="597">
       <c r="A597" s="1">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B597" s="1">
-        <v>1002</v>
+        <v>1802</v>
       </c>
       <c r="C597" s="1" t="s">
         <v>569</v>
       </c>
       <c r="D597" s="1" t="s">
-        <v>56</v>
+        <v>18</v>
       </c>
       <c r="E597" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="598">
       <c r="A598" s="1">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="B598" s="1">
-        <v>1802</v>
+        <v>621</v>
       </c>
       <c r="C598" s="1" t="s">
         <v>570</v>
       </c>
       <c r="D598" s="1" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="E598" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="599">
       <c r="A599" s="1">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="B599" s="1">
-        <v>621</v>
+        <v>755</v>
       </c>
       <c r="C599" s="1" t="s">
         <v>571</v>
       </c>
       <c r="D599" s="1" t="s">
-        <v>15</v>
+        <v>332</v>
       </c>
       <c r="E599" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="600">
       <c r="A600" s="1">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B600" s="1">
-        <v>755</v>
+        <v>474</v>
       </c>
       <c r="C600" s="1" t="s">
-        <v>572</v>
+        <v>425</v>
       </c>
       <c r="D600" s="1" t="s">
-        <v>333</v>
+        <v>42</v>
       </c>
       <c r="E600" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="601">
       <c r="A601" s="1">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B601" s="1">
-        <v>474</v>
+        <v>1410</v>
       </c>
       <c r="C601" s="1" t="s">
-        <v>426</v>
+        <v>572</v>
       </c>
       <c r="D601" s="1" t="s">
-        <v>42</v>
+        <v>23</v>
       </c>
       <c r="E601" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="602">
       <c r="A602" s="1">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="B602" s="1">
-        <v>1410</v>
+        <v>571</v>
       </c>
       <c r="C602" s="1" t="s">
         <v>573</v>
       </c>
       <c r="D602" s="1" t="s">
-        <v>23</v>
+        <v>315</v>
       </c>
       <c r="E602" s="1">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="603">
       <c r="A603" s="1">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="B603" s="1">
-        <v>571</v>
+        <v>982</v>
       </c>
       <c r="C603" s="1" t="s">
         <v>574</v>
       </c>
       <c r="D603" s="1" t="s">
-        <v>316</v>
+        <v>101</v>
       </c>
       <c r="E603" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="604">
       <c r="A604" s="1">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B604" s="1">
-        <v>982</v>
+        <v>1483</v>
       </c>
       <c r="C604" s="1" t="s">
         <v>575</v>
       </c>
       <c r="D604" s="1" t="s">
-        <v>102</v>
+        <v>48</v>
       </c>
       <c r="E604" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="605">
       <c r="A605" s="1">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="B605" s="1">
-        <v>1483</v>
+        <v>924</v>
       </c>
       <c r="C605" s="1" t="s">
         <v>576</v>
       </c>
       <c r="D605" s="1" t="s">
-        <v>48</v>
+        <v>64</v>
       </c>
       <c r="E605" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="606">
       <c r="A606" s="1">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="B606" s="1">
-        <v>924</v>
+        <v>951</v>
       </c>
       <c r="C606" s="1" t="s">
         <v>577</v>
       </c>
       <c r="D606" s="1" t="s">
-        <v>64</v>
+        <v>273</v>
       </c>
       <c r="E606" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="607">
       <c r="A607" s="1">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="B607" s="1">
-        <v>951</v>
+        <v>223</v>
       </c>
       <c r="C607" s="1" t="s">
         <v>578</v>
       </c>
       <c r="D607" s="1" t="s">
-        <v>13</v>
+        <v>257</v>
       </c>
       <c r="E607" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="608">
       <c r="A608" s="1">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="B608" s="1">
-        <v>223</v>
+        <v>757</v>
       </c>
       <c r="C608" s="1" t="s">
         <v>579</v>
       </c>
       <c r="D608" s="1" t="s">
-        <v>258</v>
+        <v>101</v>
       </c>
       <c r="E608" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="609">
       <c r="A609" s="1">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="B609" s="1">
-        <v>757</v>
+        <v>750</v>
       </c>
       <c r="C609" s="1" t="s">
         <v>580</v>
       </c>
       <c r="D609" s="1" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
       <c r="E609" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="610">
       <c r="A610" s="1">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="B610" s="1">
-        <v>750</v>
+        <v>362</v>
       </c>
       <c r="C610" s="1" t="s">
         <v>581</v>
       </c>
       <c r="D610" s="1" t="s">
-        <v>102</v>
+        <v>42</v>
       </c>
       <c r="E610" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="611">
       <c r="A611" s="1">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="B611" s="1">
-        <v>362</v>
+        <v>938</v>
       </c>
       <c r="C611" s="1" t="s">
         <v>582</v>
       </c>
       <c r="D611" s="1" t="s">
-        <v>42</v>
+        <v>64</v>
       </c>
       <c r="E611" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="612">
       <c r="A612" s="1">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="B612" s="1">
-        <v>938</v>
+        <v>824</v>
       </c>
       <c r="C612" s="1" t="s">
         <v>583</v>
       </c>
       <c r="D612" s="1" t="s">
-        <v>64</v>
+        <v>112</v>
       </c>
       <c r="E612" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="613">
       <c r="A613" s="1">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="B613" s="1">
-        <v>824</v>
+        <v>1301</v>
       </c>
       <c r="C613" s="1" t="s">
         <v>584</v>
       </c>
       <c r="D613" s="1" t="s">
-        <v>114</v>
+        <v>10</v>
       </c>
       <c r="E613" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="614">
       <c r="A614" s="1">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="B614" s="1">
-        <v>1301</v>
+        <v>1347</v>
       </c>
       <c r="C614" s="1" t="s">
         <v>585</v>
       </c>
       <c r="D614" s="1" t="s">
-        <v>10</v>
+        <v>23</v>
       </c>
       <c r="E614" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="615">
       <c r="A615" s="1">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="B615" s="1">
-        <v>1347</v>
+        <v>1286</v>
       </c>
       <c r="C615" s="1" t="s">
         <v>586</v>
       </c>
       <c r="D615" s="1" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
       <c r="E615" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="616">
       <c r="A616" s="1">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="B616" s="1">
-        <v>1286</v>
+        <v>1598</v>
       </c>
       <c r="C616" s="1" t="s">
         <v>587</v>
       </c>
       <c r="D616" s="1" t="s">
-        <v>10</v>
+        <v>73</v>
       </c>
       <c r="E616" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="617">
       <c r="A617" s="1">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="B617" s="1">
-        <v>1598</v>
+        <v>989</v>
       </c>
       <c r="C617" s="1" t="s">
         <v>588</v>
       </c>
       <c r="D617" s="1" t="s">
-        <v>73</v>
+        <v>56</v>
       </c>
       <c r="E617" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="618">
       <c r="A618" s="1">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="B618" s="1">
-        <v>989</v>
+        <v>508</v>
       </c>
       <c r="C618" s="1" t="s">
         <v>589</v>
       </c>
       <c r="D618" s="1" t="s">
-        <v>56</v>
+        <v>315</v>
       </c>
       <c r="E618" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="619">
       <c r="A619" s="1">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="B619" s="1">
-        <v>508</v>
+        <v>199</v>
       </c>
       <c r="C619" s="1" t="s">
         <v>590</v>
       </c>
       <c r="D619" s="1" t="s">
-        <v>316</v>
+        <v>257</v>
       </c>
       <c r="E619" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="620">
       <c r="A620" s="1">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="B620" s="1">
-        <v>199</v>
+        <v>1509</v>
       </c>
       <c r="C620" s="1" t="s">
         <v>591</v>
       </c>
       <c r="D620" s="1" t="s">
-        <v>258</v>
+        <v>56</v>
       </c>
       <c r="E620" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="621">
       <c r="A621" s="1">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="B621" s="1">
-        <v>1509</v>
+        <v>653</v>
       </c>
       <c r="C621" s="1" t="s">
         <v>592</v>
       </c>
       <c r="D621" s="1" t="s">
-        <v>56</v>
+        <v>81</v>
       </c>
       <c r="E621" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="622">
       <c r="A622" s="1">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="B622" s="1">
-        <v>653</v>
+        <v>782</v>
       </c>
       <c r="C622" s="1" t="s">
         <v>593</v>
       </c>
       <c r="D622" s="1" t="s">
-        <v>81</v>
+        <v>594</v>
       </c>
       <c r="E622" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="623">
       <c r="A623" s="1">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="B623" s="1">
-        <v>782</v>
+        <v>1754</v>
       </c>
       <c r="C623" s="1" t="s">
-        <v>594</v>
+        <v>595</v>
       </c>
       <c r="D623" s="1" t="s">
-        <v>595</v>
+        <v>326</v>
       </c>
       <c r="E623" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="624">
       <c r="A624" s="1">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="B624" s="1">
-        <v>1754</v>
+        <v>395</v>
       </c>
       <c r="C624" s="1" t="s">
         <v>596</v>
       </c>
       <c r="D624" s="1" t="s">
-        <v>327</v>
+        <v>42</v>
       </c>
       <c r="E624" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="625">
       <c r="A625" s="1">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="B625" s="1">
-        <v>395</v>
+        <v>255</v>
       </c>
       <c r="C625" s="1" t="s">
         <v>597</v>
       </c>
       <c r="D625" s="1" t="s">
-        <v>42</v>
+        <v>8</v>
       </c>
       <c r="E625" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="626">
       <c r="A626" s="1">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="B626" s="1">
-        <v>255</v>
+        <v>1479</v>
       </c>
       <c r="C626" s="1" t="s">
         <v>598</v>
       </c>
       <c r="D626" s="1" t="s">
-        <v>8</v>
+        <v>48</v>
       </c>
       <c r="E626" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="627">
       <c r="A627" s="1">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B627" s="1">
-        <v>1479</v>
+        <v>1481</v>
       </c>
       <c r="C627" s="1" t="s">
         <v>599</v>
       </c>
       <c r="D627" s="1" t="s">
         <v>48</v>
       </c>
       <c r="E627" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="628">
       <c r="A628" s="1">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="B628" s="1">
-        <v>1481</v>
+        <v>243</v>
       </c>
       <c r="C628" s="1" t="s">
         <v>600</v>
       </c>
       <c r="D628" s="1" t="s">
-        <v>48</v>
+        <v>257</v>
       </c>
       <c r="E628" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="629">
       <c r="A629" s="1">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="B629" s="1">
-        <v>243</v>
+        <v>208</v>
       </c>
       <c r="C629" s="1" t="s">
         <v>601</v>
       </c>
       <c r="D629" s="1" t="s">
-        <v>258</v>
+        <v>257</v>
       </c>
       <c r="E629" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="630">
       <c r="A630" s="1">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="B630" s="1">
-        <v>208</v>
+        <v>1894</v>
       </c>
       <c r="C630" s="1" t="s">
         <v>602</v>
       </c>
       <c r="D630" s="1" t="s">
-        <v>258</v>
+        <v>13</v>
       </c>
       <c r="E630" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="631">
       <c r="A631" s="1">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="B631" s="1">
-        <v>1894</v>
+        <v>1473</v>
       </c>
       <c r="C631" s="1" t="s">
         <v>603</v>
       </c>
       <c r="D631" s="1" t="s">
-        <v>13</v>
+        <v>48</v>
       </c>
       <c r="E631" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="632">
       <c r="A632" s="1">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="B632" s="1">
-        <v>1473</v>
+        <v>1283</v>
       </c>
       <c r="C632" s="1" t="s">
         <v>604</v>
       </c>
       <c r="D632" s="1" t="s">
-        <v>48</v>
+        <v>10</v>
       </c>
       <c r="E632" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="633">
       <c r="A633" s="1">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="B633" s="1">
-        <v>1283</v>
+        <v>668</v>
       </c>
       <c r="C633" s="1" t="s">
         <v>605</v>
       </c>
       <c r="D633" s="1" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="E633" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="634">
       <c r="A634" s="1">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="B634" s="1">
-        <v>668</v>
+        <v>370</v>
       </c>
       <c r="C634" s="1" t="s">
         <v>606</v>
       </c>
       <c r="D634" s="1" t="s">
-        <v>13</v>
+        <v>42</v>
       </c>
       <c r="E634" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="635">
       <c r="A635" s="1">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="B635" s="1">
-        <v>370</v>
+        <v>998</v>
       </c>
       <c r="C635" s="1" t="s">
         <v>607</v>
       </c>
       <c r="D635" s="1" t="s">
-        <v>42</v>
+        <v>56</v>
       </c>
       <c r="E635" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="636">
       <c r="A636" s="1">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="B636" s="1">
-        <v>998</v>
+        <v>233</v>
       </c>
       <c r="C636" s="1" t="s">
         <v>608</v>
       </c>
       <c r="D636" s="1" t="s">
-        <v>56</v>
+        <v>257</v>
       </c>
       <c r="E636" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="637">
       <c r="A637" s="1">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="B637" s="1">
-        <v>233</v>
+        <v>1724</v>
       </c>
       <c r="C637" s="1" t="s">
         <v>609</v>
       </c>
       <c r="D637" s="1" t="s">
-        <v>258</v>
+        <v>23</v>
       </c>
       <c r="E637" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="638">
       <c r="A638" s="1">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="B638" s="1">
-        <v>1724</v>
+        <v>1441</v>
       </c>
       <c r="C638" s="1" t="s">
         <v>610</v>
       </c>
       <c r="D638" s="1" t="s">
-        <v>23</v>
+        <v>56</v>
       </c>
       <c r="E638" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="639">
       <c r="A639" s="1">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="B639" s="1">
-        <v>1441</v>
+        <v>1603</v>
       </c>
       <c r="C639" s="1" t="s">
         <v>611</v>
       </c>
       <c r="D639" s="1" t="s">
-        <v>56</v>
+        <v>73</v>
       </c>
       <c r="E639" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="640">
       <c r="A640" s="1">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="B640" s="1">
-        <v>1603</v>
+        <v>811</v>
       </c>
       <c r="C640" s="1" t="s">
         <v>612</v>
       </c>
       <c r="D640" s="1" t="s">
-        <v>73</v>
+        <v>112</v>
       </c>
       <c r="E640" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="641">
       <c r="A641" s="1">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="B641" s="1">
-        <v>811</v>
+        <v>390</v>
       </c>
       <c r="C641" s="1" t="s">
         <v>613</v>
       </c>
       <c r="D641" s="1" t="s">
-        <v>114</v>
+        <v>42</v>
       </c>
       <c r="E641" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="642">
       <c r="A642" s="1">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="B642" s="1">
-        <v>390</v>
+        <v>820</v>
       </c>
       <c r="C642" s="1" t="s">
         <v>614</v>
       </c>
       <c r="D642" s="1" t="s">
-        <v>42</v>
+        <v>112</v>
       </c>
       <c r="E642" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="643">
       <c r="A643" s="1">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="B643" s="1">
-        <v>820</v>
+        <v>1600</v>
       </c>
       <c r="C643" s="1" t="s">
         <v>615</v>
       </c>
       <c r="D643" s="1" t="s">
-        <v>114</v>
+        <v>73</v>
       </c>
       <c r="E643" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="644">
       <c r="A644" s="1">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="B644" s="1">
-        <v>1600</v>
+        <v>886</v>
       </c>
       <c r="C644" s="1" t="s">
         <v>616</v>
       </c>
       <c r="D644" s="1" t="s">
-        <v>73</v>
+        <v>64</v>
       </c>
       <c r="E644" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="645">
       <c r="A645" s="1">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="B645" s="1">
-        <v>886</v>
+        <v>1553</v>
       </c>
       <c r="C645" s="1" t="s">
         <v>617</v>
       </c>
       <c r="D645" s="1" t="s">
-        <v>64</v>
+        <v>101</v>
       </c>
       <c r="E645" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="646">
       <c r="A646" s="1">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="B646" s="1">
-        <v>1553</v>
+        <v>365</v>
       </c>
       <c r="C646" s="1" t="s">
         <v>618</v>
       </c>
       <c r="D646" s="1" t="s">
-        <v>102</v>
+        <v>42</v>
       </c>
       <c r="E646" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="647">
       <c r="A647" s="1">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="B647" s="1">
-        <v>365</v>
+        <v>1</v>
       </c>
       <c r="C647" s="1" t="s">
         <v>619</v>
       </c>
       <c r="D647" s="1" t="s">
-        <v>42</v>
+        <v>620</v>
       </c>
       <c r="E647" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="648">
       <c r="A648" s="1">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="B648" s="1">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="C648" s="1" t="s">
+        <v>621</v>
+      </c>
+      <c r="D648" s="1" t="s">
         <v>620</v>
-      </c>
-[...1 lines deleted...]
-        <v>621</v>
       </c>
       <c r="E648" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="649">
       <c r="A649" s="1">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="B649" s="1">
-        <v>4</v>
+        <v>526</v>
       </c>
       <c r="C649" s="1" t="s">
         <v>622</v>
       </c>
       <c r="D649" s="1" t="s">
-        <v>621</v>
+        <v>119</v>
       </c>
       <c r="E649" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="650">
       <c r="A650" s="1">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="B650" s="1">
-        <v>526</v>
+        <v>536</v>
       </c>
       <c r="C650" s="1" t="s">
         <v>623</v>
       </c>
       <c r="D650" s="1" t="s">
-        <v>121</v>
+        <v>119</v>
       </c>
       <c r="E650" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="651">
       <c r="A651" s="1">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="B651" s="1">
-        <v>536</v>
+        <v>1576</v>
       </c>
       <c r="C651" s="1" t="s">
         <v>624</v>
       </c>
       <c r="D651" s="1" t="s">
-        <v>121</v>
+        <v>73</v>
       </c>
       <c r="E651" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="652">
       <c r="A652" s="1">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="B652" s="1">
-        <v>1576</v>
+        <v>1591</v>
       </c>
       <c r="C652" s="1" t="s">
         <v>625</v>
       </c>
       <c r="D652" s="1" t="s">
         <v>73</v>
       </c>
       <c r="E652" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="653">
       <c r="A653" s="1">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="B653" s="1">
-        <v>1591</v>
+        <v>809</v>
       </c>
       <c r="C653" s="1" t="s">
         <v>626</v>
       </c>
       <c r="D653" s="1" t="s">
-        <v>73</v>
+        <v>112</v>
       </c>
       <c r="E653" s="1">
         <v>1</v>
       </c>
     </row>
-    <row r="654">
-[...6 lines deleted...]
-      <c r="C654" s="1" t="s">
+    <row r="656">
+      <c r="A656" s="3" t="s">
         <v>627</v>
       </c>
-      <c r="D654" s="1" t="s">
-[...3 lines deleted...]
-        <v>1</v>
+      <c r="B656" s="3" t="s">
+        <v>627</v>
+      </c>
+      <c r="C656" s="3" t="s">
+        <v>627</v>
+      </c>
+      <c r="D656" s="3" t="s">
+        <v>627</v>
+      </c>
+      <c r="E656" s="3" t="s">
+        <v>627</v>
       </c>
     </row>
     <row r="657">
-      <c r="A657" s="3" t="s">
+      <c r="A657" s="2" t="s">
+        <v>2</v>
+      </c>
+      <c r="B657" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="C657" s="2" t="s">
+        <v>4</v>
+      </c>
+      <c r="D657" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="E657" s="2" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="658">
+      <c r="A658" s="1">
+        <v>1</v>
+      </c>
+      <c r="B658" s="1">
+        <v>47</v>
+      </c>
+      <c r="C658" s="1" t="s">
         <v>628</v>
       </c>
-      <c r="B657" s="3" t="s">
-[...26 lines deleted...]
-        <v>6</v>
+      <c r="D658" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="E658" s="1">
+        <v>15</v>
       </c>
     </row>
     <row r="659">
       <c r="A659" s="1">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="B659" s="1">
-        <v>47</v>
+        <v>1918</v>
       </c>
       <c r="C659" s="1" t="s">
         <v>629</v>
       </c>
       <c r="D659" s="1" t="s">
-        <v>46</v>
+        <v>27</v>
       </c>
       <c r="E659" s="1">
-        <v>15</v>
+        <v>13</v>
       </c>
     </row>
     <row r="660">
       <c r="A660" s="1">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="B660" s="1">
-        <v>1918</v>
+        <v>1046</v>
       </c>
       <c r="C660" s="1" t="s">
         <v>630</v>
       </c>
       <c r="D660" s="1" t="s">
-        <v>27</v>
+        <v>56</v>
       </c>
       <c r="E660" s="1">
-        <v>13</v>
+        <v>11</v>
       </c>
     </row>
     <row r="661">
       <c r="A661" s="1">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="B661" s="1">
-        <v>1046</v>
+        <v>1907</v>
       </c>
       <c r="C661" s="1" t="s">
         <v>631</v>
       </c>
       <c r="D661" s="1" t="s">
-        <v>56</v>
+        <v>27</v>
       </c>
       <c r="E661" s="1">
-        <v>11</v>
+        <v>10</v>
       </c>
     </row>
     <row r="662">
       <c r="A662" s="1">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="B662" s="1">
-        <v>1907</v>
+        <v>235</v>
       </c>
       <c r="C662" s="1" t="s">
         <v>632</v>
       </c>
       <c r="D662" s="1" t="s">
-        <v>27</v>
+        <v>257</v>
       </c>
       <c r="E662" s="1">
-        <v>10</v>
+        <v>9</v>
       </c>
     </row>
     <row r="663">
       <c r="A663" s="1">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="B663" s="1">
-        <v>235</v>
+        <v>218</v>
       </c>
       <c r="C663" s="1" t="s">
         <v>633</v>
       </c>
       <c r="D663" s="1" t="s">
-        <v>258</v>
+        <v>257</v>
       </c>
       <c r="E663" s="1">
-        <v>9</v>
+        <v>8</v>
       </c>
     </row>
     <row r="664">
       <c r="A664" s="1">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="B664" s="1">
-        <v>218</v>
+        <v>54</v>
       </c>
       <c r="C664" s="1" t="s">
         <v>634</v>
       </c>
       <c r="D664" s="1" t="s">
-        <v>258</v>
+        <v>46</v>
       </c>
       <c r="E664" s="1">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="665">
       <c r="A665" s="1">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="B665" s="1">
-        <v>54</v>
+        <v>694</v>
       </c>
       <c r="C665" s="1" t="s">
         <v>635</v>
       </c>
       <c r="D665" s="1" t="s">
-        <v>46</v>
+        <v>12</v>
       </c>
       <c r="E665" s="1">
-        <v>7</v>
+        <v>6</v>
       </c>
     </row>
     <row r="666">
       <c r="A666" s="1">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="B666" s="1">
-        <v>694</v>
+        <v>49</v>
       </c>
       <c r="C666" s="1" t="s">
         <v>636</v>
       </c>
       <c r="D666" s="1" t="s">
-        <v>12</v>
+        <v>46</v>
       </c>
       <c r="E666" s="1">
-        <v>6</v>
+        <v>5</v>
       </c>
     </row>
     <row r="667">
       <c r="A667" s="1">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="B667" s="1">
-        <v>49</v>
+        <v>688</v>
       </c>
       <c r="C667" s="1" t="s">
         <v>637</v>
       </c>
       <c r="D667" s="1" t="s">
-        <v>46</v>
+        <v>12</v>
       </c>
       <c r="E667" s="1">
-        <v>5</v>
+        <v>4</v>
       </c>
     </row>
     <row r="668">
       <c r="A668" s="1">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="B668" s="1">
-        <v>688</v>
+        <v>629</v>
       </c>
       <c r="C668" s="1" t="s">
         <v>638</v>
       </c>
       <c r="D668" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E668" s="1">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="669">
       <c r="A669" s="1">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="B669" s="1">
-        <v>629</v>
+        <v>1317</v>
       </c>
       <c r="C669" s="1" t="s">
         <v>639</v>
       </c>
       <c r="D669" s="1" t="s">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="E669" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="670">
       <c r="A670" s="1">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="B670" s="1">
-        <v>1317</v>
+        <v>541</v>
       </c>
       <c r="C670" s="1" t="s">
         <v>640</v>
       </c>
       <c r="D670" s="1" t="s">
-        <v>10</v>
+        <v>511</v>
       </c>
       <c r="E670" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="671">
       <c r="A671" s="1">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="B671" s="1">
-        <v>541</v>
+        <v>1560</v>
       </c>
       <c r="C671" s="1" t="s">
         <v>641</v>
       </c>
       <c r="D671" s="1" t="s">
-        <v>512</v>
+        <v>8</v>
       </c>
       <c r="E671" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="672">
       <c r="A672" s="1">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="B672" s="1">
-        <v>1560</v>
+        <v>48</v>
       </c>
       <c r="C672" s="1" t="s">
         <v>642</v>
       </c>
       <c r="D672" s="1" t="s">
-        <v>8</v>
+        <v>46</v>
       </c>
       <c r="E672" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="673">
       <c r="A673" s="1">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="B673" s="1">
-        <v>48</v>
+        <v>770</v>
       </c>
       <c r="C673" s="1" t="s">
         <v>643</v>
       </c>
       <c r="D673" s="1" t="s">
-        <v>46</v>
+        <v>101</v>
       </c>
       <c r="E673" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="674">
       <c r="A674" s="1">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="B674" s="1">
-        <v>770</v>
+        <v>51</v>
       </c>
       <c r="C674" s="1" t="s">
         <v>644</v>
       </c>
       <c r="D674" s="1" t="s">
-        <v>102</v>
+        <v>46</v>
       </c>
       <c r="E674" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="675">
       <c r="A675" s="1">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="B675" s="1">
-        <v>51</v>
+        <v>39</v>
       </c>
       <c r="C675" s="1" t="s">
         <v>645</v>
       </c>
       <c r="D675" s="1" t="s">
         <v>46</v>
       </c>
       <c r="E675" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="676">
       <c r="A676" s="1">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="B676" s="1">
-        <v>39</v>
+        <v>330</v>
       </c>
       <c r="C676" s="1" t="s">
         <v>646</v>
       </c>
       <c r="D676" s="1" t="s">
-        <v>46</v>
+        <v>8</v>
       </c>
       <c r="E676" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="677">
       <c r="A677" s="1">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="B677" s="1">
-        <v>330</v>
+        <v>44</v>
       </c>
       <c r="C677" s="1" t="s">
         <v>647</v>
       </c>
       <c r="D677" s="1" t="s">
-        <v>8</v>
+        <v>46</v>
       </c>
       <c r="E677" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="678">
       <c r="A678" s="1">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="B678" s="1">
-        <v>44</v>
+        <v>930</v>
       </c>
       <c r="C678" s="1" t="s">
         <v>648</v>
       </c>
       <c r="D678" s="1" t="s">
-        <v>46</v>
+        <v>64</v>
       </c>
       <c r="E678" s="1">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="679">
       <c r="A679" s="1">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="B679" s="1">
-        <v>930</v>
+        <v>1111</v>
       </c>
       <c r="C679" s="1" t="s">
         <v>649</v>
       </c>
       <c r="D679" s="1" t="s">
-        <v>64</v>
+        <v>273</v>
       </c>
       <c r="E679" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="680">
       <c r="A680" s="1">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="B680" s="1">
-        <v>1111</v>
+        <v>360</v>
       </c>
       <c r="C680" s="1" t="s">
         <v>650</v>
       </c>
       <c r="D680" s="1" t="s">
-        <v>274</v>
+        <v>42</v>
       </c>
       <c r="E680" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="681">
       <c r="A681" s="1">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="B681" s="1">
-        <v>360</v>
+        <v>1214</v>
       </c>
       <c r="C681" s="1" t="s">
         <v>651</v>
       </c>
       <c r="D681" s="1" t="s">
-        <v>42</v>
+        <v>35</v>
       </c>
       <c r="E681" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="682">
       <c r="A682" s="1">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B682" s="1">
-        <v>1214</v>
+        <v>545</v>
       </c>
       <c r="C682" s="1" t="s">
         <v>652</v>
       </c>
       <c r="D682" s="1" t="s">
-        <v>35</v>
+        <v>511</v>
       </c>
       <c r="E682" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="683">
       <c r="A683" s="1">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B683" s="1">
-        <v>545</v>
+        <v>1366</v>
       </c>
       <c r="C683" s="1" t="s">
         <v>653</v>
       </c>
       <c r="D683" s="1" t="s">
-        <v>512</v>
+        <v>10</v>
       </c>
       <c r="E683" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="684">
       <c r="A684" s="1">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="B684" s="1">
-        <v>1366</v>
+        <v>1695</v>
       </c>
       <c r="C684" s="1" t="s">
         <v>654</v>
       </c>
       <c r="D684" s="1" t="s">
-        <v>10</v>
+        <v>324</v>
       </c>
       <c r="E684" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="685">
       <c r="A685" s="1">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="B685" s="1">
-        <v>1695</v>
+        <v>382</v>
       </c>
       <c r="C685" s="1" t="s">
         <v>655</v>
       </c>
       <c r="D685" s="1" t="s">
-        <v>325</v>
+        <v>42</v>
       </c>
       <c r="E685" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="686">
       <c r="A686" s="1">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B686" s="1">
-        <v>382</v>
+        <v>42</v>
       </c>
       <c r="C686" s="1" t="s">
         <v>656</v>
       </c>
       <c r="D686" s="1" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="E686" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="687">
       <c r="A687" s="1">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B687" s="1">
-        <v>42</v>
+        <v>385</v>
       </c>
       <c r="C687" s="1" t="s">
         <v>657</v>
       </c>
       <c r="D687" s="1" t="s">
-        <v>46</v>
+        <v>42</v>
       </c>
       <c r="E687" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="688">
       <c r="A688" s="1">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="B688" s="1">
-        <v>385</v>
+        <v>812</v>
       </c>
       <c r="C688" s="1" t="s">
         <v>658</v>
       </c>
       <c r="D688" s="1" t="s">
-        <v>42</v>
+        <v>112</v>
       </c>
       <c r="E688" s="1">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="689">
       <c r="A689" s="1">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="B689" s="1">
-        <v>812</v>
+        <v>1488</v>
       </c>
       <c r="C689" s="1" t="s">
         <v>659</v>
       </c>
       <c r="D689" s="1" t="s">
-        <v>114</v>
+        <v>48</v>
       </c>
       <c r="E689" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="690">
       <c r="A690" s="1">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B690" s="1">
-        <v>1488</v>
+        <v>45</v>
       </c>
       <c r="C690" s="1" t="s">
         <v>660</v>
       </c>
       <c r="D690" s="1" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="E690" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="691">
       <c r="A691" s="1">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="B691" s="1">
-        <v>45</v>
+        <v>607</v>
       </c>
       <c r="C691" s="1" t="s">
         <v>661</v>
       </c>
       <c r="D691" s="1" t="s">
-        <v>46</v>
+        <v>15</v>
       </c>
       <c r="E691" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="692">
       <c r="A692" s="1">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="B692" s="1">
-        <v>607</v>
+        <v>635</v>
       </c>
       <c r="C692" s="1" t="s">
         <v>662</v>
       </c>
       <c r="D692" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E692" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="693">
       <c r="A693" s="1">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="B693" s="1">
-        <v>635</v>
+        <v>859</v>
       </c>
       <c r="C693" s="1" t="s">
         <v>663</v>
       </c>
       <c r="D693" s="1" t="s">
-        <v>15</v>
+        <v>64</v>
       </c>
       <c r="E693" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="694">
       <c r="A694" s="1">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="B694" s="1">
-        <v>859</v>
+        <v>204</v>
       </c>
       <c r="C694" s="1" t="s">
         <v>664</v>
       </c>
       <c r="D694" s="1" t="s">
-        <v>64</v>
+        <v>257</v>
       </c>
       <c r="E694" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="695">
       <c r="A695" s="1">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="B695" s="1">
-        <v>204</v>
+        <v>1069</v>
       </c>
       <c r="C695" s="1" t="s">
         <v>665</v>
       </c>
       <c r="D695" s="1" t="s">
-        <v>258</v>
+        <v>56</v>
       </c>
       <c r="E695" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="696">
       <c r="A696" s="1">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="B696" s="1">
-        <v>1069</v>
+        <v>1391</v>
       </c>
       <c r="C696" s="1" t="s">
         <v>666</v>
       </c>
       <c r="D696" s="1" t="s">
         <v>56</v>
       </c>
       <c r="E696" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="697">
       <c r="A697" s="1">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="B697" s="1">
-        <v>1391</v>
+        <v>1726</v>
       </c>
       <c r="C697" s="1" t="s">
         <v>667</v>
       </c>
       <c r="D697" s="1" t="s">
-        <v>56</v>
+        <v>324</v>
       </c>
       <c r="E697" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="698">
       <c r="A698" s="1">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="B698" s="1">
-        <v>1726</v>
+        <v>1310</v>
       </c>
       <c r="C698" s="1" t="s">
         <v>668</v>
       </c>
       <c r="D698" s="1" t="s">
-        <v>325</v>
+        <v>10</v>
       </c>
       <c r="E698" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="699">
       <c r="A699" s="1">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="B699" s="1">
-        <v>1310</v>
+        <v>1440</v>
       </c>
       <c r="C699" s="1" t="s">
         <v>669</v>
       </c>
       <c r="D699" s="1" t="s">
-        <v>10</v>
+        <v>56</v>
       </c>
       <c r="E699" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="700">
       <c r="A700" s="1">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="B700" s="1">
-        <v>1440</v>
+        <v>53</v>
       </c>
       <c r="C700" s="1" t="s">
         <v>670</v>
       </c>
       <c r="D700" s="1" t="s">
-        <v>56</v>
+        <v>46</v>
       </c>
       <c r="E700" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="701">
       <c r="A701" s="1">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="B701" s="1">
-        <v>53</v>
+        <v>1252</v>
       </c>
       <c r="C701" s="1" t="s">
         <v>671</v>
       </c>
       <c r="D701" s="1" t="s">
-        <v>46</v>
+        <v>10</v>
       </c>
       <c r="E701" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="702">
       <c r="A702" s="1">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="B702" s="1">
-        <v>1252</v>
+        <v>577</v>
       </c>
       <c r="C702" s="1" t="s">
         <v>672</v>
       </c>
       <c r="D702" s="1" t="s">
-        <v>10</v>
+        <v>392</v>
       </c>
       <c r="E702" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="703">
       <c r="A703" s="1">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="B703" s="1">
-        <v>577</v>
+        <v>802</v>
       </c>
       <c r="C703" s="1" t="s">
         <v>673</v>
       </c>
       <c r="D703" s="1" t="s">
-        <v>393</v>
+        <v>112</v>
       </c>
       <c r="E703" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="704">
       <c r="A704" s="1">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="B704" s="1">
-        <v>802</v>
+        <v>372</v>
       </c>
       <c r="C704" s="1" t="s">
         <v>674</v>
       </c>
       <c r="D704" s="1" t="s">
-        <v>114</v>
+        <v>42</v>
       </c>
       <c r="E704" s="1">
         <v>1</v>
       </c>
     </row>
-    <row r="705">
-[...6 lines deleted...]
-      <c r="C705" s="1" t="s">
+    <row r="707">
+      <c r="A707" s="3" t="s">
         <v>675</v>
       </c>
-      <c r="D705" s="1" t="s">
-[...3 lines deleted...]
-        <v>1</v>
+      <c r="B707" s="3" t="s">
+        <v>675</v>
+      </c>
+      <c r="C707" s="3" t="s">
+        <v>675</v>
+      </c>
+      <c r="D707" s="3" t="s">
+        <v>675</v>
+      </c>
+      <c r="E707" s="3" t="s">
+        <v>675</v>
       </c>
     </row>
     <row r="708">
-      <c r="A708" s="3" t="s">
+      <c r="A708" s="2" t="s">
+        <v>2</v>
+      </c>
+      <c r="B708" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="C708" s="2" t="s">
+        <v>4</v>
+      </c>
+      <c r="D708" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="E708" s="2" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="709">
+      <c r="A709" s="1">
+        <v>1</v>
+      </c>
+      <c r="B709" s="1">
+        <v>1730</v>
+      </c>
+      <c r="C709" s="1" t="s">
         <v>676</v>
       </c>
-      <c r="B708" s="3" t="s">
-[...26 lines deleted...]
-        <v>6</v>
+      <c r="D709" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="E709" s="1">
+        <v>15</v>
       </c>
     </row>
     <row r="710">
       <c r="A710" s="1">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="B710" s="1">
-        <v>1730</v>
+        <v>351</v>
       </c>
       <c r="C710" s="1" t="s">
         <v>677</v>
       </c>
       <c r="D710" s="1" t="s">
-        <v>23</v>
+        <v>8</v>
       </c>
       <c r="E710" s="1">
-        <v>15</v>
+        <v>13</v>
       </c>
     </row>
     <row r="711">
       <c r="A711" s="1">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="B711" s="1">
-        <v>351</v>
+        <v>1555</v>
       </c>
       <c r="C711" s="1" t="s">
         <v>678</v>
       </c>
       <c r="D711" s="1" t="s">
-        <v>8</v>
+        <v>679</v>
       </c>
       <c r="E711" s="1">
-        <v>13</v>
+        <v>11</v>
       </c>
     </row>
     <row r="712">
       <c r="A712" s="1">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="B712" s="1">
-        <v>1555</v>
+        <v>133</v>
       </c>
       <c r="C712" s="1" t="s">
-        <v>679</v>
+        <v>680</v>
       </c>
       <c r="D712" s="1" t="s">
-        <v>680</v>
+        <v>46</v>
       </c>
       <c r="E712" s="1">
-        <v>11</v>
+        <v>10</v>
       </c>
     </row>
     <row r="713">
       <c r="A713" s="1">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="B713" s="1">
-        <v>133</v>
+        <v>1035</v>
       </c>
       <c r="C713" s="1" t="s">
         <v>681</v>
       </c>
       <c r="D713" s="1" t="s">
-        <v>46</v>
+        <v>56</v>
       </c>
       <c r="E713" s="1">
-        <v>10</v>
+        <v>9</v>
       </c>
     </row>
     <row r="714">
       <c r="A714" s="1">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="B714" s="1">
-        <v>1035</v>
+        <v>137</v>
       </c>
       <c r="C714" s="1" t="s">
         <v>682</v>
       </c>
       <c r="D714" s="1" t="s">
-        <v>56</v>
+        <v>46</v>
       </c>
       <c r="E714" s="1">
-        <v>9</v>
+        <v>8</v>
       </c>
     </row>
     <row r="715">
       <c r="A715" s="1">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="B715" s="1">
-        <v>137</v>
+        <v>995</v>
       </c>
       <c r="C715" s="1" t="s">
         <v>683</v>
       </c>
       <c r="D715" s="1" t="s">
-        <v>46</v>
+        <v>56</v>
       </c>
       <c r="E715" s="1">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="716">
       <c r="A716" s="1">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="B716" s="1">
-        <v>995</v>
+        <v>148</v>
       </c>
       <c r="C716" s="1" t="s">
         <v>684</v>
       </c>
       <c r="D716" s="1" t="s">
-        <v>56</v>
+        <v>46</v>
       </c>
       <c r="E716" s="1">
-        <v>7</v>
+        <v>6</v>
       </c>
     </row>
     <row r="717">
       <c r="A717" s="1">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="B717" s="1">
-        <v>148</v>
+        <v>1559</v>
       </c>
       <c r="C717" s="1" t="s">
         <v>685</v>
       </c>
       <c r="D717" s="1" t="s">
-        <v>46</v>
+        <v>8</v>
       </c>
       <c r="E717" s="1">
-        <v>6</v>
+        <v>5</v>
       </c>
     </row>
     <row r="718">
       <c r="A718" s="1">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="B718" s="1">
-        <v>1559</v>
+        <v>344</v>
       </c>
       <c r="C718" s="1" t="s">
         <v>686</v>
       </c>
       <c r="D718" s="1" t="s">
         <v>8</v>
       </c>
       <c r="E718" s="1">
-        <v>5</v>
+        <v>4</v>
       </c>
     </row>
     <row r="719">
       <c r="A719" s="1">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="B719" s="1">
-        <v>344</v>
+        <v>693</v>
       </c>
       <c r="C719" s="1" t="s">
         <v>687</v>
       </c>
       <c r="D719" s="1" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="E719" s="1">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="720">
       <c r="A720" s="1">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="B720" s="1">
-        <v>693</v>
+        <v>1605</v>
       </c>
       <c r="C720" s="1" t="s">
         <v>688</v>
       </c>
       <c r="D720" s="1" t="s">
-        <v>12</v>
+        <v>73</v>
       </c>
       <c r="E720" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="721">
       <c r="A721" s="1">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="B721" s="1">
-        <v>1605</v>
+        <v>555</v>
       </c>
       <c r="C721" s="1" t="s">
         <v>689</v>
       </c>
       <c r="D721" s="1" t="s">
-        <v>73</v>
+        <v>46</v>
       </c>
       <c r="E721" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="722">
       <c r="A722" s="1">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="B722" s="1">
-        <v>555</v>
+        <v>1112</v>
       </c>
       <c r="C722" s="1" t="s">
         <v>690</v>
       </c>
       <c r="D722" s="1" t="s">
-        <v>46</v>
+        <v>273</v>
       </c>
       <c r="E722" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="723">
       <c r="A723" s="1">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="B723" s="1">
-        <v>1112</v>
+        <v>1753</v>
       </c>
       <c r="C723" s="1" t="s">
         <v>691</v>
       </c>
       <c r="D723" s="1" t="s">
-        <v>274</v>
+        <v>326</v>
       </c>
       <c r="E723" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="724">
       <c r="A724" s="1">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="B724" s="1">
-        <v>1753</v>
+        <v>864</v>
       </c>
       <c r="C724" s="1" t="s">
         <v>692</v>
       </c>
       <c r="D724" s="1" t="s">
-        <v>327</v>
+        <v>64</v>
       </c>
       <c r="E724" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="725">
       <c r="A725" s="1">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="B725" s="1">
-        <v>864</v>
+        <v>727</v>
       </c>
       <c r="C725" s="1" t="s">
         <v>693</v>
       </c>
       <c r="D725" s="1" t="s">
-        <v>64</v>
+        <v>511</v>
       </c>
       <c r="E725" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="726">
       <c r="A726" s="1">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="B726" s="1">
-        <v>727</v>
+        <v>151</v>
       </c>
       <c r="C726" s="1" t="s">
         <v>694</v>
       </c>
       <c r="D726" s="1" t="s">
-        <v>512</v>
+        <v>46</v>
       </c>
       <c r="E726" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="727">
       <c r="A727" s="1">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="B727" s="1">
-        <v>151</v>
+        <v>281</v>
       </c>
       <c r="C727" s="1" t="s">
         <v>695</v>
       </c>
       <c r="D727" s="1" t="s">
-        <v>46</v>
+        <v>8</v>
       </c>
       <c r="E727" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="728">
       <c r="A728" s="1">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="B728" s="1">
-        <v>281</v>
+        <v>1917</v>
       </c>
       <c r="C728" s="1" t="s">
         <v>696</v>
       </c>
       <c r="D728" s="1" t="s">
-        <v>8</v>
+        <v>27</v>
       </c>
       <c r="E728" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="729">
       <c r="A729" s="1">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="B729" s="1">
-        <v>1917</v>
+        <v>312</v>
       </c>
       <c r="C729" s="1" t="s">
         <v>697</v>
       </c>
       <c r="D729" s="1" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="E729" s="1">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="730">
       <c r="A730" s="1">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="B730" s="1">
-        <v>312</v>
+        <v>1345</v>
       </c>
       <c r="C730" s="1" t="s">
         <v>698</v>
       </c>
       <c r="D730" s="1" t="s">
-        <v>8</v>
+        <v>23</v>
       </c>
       <c r="E730" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="731">
       <c r="A731" s="1">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="B731" s="1">
-        <v>1345</v>
+        <v>1053</v>
       </c>
       <c r="C731" s="1" t="s">
         <v>699</v>
       </c>
       <c r="D731" s="1" t="s">
-        <v>23</v>
+        <v>56</v>
       </c>
       <c r="E731" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="732">
       <c r="A732" s="1">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="B732" s="1">
-        <v>1053</v>
+        <v>1043</v>
       </c>
       <c r="C732" s="1" t="s">
         <v>700</v>
       </c>
       <c r="D732" s="1" t="s">
         <v>56</v>
       </c>
       <c r="E732" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="733">
       <c r="A733" s="1">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B733" s="1">
-        <v>1043</v>
+        <v>684</v>
       </c>
       <c r="C733" s="1" t="s">
         <v>701</v>
       </c>
       <c r="D733" s="1" t="s">
-        <v>56</v>
+        <v>12</v>
       </c>
       <c r="E733" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="734">
       <c r="A734" s="1">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B734" s="1">
-        <v>684</v>
+        <v>159</v>
       </c>
       <c r="C734" s="1" t="s">
         <v>702</v>
       </c>
       <c r="D734" s="1" t="s">
-        <v>12</v>
+        <v>46</v>
       </c>
       <c r="E734" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="735">
       <c r="A735" s="1">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="B735" s="1">
-        <v>159</v>
+        <v>343</v>
       </c>
       <c r="C735" s="1" t="s">
         <v>703</v>
       </c>
       <c r="D735" s="1" t="s">
-        <v>46</v>
+        <v>8</v>
       </c>
       <c r="E735" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="736">
       <c r="A736" s="1">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="B736" s="1">
-        <v>343</v>
+        <v>135</v>
       </c>
       <c r="C736" s="1" t="s">
         <v>704</v>
       </c>
       <c r="D736" s="1" t="s">
-        <v>8</v>
+        <v>46</v>
       </c>
       <c r="E736" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="737">
       <c r="A737" s="1">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B737" s="1">
-        <v>135</v>
+        <v>984</v>
       </c>
       <c r="C737" s="1" t="s">
         <v>705</v>
       </c>
       <c r="D737" s="1" t="s">
-        <v>46</v>
+        <v>56</v>
       </c>
       <c r="E737" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="738">
       <c r="A738" s="1">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B738" s="1">
-        <v>984</v>
+        <v>1485</v>
       </c>
       <c r="C738" s="1" t="s">
         <v>706</v>
       </c>
       <c r="D738" s="1" t="s">
-        <v>56</v>
+        <v>48</v>
       </c>
       <c r="E738" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="739">
       <c r="A739" s="1">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="B739" s="1">
-        <v>1485</v>
+        <v>216</v>
       </c>
       <c r="C739" s="1" t="s">
         <v>707</v>
       </c>
       <c r="D739" s="1" t="s">
-        <v>48</v>
+        <v>257</v>
       </c>
       <c r="E739" s="1">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="740">
       <c r="A740" s="1">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="B740" s="1">
-        <v>216</v>
+        <v>1320</v>
       </c>
       <c r="C740" s="1" t="s">
         <v>708</v>
       </c>
       <c r="D740" s="1" t="s">
-        <v>258</v>
+        <v>101</v>
       </c>
       <c r="E740" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="741">
       <c r="A741" s="1">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B741" s="1">
-        <v>1320</v>
+        <v>509</v>
       </c>
       <c r="C741" s="1" t="s">
         <v>709</v>
       </c>
       <c r="D741" s="1" t="s">
-        <v>102</v>
+        <v>64</v>
       </c>
       <c r="E741" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="742">
       <c r="A742" s="1">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="B742" s="1">
-        <v>509</v>
+        <v>200</v>
       </c>
       <c r="C742" s="1" t="s">
         <v>710</v>
       </c>
       <c r="D742" s="1" t="s">
-        <v>64</v>
+        <v>257</v>
       </c>
       <c r="E742" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="743">
       <c r="A743" s="1">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="B743" s="1">
-        <v>200</v>
+        <v>244</v>
       </c>
       <c r="C743" s="1" t="s">
         <v>711</v>
       </c>
       <c r="D743" s="1" t="s">
-        <v>258</v>
+        <v>257</v>
       </c>
       <c r="E743" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="744">
       <c r="A744" s="1">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="B744" s="1">
-        <v>244</v>
+        <v>774</v>
       </c>
       <c r="C744" s="1" t="s">
         <v>712</v>
       </c>
       <c r="D744" s="1" t="s">
-        <v>258</v>
+        <v>101</v>
       </c>
       <c r="E744" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="745">
       <c r="A745" s="1">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="B745" s="1">
-        <v>774</v>
+        <v>920</v>
       </c>
       <c r="C745" s="1" t="s">
         <v>713</v>
       </c>
       <c r="D745" s="1" t="s">
-        <v>102</v>
+        <v>64</v>
       </c>
       <c r="E745" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="746">
       <c r="A746" s="1">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="B746" s="1">
-        <v>920</v>
+        <v>1392</v>
       </c>
       <c r="C746" s="1" t="s">
         <v>714</v>
       </c>
       <c r="D746" s="1" t="s">
-        <v>64</v>
+        <v>56</v>
       </c>
       <c r="E746" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="747">
       <c r="A747" s="1">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="B747" s="1">
-        <v>1392</v>
+        <v>273</v>
       </c>
       <c r="C747" s="1" t="s">
         <v>715</v>
       </c>
       <c r="D747" s="1" t="s">
-        <v>56</v>
+        <v>8</v>
       </c>
       <c r="E747" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="748">
       <c r="A748" s="1">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="B748" s="1">
-        <v>273</v>
+        <v>1751</v>
       </c>
       <c r="C748" s="1" t="s">
         <v>716</v>
       </c>
       <c r="D748" s="1" t="s">
-        <v>8</v>
+        <v>326</v>
       </c>
       <c r="E748" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="749">
       <c r="A749" s="1">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="B749" s="1">
-        <v>1751</v>
+        <v>430</v>
       </c>
       <c r="C749" s="1" t="s">
         <v>717</v>
       </c>
       <c r="D749" s="1" t="s">
-        <v>327</v>
+        <v>42</v>
       </c>
       <c r="E749" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="750">
       <c r="A750" s="1">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="B750" s="1">
-        <v>430</v>
+        <v>1900</v>
       </c>
       <c r="C750" s="1" t="s">
         <v>718</v>
       </c>
       <c r="D750" s="1" t="s">
-        <v>42</v>
+        <v>27</v>
       </c>
       <c r="E750" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="751">
       <c r="A751" s="1">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="B751" s="1">
-        <v>1900</v>
+        <v>1191</v>
       </c>
       <c r="C751" s="1" t="s">
         <v>719</v>
       </c>
       <c r="D751" s="1" t="s">
-        <v>27</v>
+        <v>101</v>
       </c>
       <c r="E751" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="752">
       <c r="A752" s="1">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="B752" s="1">
-        <v>1191</v>
+        <v>300</v>
       </c>
       <c r="C752" s="1" t="s">
         <v>720</v>
       </c>
       <c r="D752" s="1" t="s">
-        <v>102</v>
+        <v>8</v>
       </c>
       <c r="E752" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="753">
       <c r="A753" s="1">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="B753" s="1">
-        <v>300</v>
+        <v>334</v>
       </c>
       <c r="C753" s="1" t="s">
         <v>721</v>
       </c>
       <c r="D753" s="1" t="s">
         <v>8</v>
       </c>
       <c r="E753" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="754">
       <c r="A754" s="1">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="B754" s="1">
-        <v>334</v>
+        <v>1313</v>
       </c>
       <c r="C754" s="1" t="s">
         <v>722</v>
       </c>
       <c r="D754" s="1" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="E754" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="755">
       <c r="A755" s="1">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="B755" s="1">
-        <v>1313</v>
+        <v>149</v>
       </c>
       <c r="C755" s="1" t="s">
         <v>723</v>
       </c>
       <c r="D755" s="1" t="s">
-        <v>10</v>
+        <v>46</v>
       </c>
       <c r="E755" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="756">
       <c r="A756" s="1">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="B756" s="1">
-        <v>149</v>
+        <v>1298</v>
       </c>
       <c r="C756" s="1" t="s">
         <v>724</v>
       </c>
       <c r="D756" s="1" t="s">
-        <v>46</v>
+        <v>10</v>
       </c>
       <c r="E756" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="757">
       <c r="A757" s="1">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="B757" s="1">
-        <v>1298</v>
+        <v>152</v>
       </c>
       <c r="C757" s="1" t="s">
         <v>725</v>
       </c>
       <c r="D757" s="1" t="s">
-        <v>10</v>
+        <v>46</v>
       </c>
       <c r="E757" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="758">
       <c r="A758" s="1">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="B758" s="1">
-        <v>152</v>
+        <v>130</v>
       </c>
       <c r="C758" s="1" t="s">
         <v>726</v>
       </c>
       <c r="D758" s="1" t="s">
         <v>46</v>
       </c>
       <c r="E758" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="759">
       <c r="A759" s="1">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="B759" s="1">
-        <v>130</v>
+        <v>619</v>
       </c>
       <c r="C759" s="1" t="s">
         <v>727</v>
       </c>
       <c r="D759" s="1" t="s">
-        <v>46</v>
+        <v>15</v>
       </c>
       <c r="E759" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="760">
       <c r="A760" s="1">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="B760" s="1">
-        <v>619</v>
+        <v>1265</v>
       </c>
       <c r="C760" s="1" t="s">
         <v>728</v>
       </c>
       <c r="D760" s="1" t="s">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="E760" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="761">
       <c r="A761" s="1">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="B761" s="1">
-        <v>1265</v>
+        <v>371</v>
       </c>
       <c r="C761" s="1" t="s">
         <v>729</v>
       </c>
       <c r="D761" s="1" t="s">
-        <v>10</v>
+        <v>42</v>
       </c>
       <c r="E761" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="762">
       <c r="A762" s="1">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="B762" s="1">
-        <v>371</v>
+        <v>212</v>
       </c>
       <c r="C762" s="1" t="s">
         <v>730</v>
       </c>
       <c r="D762" s="1" t="s">
-        <v>42</v>
+        <v>257</v>
       </c>
       <c r="E762" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="763">
       <c r="A763" s="1">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="B763" s="1">
-        <v>212</v>
+        <v>203</v>
       </c>
       <c r="C763" s="1" t="s">
         <v>731</v>
       </c>
       <c r="D763" s="1" t="s">
-        <v>258</v>
+        <v>257</v>
       </c>
       <c r="E763" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="764">
       <c r="A764" s="1">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B764" s="1">
-        <v>203</v>
+        <v>1486</v>
       </c>
       <c r="C764" s="1" t="s">
         <v>732</v>
       </c>
       <c r="D764" s="1" t="s">
-        <v>258</v>
+        <v>48</v>
       </c>
       <c r="E764" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="765">
       <c r="A765" s="1">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="B765" s="1">
-        <v>1486</v>
+        <v>142</v>
       </c>
       <c r="C765" s="1" t="s">
         <v>733</v>
       </c>
       <c r="D765" s="1" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="E765" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="766">
       <c r="A766" s="1">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="B766" s="1">
-        <v>142</v>
+        <v>232</v>
       </c>
       <c r="C766" s="1" t="s">
         <v>734</v>
       </c>
       <c r="D766" s="1" t="s">
-        <v>46</v>
+        <v>257</v>
       </c>
       <c r="E766" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="767">
       <c r="A767" s="1">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="B767" s="1">
-        <v>232</v>
+        <v>1407</v>
       </c>
       <c r="C767" s="1" t="s">
         <v>735</v>
       </c>
       <c r="D767" s="1" t="s">
-        <v>258</v>
+        <v>23</v>
       </c>
       <c r="E767" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="768">
       <c r="A768" s="1">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="B768" s="1">
-        <v>1407</v>
+        <v>487</v>
       </c>
       <c r="C768" s="1" t="s">
         <v>736</v>
       </c>
       <c r="D768" s="1" t="s">
-        <v>23</v>
+        <v>64</v>
       </c>
       <c r="E768" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="769">
       <c r="A769" s="1">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="B769" s="1">
-        <v>487</v>
+        <v>1614</v>
       </c>
       <c r="C769" s="1" t="s">
         <v>737</v>
       </c>
       <c r="D769" s="1" t="s">
-        <v>64</v>
+        <v>73</v>
       </c>
       <c r="E769" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="770">
       <c r="A770" s="1">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="B770" s="1">
-        <v>1614</v>
+        <v>1487</v>
       </c>
       <c r="C770" s="1" t="s">
         <v>738</v>
       </c>
       <c r="D770" s="1" t="s">
-        <v>73</v>
+        <v>48</v>
       </c>
       <c r="E770" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="771">
       <c r="A771" s="1">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="B771" s="1">
-        <v>1487</v>
+        <v>1304</v>
       </c>
       <c r="C771" s="1" t="s">
         <v>739</v>
       </c>
       <c r="D771" s="1" t="s">
-        <v>48</v>
+        <v>10</v>
       </c>
       <c r="E771" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="772">
       <c r="A772" s="1">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="B772" s="1">
-        <v>1304</v>
+        <v>1303</v>
       </c>
       <c r="C772" s="1" t="s">
         <v>740</v>
       </c>
       <c r="D772" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E772" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="773">
       <c r="A773" s="1">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="B773" s="1">
-        <v>1303</v>
+        <v>155</v>
       </c>
       <c r="C773" s="1" t="s">
         <v>741</v>
       </c>
       <c r="D773" s="1" t="s">
-        <v>10</v>
+        <v>46</v>
       </c>
       <c r="E773" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="774">
       <c r="A774" s="1">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="B774" s="1">
-        <v>155</v>
+        <v>818</v>
       </c>
       <c r="C774" s="1" t="s">
         <v>742</v>
       </c>
       <c r="D774" s="1" t="s">
-        <v>46</v>
+        <v>112</v>
       </c>
       <c r="E774" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="775">
       <c r="A775" s="1">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="B775" s="1">
-        <v>818</v>
+        <v>311</v>
       </c>
       <c r="C775" s="1" t="s">
         <v>743</v>
       </c>
       <c r="D775" s="1" t="s">
-        <v>114</v>
+        <v>8</v>
       </c>
       <c r="E775" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="776">
       <c r="A776" s="1">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="B776" s="1">
-        <v>311</v>
+        <v>1886</v>
       </c>
       <c r="C776" s="1" t="s">
         <v>744</v>
       </c>
       <c r="D776" s="1" t="s">
-        <v>8</v>
+        <v>112</v>
       </c>
       <c r="E776" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="777">
       <c r="A777" s="1">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="B777" s="1">
-        <v>1886</v>
+        <v>748</v>
       </c>
       <c r="C777" s="1" t="s">
         <v>745</v>
       </c>
       <c r="D777" s="1" t="s">
-        <v>114</v>
+        <v>101</v>
       </c>
       <c r="E777" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="778">
       <c r="A778" s="1">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="B778" s="1">
-        <v>748</v>
+        <v>1060</v>
       </c>
       <c r="C778" s="1" t="s">
         <v>746</v>
       </c>
       <c r="D778" s="1" t="s">
-        <v>102</v>
+        <v>56</v>
       </c>
       <c r="E778" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="779">
       <c r="A779" s="1">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="B779" s="1">
-        <v>1060</v>
+        <v>477</v>
       </c>
       <c r="C779" s="1" t="s">
         <v>747</v>
       </c>
       <c r="D779" s="1" t="s">
-        <v>56</v>
+        <v>42</v>
       </c>
       <c r="E779" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="780">
       <c r="A780" s="1">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="B780" s="1">
-        <v>477</v>
+        <v>1840</v>
       </c>
       <c r="C780" s="1" t="s">
-        <v>748</v>
+        <v>740</v>
       </c>
       <c r="D780" s="1" t="s">
-        <v>42</v>
+        <v>18</v>
       </c>
       <c r="E780" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="781">
       <c r="A781" s="1">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="B781" s="1">
-        <v>1840</v>
+        <v>131</v>
       </c>
       <c r="C781" s="1" t="s">
-        <v>741</v>
+        <v>748</v>
       </c>
       <c r="D781" s="1" t="s">
-        <v>18</v>
+        <v>46</v>
       </c>
       <c r="E781" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="782">
       <c r="A782" s="1">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="B782" s="1">
-        <v>131</v>
+        <v>158</v>
       </c>
       <c r="C782" s="1" t="s">
         <v>749</v>
       </c>
       <c r="D782" s="1" t="s">
         <v>46</v>
       </c>
       <c r="E782" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="783">
       <c r="A783" s="1">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="B783" s="1">
-        <v>158</v>
+        <v>363</v>
       </c>
       <c r="C783" s="1" t="s">
         <v>750</v>
       </c>
       <c r="D783" s="1" t="s">
-        <v>46</v>
+        <v>42</v>
       </c>
       <c r="E783" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="784">
       <c r="A784" s="1">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="B784" s="1">
-        <v>363</v>
+        <v>222</v>
       </c>
       <c r="C784" s="1" t="s">
         <v>751</v>
       </c>
       <c r="D784" s="1" t="s">
-        <v>42</v>
+        <v>257</v>
       </c>
       <c r="E784" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="785">
       <c r="A785" s="1">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="B785" s="1">
-        <v>222</v>
+        <v>1628</v>
       </c>
       <c r="C785" s="1" t="s">
         <v>752</v>
       </c>
       <c r="D785" s="1" t="s">
-        <v>258</v>
+        <v>73</v>
       </c>
       <c r="E785" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="786">
       <c r="A786" s="1">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="B786" s="1">
-        <v>1628</v>
+        <v>1769</v>
       </c>
       <c r="C786" s="1" t="s">
         <v>753</v>
       </c>
       <c r="D786" s="1" t="s">
-        <v>73</v>
+        <v>8</v>
       </c>
       <c r="E786" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="787">
       <c r="A787" s="1">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="B787" s="1">
-        <v>1769</v>
+        <v>1311</v>
       </c>
       <c r="C787" s="1" t="s">
         <v>754</v>
       </c>
       <c r="D787" s="1" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="E787" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="788">
       <c r="A788" s="1">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="B788" s="1">
-        <v>1311</v>
+        <v>1921</v>
       </c>
       <c r="C788" s="1" t="s">
         <v>755</v>
       </c>
       <c r="D788" s="1" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="E788" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="789">
       <c r="A789" s="1">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="B789" s="1">
-        <v>1921</v>
+        <v>523</v>
       </c>
       <c r="C789" s="1" t="s">
         <v>756</v>
       </c>
       <c r="D789" s="1" t="s">
-        <v>27</v>
+        <v>119</v>
       </c>
       <c r="E789" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="790">
       <c r="A790" s="1">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="B790" s="1">
-        <v>523</v>
+        <v>298</v>
       </c>
       <c r="C790" s="1" t="s">
         <v>757</v>
       </c>
       <c r="D790" s="1" t="s">
-        <v>121</v>
+        <v>8</v>
       </c>
       <c r="E790" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="791">
       <c r="A791" s="1">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="B791" s="1">
-        <v>298</v>
+        <v>1874</v>
       </c>
       <c r="C791" s="1" t="s">
         <v>758</v>
       </c>
       <c r="D791" s="1" t="s">
-        <v>8</v>
+        <v>101</v>
       </c>
       <c r="E791" s="1">
         <v>1</v>
       </c>
     </row>
-    <row r="792">
-[...6 lines deleted...]
-      <c r="C792" s="1" t="s">
+    <row r="794">
+      <c r="A794" s="3" t="s">
         <v>759</v>
       </c>
-      <c r="D792" s="1" t="s">
-[...3 lines deleted...]
-        <v>1</v>
+      <c r="B794" s="3" t="s">
+        <v>759</v>
+      </c>
+      <c r="C794" s="3" t="s">
+        <v>759</v>
+      </c>
+      <c r="D794" s="3" t="s">
+        <v>759</v>
+      </c>
+      <c r="E794" s="3" t="s">
+        <v>759</v>
       </c>
     </row>
     <row r="795">
-      <c r="A795" s="3" t="s">
+      <c r="A795" s="2" t="s">
+        <v>2</v>
+      </c>
+      <c r="B795" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="C795" s="2" t="s">
+        <v>4</v>
+      </c>
+      <c r="D795" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="E795" s="2" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="796">
+      <c r="A796" s="1">
+        <v>1</v>
+      </c>
+      <c r="B796" s="1">
+        <v>1336</v>
+      </c>
+      <c r="C796" s="1" t="s">
         <v>760</v>
       </c>
-      <c r="B795" s="3" t="s">
-[...26 lines deleted...]
-        <v>6</v>
+      <c r="D796" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="E796" s="1">
+        <v>15</v>
       </c>
     </row>
     <row r="797">
       <c r="A797" s="1">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="B797" s="1">
-        <v>1336</v>
+        <v>63</v>
       </c>
       <c r="C797" s="1" t="s">
         <v>761</v>
       </c>
       <c r="D797" s="1" t="s">
-        <v>23</v>
+        <v>46</v>
       </c>
       <c r="E797" s="1">
-        <v>15</v>
+        <v>13</v>
       </c>
     </row>
     <row r="798">
       <c r="A798" s="1">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="B798" s="1">
-        <v>63</v>
+        <v>1878</v>
       </c>
       <c r="C798" s="1" t="s">
         <v>762</v>
       </c>
       <c r="D798" s="1" t="s">
-        <v>46</v>
+        <v>426</v>
       </c>
       <c r="E798" s="1">
-        <v>13</v>
+        <v>11</v>
       </c>
     </row>
     <row r="799">
       <c r="A799" s="1">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="B799" s="1">
-        <v>1878</v>
+        <v>254</v>
       </c>
       <c r="C799" s="1" t="s">
         <v>763</v>
       </c>
       <c r="D799" s="1" t="s">
-        <v>427</v>
+        <v>8</v>
       </c>
       <c r="E799" s="1">
-        <v>11</v>
+        <v>10</v>
       </c>
     </row>
     <row r="800">
       <c r="A800" s="1">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="B800" s="1">
-        <v>254</v>
+        <v>398</v>
       </c>
       <c r="C800" s="1" t="s">
         <v>764</v>
       </c>
       <c r="D800" s="1" t="s">
-        <v>8</v>
+        <v>42</v>
       </c>
       <c r="E800" s="1">
-        <v>10</v>
+        <v>9</v>
       </c>
     </row>
     <row r="801">
       <c r="A801" s="1">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="B801" s="1">
-        <v>398</v>
+        <v>844</v>
       </c>
       <c r="C801" s="1" t="s">
         <v>765</v>
       </c>
       <c r="D801" s="1" t="s">
-        <v>42</v>
+        <v>64</v>
       </c>
       <c r="E801" s="1">
-        <v>9</v>
+        <v>8</v>
       </c>
     </row>
     <row r="802">
       <c r="A802" s="1">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="B802" s="1">
-        <v>844</v>
+        <v>1010</v>
       </c>
       <c r="C802" s="1" t="s">
         <v>766</v>
       </c>
       <c r="D802" s="1" t="s">
-        <v>64</v>
+        <v>56</v>
       </c>
       <c r="E802" s="1">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="803">
       <c r="A803" s="1">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="B803" s="1">
-        <v>1010</v>
+        <v>1732</v>
       </c>
       <c r="C803" s="1" t="s">
         <v>767</v>
       </c>
       <c r="D803" s="1" t="s">
-        <v>56</v>
+        <v>23</v>
       </c>
       <c r="E803" s="1">
-        <v>7</v>
+        <v>6</v>
       </c>
     </row>
     <row r="804">
       <c r="A804" s="1">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="B804" s="1">
-        <v>1732</v>
+        <v>62</v>
       </c>
       <c r="C804" s="1" t="s">
         <v>768</v>
       </c>
       <c r="D804" s="1" t="s">
-        <v>23</v>
+        <v>46</v>
       </c>
       <c r="E804" s="1">
-        <v>6</v>
+        <v>5</v>
       </c>
     </row>
     <row r="805">
       <c r="A805" s="1">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="B805" s="1">
-        <v>62</v>
+        <v>55</v>
       </c>
       <c r="C805" s="1" t="s">
         <v>769</v>
       </c>
       <c r="D805" s="1" t="s">
         <v>46</v>
       </c>
       <c r="E805" s="1">
-        <v>5</v>
+        <v>4</v>
       </c>
     </row>
     <row r="806">
       <c r="A806" s="1">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="B806" s="1">
-        <v>55</v>
+        <v>309</v>
       </c>
       <c r="C806" s="1" t="s">
         <v>770</v>
       </c>
       <c r="D806" s="1" t="s">
-        <v>46</v>
+        <v>8</v>
       </c>
       <c r="E806" s="1">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="807">
       <c r="A807" s="1">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="B807" s="1">
-        <v>309</v>
+        <v>1199</v>
       </c>
       <c r="C807" s="1" t="s">
         <v>771</v>
       </c>
       <c r="D807" s="1" t="s">
-        <v>8</v>
+        <v>101</v>
       </c>
       <c r="E807" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="808">
       <c r="A808" s="1">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="B808" s="1">
-        <v>1199</v>
+        <v>375</v>
       </c>
       <c r="C808" s="1" t="s">
         <v>772</v>
       </c>
       <c r="D808" s="1" t="s">
-        <v>102</v>
+        <v>42</v>
       </c>
       <c r="E808" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="809">
       <c r="A809" s="1">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="B809" s="1">
-        <v>375</v>
+        <v>590</v>
       </c>
       <c r="C809" s="1" t="s">
         <v>773</v>
       </c>
       <c r="D809" s="1" t="s">
-        <v>42</v>
+        <v>15</v>
       </c>
       <c r="E809" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="810">
       <c r="A810" s="1">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="B810" s="1">
-        <v>590</v>
+        <v>59</v>
       </c>
       <c r="C810" s="1" t="s">
         <v>774</v>
       </c>
       <c r="D810" s="1" t="s">
-        <v>15</v>
+        <v>46</v>
       </c>
       <c r="E810" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="811">
       <c r="A811" s="1">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="B811" s="1">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="C811" s="1" t="s">
         <v>775</v>
       </c>
       <c r="D811" s="1" t="s">
         <v>46</v>
       </c>
       <c r="E811" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="812">
       <c r="A812" s="1">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="B812" s="1">
-        <v>57</v>
+        <v>1329</v>
       </c>
       <c r="C812" s="1" t="s">
         <v>776</v>
       </c>
       <c r="D812" s="1" t="s">
-        <v>46</v>
+        <v>23</v>
       </c>
       <c r="E812" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="813">
       <c r="A813" s="1">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="B813" s="1">
-        <v>1329</v>
+        <v>1570</v>
       </c>
       <c r="C813" s="1" t="s">
         <v>777</v>
       </c>
       <c r="D813" s="1" t="s">
-        <v>23</v>
+        <v>73</v>
       </c>
       <c r="E813" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="814">
       <c r="A814" s="1">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="B814" s="1">
-        <v>1570</v>
+        <v>65</v>
       </c>
       <c r="C814" s="1" t="s">
         <v>778</v>
       </c>
       <c r="D814" s="1" t="s">
-        <v>73</v>
+        <v>46</v>
       </c>
       <c r="E814" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="815">
       <c r="A815" s="1">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="B815" s="1">
-        <v>65</v>
+        <v>1070</v>
       </c>
       <c r="C815" s="1" t="s">
         <v>779</v>
       </c>
       <c r="D815" s="1" t="s">
-        <v>46</v>
+        <v>56</v>
       </c>
       <c r="E815" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="816">
       <c r="A816" s="1">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="B816" s="1">
-        <v>1070</v>
+        <v>1204</v>
       </c>
       <c r="C816" s="1" t="s">
         <v>780</v>
       </c>
       <c r="D816" s="1" t="s">
-        <v>56</v>
+        <v>101</v>
       </c>
       <c r="E816" s="1">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="817">
       <c r="A817" s="1">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="B817" s="1">
-        <v>1204</v>
+        <v>1270</v>
       </c>
       <c r="C817" s="1" t="s">
         <v>781</v>
       </c>
       <c r="D817" s="1" t="s">
-        <v>102</v>
+        <v>10</v>
       </c>
       <c r="E817" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="818">
       <c r="A818" s="1">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="B818" s="1">
-        <v>1270</v>
+        <v>1144</v>
       </c>
       <c r="C818" s="1" t="s">
         <v>782</v>
       </c>
       <c r="D818" s="1" t="s">
-        <v>10</v>
+        <v>273</v>
       </c>
       <c r="E818" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="819">
       <c r="A819" s="1">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="B819" s="1">
-        <v>1144</v>
+        <v>1074</v>
       </c>
       <c r="C819" s="1" t="s">
         <v>783</v>
       </c>
       <c r="D819" s="1" t="s">
-        <v>274</v>
+        <v>56</v>
       </c>
       <c r="E819" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="820">
       <c r="A820" s="1">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B820" s="1">
-        <v>1074</v>
+        <v>58</v>
       </c>
       <c r="C820" s="1" t="s">
         <v>784</v>
       </c>
       <c r="D820" s="1" t="s">
-        <v>56</v>
+        <v>46</v>
       </c>
       <c r="E820" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="821">
       <c r="A821" s="1">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B821" s="1">
-        <v>58</v>
+        <v>1030</v>
       </c>
       <c r="C821" s="1" t="s">
         <v>785</v>
       </c>
       <c r="D821" s="1" t="s">
-        <v>46</v>
+        <v>56</v>
       </c>
       <c r="E821" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="822">
       <c r="A822" s="1">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="B822" s="1">
-        <v>1030</v>
+        <v>1055</v>
       </c>
       <c r="C822" s="1" t="s">
         <v>786</v>
       </c>
       <c r="D822" s="1" t="s">
         <v>56</v>
       </c>
       <c r="E822" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="823">
       <c r="A823" s="1">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="B823" s="1">
-        <v>1055</v>
+        <v>1261</v>
       </c>
       <c r="C823" s="1" t="s">
         <v>787</v>
       </c>
       <c r="D823" s="1" t="s">
-        <v>56</v>
+        <v>10</v>
       </c>
       <c r="E823" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="824">
       <c r="A824" s="1">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B824" s="1">
-        <v>1261</v>
+        <v>1314</v>
       </c>
       <c r="C824" s="1" t="s">
         <v>788</v>
       </c>
       <c r="D824" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E824" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="825">
       <c r="A825" s="1">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B825" s="1">
-        <v>1314</v>
+        <v>1828</v>
       </c>
       <c r="C825" s="1" t="s">
         <v>789</v>
       </c>
       <c r="D825" s="1" t="s">
-        <v>10</v>
+        <v>18</v>
       </c>
       <c r="E825" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="826">
       <c r="A826" s="1">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="B826" s="1">
-        <v>1828</v>
+        <v>792</v>
       </c>
       <c r="C826" s="1" t="s">
         <v>790</v>
       </c>
       <c r="D826" s="1" t="s">
-        <v>18</v>
+        <v>112</v>
       </c>
       <c r="E826" s="1">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="827">
       <c r="A827" s="1">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="B827" s="1">
-        <v>792</v>
+        <v>406</v>
       </c>
       <c r="C827" s="1" t="s">
         <v>791</v>
       </c>
       <c r="D827" s="1" t="s">
-        <v>114</v>
+        <v>42</v>
       </c>
       <c r="E827" s="1">
         <v>1</v>
       </c>
     </row>
-    <row r="828">
-[...6 lines deleted...]
-      <c r="C828" s="1" t="s">
+    <row r="830">
+      <c r="A830" s="3" t="s">
         <v>792</v>
       </c>
-      <c r="D828" s="1" t="s">
-[...3 lines deleted...]
-        <v>1</v>
+      <c r="B830" s="3" t="s">
+        <v>792</v>
+      </c>
+      <c r="C830" s="3" t="s">
+        <v>792</v>
+      </c>
+      <c r="D830" s="3" t="s">
+        <v>792</v>
+      </c>
+      <c r="E830" s="3" t="s">
+        <v>792</v>
       </c>
     </row>
     <row r="831">
-      <c r="A831" s="3" t="s">
+      <c r="A831" s="2" t="s">
+        <v>2</v>
+      </c>
+      <c r="B831" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="C831" s="2" t="s">
+        <v>4</v>
+      </c>
+      <c r="D831" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="E831" s="2" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="832">
+      <c r="A832" s="1">
+        <v>1</v>
+      </c>
+      <c r="B832" s="1">
+        <v>959</v>
+      </c>
+      <c r="C832" s="1" t="s">
         <v>793</v>
       </c>
-      <c r="B831" s="3" t="s">
-[...26 lines deleted...]
-        <v>6</v>
+      <c r="D832" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E832" s="1">
+        <v>15</v>
       </c>
     </row>
     <row r="833">
       <c r="A833" s="1">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="B833" s="1">
-        <v>959</v>
+        <v>314</v>
       </c>
       <c r="C833" s="1" t="s">
         <v>794</v>
       </c>
       <c r="D833" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="E833" s="1">
         <v>13</v>
-      </c>
-[...1 lines deleted...]
-        <v>15</v>
       </c>
     </row>
     <row r="834">
       <c r="A834" s="1">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="B834" s="1">
-        <v>314</v>
+        <v>561</v>
       </c>
       <c r="C834" s="1" t="s">
         <v>795</v>
       </c>
       <c r="D834" s="1" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="E834" s="1">
-        <v>13</v>
+        <v>11</v>
       </c>
     </row>
     <row r="835">
       <c r="A835" s="1">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="B835" s="1">
-        <v>561</v>
+        <v>1409</v>
       </c>
       <c r="C835" s="1" t="s">
         <v>796</v>
       </c>
       <c r="D835" s="1" t="s">
-        <v>13</v>
+        <v>23</v>
       </c>
       <c r="E835" s="1">
-        <v>11</v>
+        <v>10</v>
       </c>
     </row>
     <row r="836">
       <c r="A836" s="1">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="B836" s="1">
-        <v>1409</v>
+        <v>313</v>
       </c>
       <c r="C836" s="1" t="s">
         <v>797</v>
       </c>
       <c r="D836" s="1" t="s">
-        <v>23</v>
+        <v>8</v>
       </c>
       <c r="E836" s="1">
-        <v>10</v>
+        <v>9</v>
       </c>
     </row>
     <row r="837">
       <c r="A837" s="1">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="B837" s="1">
-        <v>313</v>
+        <v>1098</v>
       </c>
       <c r="C837" s="1" t="s">
         <v>798</v>
       </c>
       <c r="D837" s="1" t="s">
+        <v>273</v>
+      </c>
+      <c r="E837" s="1">
         <v>8</v>
-      </c>
-[...1 lines deleted...]
-        <v>9</v>
       </c>
     </row>
     <row r="838">
       <c r="A838" s="1">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="B838" s="1">
-        <v>1098</v>
+        <v>381</v>
       </c>
       <c r="C838" s="1" t="s">
         <v>799</v>
       </c>
       <c r="D838" s="1" t="s">
-        <v>274</v>
+        <v>42</v>
       </c>
       <c r="E838" s="1">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="839">
       <c r="A839" s="1">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="B839" s="1">
-        <v>381</v>
+        <v>666</v>
       </c>
       <c r="C839" s="1" t="s">
         <v>800</v>
       </c>
       <c r="D839" s="1" t="s">
-        <v>42</v>
+        <v>801</v>
       </c>
       <c r="E839" s="1">
-        <v>7</v>
+        <v>6</v>
       </c>
     </row>
     <row r="840">
       <c r="A840" s="1">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="B840" s="1">
-        <v>666</v>
+        <v>874</v>
       </c>
       <c r="C840" s="1" t="s">
-        <v>801</v>
+        <v>802</v>
       </c>
       <c r="D840" s="1" t="s">
-        <v>802</v>
+        <v>64</v>
       </c>
       <c r="E840" s="1">
-        <v>6</v>
+        <v>5</v>
       </c>
     </row>
     <row r="841">
       <c r="A841" s="1">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="B841" s="1">
-        <v>874</v>
+        <v>702</v>
       </c>
       <c r="C841" s="1" t="s">
         <v>803</v>
       </c>
       <c r="D841" s="1" t="s">
-        <v>64</v>
+        <v>12</v>
       </c>
       <c r="E841" s="1">
-        <v>5</v>
+        <v>4</v>
       </c>
     </row>
     <row r="842">
       <c r="A842" s="1">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="B842" s="1">
-        <v>702</v>
+        <v>825</v>
       </c>
       <c r="C842" s="1" t="s">
         <v>804</v>
       </c>
       <c r="D842" s="1" t="s">
-        <v>12</v>
+        <v>112</v>
       </c>
       <c r="E842" s="1">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="843">
       <c r="A843" s="1">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="B843" s="1">
-        <v>825</v>
+        <v>163</v>
       </c>
       <c r="C843" s="1" t="s">
         <v>805</v>
       </c>
       <c r="D843" s="1" t="s">
-        <v>114</v>
+        <v>46</v>
       </c>
       <c r="E843" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="844">
       <c r="A844" s="1">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="B844" s="1">
-        <v>163</v>
+        <v>817</v>
       </c>
       <c r="C844" s="1" t="s">
         <v>806</v>
       </c>
       <c r="D844" s="1" t="s">
-        <v>46</v>
+        <v>112</v>
       </c>
       <c r="E844" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="845">
       <c r="A845" s="1">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="B845" s="1">
-        <v>817</v>
+        <v>413</v>
       </c>
       <c r="C845" s="1" t="s">
         <v>807</v>
       </c>
       <c r="D845" s="1" t="s">
-        <v>114</v>
+        <v>42</v>
       </c>
       <c r="E845" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="846">
       <c r="A846" s="1">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="B846" s="1">
-        <v>413</v>
+        <v>1484</v>
       </c>
       <c r="C846" s="1" t="s">
         <v>808</v>
       </c>
       <c r="D846" s="1" t="s">
-        <v>42</v>
+        <v>48</v>
       </c>
       <c r="E846" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="847">
       <c r="A847" s="1">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="B847" s="1">
-        <v>1484</v>
+        <v>1085</v>
       </c>
       <c r="C847" s="1" t="s">
-        <v>809</v>
+        <v>568</v>
       </c>
       <c r="D847" s="1" t="s">
-        <v>48</v>
+        <v>273</v>
       </c>
       <c r="E847" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="848">
       <c r="A848" s="1">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="B848" s="1">
-        <v>1085</v>
+        <v>161</v>
       </c>
       <c r="C848" s="1" t="s">
-        <v>569</v>
+        <v>809</v>
       </c>
       <c r="D848" s="1" t="s">
-        <v>274</v>
+        <v>46</v>
       </c>
       <c r="E848" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="849">
       <c r="A849" s="1">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="B849" s="1">
-        <v>161</v>
+        <v>908</v>
       </c>
       <c r="C849" s="1" t="s">
         <v>810</v>
       </c>
       <c r="D849" s="1" t="s">
-        <v>46</v>
+        <v>64</v>
       </c>
       <c r="E849" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="850">
       <c r="A850" s="1">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="B850" s="1">
-        <v>908</v>
+        <v>1322</v>
       </c>
       <c r="C850" s="1" t="s">
         <v>811</v>
       </c>
       <c r="D850" s="1" t="s">
-        <v>64</v>
+        <v>13</v>
       </c>
       <c r="E850" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="851">
       <c r="A851" s="1">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="B851" s="1">
-        <v>1322</v>
+        <v>756</v>
       </c>
       <c r="C851" s="1" t="s">
         <v>812</v>
       </c>
       <c r="D851" s="1" t="s">
-        <v>13</v>
+        <v>101</v>
       </c>
       <c r="E851" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="852">
       <c r="A852" s="1">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="B852" s="1">
-        <v>756</v>
+        <v>1627</v>
       </c>
       <c r="C852" s="1" t="s">
         <v>813</v>
       </c>
       <c r="D852" s="1" t="s">
-        <v>102</v>
+        <v>73</v>
       </c>
       <c r="E852" s="1">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="853">
       <c r="A853" s="1">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="B853" s="1">
-        <v>1627</v>
+        <v>481</v>
       </c>
       <c r="C853" s="1" t="s">
         <v>814</v>
       </c>
       <c r="D853" s="1" t="s">
-        <v>73</v>
+        <v>42</v>
       </c>
       <c r="E853" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="854">
       <c r="A854" s="1">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="B854" s="1">
-        <v>481</v>
+        <v>1048</v>
       </c>
       <c r="C854" s="1" t="s">
         <v>815</v>
       </c>
       <c r="D854" s="1" t="s">
-        <v>42</v>
+        <v>56</v>
       </c>
       <c r="E854" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="855">
       <c r="A855" s="1">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="B855" s="1">
-        <v>1048</v>
+        <v>1588</v>
       </c>
       <c r="C855" s="1" t="s">
         <v>816</v>
       </c>
       <c r="D855" s="1" t="s">
-        <v>56</v>
+        <v>73</v>
       </c>
       <c r="E855" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="856">
       <c r="A856" s="1">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B856" s="1">
-        <v>1588</v>
+        <v>1399</v>
       </c>
       <c r="C856" s="1" t="s">
         <v>817</v>
       </c>
       <c r="D856" s="1" t="s">
-        <v>73</v>
+        <v>13</v>
       </c>
       <c r="E856" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="857">
       <c r="A857" s="1">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B857" s="1">
-        <v>1399</v>
+        <v>562</v>
       </c>
       <c r="C857" s="1" t="s">
         <v>818</v>
       </c>
       <c r="D857" s="1" t="s">
-        <v>13</v>
+        <v>315</v>
       </c>
       <c r="E857" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="858">
       <c r="A858" s="1">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="B858" s="1">
-        <v>562</v>
+        <v>1027</v>
       </c>
       <c r="C858" s="1" t="s">
         <v>819</v>
       </c>
       <c r="D858" s="1" t="s">
-        <v>316</v>
+        <v>56</v>
       </c>
       <c r="E858" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="859">
       <c r="A859" s="1">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="B859" s="1">
-        <v>1027</v>
+        <v>466</v>
       </c>
       <c r="C859" s="1" t="s">
         <v>820</v>
       </c>
       <c r="D859" s="1" t="s">
-        <v>56</v>
+        <v>42</v>
       </c>
       <c r="E859" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="860">
       <c r="A860" s="1">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B860" s="1">
-        <v>466</v>
+        <v>1291</v>
       </c>
       <c r="C860" s="1" t="s">
         <v>821</v>
       </c>
       <c r="D860" s="1" t="s">
-        <v>42</v>
+        <v>10</v>
       </c>
       <c r="E860" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="861">
       <c r="A861" s="1">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B861" s="1">
-        <v>1291</v>
+        <v>769</v>
       </c>
       <c r="C861" s="1" t="s">
         <v>822</v>
       </c>
       <c r="D861" s="1" t="s">
-        <v>10</v>
+        <v>101</v>
       </c>
       <c r="E861" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="862">
       <c r="A862" s="1">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="B862" s="1">
-        <v>769</v>
+        <v>1353</v>
       </c>
       <c r="C862" s="1" t="s">
         <v>823</v>
       </c>
       <c r="D862" s="1" t="s">
-        <v>102</v>
+        <v>23</v>
       </c>
       <c r="E862" s="1">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="863">
       <c r="A863" s="1">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="B863" s="1">
-        <v>1353</v>
+        <v>916</v>
       </c>
       <c r="C863" s="1" t="s">
         <v>824</v>
       </c>
       <c r="D863" s="1" t="s">
-        <v>23</v>
+        <v>64</v>
       </c>
       <c r="E863" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="864">
       <c r="A864" s="1">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B864" s="1">
-        <v>916</v>
+        <v>1879</v>
       </c>
       <c r="C864" s="1" t="s">
         <v>825</v>
       </c>
       <c r="D864" s="1" t="s">
-        <v>64</v>
+        <v>426</v>
       </c>
       <c r="E864" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="865">
       <c r="A865" s="1">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="B865" s="1">
-        <v>1879</v>
+        <v>1289</v>
       </c>
       <c r="C865" s="1" t="s">
         <v>826</v>
       </c>
       <c r="D865" s="1" t="s">
-        <v>427</v>
+        <v>10</v>
       </c>
       <c r="E865" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="866">
       <c r="A866" s="1">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="B866" s="1">
-        <v>1289</v>
+        <v>167</v>
       </c>
       <c r="C866" s="1" t="s">
         <v>827</v>
       </c>
       <c r="D866" s="1" t="s">
-        <v>10</v>
+        <v>46</v>
       </c>
       <c r="E866" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="867">
       <c r="A867" s="1">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="B867" s="1">
-        <v>167</v>
+        <v>1607</v>
       </c>
       <c r="C867" s="1" t="s">
         <v>828</v>
       </c>
       <c r="D867" s="1" t="s">
-        <v>46</v>
+        <v>73</v>
       </c>
       <c r="E867" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="868">
       <c r="A868" s="1">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="B868" s="1">
-        <v>1607</v>
+        <v>752</v>
       </c>
       <c r="C868" s="1" t="s">
         <v>829</v>
       </c>
       <c r="D868" s="1" t="s">
-        <v>73</v>
+        <v>101</v>
       </c>
       <c r="E868" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="869">
       <c r="A869" s="1">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="B869" s="1">
-        <v>752</v>
+        <v>470</v>
       </c>
       <c r="C869" s="1" t="s">
         <v>830</v>
       </c>
       <c r="D869" s="1" t="s">
-        <v>102</v>
+        <v>42</v>
       </c>
       <c r="E869" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="870">
       <c r="A870" s="1">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="B870" s="1">
-        <v>470</v>
+        <v>240</v>
       </c>
       <c r="C870" s="1" t="s">
         <v>831</v>
       </c>
       <c r="D870" s="1" t="s">
-        <v>42</v>
+        <v>257</v>
       </c>
       <c r="E870" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="871">
       <c r="A871" s="1">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="B871" s="1">
-        <v>240</v>
+        <v>408</v>
       </c>
       <c r="C871" s="1" t="s">
         <v>832</v>
       </c>
       <c r="D871" s="1" t="s">
-        <v>258</v>
+        <v>42</v>
       </c>
       <c r="E871" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="872">
       <c r="A872" s="1">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="B872" s="1">
-        <v>408</v>
+        <v>224</v>
       </c>
       <c r="C872" s="1" t="s">
         <v>833</v>
       </c>
       <c r="D872" s="1" t="s">
-        <v>42</v>
+        <v>257</v>
       </c>
       <c r="E872" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="873">
       <c r="A873" s="1">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="B873" s="1">
-        <v>224</v>
+        <v>1613</v>
       </c>
       <c r="C873" s="1" t="s">
         <v>834</v>
       </c>
       <c r="D873" s="1" t="s">
-        <v>258</v>
+        <v>73</v>
       </c>
       <c r="E873" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="874">
       <c r="A874" s="1">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="B874" s="1">
-        <v>1613</v>
+        <v>927</v>
       </c>
       <c r="C874" s="1" t="s">
         <v>835</v>
       </c>
       <c r="D874" s="1" t="s">
-        <v>73</v>
+        <v>64</v>
       </c>
       <c r="E874" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="875">
       <c r="A875" s="1">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="B875" s="1">
-        <v>927</v>
+        <v>893</v>
       </c>
       <c r="C875" s="1" t="s">
         <v>836</v>
       </c>
       <c r="D875" s="1" t="s">
         <v>64</v>
       </c>
       <c r="E875" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="876">
       <c r="A876" s="1">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="B876" s="1">
-        <v>893</v>
+        <v>1152</v>
       </c>
       <c r="C876" s="1" t="s">
         <v>837</v>
       </c>
       <c r="D876" s="1" t="s">
-        <v>64</v>
+        <v>273</v>
       </c>
       <c r="E876" s="1">
         <v>1</v>
       </c>
     </row>
-    <row r="877">
-[...6 lines deleted...]
-      <c r="C877" s="1" t="s">
+    <row r="879">
+      <c r="A879" s="3" t="s">
         <v>838</v>
       </c>
-      <c r="D877" s="1" t="s">
-[...3 lines deleted...]
-        <v>1</v>
+      <c r="B879" s="3" t="s">
+        <v>838</v>
+      </c>
+      <c r="C879" s="3" t="s">
+        <v>838</v>
+      </c>
+      <c r="D879" s="3" t="s">
+        <v>838</v>
+      </c>
+      <c r="E879" s="3" t="s">
+        <v>838</v>
       </c>
     </row>
     <row r="880">
-      <c r="A880" s="3" t="s">
+      <c r="A880" s="2" t="s">
+        <v>2</v>
+      </c>
+      <c r="B880" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="C880" s="2" t="s">
+        <v>4</v>
+      </c>
+      <c r="D880" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="E880" s="2" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="881">
+      <c r="A881" s="1">
+        <v>1</v>
+      </c>
+      <c r="B881" s="1">
+        <v>665</v>
+      </c>
+      <c r="C881" s="1" t="s">
         <v>839</v>
       </c>
-      <c r="B880" s="3" t="s">
-[...26 lines deleted...]
-        <v>6</v>
+      <c r="D881" s="1" t="s">
+        <v>801</v>
+      </c>
+      <c r="E881" s="1">
+        <v>15</v>
       </c>
     </row>
     <row r="882">
       <c r="A882" s="1">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="B882" s="1">
-        <v>665</v>
+        <v>1714</v>
       </c>
       <c r="C882" s="1" t="s">
         <v>840</v>
       </c>
       <c r="D882" s="1" t="s">
-        <v>802</v>
+        <v>23</v>
       </c>
       <c r="E882" s="1">
-        <v>15</v>
+        <v>13</v>
       </c>
     </row>
     <row r="883">
       <c r="A883" s="1">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="B883" s="1">
-        <v>1714</v>
+        <v>1916</v>
       </c>
       <c r="C883" s="1" t="s">
         <v>841</v>
       </c>
       <c r="D883" s="1" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="E883" s="1">
-        <v>13</v>
+        <v>11</v>
       </c>
     </row>
     <row r="884">
       <c r="A884" s="1">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="B884" s="1">
-        <v>1916</v>
+        <v>488</v>
       </c>
       <c r="C884" s="1" t="s">
         <v>842</v>
       </c>
       <c r="D884" s="1" t="s">
-        <v>27</v>
+        <v>207</v>
       </c>
       <c r="E884" s="1">
-        <v>11</v>
+        <v>10</v>
       </c>
     </row>
     <row r="885">
       <c r="A885" s="1">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="B885" s="1">
-        <v>488</v>
+        <v>865</v>
       </c>
       <c r="C885" s="1" t="s">
         <v>843</v>
       </c>
       <c r="D885" s="1" t="s">
-        <v>208</v>
+        <v>64</v>
       </c>
       <c r="E885" s="1">
-        <v>10</v>
+        <v>9</v>
       </c>
     </row>
     <row r="886">
       <c r="A886" s="1">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="B886" s="1">
-        <v>865</v>
+        <v>1080</v>
       </c>
       <c r="C886" s="1" t="s">
         <v>844</v>
       </c>
       <c r="D886" s="1" t="s">
-        <v>64</v>
+        <v>273</v>
       </c>
       <c r="E886" s="1">
-        <v>9</v>
+        <v>8</v>
       </c>
     </row>
     <row r="887">
       <c r="A887" s="1">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="B887" s="1">
-        <v>1080</v>
+        <v>968</v>
       </c>
       <c r="C887" s="1" t="s">
         <v>845</v>
       </c>
       <c r="D887" s="1" t="s">
-        <v>274</v>
+        <v>64</v>
       </c>
       <c r="E887" s="1">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="888">
       <c r="A888" s="1">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="B888" s="1">
-        <v>968</v>
+        <v>1369</v>
       </c>
       <c r="C888" s="1" t="s">
         <v>846</v>
       </c>
       <c r="D888" s="1" t="s">
-        <v>64</v>
+        <v>101</v>
       </c>
       <c r="E888" s="1">
-        <v>7</v>
+        <v>6</v>
       </c>
     </row>
     <row r="889">
       <c r="A889" s="1">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="B889" s="1">
-        <v>1369</v>
+        <v>1360</v>
       </c>
       <c r="C889" s="1" t="s">
         <v>847</v>
       </c>
       <c r="D889" s="1" t="s">
-        <v>102</v>
+        <v>23</v>
       </c>
       <c r="E889" s="1">
-        <v>6</v>
+        <v>5</v>
       </c>
     </row>
     <row r="890">
       <c r="A890" s="1">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="B890" s="1">
-        <v>1360</v>
+        <v>447</v>
       </c>
       <c r="C890" s="1" t="s">
         <v>848</v>
       </c>
       <c r="D890" s="1" t="s">
-        <v>23</v>
+        <v>42</v>
       </c>
       <c r="E890" s="1">
-        <v>5</v>
+        <v>4</v>
       </c>
     </row>
     <row r="891">
       <c r="A891" s="1">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="B891" s="1">
-        <v>447</v>
+        <v>225</v>
       </c>
       <c r="C891" s="1" t="s">
         <v>849</v>
       </c>
       <c r="D891" s="1" t="s">
-        <v>42</v>
+        <v>257</v>
       </c>
       <c r="E891" s="1">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="892">
       <c r="A892" s="1">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="B892" s="1">
-        <v>225</v>
+        <v>1725</v>
       </c>
       <c r="C892" s="1" t="s">
         <v>850</v>
       </c>
       <c r="D892" s="1" t="s">
-        <v>258</v>
+        <v>23</v>
       </c>
       <c r="E892" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="893">
       <c r="A893" s="1">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="B893" s="1">
-        <v>1725</v>
+        <v>73</v>
       </c>
       <c r="C893" s="1" t="s">
         <v>851</v>
       </c>
       <c r="D893" s="1" t="s">
-        <v>23</v>
+        <v>46</v>
       </c>
       <c r="E893" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="894">
       <c r="A894" s="1">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="B894" s="1">
-        <v>73</v>
+        <v>450</v>
       </c>
       <c r="C894" s="1" t="s">
         <v>852</v>
       </c>
       <c r="D894" s="1" t="s">
-        <v>46</v>
+        <v>42</v>
       </c>
       <c r="E894" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="895">
       <c r="A895" s="1">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="B895" s="1">
-        <v>450</v>
+        <v>215</v>
       </c>
       <c r="C895" s="1" t="s">
         <v>853</v>
       </c>
       <c r="D895" s="1" t="s">
-        <v>42</v>
+        <v>257</v>
       </c>
       <c r="E895" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="896">
       <c r="A896" s="1">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="B896" s="1">
-        <v>215</v>
+        <v>845</v>
       </c>
       <c r="C896" s="1" t="s">
         <v>854</v>
       </c>
       <c r="D896" s="1" t="s">
-        <v>258</v>
+        <v>64</v>
       </c>
       <c r="E896" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="897">
       <c r="A897" s="1">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="B897" s="1">
-        <v>845</v>
+        <v>1117</v>
       </c>
       <c r="C897" s="1" t="s">
         <v>855</v>
       </c>
       <c r="D897" s="1" t="s">
-        <v>64</v>
+        <v>273</v>
       </c>
       <c r="E897" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="898">
       <c r="A898" s="1">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="B898" s="1">
-        <v>1117</v>
+        <v>69</v>
       </c>
       <c r="C898" s="1" t="s">
         <v>856</v>
       </c>
       <c r="D898" s="1" t="s">
-        <v>274</v>
+        <v>46</v>
       </c>
       <c r="E898" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="899">
       <c r="A899" s="1">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="B899" s="1">
-        <v>69</v>
+        <v>1016</v>
       </c>
       <c r="C899" s="1" t="s">
         <v>857</v>
       </c>
       <c r="D899" s="1" t="s">
-        <v>46</v>
+        <v>56</v>
       </c>
       <c r="E899" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="900">
       <c r="A900" s="1">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="B900" s="1">
-        <v>1016</v>
+        <v>70</v>
       </c>
       <c r="C900" s="1" t="s">
         <v>858</v>
       </c>
       <c r="D900" s="1" t="s">
-        <v>56</v>
+        <v>46</v>
       </c>
       <c r="E900" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="901">
       <c r="A901" s="1">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="B901" s="1">
-        <v>70</v>
+        <v>993</v>
       </c>
       <c r="C901" s="1" t="s">
         <v>859</v>
       </c>
       <c r="D901" s="1" t="s">
-        <v>46</v>
+        <v>56</v>
       </c>
       <c r="E901" s="1">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="902">
       <c r="A902" s="1">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="B902" s="1">
-        <v>993</v>
+        <v>456</v>
       </c>
       <c r="C902" s="1" t="s">
         <v>860</v>
       </c>
       <c r="D902" s="1" t="s">
-        <v>56</v>
+        <v>42</v>
       </c>
       <c r="E902" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="903">
       <c r="A903" s="1">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="B903" s="1">
-        <v>456</v>
+        <v>899</v>
       </c>
       <c r="C903" s="1" t="s">
         <v>861</v>
       </c>
       <c r="D903" s="1" t="s">
-        <v>42</v>
+        <v>64</v>
       </c>
       <c r="E903" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="904">
       <c r="A904" s="1">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="B904" s="1">
-        <v>899</v>
+        <v>602</v>
       </c>
       <c r="C904" s="1" t="s">
         <v>862</v>
       </c>
       <c r="D904" s="1" t="s">
-        <v>64</v>
+        <v>15</v>
       </c>
       <c r="E904" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="905">
       <c r="A905" s="1">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B905" s="1">
-        <v>602</v>
+        <v>1056</v>
       </c>
       <c r="C905" s="1" t="s">
         <v>863</v>
       </c>
       <c r="D905" s="1" t="s">
-        <v>15</v>
+        <v>56</v>
       </c>
       <c r="E905" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="906">
       <c r="A906" s="1">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B906" s="1">
-        <v>1056</v>
+        <v>768</v>
       </c>
       <c r="C906" s="1" t="s">
         <v>864</v>
       </c>
       <c r="D906" s="1" t="s">
-        <v>56</v>
+        <v>101</v>
       </c>
       <c r="E906" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="907">
       <c r="A907" s="1">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="B907" s="1">
-        <v>768</v>
+        <v>1522</v>
       </c>
       <c r="C907" s="1" t="s">
         <v>865</v>
       </c>
       <c r="D907" s="1" t="s">
-        <v>102</v>
+        <v>46</v>
       </c>
       <c r="E907" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="908">
       <c r="A908" s="1">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="B908" s="1">
-        <v>1522</v>
+        <v>1819</v>
       </c>
       <c r="C908" s="1" t="s">
         <v>866</v>
       </c>
       <c r="D908" s="1" t="s">
-        <v>46</v>
+        <v>18</v>
       </c>
       <c r="E908" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="909">
       <c r="A909" s="1">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B909" s="1">
-        <v>1819</v>
+        <v>578</v>
       </c>
       <c r="C909" s="1" t="s">
         <v>867</v>
       </c>
       <c r="D909" s="1" t="s">
-        <v>18</v>
+        <v>392</v>
       </c>
       <c r="E909" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="910">
       <c r="A910" s="1">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B910" s="1">
-        <v>578</v>
+        <v>71</v>
       </c>
       <c r="C910" s="1" t="s">
         <v>868</v>
       </c>
       <c r="D910" s="1" t="s">
-        <v>393</v>
+        <v>46</v>
       </c>
       <c r="E910" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="911">
       <c r="A911" s="1">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="B911" s="1">
-        <v>71</v>
+        <v>437</v>
       </c>
       <c r="C911" s="1" t="s">
         <v>869</v>
       </c>
       <c r="D911" s="1" t="s">
-        <v>46</v>
+        <v>42</v>
       </c>
       <c r="E911" s="1">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="912">
       <c r="A912" s="1">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="B912" s="1">
-        <v>437</v>
+        <v>297</v>
       </c>
       <c r="C912" s="1" t="s">
         <v>870</v>
       </c>
       <c r="D912" s="1" t="s">
-        <v>42</v>
+        <v>8</v>
       </c>
       <c r="E912" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="913">
       <c r="A913" s="1">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B913" s="1">
-        <v>297</v>
+        <v>846</v>
       </c>
       <c r="C913" s="1" t="s">
         <v>871</v>
       </c>
       <c r="D913" s="1" t="s">
-        <v>8</v>
+        <v>64</v>
       </c>
       <c r="E913" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="914">
       <c r="A914" s="1">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="B914" s="1">
-        <v>846</v>
+        <v>895</v>
       </c>
       <c r="C914" s="1" t="s">
         <v>872</v>
       </c>
       <c r="D914" s="1" t="s">
         <v>64</v>
       </c>
       <c r="E914" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="915">
       <c r="A915" s="1">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="B915" s="1">
-        <v>895</v>
+        <v>230</v>
       </c>
       <c r="C915" s="1" t="s">
         <v>873</v>
       </c>
       <c r="D915" s="1" t="s">
-        <v>64</v>
+        <v>257</v>
       </c>
       <c r="E915" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="916">
       <c r="A916" s="1">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="B916" s="1">
-        <v>230</v>
+        <v>669</v>
       </c>
       <c r="C916" s="1" t="s">
         <v>874</v>
       </c>
       <c r="D916" s="1" t="s">
-        <v>258</v>
+        <v>13</v>
       </c>
       <c r="E916" s="1">
         <v>1</v>
       </c>
     </row>
-    <row r="917">
-[...6 lines deleted...]
-      <c r="C917" s="1" t="s">
+    <row r="919">
+      <c r="A919" s="3" t="s">
         <v>875</v>
       </c>
-      <c r="D917" s="1" t="s">
-[...3 lines deleted...]
-        <v>1</v>
+      <c r="B919" s="3" t="s">
+        <v>875</v>
+      </c>
+      <c r="C919" s="3" t="s">
+        <v>875</v>
+      </c>
+      <c r="D919" s="3" t="s">
+        <v>875</v>
+      </c>
+      <c r="E919" s="3" t="s">
+        <v>875</v>
       </c>
     </row>
     <row r="920">
-      <c r="A920" s="3" t="s">
+      <c r="A920" s="2" t="s">
+        <v>2</v>
+      </c>
+      <c r="B920" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="C920" s="2" t="s">
+        <v>4</v>
+      </c>
+      <c r="D920" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="E920" s="2" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="921">
+      <c r="A921" s="1">
+        <v>1</v>
+      </c>
+      <c r="B921" s="1">
+        <v>175</v>
+      </c>
+      <c r="C921" s="1" t="s">
         <v>876</v>
       </c>
-      <c r="B920" s="3" t="s">
-[...26 lines deleted...]
-        <v>6</v>
+      <c r="D921" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="E921" s="1">
+        <v>15</v>
       </c>
     </row>
     <row r="922">
       <c r="A922" s="1">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="B922" s="1">
-        <v>175</v>
+        <v>1772</v>
       </c>
       <c r="C922" s="1" t="s">
         <v>877</v>
       </c>
       <c r="D922" s="1" t="s">
-        <v>46</v>
+        <v>18</v>
       </c>
       <c r="E922" s="1">
-        <v>15</v>
+        <v>13</v>
       </c>
     </row>
     <row r="923">
       <c r="A923" s="1">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="B923" s="1">
-        <v>1772</v>
+        <v>1895</v>
       </c>
       <c r="C923" s="1" t="s">
         <v>878</v>
       </c>
       <c r="D923" s="1" t="s">
-        <v>18</v>
+        <v>27</v>
       </c>
       <c r="E923" s="1">
-        <v>13</v>
+        <v>11</v>
       </c>
     </row>
     <row r="924">
       <c r="A924" s="1">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="B924" s="1">
-        <v>1895</v>
+        <v>179</v>
       </c>
       <c r="C924" s="1" t="s">
         <v>879</v>
       </c>
       <c r="D924" s="1" t="s">
-        <v>27</v>
+        <v>46</v>
       </c>
       <c r="E924" s="1">
-        <v>11</v>
+        <v>10</v>
       </c>
     </row>
     <row r="925">
       <c r="A925" s="1">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="B925" s="1">
-        <v>179</v>
+        <v>265</v>
       </c>
       <c r="C925" s="1" t="s">
         <v>880</v>
       </c>
       <c r="D925" s="1" t="s">
-        <v>46</v>
+        <v>8</v>
       </c>
       <c r="E925" s="1">
-        <v>10</v>
+        <v>9</v>
       </c>
     </row>
     <row r="926">
       <c r="A926" s="1">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="B926" s="1">
-        <v>265</v>
+        <v>386</v>
       </c>
       <c r="C926" s="1" t="s">
         <v>881</v>
       </c>
       <c r="D926" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="E926" s="1">
         <v>8</v>
-      </c>
-[...1 lines deleted...]
-        <v>9</v>
       </c>
     </row>
     <row r="927">
       <c r="A927" s="1">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="B927" s="1">
-        <v>386</v>
+        <v>454</v>
       </c>
       <c r="C927" s="1" t="s">
         <v>882</v>
       </c>
       <c r="D927" s="1" t="s">
         <v>42</v>
       </c>
       <c r="E927" s="1">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="928">
       <c r="A928" s="1">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="B928" s="1">
-        <v>454</v>
+        <v>178</v>
       </c>
       <c r="C928" s="1" t="s">
         <v>883</v>
       </c>
       <c r="D928" s="1" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="E928" s="1">
-        <v>7</v>
+        <v>6</v>
       </c>
     </row>
     <row r="929">
       <c r="A929" s="1">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="B929" s="1">
-        <v>178</v>
+        <v>1743</v>
       </c>
       <c r="C929" s="1" t="s">
         <v>884</v>
       </c>
       <c r="D929" s="1" t="s">
-        <v>46</v>
+        <v>96</v>
       </c>
       <c r="E929" s="1">
-        <v>6</v>
+        <v>5</v>
       </c>
     </row>
     <row r="930">
       <c r="A930" s="1">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="B930" s="1">
-        <v>1743</v>
+        <v>174</v>
       </c>
       <c r="C930" s="1" t="s">
         <v>885</v>
       </c>
       <c r="D930" s="1" t="s">
-        <v>98</v>
+        <v>46</v>
       </c>
       <c r="E930" s="1">
-        <v>5</v>
+        <v>4</v>
       </c>
     </row>
     <row r="931">
       <c r="A931" s="1">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="B931" s="1">
-        <v>174</v>
+        <v>166</v>
       </c>
       <c r="C931" s="1" t="s">
         <v>886</v>
       </c>
       <c r="D931" s="1" t="s">
         <v>46</v>
       </c>
       <c r="E931" s="1">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="932">
       <c r="A932" s="1">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="B932" s="1">
-        <v>166</v>
+        <v>781</v>
       </c>
       <c r="C932" s="1" t="s">
-        <v>887</v>
+        <v>702</v>
       </c>
       <c r="D932" s="1" t="s">
-        <v>46</v>
+        <v>101</v>
       </c>
       <c r="E932" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="933">
       <c r="A933" s="1">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="B933" s="1">
-        <v>781</v>
+        <v>1364</v>
       </c>
       <c r="C933" s="1" t="s">
-        <v>703</v>
+        <v>887</v>
       </c>
       <c r="D933" s="1" t="s">
-        <v>102</v>
+        <v>35</v>
       </c>
       <c r="E933" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="934">
       <c r="A934" s="1">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="B934" s="1">
-        <v>1364</v>
+        <v>1816</v>
       </c>
       <c r="C934" s="1" t="s">
         <v>888</v>
       </c>
       <c r="D934" s="1" t="s">
-        <v>35</v>
+        <v>18</v>
       </c>
       <c r="E934" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="935">
       <c r="A935" s="1">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="B935" s="1">
-        <v>1816</v>
+        <v>1340</v>
       </c>
       <c r="C935" s="1" t="s">
         <v>889</v>
       </c>
       <c r="D935" s="1" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="E935" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="936">
       <c r="A936" s="1">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="B936" s="1">
-        <v>1340</v>
+        <v>943</v>
       </c>
       <c r="C936" s="1" t="s">
         <v>890</v>
       </c>
       <c r="D936" s="1" t="s">
-        <v>23</v>
+        <v>101</v>
       </c>
       <c r="E936" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="937">
       <c r="A937" s="1">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="B937" s="1">
-        <v>943</v>
+        <v>104</v>
       </c>
       <c r="C937" s="1" t="s">
         <v>891</v>
       </c>
       <c r="D937" s="1" t="s">
-        <v>102</v>
+        <v>46</v>
       </c>
       <c r="E937" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="938">
       <c r="A938" s="1">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="B938" s="1">
-        <v>104</v>
+        <v>1101</v>
       </c>
       <c r="C938" s="1" t="s">
         <v>892</v>
       </c>
       <c r="D938" s="1" t="s">
-        <v>46</v>
+        <v>273</v>
       </c>
       <c r="E938" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="939">
       <c r="A939" s="1">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="B939" s="1">
-        <v>1101</v>
+        <v>936</v>
       </c>
       <c r="C939" s="1" t="s">
         <v>893</v>
       </c>
       <c r="D939" s="1" t="s">
-        <v>274</v>
+        <v>64</v>
       </c>
       <c r="E939" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="940">
       <c r="A940" s="1">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="B940" s="1">
-        <v>936</v>
+        <v>533</v>
       </c>
       <c r="C940" s="1" t="s">
         <v>894</v>
       </c>
       <c r="D940" s="1" t="s">
-        <v>64</v>
+        <v>119</v>
       </c>
       <c r="E940" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="941">
       <c r="A941" s="1">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="B941" s="1">
-        <v>533</v>
+        <v>839</v>
       </c>
       <c r="C941" s="1" t="s">
         <v>895</v>
       </c>
       <c r="D941" s="1" t="s">
-        <v>121</v>
+        <v>112</v>
       </c>
       <c r="E941" s="1">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="942">
       <c r="A942" s="1">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="B942" s="1">
-        <v>839</v>
+        <v>1140</v>
       </c>
       <c r="C942" s="1" t="s">
         <v>896</v>
       </c>
       <c r="D942" s="1" t="s">
-        <v>114</v>
+        <v>273</v>
       </c>
       <c r="E942" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="943">
       <c r="A943" s="1">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="B943" s="1">
-        <v>1140</v>
+        <v>911</v>
       </c>
       <c r="C943" s="1" t="s">
         <v>897</v>
       </c>
       <c r="D943" s="1" t="s">
-        <v>274</v>
+        <v>64</v>
       </c>
       <c r="E943" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="944">
       <c r="A944" s="1">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="B944" s="1">
-        <v>911</v>
+        <v>176</v>
       </c>
       <c r="C944" s="1" t="s">
         <v>898</v>
       </c>
       <c r="D944" s="1" t="s">
-        <v>64</v>
+        <v>46</v>
       </c>
       <c r="E944" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="945">
       <c r="A945" s="1">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B945" s="1">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="C945" s="1" t="s">
         <v>899</v>
       </c>
       <c r="D945" s="1" t="s">
         <v>46</v>
       </c>
       <c r="E945" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="946">
       <c r="A946" s="1">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B946" s="1">
-        <v>177</v>
+        <v>394</v>
       </c>
       <c r="C946" s="1" t="s">
         <v>900</v>
       </c>
       <c r="D946" s="1" t="s">
-        <v>46</v>
+        <v>42</v>
       </c>
       <c r="E946" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="947">
       <c r="A947" s="1">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="B947" s="1">
-        <v>394</v>
+        <v>1750</v>
       </c>
       <c r="C947" s="1" t="s">
         <v>901</v>
       </c>
       <c r="D947" s="1" t="s">
-        <v>42</v>
+        <v>326</v>
       </c>
       <c r="E947" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="948">
       <c r="A948" s="1">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="B948" s="1">
-        <v>1750</v>
+        <v>1072</v>
       </c>
       <c r="C948" s="1" t="s">
         <v>902</v>
       </c>
       <c r="D948" s="1" t="s">
-        <v>327</v>
+        <v>56</v>
       </c>
       <c r="E948" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="949">
       <c r="A949" s="1">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B949" s="1">
-        <v>1072</v>
+        <v>497</v>
       </c>
       <c r="C949" s="1" t="s">
         <v>903</v>
       </c>
       <c r="D949" s="1" t="s">
-        <v>56</v>
+        <v>42</v>
       </c>
       <c r="E949" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="950">
       <c r="A950" s="1">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B950" s="1">
-        <v>497</v>
+        <v>332</v>
       </c>
       <c r="C950" s="1" t="s">
         <v>904</v>
       </c>
       <c r="D950" s="1" t="s">
-        <v>42</v>
+        <v>8</v>
       </c>
       <c r="E950" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="951">
       <c r="A951" s="1">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="B951" s="1">
-        <v>332</v>
+        <v>387</v>
       </c>
       <c r="C951" s="1" t="s">
         <v>905</v>
       </c>
       <c r="D951" s="1" t="s">
-        <v>8</v>
+        <v>42</v>
       </c>
       <c r="E951" s="1">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="952">
       <c r="A952" s="1">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="B952" s="1">
-        <v>387</v>
+        <v>1114</v>
       </c>
       <c r="C952" s="1" t="s">
         <v>906</v>
       </c>
       <c r="D952" s="1" t="s">
-        <v>42</v>
+        <v>273</v>
       </c>
       <c r="E952" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="953">
       <c r="A953" s="1">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B953" s="1">
-        <v>1114</v>
+        <v>1814</v>
       </c>
       <c r="C953" s="1" t="s">
         <v>907</v>
       </c>
       <c r="D953" s="1" t="s">
-        <v>274</v>
+        <v>18</v>
       </c>
       <c r="E953" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="954">
       <c r="A954" s="1">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="B954" s="1">
-        <v>1814</v>
+        <v>955</v>
       </c>
       <c r="C954" s="1" t="s">
         <v>908</v>
       </c>
       <c r="D954" s="1" t="s">
-        <v>18</v>
+        <v>101</v>
       </c>
       <c r="E954" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="955">
       <c r="A955" s="1">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="B955" s="1">
-        <v>955</v>
+        <v>182</v>
       </c>
       <c r="C955" s="1" t="s">
         <v>909</v>
       </c>
       <c r="D955" s="1" t="s">
-        <v>102</v>
+        <v>46</v>
       </c>
       <c r="E955" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="956">
       <c r="A956" s="1">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="B956" s="1">
-        <v>182</v>
+        <v>1748</v>
       </c>
       <c r="C956" s="1" t="s">
         <v>910</v>
       </c>
       <c r="D956" s="1" t="s">
-        <v>46</v>
+        <v>326</v>
       </c>
       <c r="E956" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="957">
       <c r="A957" s="1">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="B957" s="1">
-        <v>1748</v>
+        <v>1118</v>
       </c>
       <c r="C957" s="1" t="s">
         <v>911</v>
       </c>
       <c r="D957" s="1" t="s">
-        <v>327</v>
+        <v>273</v>
       </c>
       <c r="E957" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="958">
       <c r="A958" s="1">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="B958" s="1">
-        <v>1118</v>
+        <v>1583</v>
       </c>
       <c r="C958" s="1" t="s">
         <v>912</v>
       </c>
       <c r="D958" s="1" t="s">
-        <v>274</v>
+        <v>73</v>
       </c>
       <c r="E958" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="959">
       <c r="A959" s="1">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="B959" s="1">
-        <v>1583</v>
+        <v>1078</v>
       </c>
       <c r="C959" s="1" t="s">
         <v>913</v>
       </c>
       <c r="D959" s="1" t="s">
-        <v>73</v>
+        <v>273</v>
       </c>
       <c r="E959" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="960">
       <c r="A960" s="1">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="B960" s="1">
-        <v>1078</v>
+        <v>837</v>
       </c>
       <c r="C960" s="1" t="s">
         <v>914</v>
       </c>
       <c r="D960" s="1" t="s">
-        <v>274</v>
+        <v>112</v>
       </c>
       <c r="E960" s="1">
         <v>1</v>
       </c>
     </row>
-    <row r="961">
-[...6 lines deleted...]
-      <c r="C961" s="1" t="s">
+    <row r="963">
+      <c r="A963" s="3" t="s">
         <v>915</v>
       </c>
-      <c r="D961" s="1" t="s">
-[...3 lines deleted...]
-        <v>1</v>
+      <c r="B963" s="3" t="s">
+        <v>915</v>
+      </c>
+      <c r="C963" s="3" t="s">
+        <v>915</v>
+      </c>
+      <c r="D963" s="3" t="s">
+        <v>915</v>
+      </c>
+      <c r="E963" s="3" t="s">
+        <v>915</v>
       </c>
     </row>
     <row r="964">
-      <c r="A964" s="3" t="s">
+      <c r="A964" s="2" t="s">
+        <v>2</v>
+      </c>
+      <c r="B964" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="C964" s="2" t="s">
+        <v>4</v>
+      </c>
+      <c r="D964" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="E964" s="2" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="965">
+      <c r="A965" s="1">
+        <v>1</v>
+      </c>
+      <c r="B965" s="1">
+        <v>1838</v>
+      </c>
+      <c r="C965" s="1" t="s">
         <v>916</v>
       </c>
-      <c r="B964" s="3" t="s">
-[...26 lines deleted...]
-        <v>6</v>
+      <c r="D965" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="E965" s="1">
+        <v>15</v>
       </c>
     </row>
     <row r="966">
       <c r="A966" s="1">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="B966" s="1">
-        <v>1838</v>
+        <v>376</v>
       </c>
       <c r="C966" s="1" t="s">
         <v>917</v>
       </c>
       <c r="D966" s="1" t="s">
-        <v>18</v>
+        <v>42</v>
       </c>
       <c r="E966" s="1">
-        <v>15</v>
+        <v>13</v>
       </c>
     </row>
     <row r="967">
       <c r="A967" s="1">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="B967" s="1">
-        <v>376</v>
+        <v>1103</v>
       </c>
       <c r="C967" s="1" t="s">
         <v>918</v>
       </c>
       <c r="D967" s="1" t="s">
-        <v>42</v>
+        <v>273</v>
       </c>
       <c r="E967" s="1">
-        <v>13</v>
+        <v>11</v>
       </c>
     </row>
     <row r="968">
       <c r="A968" s="1">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="B968" s="1">
-        <v>1103</v>
+        <v>1338</v>
       </c>
       <c r="C968" s="1" t="s">
         <v>919</v>
       </c>
       <c r="D968" s="1" t="s">
-        <v>274</v>
+        <v>23</v>
       </c>
       <c r="E968" s="1">
-        <v>11</v>
+        <v>10</v>
       </c>
     </row>
     <row r="969">
       <c r="A969" s="1">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="B969" s="1">
-        <v>1338</v>
+        <v>1020</v>
       </c>
       <c r="C969" s="1" t="s">
         <v>920</v>
       </c>
       <c r="D969" s="1" t="s">
-        <v>23</v>
+        <v>56</v>
       </c>
       <c r="E969" s="1">
-        <v>10</v>
+        <v>9</v>
       </c>
     </row>
     <row r="970">
       <c r="A970" s="1">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="B970" s="1">
-        <v>1020</v>
+        <v>973</v>
       </c>
       <c r="C970" s="1" t="s">
         <v>921</v>
       </c>
       <c r="D970" s="1" t="s">
-        <v>56</v>
+        <v>23</v>
       </c>
       <c r="E970" s="1">
-        <v>9</v>
+        <v>8</v>
       </c>
     </row>
     <row r="971">
       <c r="A971" s="1">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="B971" s="1">
-        <v>973</v>
+        <v>1774</v>
       </c>
       <c r="C971" s="1" t="s">
-        <v>922</v>
+        <v>379</v>
       </c>
       <c r="D971" s="1" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="E971" s="1">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="972">
       <c r="A972" s="1">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="B972" s="1">
-        <v>1774</v>
+        <v>396</v>
       </c>
       <c r="C972" s="1" t="s">
-        <v>380</v>
+        <v>922</v>
       </c>
       <c r="D972" s="1" t="s">
-        <v>18</v>
+        <v>42</v>
       </c>
       <c r="E972" s="1">
-        <v>7</v>
+        <v>6</v>
       </c>
     </row>
     <row r="973">
       <c r="A973" s="1">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="B973" s="1">
-        <v>396</v>
+        <v>427</v>
       </c>
       <c r="C973" s="1" t="s">
         <v>923</v>
       </c>
       <c r="D973" s="1" t="s">
         <v>42</v>
       </c>
       <c r="E973" s="1">
-        <v>6</v>
+        <v>5</v>
       </c>
     </row>
     <row r="974">
       <c r="A974" s="1">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="B974" s="1">
-        <v>427</v>
+        <v>606</v>
       </c>
       <c r="C974" s="1" t="s">
         <v>924</v>
       </c>
       <c r="D974" s="1" t="s">
-        <v>42</v>
+        <v>15</v>
       </c>
       <c r="E974" s="1">
-        <v>5</v>
+        <v>4</v>
       </c>
     </row>
     <row r="975">
       <c r="A975" s="1">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="B975" s="1">
-        <v>606</v>
+        <v>915</v>
       </c>
       <c r="C975" s="1" t="s">
         <v>925</v>
       </c>
       <c r="D975" s="1" t="s">
-        <v>15</v>
+        <v>64</v>
       </c>
       <c r="E975" s="1">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="976">
       <c r="A976" s="1">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="B976" s="1">
-        <v>915</v>
+        <v>74</v>
       </c>
       <c r="C976" s="1" t="s">
         <v>926</v>
       </c>
       <c r="D976" s="1" t="s">
-        <v>64</v>
+        <v>46</v>
       </c>
       <c r="E976" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="977">
       <c r="A977" s="1">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="B977" s="1">
-        <v>74</v>
+        <v>1217</v>
       </c>
       <c r="C977" s="1" t="s">
         <v>927</v>
       </c>
       <c r="D977" s="1" t="s">
-        <v>46</v>
+        <v>35</v>
       </c>
       <c r="E977" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="978">
       <c r="A978" s="1">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="B978" s="1">
-        <v>1217</v>
+        <v>1149</v>
       </c>
       <c r="C978" s="1" t="s">
         <v>928</v>
       </c>
       <c r="D978" s="1" t="s">
-        <v>35</v>
+        <v>273</v>
       </c>
       <c r="E978" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="979">
       <c r="A979" s="1">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="B979" s="1">
-        <v>1149</v>
+        <v>1031</v>
       </c>
       <c r="C979" s="1" t="s">
         <v>929</v>
       </c>
       <c r="D979" s="1" t="s">
-        <v>274</v>
+        <v>56</v>
       </c>
       <c r="E979" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="980">
       <c r="A980" s="1">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="B980" s="1">
-        <v>1031</v>
+        <v>1439</v>
       </c>
       <c r="C980" s="1" t="s">
         <v>930</v>
       </c>
       <c r="D980" s="1" t="s">
         <v>56</v>
       </c>
       <c r="E980" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="981">
       <c r="A981" s="1">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="B981" s="1">
-        <v>1439</v>
+        <v>1005</v>
       </c>
       <c r="C981" s="1" t="s">
         <v>931</v>
       </c>
       <c r="D981" s="1" t="s">
         <v>56</v>
       </c>
       <c r="E981" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="982">
       <c r="A982" s="1">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="B982" s="1">
-        <v>1005</v>
+        <v>1231</v>
       </c>
       <c r="C982" s="1" t="s">
         <v>932</v>
       </c>
       <c r="D982" s="1" t="s">
-        <v>56</v>
+        <v>101</v>
       </c>
       <c r="E982" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="983">
       <c r="A983" s="1">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="B983" s="1">
-        <v>1231</v>
+        <v>616</v>
       </c>
       <c r="C983" s="1" t="s">
         <v>933</v>
       </c>
       <c r="D983" s="1" t="s">
-        <v>102</v>
+        <v>15</v>
       </c>
       <c r="E983" s="1">
         <v>3</v>
       </c>
     </row>
-    <row r="984">
-[...6 lines deleted...]
-      <c r="C984" s="1" t="s">
+    <row r="986">
+      <c r="A986" s="3" t="s">
         <v>934</v>
       </c>
-      <c r="D984" s="1" t="s">
+      <c r="B986" s="3" t="s">
+        <v>934</v>
+      </c>
+      <c r="C986" s="3" t="s">
+        <v>934</v>
+      </c>
+      <c r="D986" s="3" t="s">
+        <v>934</v>
+      </c>
+      <c r="E986" s="3" t="s">
+        <v>934</v>
+      </c>
+    </row>
+    <row r="987">
+      <c r="A987" s="2" t="s">
+        <v>2</v>
+      </c>
+      <c r="B987" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="C987" s="2" t="s">
+        <v>4</v>
+      </c>
+      <c r="D987" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="E987" s="2" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="988">
+      <c r="A988" s="1">
+        <v>1</v>
+      </c>
+      <c r="B988" s="1">
+        <v>196</v>
+      </c>
+      <c r="C988" s="1" t="s">
+        <v>935</v>
+      </c>
+      <c r="D988" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="E988" s="1">
         <v>15</v>
-      </c>
-[...35 lines deleted...]
-        <v>6</v>
       </c>
     </row>
     <row r="989">
       <c r="A989" s="1">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="B989" s="1">
-        <v>196</v>
+        <v>183</v>
       </c>
       <c r="C989" s="1" t="s">
         <v>936</v>
       </c>
       <c r="D989" s="1" t="s">
         <v>46</v>
       </c>
       <c r="E989" s="1">
-        <v>15</v>
+        <v>13</v>
       </c>
     </row>
     <row r="990">
       <c r="A990" s="1">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="B990" s="1">
-        <v>183</v>
+        <v>1731</v>
       </c>
       <c r="C990" s="1" t="s">
         <v>937</v>
       </c>
       <c r="D990" s="1" t="s">
-        <v>46</v>
+        <v>23</v>
       </c>
       <c r="E990" s="1">
-        <v>13</v>
+        <v>11</v>
       </c>
     </row>
     <row r="991">
       <c r="A991" s="1">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="B991" s="1">
-        <v>1731</v>
+        <v>185</v>
       </c>
       <c r="C991" s="1" t="s">
         <v>938</v>
       </c>
       <c r="D991" s="1" t="s">
-        <v>23</v>
+        <v>46</v>
       </c>
       <c r="E991" s="1">
-        <v>11</v>
+        <v>10</v>
       </c>
     </row>
     <row r="992">
       <c r="A992" s="1">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="B992" s="1">
-        <v>185</v>
+        <v>1211</v>
       </c>
       <c r="C992" s="1" t="s">
         <v>939</v>
       </c>
       <c r="D992" s="1" t="s">
-        <v>46</v>
+        <v>35</v>
       </c>
       <c r="E992" s="1">
-        <v>10</v>
+        <v>9</v>
       </c>
     </row>
     <row r="993">
       <c r="A993" s="1">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="B993" s="1">
-        <v>1211</v>
+        <v>1037</v>
       </c>
       <c r="C993" s="1" t="s">
         <v>940</v>
       </c>
       <c r="D993" s="1" t="s">
-        <v>35</v>
+        <v>56</v>
       </c>
       <c r="E993" s="1">
-        <v>9</v>
+        <v>8</v>
       </c>
     </row>
     <row r="994">
       <c r="A994" s="1">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="B994" s="1">
-        <v>1037</v>
+        <v>1778</v>
       </c>
       <c r="C994" s="1" t="s">
         <v>941</v>
       </c>
       <c r="D994" s="1" t="s">
-        <v>56</v>
+        <v>18</v>
       </c>
       <c r="E994" s="1">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="995">
       <c r="A995" s="1">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="B995" s="1">
-        <v>1778</v>
+        <v>1771</v>
       </c>
       <c r="C995" s="1" t="s">
         <v>942</v>
       </c>
       <c r="D995" s="1" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="E995" s="1">
-        <v>7</v>
+        <v>6</v>
       </c>
     </row>
     <row r="996">
       <c r="A996" s="1">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="B996" s="1">
-        <v>1771</v>
+        <v>188</v>
       </c>
       <c r="C996" s="1" t="s">
         <v>943</v>
       </c>
       <c r="D996" s="1" t="s">
-        <v>13</v>
+        <v>46</v>
       </c>
       <c r="E996" s="1">
-        <v>6</v>
+        <v>5</v>
       </c>
     </row>
     <row r="997">
       <c r="A997" s="1">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="B997" s="1">
-        <v>188</v>
+        <v>867</v>
       </c>
       <c r="C997" s="1" t="s">
         <v>944</v>
       </c>
       <c r="D997" s="1" t="s">
-        <v>46</v>
+        <v>64</v>
       </c>
       <c r="E997" s="1">
-        <v>5</v>
+        <v>4</v>
       </c>
     </row>
     <row r="998">
       <c r="A998" s="1">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="B998" s="1">
-        <v>867</v>
+        <v>401</v>
       </c>
       <c r="C998" s="1" t="s">
         <v>945</v>
       </c>
       <c r="D998" s="1" t="s">
-        <v>64</v>
+        <v>42</v>
       </c>
       <c r="E998" s="1">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="999">
       <c r="A999" s="1">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="B999" s="1">
-        <v>401</v>
+        <v>186</v>
       </c>
       <c r="C999" s="1" t="s">
         <v>946</v>
       </c>
       <c r="D999" s="1" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="E999" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="1000">
       <c r="A1000" s="1">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="B1000" s="1">
-        <v>186</v>
+        <v>1225</v>
       </c>
       <c r="C1000" s="1" t="s">
         <v>947</v>
       </c>
       <c r="D1000" s="1" t="s">
-        <v>46</v>
+        <v>35</v>
       </c>
       <c r="E1000" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="1001">
       <c r="A1001" s="1">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="B1001" s="1">
-        <v>1225</v>
+        <v>229</v>
       </c>
       <c r="C1001" s="1" t="s">
         <v>948</v>
       </c>
       <c r="D1001" s="1" t="s">
-        <v>35</v>
+        <v>257</v>
       </c>
       <c r="E1001" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="1002">
       <c r="A1002" s="1">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="B1002" s="1">
-        <v>229</v>
+        <v>1290</v>
       </c>
       <c r="C1002" s="1" t="s">
         <v>949</v>
       </c>
       <c r="D1002" s="1" t="s">
-        <v>258</v>
+        <v>10</v>
       </c>
       <c r="E1002" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="1003">
       <c r="A1003" s="1">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="B1003" s="1">
-        <v>1290</v>
+        <v>181</v>
       </c>
       <c r="C1003" s="1" t="s">
         <v>950</v>
       </c>
       <c r="D1003" s="1" t="s">
-        <v>10</v>
+        <v>46</v>
       </c>
       <c r="E1003" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="1004">
       <c r="A1004" s="1">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="B1004" s="1">
-        <v>181</v>
+        <v>1119</v>
       </c>
       <c r="C1004" s="1" t="s">
         <v>951</v>
       </c>
       <c r="D1004" s="1" t="s">
-        <v>46</v>
+        <v>273</v>
       </c>
       <c r="E1004" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="1005">
       <c r="A1005" s="1">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="B1005" s="1">
-        <v>1119</v>
+        <v>1447</v>
       </c>
       <c r="C1005" s="1" t="s">
         <v>952</v>
       </c>
       <c r="D1005" s="1" t="s">
-        <v>274</v>
+        <v>48</v>
       </c>
       <c r="E1005" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="1006">
       <c r="A1006" s="1">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="B1006" s="1">
-        <v>1447</v>
+        <v>1883</v>
       </c>
       <c r="C1006" s="1" t="s">
         <v>953</v>
       </c>
       <c r="D1006" s="1" t="s">
-        <v>48</v>
+        <v>426</v>
       </c>
       <c r="E1006" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="1007">
       <c r="A1007" s="1">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="B1007" s="1">
-        <v>1883</v>
+        <v>484</v>
       </c>
       <c r="C1007" s="1" t="s">
         <v>954</v>
       </c>
       <c r="D1007" s="1" t="s">
-        <v>427</v>
+        <v>42</v>
       </c>
       <c r="E1007" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="1008">
       <c r="A1008" s="1">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="B1008" s="1">
-        <v>484</v>
+        <v>1843</v>
       </c>
       <c r="C1008" s="1" t="s">
         <v>955</v>
       </c>
       <c r="D1008" s="1" t="s">
-        <v>42</v>
+        <v>18</v>
       </c>
       <c r="E1008" s="1">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="1009">
       <c r="A1009" s="1">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="B1009" s="1">
-        <v>1843</v>
+        <v>190</v>
       </c>
       <c r="C1009" s="1" t="s">
         <v>956</v>
       </c>
       <c r="D1009" s="1" t="s">
-        <v>18</v>
+        <v>46</v>
       </c>
       <c r="E1009" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="1010">
       <c r="A1010" s="1">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="B1010" s="1">
-        <v>190</v>
+        <v>429</v>
       </c>
       <c r="C1010" s="1" t="s">
         <v>957</v>
       </c>
       <c r="D1010" s="1" t="s">
-        <v>46</v>
+        <v>42</v>
       </c>
       <c r="E1010" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="1011">
       <c r="A1011" s="1">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="B1011" s="1">
-        <v>429</v>
+        <v>807</v>
       </c>
       <c r="C1011" s="1" t="s">
         <v>958</v>
       </c>
       <c r="D1011" s="1" t="s">
-        <v>42</v>
+        <v>112</v>
       </c>
       <c r="E1011" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="1012">
       <c r="A1012" s="1">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B1012" s="1">
-        <v>807</v>
+        <v>306</v>
       </c>
       <c r="C1012" s="1" t="s">
         <v>959</v>
       </c>
       <c r="D1012" s="1" t="s">
-        <v>114</v>
+        <v>8</v>
       </c>
       <c r="E1012" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="1013">
       <c r="A1013" s="1">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B1013" s="1">
-        <v>306</v>
+        <v>1363</v>
       </c>
       <c r="C1013" s="1" t="s">
         <v>960</v>
       </c>
       <c r="D1013" s="1" t="s">
-        <v>8</v>
+        <v>35</v>
       </c>
       <c r="E1013" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="1014">
       <c r="A1014" s="1">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="B1014" s="1">
-        <v>1363</v>
+        <v>1824</v>
       </c>
       <c r="C1014" s="1" t="s">
         <v>961</v>
       </c>
       <c r="D1014" s="1" t="s">
-        <v>35</v>
+        <v>18</v>
       </c>
       <c r="E1014" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="1015">
       <c r="A1015" s="1">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="B1015" s="1">
-        <v>1824</v>
+        <v>1171</v>
       </c>
       <c r="C1015" s="1" t="s">
         <v>962</v>
       </c>
       <c r="D1015" s="1" t="s">
-        <v>18</v>
+        <v>273</v>
       </c>
       <c r="E1015" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="1016">
       <c r="A1016" s="1">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B1016" s="1">
-        <v>1171</v>
+        <v>1690</v>
       </c>
       <c r="C1016" s="1" t="s">
         <v>963</v>
       </c>
       <c r="D1016" s="1" t="s">
-        <v>274</v>
+        <v>13</v>
       </c>
       <c r="E1016" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="1017">
       <c r="A1017" s="1">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B1017" s="1">
-        <v>1690</v>
+        <v>187</v>
       </c>
       <c r="C1017" s="1" t="s">
         <v>964</v>
       </c>
       <c r="D1017" s="1" t="s">
-        <v>13</v>
+        <v>46</v>
       </c>
       <c r="E1017" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="1018">
       <c r="A1018" s="1">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="B1018" s="1">
-        <v>187</v>
+        <v>518</v>
       </c>
       <c r="C1018" s="1" t="s">
         <v>965</v>
       </c>
       <c r="D1018" s="1" t="s">
-        <v>46</v>
+        <v>119</v>
       </c>
       <c r="E1018" s="1">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="1019">
       <c r="A1019" s="1">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="B1019" s="1">
-        <v>518</v>
+        <v>1104</v>
       </c>
       <c r="C1019" s="1" t="s">
         <v>966</v>
       </c>
       <c r="D1019" s="1" t="s">
-        <v>121</v>
+        <v>273</v>
       </c>
       <c r="E1019" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="1020">
       <c r="A1020" s="1">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B1020" s="1">
-        <v>1104</v>
+        <v>1128</v>
       </c>
       <c r="C1020" s="1" t="s">
         <v>967</v>
       </c>
       <c r="D1020" s="1" t="s">
-        <v>274</v>
+        <v>273</v>
       </c>
       <c r="E1020" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="1021">
       <c r="A1021" s="1">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="B1021" s="1">
-        <v>1128</v>
+        <v>948</v>
       </c>
       <c r="C1021" s="1" t="s">
         <v>968</v>
       </c>
       <c r="D1021" s="1" t="s">
-        <v>274</v>
+        <v>392</v>
       </c>
       <c r="E1021" s="1">
         <v>1</v>
       </c>
     </row>
-    <row r="1022">
-[...6 lines deleted...]
-      <c r="C1022" s="1" t="s">
+    <row r="1024">
+      <c r="A1024" s="3" t="s">
         <v>969</v>
       </c>
-      <c r="D1022" s="1" t="s">
-[...3 lines deleted...]
-        <v>1</v>
+      <c r="B1024" s="3" t="s">
+        <v>969</v>
+      </c>
+      <c r="C1024" s="3" t="s">
+        <v>969</v>
+      </c>
+      <c r="D1024" s="3" t="s">
+        <v>969</v>
+      </c>
+      <c r="E1024" s="3" t="s">
+        <v>969</v>
       </c>
     </row>
     <row r="1025">
-      <c r="A1025" s="3" t="s">
+      <c r="A1025" s="2" t="s">
+        <v>2</v>
+      </c>
+      <c r="B1025" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="C1025" s="2" t="s">
+        <v>4</v>
+      </c>
+      <c r="D1025" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="E1025" s="2" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="1026">
+      <c r="A1026" s="1">
+        <v>1</v>
+      </c>
+      <c r="B1026" s="1">
+        <v>1153</v>
+      </c>
+      <c r="C1026" s="1" t="s">
         <v>970</v>
       </c>
-      <c r="B1025" s="3" t="s">
-[...26 lines deleted...]
-        <v>6</v>
+      <c r="D1026" s="1" t="s">
+        <v>273</v>
+      </c>
+      <c r="E1026" s="1">
+        <v>15</v>
       </c>
     </row>
     <row r="1027">
       <c r="A1027" s="1">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="B1027" s="1">
-        <v>1153</v>
+        <v>902</v>
       </c>
       <c r="C1027" s="1" t="s">
         <v>971</v>
       </c>
       <c r="D1027" s="1" t="s">
-        <v>274</v>
+        <v>64</v>
       </c>
       <c r="E1027" s="1">
-        <v>15</v>
+        <v>13</v>
       </c>
     </row>
     <row r="1028">
       <c r="A1028" s="1">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="B1028" s="1">
-        <v>902</v>
+        <v>900</v>
       </c>
       <c r="C1028" s="1" t="s">
         <v>972</v>
       </c>
       <c r="D1028" s="1" t="s">
         <v>64</v>
       </c>
       <c r="E1028" s="1">
-        <v>13</v>
+        <v>11</v>
       </c>
     </row>
     <row r="1029">
       <c r="A1029" s="1">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="B1029" s="1">
-        <v>900</v>
+        <v>1032</v>
       </c>
       <c r="C1029" s="1" t="s">
         <v>973</v>
       </c>
       <c r="D1029" s="1" t="s">
-        <v>64</v>
+        <v>56</v>
       </c>
       <c r="E1029" s="1">
-        <v>11</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1030">
       <c r="A1030" s="1">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="B1030" s="1">
-        <v>1032</v>
+        <v>1804</v>
       </c>
       <c r="C1030" s="1" t="s">
         <v>974</v>
       </c>
       <c r="D1030" s="1" t="s">
-        <v>56</v>
+        <v>18</v>
       </c>
       <c r="E1030" s="1">
-        <v>10</v>
+        <v>9</v>
       </c>
     </row>
     <row r="1031">
       <c r="A1031" s="1">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="B1031" s="1">
-        <v>1804</v>
+        <v>949</v>
       </c>
       <c r="C1031" s="1" t="s">
         <v>975</v>
       </c>
       <c r="D1031" s="1" t="s">
-        <v>18</v>
+        <v>392</v>
       </c>
       <c r="E1031" s="1">
-        <v>9</v>
+        <v>8</v>
       </c>
     </row>
     <row r="1032">
       <c r="A1032" s="1">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="B1032" s="1">
-        <v>949</v>
+        <v>950</v>
       </c>
       <c r="C1032" s="1" t="s">
         <v>976</v>
       </c>
       <c r="D1032" s="1" t="s">
-        <v>393</v>
+        <v>392</v>
       </c>
       <c r="E1032" s="1">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="1033">
       <c r="A1033" s="1">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="B1033" s="1">
-        <v>950</v>
+        <v>1773</v>
       </c>
       <c r="C1033" s="1" t="s">
         <v>977</v>
       </c>
       <c r="D1033" s="1" t="s">
-        <v>393</v>
+        <v>18</v>
       </c>
       <c r="E1033" s="1">
-        <v>7</v>
+        <v>6</v>
       </c>
     </row>
     <row r="1034">
       <c r="A1034" s="1">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="B1034" s="1">
-        <v>1773</v>
+        <v>842</v>
       </c>
       <c r="C1034" s="1" t="s">
         <v>978</v>
       </c>
       <c r="D1034" s="1" t="s">
-        <v>18</v>
+        <v>64</v>
       </c>
       <c r="E1034" s="1">
-        <v>6</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1035">
       <c r="A1035" s="1">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="B1035" s="1">
-        <v>842</v>
+        <v>1001</v>
       </c>
       <c r="C1035" s="1" t="s">
         <v>979</v>
       </c>
       <c r="D1035" s="1" t="s">
-        <v>64</v>
+        <v>56</v>
       </c>
       <c r="E1035" s="1">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="1038">
+      <c r="A1038" s="3" t="s">
+        <v>980</v>
+      </c>
+      <c r="B1038" s="3" t="s">
+        <v>980</v>
+      </c>
+      <c r="C1038" s="3" t="s">
+        <v>980</v>
+      </c>
+      <c r="D1038" s="3" t="s">
+        <v>980</v>
+      </c>
+      <c r="E1038" s="3" t="s">
+        <v>980</v>
+      </c>
+    </row>
+    <row r="1039">
+      <c r="A1039" s="2" t="s">
+        <v>2</v>
+      </c>
+      <c r="B1039" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="C1039" s="2" t="s">
+        <v>4</v>
+      </c>
+      <c r="D1039" s="2" t="s">
         <v>5</v>
       </c>
-    </row>
-[...18 lines deleted...]
-      <c r="A1039" s="3" t="s">
+      <c r="E1039" s="2" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="1040">
+      <c r="A1040" s="1">
+        <v>1</v>
+      </c>
+      <c r="B1040" s="1">
+        <v>1092</v>
+      </c>
+      <c r="C1040" s="1" t="s">
         <v>981</v>
       </c>
-      <c r="B1039" s="3" t="s">
-[...26 lines deleted...]
-        <v>6</v>
+      <c r="D1040" s="1" t="s">
+        <v>273</v>
+      </c>
+      <c r="E1040" s="1">
+        <v>15</v>
       </c>
     </row>
     <row r="1041">
       <c r="A1041" s="1">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="B1041" s="1">
-        <v>1092</v>
+        <v>686</v>
       </c>
       <c r="C1041" s="1" t="s">
         <v>982</v>
       </c>
       <c r="D1041" s="1" t="s">
-        <v>274</v>
+        <v>12</v>
       </c>
       <c r="E1041" s="1">
-        <v>15</v>
+        <v>13</v>
       </c>
     </row>
     <row r="1042">
       <c r="A1042" s="1">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="B1042" s="1">
-        <v>686</v>
+        <v>305</v>
       </c>
       <c r="C1042" s="1" t="s">
         <v>983</v>
       </c>
       <c r="D1042" s="1" t="s">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="E1042" s="1">
-        <v>13</v>
+        <v>11</v>
       </c>
     </row>
     <row r="1043">
       <c r="A1043" s="1">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="B1043" s="1">
-        <v>305</v>
+        <v>537</v>
       </c>
       <c r="C1043" s="1" t="s">
         <v>984</v>
       </c>
       <c r="D1043" s="1" t="s">
-        <v>8</v>
+        <v>119</v>
       </c>
       <c r="E1043" s="1">
-        <v>11</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1044">
       <c r="A1044" s="1">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="B1044" s="1">
-        <v>537</v>
+        <v>735</v>
       </c>
       <c r="C1044" s="1" t="s">
         <v>985</v>
       </c>
       <c r="D1044" s="1" t="s">
-        <v>121</v>
+        <v>343</v>
       </c>
       <c r="E1044" s="1">
-        <v>10</v>
+        <v>9</v>
       </c>
     </row>
     <row r="1045">
       <c r="A1045" s="1">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="B1045" s="1">
-        <v>735</v>
+        <v>445</v>
       </c>
       <c r="C1045" s="1" t="s">
         <v>986</v>
       </c>
       <c r="D1045" s="1" t="s">
-        <v>344</v>
+        <v>42</v>
       </c>
       <c r="E1045" s="1">
-        <v>9</v>
+        <v>8</v>
       </c>
     </row>
     <row r="1046">
       <c r="A1046" s="1">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="B1046" s="1">
-        <v>445</v>
+        <v>1564</v>
       </c>
       <c r="C1046" s="1" t="s">
         <v>987</v>
       </c>
       <c r="D1046" s="1" t="s">
-        <v>42</v>
+        <v>8</v>
       </c>
       <c r="E1046" s="1">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="1047">
       <c r="A1047" s="1">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="B1047" s="1">
-        <v>1564</v>
+        <v>1121</v>
       </c>
       <c r="C1047" s="1" t="s">
         <v>988</v>
       </c>
       <c r="D1047" s="1" t="s">
-        <v>8</v>
+        <v>273</v>
       </c>
       <c r="E1047" s="1">
-        <v>7</v>
+        <v>6</v>
       </c>
     </row>
     <row r="1048">
       <c r="A1048" s="1">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="B1048" s="1">
-        <v>1121</v>
+        <v>1785</v>
       </c>
       <c r="C1048" s="1" t="s">
         <v>989</v>
       </c>
       <c r="D1048" s="1" t="s">
-        <v>274</v>
+        <v>18</v>
       </c>
       <c r="E1048" s="1">
-        <v>6</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1049">
       <c r="A1049" s="1">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="B1049" s="1">
-        <v>1785</v>
+        <v>426</v>
       </c>
       <c r="C1049" s="1" t="s">
         <v>990</v>
       </c>
       <c r="D1049" s="1" t="s">
-        <v>18</v>
+        <v>42</v>
       </c>
       <c r="E1049" s="1">
-        <v>5</v>
+        <v>4</v>
       </c>
     </row>
     <row r="1050">
       <c r="A1050" s="1">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="B1050" s="1">
-        <v>426</v>
+        <v>736</v>
       </c>
       <c r="C1050" s="1" t="s">
         <v>991</v>
       </c>
       <c r="D1050" s="1" t="s">
-        <v>42</v>
+        <v>343</v>
       </c>
       <c r="E1050" s="1">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="1051">
       <c r="A1051" s="1">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="B1051" s="1">
-        <v>736</v>
+        <v>520</v>
       </c>
       <c r="C1051" s="1" t="s">
         <v>992</v>
       </c>
       <c r="D1051" s="1" t="s">
-        <v>344</v>
+        <v>119</v>
       </c>
       <c r="E1051" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="1052">
       <c r="A1052" s="1">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="B1052" s="1">
-        <v>520</v>
+        <v>685</v>
       </c>
       <c r="C1052" s="1" t="s">
         <v>993</v>
       </c>
       <c r="D1052" s="1" t="s">
-        <v>121</v>
+        <v>12</v>
       </c>
       <c r="E1052" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="1053">
       <c r="A1053" s="1">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="B1053" s="1">
-        <v>685</v>
+        <v>710</v>
       </c>
       <c r="C1053" s="1" t="s">
         <v>994</v>
       </c>
       <c r="D1053" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E1053" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="1054">
       <c r="A1054" s="1">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="B1054" s="1">
-        <v>710</v>
+        <v>554</v>
       </c>
       <c r="C1054" s="1" t="s">
         <v>995</v>
       </c>
       <c r="D1054" s="1" t="s">
-        <v>12</v>
+        <v>46</v>
       </c>
       <c r="E1054" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="1055">
       <c r="A1055" s="1">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="B1055" s="1">
-        <v>554</v>
+        <v>1288</v>
       </c>
       <c r="C1055" s="1" t="s">
         <v>996</v>
       </c>
       <c r="D1055" s="1" t="s">
-        <v>46</v>
+        <v>10</v>
       </c>
       <c r="E1055" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="1056">
       <c r="A1056" s="1">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="B1056" s="1">
-        <v>1288</v>
+        <v>1823</v>
       </c>
       <c r="C1056" s="1" t="s">
         <v>997</v>
       </c>
       <c r="D1056" s="1" t="s">
-        <v>10</v>
+        <v>18</v>
       </c>
       <c r="E1056" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="1057">
       <c r="A1057" s="1">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="B1057" s="1">
-        <v>1823</v>
+        <v>251</v>
       </c>
       <c r="C1057" s="1" t="s">
         <v>998</v>
       </c>
       <c r="D1057" s="1" t="s">
-        <v>18</v>
+        <v>8</v>
       </c>
       <c r="E1057" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="1058">
       <c r="A1058" s="1">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="B1058" s="1">
-        <v>251</v>
+        <v>193</v>
       </c>
       <c r="C1058" s="1" t="s">
         <v>999</v>
       </c>
       <c r="D1058" s="1" t="s">
-        <v>8</v>
+        <v>46</v>
       </c>
       <c r="E1058" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="1059">
       <c r="A1059" s="1">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="B1059" s="1">
-        <v>193</v>
+        <v>420</v>
       </c>
       <c r="C1059" s="1" t="s">
         <v>1000</v>
       </c>
       <c r="D1059" s="1" t="s">
-        <v>46</v>
+        <v>42</v>
       </c>
       <c r="E1059" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="1060">
       <c r="A1060" s="1">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="B1060" s="1">
-        <v>420</v>
+        <v>192</v>
       </c>
       <c r="C1060" s="1" t="s">
         <v>1001</v>
       </c>
       <c r="D1060" s="1" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="E1060" s="1">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="1061">
       <c r="A1061" s="1">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="B1061" s="1">
-        <v>192</v>
+        <v>302</v>
       </c>
       <c r="C1061" s="1" t="s">
         <v>1002</v>
       </c>
       <c r="D1061" s="1" t="s">
-        <v>46</v>
+        <v>8</v>
       </c>
       <c r="E1061" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="1062">
       <c r="A1062" s="1">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="B1062" s="1">
-        <v>302</v>
+        <v>490</v>
       </c>
       <c r="C1062" s="1" t="s">
         <v>1003</v>
       </c>
       <c r="D1062" s="1" t="s">
-        <v>8</v>
+        <v>207</v>
       </c>
       <c r="E1062" s="1">
         <v>2</v>
       </c>
     </row>
-    <row r="1063">
-      <c r="A1063" s="1">
+    <row r="1065">
+      <c r="A1065" s="3" t="s">
+        <v>1004</v>
+      </c>
+      <c r="B1065" s="3" t="s">
+        <v>1004</v>
+      </c>
+      <c r="C1065" s="3" t="s">
+        <v>1004</v>
+      </c>
+      <c r="D1065" s="3" t="s">
+        <v>1004</v>
+      </c>
+      <c r="E1065" s="3" t="s">
+        <v>1004</v>
+      </c>
+    </row>
+    <row r="1066">
+      <c r="A1066" s="2" t="s">
+        <v>2</v>
+      </c>
+      <c r="B1066" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="C1066" s="2" t="s">
+        <v>4</v>
+      </c>
+      <c r="D1066" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="E1066" s="2" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="1067">
+      <c r="A1067" s="1">
+        <v>1</v>
+      </c>
+      <c r="B1067" s="1">
+        <v>1712</v>
+      </c>
+      <c r="C1067" s="1" t="s">
+        <v>1005</v>
+      </c>
+      <c r="D1067" s="1" t="s">
         <v>23</v>
       </c>
-      <c r="B1063" s="1">
-[...43 lines deleted...]
-        <v>6</v>
+      <c r="E1067" s="1">
+        <v>15</v>
       </c>
     </row>
     <row r="1068">
       <c r="A1068" s="1">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="B1068" s="1">
-        <v>1712</v>
+        <v>986</v>
       </c>
       <c r="C1068" s="1" t="s">
         <v>1006</v>
       </c>
       <c r="D1068" s="1" t="s">
-        <v>23</v>
+        <v>56</v>
       </c>
       <c r="E1068" s="1">
-        <v>15</v>
+        <v>13</v>
       </c>
     </row>
     <row r="1069">
       <c r="A1069" s="1">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="B1069" s="1">
-        <v>986</v>
+        <v>489</v>
       </c>
       <c r="C1069" s="1" t="s">
         <v>1007</v>
       </c>
       <c r="D1069" s="1" t="s">
-        <v>56</v>
+        <v>207</v>
       </c>
       <c r="E1069" s="1">
-        <v>13</v>
+        <v>11</v>
       </c>
     </row>
     <row r="1070">
       <c r="A1070" s="1">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="B1070" s="1">
-        <v>489</v>
+        <v>1367</v>
       </c>
       <c r="C1070" s="1" t="s">
         <v>1008</v>
       </c>
       <c r="D1070" s="1" t="s">
-        <v>208</v>
+        <v>13</v>
       </c>
       <c r="E1070" s="1">
-        <v>11</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1071">
       <c r="A1071" s="1">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="B1071" s="1">
-        <v>1367</v>
+        <v>544</v>
       </c>
       <c r="C1071" s="1" t="s">
         <v>1009</v>
       </c>
       <c r="D1071" s="1" t="s">
-        <v>13</v>
+        <v>511</v>
       </c>
       <c r="E1071" s="1">
-        <v>10</v>
+        <v>9</v>
       </c>
     </row>
     <row r="1072">
       <c r="A1072" s="1">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="B1072" s="1">
-        <v>544</v>
+        <v>1260</v>
       </c>
       <c r="C1072" s="1" t="s">
         <v>1010</v>
       </c>
       <c r="D1072" s="1" t="s">
-        <v>512</v>
+        <v>10</v>
       </c>
       <c r="E1072" s="1">
-        <v>9</v>
+        <v>8</v>
       </c>
     </row>
     <row r="1073">
       <c r="A1073" s="1">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="B1073" s="1">
-        <v>1260</v>
+        <v>611</v>
       </c>
       <c r="C1073" s="1" t="s">
         <v>1011</v>
       </c>
       <c r="D1073" s="1" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="E1073" s="1">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="1074">
       <c r="A1074" s="1">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="B1074" s="1">
-        <v>611</v>
+        <v>1882</v>
       </c>
       <c r="C1074" s="1" t="s">
         <v>1012</v>
       </c>
       <c r="D1074" s="1" t="s">
+        <v>426</v>
+      </c>
+      <c r="E1074" s="1">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="1077">
+      <c r="A1077" s="3" t="s">
+        <v>1013</v>
+      </c>
+      <c r="B1077" s="3" t="s">
+        <v>1013</v>
+      </c>
+      <c r="C1077" s="3" t="s">
+        <v>1013</v>
+      </c>
+      <c r="D1077" s="3" t="s">
+        <v>1013</v>
+      </c>
+      <c r="E1077" s="3" t="s">
+        <v>1013</v>
+      </c>
+    </row>
+    <row r="1078">
+      <c r="A1078" s="2" t="s">
+        <v>2</v>
+      </c>
+      <c r="B1078" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="C1078" s="2" t="s">
+        <v>4</v>
+      </c>
+      <c r="D1078" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="E1078" s="2" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="1079">
+      <c r="A1079" s="1">
+        <v>1</v>
+      </c>
+      <c r="B1079" s="1">
+        <v>1365</v>
+      </c>
+      <c r="C1079" s="1" t="s">
+        <v>1014</v>
+      </c>
+      <c r="D1079" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E1079" s="1">
         <v>15</v>
-      </c>
-[...52 lines deleted...]
-        <v>6</v>
       </c>
     </row>
     <row r="1080">
       <c r="A1080" s="1">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="B1080" s="1">
-        <v>1365</v>
+        <v>252</v>
       </c>
       <c r="C1080" s="1" t="s">
         <v>1015</v>
       </c>
       <c r="D1080" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="E1080" s="1">
         <v>13</v>
-      </c>
-[...1 lines deleted...]
-        <v>15</v>
       </c>
     </row>
     <row r="1081">
       <c r="A1081" s="1">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="B1081" s="1">
-        <v>252</v>
+        <v>543</v>
       </c>
       <c r="C1081" s="1" t="s">
         <v>1016</v>
       </c>
       <c r="D1081" s="1" t="s">
-        <v>8</v>
+        <v>511</v>
       </c>
       <c r="E1081" s="1">
-        <v>13</v>
+        <v>11</v>
       </c>
     </row>
     <row r="1082">
       <c r="A1082" s="1">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="B1082" s="1">
-        <v>543</v>
+        <v>1831</v>
       </c>
       <c r="C1082" s="1" t="s">
         <v>1017</v>
       </c>
       <c r="D1082" s="1" t="s">
-        <v>512</v>
+        <v>18</v>
       </c>
       <c r="E1082" s="1">
-        <v>11</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1083">
       <c r="A1083" s="1">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="B1083" s="1">
-        <v>1831</v>
+        <v>1126</v>
       </c>
       <c r="C1083" s="1" t="s">
         <v>1018</v>
       </c>
       <c r="D1083" s="1" t="s">
-        <v>18</v>
+        <v>273</v>
       </c>
       <c r="E1083" s="1">
-        <v>10</v>
+        <v>9</v>
       </c>
     </row>
     <row r="1084">
       <c r="A1084" s="1">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="B1084" s="1">
-        <v>1126</v>
+        <v>1752</v>
       </c>
       <c r="C1084" s="1" t="s">
         <v>1019</v>
       </c>
       <c r="D1084" s="1" t="s">
-        <v>274</v>
+        <v>326</v>
       </c>
       <c r="E1084" s="1">
-        <v>9</v>
+        <v>8</v>
       </c>
     </row>
     <row r="1085">
       <c r="A1085" s="1">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="B1085" s="1">
-        <v>1752</v>
+        <v>195</v>
       </c>
       <c r="C1085" s="1" t="s">
         <v>1020</v>
       </c>
       <c r="D1085" s="1" t="s">
-        <v>327</v>
+        <v>46</v>
       </c>
       <c r="E1085" s="1">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="1086">
       <c r="A1086" s="1">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="B1086" s="1">
-        <v>195</v>
+        <v>194</v>
       </c>
       <c r="C1086" s="1" t="s">
         <v>1021</v>
       </c>
       <c r="D1086" s="1" t="s">
         <v>46</v>
       </c>
       <c r="E1086" s="1">
-        <v>7</v>
+        <v>6</v>
       </c>
     </row>
     <row r="1087">
       <c r="A1087" s="1">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="B1087" s="1">
-        <v>194</v>
+        <v>503</v>
       </c>
       <c r="C1087" s="1" t="s">
         <v>1022</v>
       </c>
       <c r="D1087" s="1" t="s">
-        <v>46</v>
+        <v>13</v>
       </c>
       <c r="E1087" s="1">
-        <v>6</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1088">
       <c r="A1088" s="1">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="B1088" s="1">
-        <v>503</v>
+        <v>1110</v>
       </c>
       <c r="C1088" s="1" t="s">
         <v>1023</v>
       </c>
       <c r="D1088" s="1" t="s">
-        <v>13</v>
+        <v>273</v>
       </c>
       <c r="E1088" s="1">
-        <v>5</v>
+        <v>4</v>
       </c>
     </row>
     <row r="1089">
       <c r="A1089" s="1">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="B1089" s="1">
-        <v>1110</v>
+        <v>1089</v>
       </c>
       <c r="C1089" s="1" t="s">
         <v>1024</v>
       </c>
       <c r="D1089" s="1" t="s">
-        <v>274</v>
+        <v>273</v>
       </c>
       <c r="E1089" s="1">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="1090">
       <c r="A1090" s="1">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="B1090" s="1">
-        <v>1089</v>
+        <v>1626</v>
       </c>
       <c r="C1090" s="1" t="s">
         <v>1025</v>
       </c>
       <c r="D1090" s="1" t="s">
-        <v>274</v>
+        <v>73</v>
       </c>
       <c r="E1090" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="1091">
       <c r="A1091" s="1">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="B1091" s="1">
-        <v>1626</v>
+        <v>784</v>
       </c>
       <c r="C1091" s="1" t="s">
         <v>1026</v>
       </c>
       <c r="D1091" s="1" t="s">
-        <v>73</v>
+        <v>343</v>
       </c>
       <c r="E1091" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="1092">
       <c r="A1092" s="1">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="B1092" s="1">
-        <v>784</v>
+        <v>772</v>
       </c>
       <c r="C1092" s="1" t="s">
         <v>1027</v>
       </c>
       <c r="D1092" s="1" t="s">
-        <v>344</v>
+        <v>101</v>
       </c>
       <c r="E1092" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="1093">
       <c r="A1093" s="1">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="B1093" s="1">
-        <v>772</v>
+        <v>1084</v>
       </c>
       <c r="C1093" s="1" t="s">
         <v>1028</v>
       </c>
       <c r="D1093" s="1" t="s">
-        <v>102</v>
+        <v>273</v>
       </c>
       <c r="E1093" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="1094">
       <c r="A1094" s="1">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="B1094" s="1">
-        <v>1084</v>
+        <v>1608</v>
       </c>
       <c r="C1094" s="1" t="s">
         <v>1029</v>
       </c>
       <c r="D1094" s="1" t="s">
-        <v>274</v>
+        <v>73</v>
       </c>
       <c r="E1094" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="1095">
       <c r="A1095" s="1">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="B1095" s="1">
-        <v>1608</v>
+        <v>256</v>
       </c>
       <c r="C1095" s="1" t="s">
         <v>1030</v>
       </c>
       <c r="D1095" s="1" t="s">
-        <v>73</v>
+        <v>8</v>
       </c>
       <c r="E1095" s="1">
         <v>3</v>
       </c>
     </row>
-    <row r="1096">
-[...6 lines deleted...]
-      <c r="C1096" s="1" t="s">
+    <row r="1098">
+      <c r="A1098" s="3" t="s">
         <v>1031</v>
       </c>
-      <c r="D1096" s="1" t="s">
-[...3 lines deleted...]
-        <v>3</v>
+      <c r="B1098" s="3" t="s">
+        <v>1031</v>
+      </c>
+      <c r="C1098" s="3" t="s">
+        <v>1031</v>
+      </c>
+      <c r="D1098" s="3" t="s">
+        <v>1031</v>
+      </c>
+      <c r="E1098" s="3" t="s">
+        <v>1031</v>
       </c>
     </row>
     <row r="1099">
-      <c r="A1099" s="3" t="s">
+      <c r="A1099" s="2" t="s">
+        <v>2</v>
+      </c>
+      <c r="B1099" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="C1099" s="2" t="s">
+        <v>4</v>
+      </c>
+      <c r="D1099" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="E1099" s="2" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="1100">
+      <c r="A1100" s="1">
+        <v>1</v>
+      </c>
+      <c r="B1100" s="1">
+        <v>1702</v>
+      </c>
+      <c r="C1100" s="1" t="s">
         <v>1032</v>
       </c>
-      <c r="B1099" s="3" t="s">
-[...26 lines deleted...]
-        <v>6</v>
+      <c r="D1100" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="E1100" s="1">
+        <v>15</v>
       </c>
     </row>
     <row r="1101">
       <c r="A1101" s="1">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="B1101" s="1">
-        <v>1702</v>
+        <v>1120</v>
       </c>
       <c r="C1101" s="1" t="s">
         <v>1033</v>
       </c>
       <c r="D1101" s="1" t="s">
-        <v>23</v>
+        <v>273</v>
       </c>
       <c r="E1101" s="1">
-        <v>15</v>
+        <v>13</v>
       </c>
     </row>
     <row r="1102">
       <c r="A1102" s="1">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="B1102" s="1">
-        <v>1120</v>
+        <v>197</v>
       </c>
       <c r="C1102" s="1" t="s">
         <v>1034</v>
       </c>
       <c r="D1102" s="1" t="s">
-        <v>274</v>
+        <v>46</v>
       </c>
       <c r="E1102" s="1">
-        <v>13</v>
+        <v>11</v>
       </c>
     </row>
     <row r="1103">
       <c r="A1103" s="1">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="B1103" s="1">
-        <v>197</v>
+        <v>691</v>
       </c>
       <c r="C1103" s="1" t="s">
         <v>1035</v>
       </c>
       <c r="D1103" s="1" t="s">
-        <v>46</v>
+        <v>12</v>
       </c>
       <c r="E1103" s="1">
-        <v>11</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1104">
       <c r="A1104" s="1">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="B1104" s="1">
-        <v>691</v>
+        <v>1578</v>
       </c>
       <c r="C1104" s="1" t="s">
         <v>1036</v>
       </c>
       <c r="D1104" s="1" t="s">
-        <v>12</v>
+        <v>73</v>
       </c>
       <c r="E1104" s="1">
-        <v>10</v>
+        <v>9</v>
       </c>
     </row>
     <row r="1105">
       <c r="A1105" s="1">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="B1105" s="1">
-        <v>1578</v>
+        <v>11</v>
       </c>
       <c r="C1105" s="1" t="s">
         <v>1037</v>
       </c>
       <c r="D1105" s="1" t="s">
-        <v>73</v>
+        <v>46</v>
       </c>
       <c r="E1105" s="1">
-        <v>9</v>
+        <v>8</v>
       </c>
     </row>
     <row r="1106">
       <c r="A1106" s="1">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="B1106" s="1">
-        <v>11</v>
+        <v>301</v>
       </c>
       <c r="C1106" s="1" t="s">
         <v>1038</v>
       </c>
       <c r="D1106" s="1" t="s">
-        <v>46</v>
+        <v>8</v>
       </c>
       <c r="E1106" s="1">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="1107">
       <c r="A1107" s="1">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="B1107" s="1">
-        <v>301</v>
+        <v>1815</v>
       </c>
       <c r="C1107" s="1" t="s">
         <v>1039</v>
       </c>
       <c r="D1107" s="1" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="E1107" s="1">
-        <v>7</v>
+        <v>6</v>
       </c>
     </row>
     <row r="1108">
       <c r="A1108" s="1">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="B1108" s="1">
-        <v>1815</v>
+        <v>1435</v>
       </c>
       <c r="C1108" s="1" t="s">
         <v>1040</v>
       </c>
       <c r="D1108" s="1" t="s">
-        <v>18</v>
+        <v>343</v>
       </c>
       <c r="E1108" s="1">
-        <v>6</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1109">
       <c r="A1109" s="1">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="B1109" s="1">
-        <v>1435</v>
+        <v>1635</v>
       </c>
       <c r="C1109" s="1" t="s">
         <v>1041</v>
       </c>
       <c r="D1109" s="1" t="s">
-        <v>344</v>
+        <v>343</v>
       </c>
       <c r="E1109" s="1">
-        <v>5</v>
-[...15 lines deleted...]
-      <c r="E1110" s="1">
         <v>4</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:F2"/>
     <mergeCell ref="A3:E3"/>
     <mergeCell ref="A31:E31"/>
     <mergeCell ref="A55:E55"/>
     <mergeCell ref="A81:E81"/>
-    <mergeCell ref="A114:E114"/>
-[...28 lines deleted...]
-    <mergeCell ref="A1099:E1099"/>
+    <mergeCell ref="A113:E113"/>
+    <mergeCell ref="A143:E143"/>
+    <mergeCell ref="A171:E171"/>
+    <mergeCell ref="A194:E194"/>
+    <mergeCell ref="A213:E213"/>
+    <mergeCell ref="A235:E235"/>
+    <mergeCell ref="A251:E251"/>
+    <mergeCell ref="A264:E264"/>
+    <mergeCell ref="A271:E271"/>
+    <mergeCell ref="A295:E295"/>
+    <mergeCell ref="A310:E310"/>
+    <mergeCell ref="A362:E362"/>
+    <mergeCell ref="A401:E401"/>
+    <mergeCell ref="A449:E449"/>
+    <mergeCell ref="A474:E474"/>
+    <mergeCell ref="A537:E537"/>
+    <mergeCell ref="A570:E570"/>
+    <mergeCell ref="A656:E656"/>
+    <mergeCell ref="A707:E707"/>
+    <mergeCell ref="A794:E794"/>
+    <mergeCell ref="A830:E830"/>
+    <mergeCell ref="A879:E879"/>
+    <mergeCell ref="A919:E919"/>
+    <mergeCell ref="A963:E963"/>
+    <mergeCell ref="A986:E986"/>
+    <mergeCell ref="A1024:E1024"/>
+    <mergeCell ref="A1038:E1038"/>
+    <mergeCell ref="A1065:E1065"/>
+    <mergeCell ref="A1077:E1077"/>
+    <mergeCell ref="A1098:E1098"/>
   </mergeCells>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" mc:Ignorable="xr">
   <dimension ref="A1:D41"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1" style="1"/>
     <col min="2" max="2" width="60" customWidth="1" style="1"/>
     <col min="3" max="3" width="15" customWidth="1" style="1"/>
     <col min="4" max="16384" width="9.140625" customWidth="1" style="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="4" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="4" t="s">
         <v>0</v>
@@ -21072,150 +21052,150 @@
         <v>0</v>
       </c>
       <c r="D2" s="4" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="2" t="s">
         <v>2</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>5</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="1">
         <v>1</v>
       </c>
       <c r="B4" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C4" s="1">
-        <v>719</v>
+        <v>731</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="1">
         <v>2</v>
       </c>
       <c r="B5" s="1" t="s">
         <v>23</v>
       </c>
       <c r="C5" s="1">
-        <v>473</v>
+        <v>470</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="1">
         <v>3</v>
       </c>
       <c r="B6" s="1" t="s">
         <v>46</v>
       </c>
       <c r="C6" s="1">
-        <v>468</v>
+        <v>469</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="1">
         <v>4</v>
       </c>
       <c r="B7" s="1" t="s">
         <v>56</v>
       </c>
       <c r="C7" s="1">
-        <v>364</v>
+        <v>356</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="1">
         <v>5</v>
       </c>
       <c r="B8" s="1" t="s">
         <v>42</v>
       </c>
       <c r="C8" s="1">
-        <v>234</v>
+        <v>235</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="1">
         <v>6</v>
       </c>
       <c r="B9" s="1" t="s">
         <v>10</v>
       </c>
       <c r="C9" s="1">
-        <v>210</v>
+        <v>212</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="1">
         <v>7</v>
       </c>
       <c r="B10" s="1" t="s">
         <v>18</v>
       </c>
       <c r="C10" s="1">
         <v>167</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="1">
         <v>8</v>
       </c>
       <c r="B11" s="1" t="s">
-        <v>274</v>
+        <v>273</v>
       </c>
       <c r="C11" s="1">
-        <v>159</v>
+        <v>160</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="1">
         <v>9</v>
       </c>
       <c r="B12" s="1" t="s">
         <v>12</v>
       </c>
       <c r="C12" s="1">
         <v>148</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="1">
         <v>10</v>
       </c>
       <c r="B13" s="1" t="s">
         <v>64</v>
       </c>
       <c r="C13" s="1">
-        <v>136</v>
+        <v>145</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="1">
         <v>11</v>
       </c>
       <c r="B14" s="1" t="s">
         <v>81</v>
       </c>
       <c r="C14" s="1">
         <v>121</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="1">
         <v>12</v>
       </c>
       <c r="B15" s="1" t="s">
         <v>35</v>
       </c>
       <c r="C15" s="1">
         <v>104</v>
       </c>
     </row>
     <row r="16">
@@ -21223,291 +21203,291 @@
         <v>13</v>
       </c>
       <c r="B16" s="1" t="s">
         <v>27</v>
       </c>
       <c r="C16" s="1">
         <v>97</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="1">
         <v>14</v>
       </c>
       <c r="B17" s="1" t="s">
         <v>73</v>
       </c>
       <c r="C17" s="1">
         <v>90</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="1">
         <v>15</v>
       </c>
       <c r="B18" s="1" t="s">
-        <v>258</v>
+        <v>112</v>
       </c>
       <c r="C18" s="1">
-        <v>81</v>
+        <v>82</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="1">
         <v>16</v>
       </c>
       <c r="B19" s="1" t="s">
-        <v>114</v>
+        <v>101</v>
       </c>
       <c r="C19" s="1">
-        <v>81</v>
+        <v>76</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="1">
         <v>17</v>
       </c>
       <c r="B20" s="1" t="s">
-        <v>102</v>
+        <v>257</v>
       </c>
       <c r="C20" s="1">
-        <v>75</v>
+        <v>71</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="1">
         <v>18</v>
       </c>
       <c r="B21" s="1" t="s">
         <v>48</v>
       </c>
       <c r="C21" s="1">
         <v>59</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="1">
         <v>19</v>
       </c>
       <c r="B22" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C22" s="1">
         <v>54</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="1">
         <v>20</v>
       </c>
       <c r="B23" s="1" t="s">
-        <v>512</v>
+        <v>511</v>
       </c>
       <c r="C23" s="1">
         <v>30</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="1">
         <v>21</v>
       </c>
       <c r="B24" s="1" t="s">
-        <v>121</v>
+        <v>119</v>
       </c>
       <c r="C24" s="1">
         <v>28</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="1">
         <v>22</v>
       </c>
       <c r="B25" s="1" t="s">
-        <v>208</v>
+        <v>207</v>
       </c>
       <c r="C25" s="1">
         <v>26</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="1">
         <v>23</v>
       </c>
       <c r="B26" s="1" t="s">
-        <v>344</v>
+        <v>96</v>
       </c>
       <c r="C26" s="1">
         <v>25</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="1">
         <v>24</v>
       </c>
       <c r="B27" s="1" t="s">
-        <v>393</v>
+        <v>343</v>
       </c>
       <c r="C27" s="1">
-        <v>24</v>
+        <v>25</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="1">
         <v>25</v>
       </c>
       <c r="B28" s="1" t="s">
-        <v>98</v>
+        <v>392</v>
       </c>
       <c r="C28" s="1">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="1">
         <v>26</v>
       </c>
       <c r="B29" s="1" t="s">
-        <v>427</v>
+        <v>426</v>
       </c>
       <c r="C29" s="1">
         <v>22</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="1">
         <v>27</v>
       </c>
       <c r="B30" s="1" t="s">
-        <v>802</v>
+        <v>801</v>
       </c>
       <c r="C30" s="1">
         <v>21</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="1">
         <v>28</v>
       </c>
       <c r="B31" s="1" t="s">
-        <v>327</v>
+        <v>326</v>
       </c>
       <c r="C31" s="1">
         <v>21</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="1">
         <v>29</v>
       </c>
       <c r="B32" s="1" t="s">
-        <v>325</v>
+        <v>324</v>
       </c>
       <c r="C32" s="1">
         <v>19</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="1">
         <v>30</v>
       </c>
       <c r="B33" s="1" t="s">
-        <v>680</v>
+        <v>679</v>
       </c>
       <c r="C33" s="1">
         <v>11</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="1">
         <v>31</v>
       </c>
       <c r="B34" s="1" t="s">
-        <v>400</v>
+        <v>399</v>
       </c>
       <c r="C34" s="1">
         <v>11</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="1">
         <v>32</v>
       </c>
       <c r="B35" s="1" t="s">
-        <v>316</v>
+        <v>315</v>
       </c>
       <c r="C35" s="1">
         <v>7</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="1">
         <v>33</v>
       </c>
       <c r="B36" s="1" t="s">
-        <v>391</v>
+        <v>390</v>
       </c>
       <c r="C36" s="1">
         <v>6</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="1">
         <v>34</v>
       </c>
       <c r="B37" s="1" t="s">
-        <v>470</v>
+        <v>469</v>
       </c>
       <c r="C37" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="1">
         <v>35</v>
       </c>
       <c r="B38" s="1" t="s">
-        <v>333</v>
+        <v>332</v>
       </c>
       <c r="C38" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="1">
         <v>36</v>
       </c>
       <c r="B39" s="1" t="s">
-        <v>621</v>
+        <v>620</v>
       </c>
       <c r="C39" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="1">
         <v>37</v>
       </c>
       <c r="B40" s="1" t="s">
-        <v>595</v>
+        <v>594</v>
       </c>
       <c r="C40" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="1">
         <v>37</v>
       </c>
       <c r="B41" s="1" t="s">
-        <v>501</v>
+        <v>500</v>
       </c>
       <c r="C41" s="1">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:D2"/>
   </mergeCells>
   <headerFooter/>
 </worksheet>
 </file>