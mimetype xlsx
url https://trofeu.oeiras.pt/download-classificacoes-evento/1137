--- v1 (2026-01-23)
+++ v2 (2026-03-10)
@@ -9621,51 +9621,51 @@
       </c>
       <c r="B408" s="1">
         <v>645</v>
       </c>
       <c r="C408" s="1" t="s">
         <v>387</v>
       </c>
       <c r="D408" s="1" t="s">
         <v>81</v>
       </c>
       <c r="E408" s="1">
         <v>8</v>
       </c>
     </row>
     <row r="409">
       <c r="A409" s="1">
         <v>7</v>
       </c>
       <c r="B409" s="1">
         <v>458</v>
       </c>
       <c r="C409" s="1" t="s">
         <v>388</v>
       </c>
       <c r="D409" s="1" t="s">
-        <v>42</v>
+        <v>81</v>
       </c>
       <c r="E409" s="1">
         <v>7</v>
       </c>
     </row>
     <row r="410">
       <c r="A410" s="1">
         <v>8</v>
       </c>
       <c r="B410" s="1">
         <v>1539</v>
       </c>
       <c r="C410" s="1" t="s">
         <v>389</v>
       </c>
       <c r="D410" s="1" t="s">
         <v>390</v>
       </c>
       <c r="E410" s="1">
         <v>6</v>
       </c>
     </row>
     <row r="411">
       <c r="A411" s="1">
         <v>9</v>