--- v0 (2026-02-04)
+++ v1 (2026-03-22)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Atletas" sheetId="1" r:id="rId1"/>
     <sheet name="Colectivo" sheetId="2" r:id="rId3"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1063" uniqueCount="1063">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1064" uniqueCount="1064">
   <si>
     <t>43º Troféu CM Oeiras - GP Cruz Quebrada</t>
   </si>
   <si>
     <t>Sub 10 - Masculinos</t>
   </si>
   <si>
     <t>Posição</t>
   </si>
   <si>
     <t>Dorsal</t>
   </si>
   <si>
     <t>Atleta</t>
   </si>
   <si>
     <t>Clube/Equipa</t>
   </si>
   <si>
     <t>Pontos</t>
   </si>
   <si>
     <t>FRANCISCO BRANDÃO</t>
   </si>
   <si>
@@ -185,50 +185,53 @@
   <si>
     <t>Sofia Matos</t>
   </si>
   <si>
     <t>Sub 12 - Masculinos</t>
   </si>
   <si>
     <t>Rodrigo Madureira</t>
   </si>
   <si>
     <t>André Charais Silva</t>
   </si>
   <si>
     <t xml:space="preserve">Manuel  Lisboa </t>
   </si>
   <si>
     <t>Xavier Costa</t>
   </si>
   <si>
     <t>Dinis Pimpão</t>
   </si>
   <si>
     <t>Simão Pinto</t>
   </si>
   <si>
+    <t>Lucas Fernandes</t>
+  </si>
+  <si>
     <t>David Gabadinho</t>
   </si>
   <si>
     <t>Diogo Lucas</t>
   </si>
   <si>
     <t>Valejas Atlético Clube</t>
   </si>
   <si>
     <t>VICENTE Esteves</t>
   </si>
   <si>
     <t>Bernardo Marcelo</t>
   </si>
   <si>
     <t>Alexandre Filipe</t>
   </si>
   <si>
     <t>Vasco Ferreira</t>
   </si>
   <si>
     <t>Kevin Sateles</t>
   </si>
   <si>
     <t>Tiago Monteiro</t>
@@ -275,50 +278,53 @@
   <si>
     <t>VENCEDORA CAPUNGA</t>
   </si>
   <si>
     <t>Inês Pereira</t>
   </si>
   <si>
     <t>Victória Nilsson</t>
   </si>
   <si>
     <t>MADALENA CORVO</t>
   </si>
   <si>
     <t>Ísis Pereira</t>
   </si>
   <si>
     <t>MATILDE HENRIQUES</t>
   </si>
   <si>
     <t>Ema Guerra</t>
   </si>
   <si>
     <t>Aiicha Tahri</t>
   </si>
   <si>
+    <t xml:space="preserve">Victória  Ascensão</t>
+  </si>
+  <si>
     <t>Margarida Figueiredo</t>
   </si>
   <si>
     <t>Matilde Nascimento</t>
   </si>
   <si>
     <t>Catarina Neves</t>
   </si>
   <si>
     <t>Cíntia Rosário</t>
   </si>
   <si>
     <t>Lara Freitas</t>
   </si>
   <si>
     <t>Miles &amp; Vibes</t>
   </si>
   <si>
     <t xml:space="preserve">JOANA  PEREIRA</t>
   </si>
   <si>
     <t>Grupo Recreativo e Desportivo da Ribeira da Lage</t>
   </si>
   <si>
     <t>Sub 14 - Masculinos</t>
@@ -656,51 +662,51 @@
   <si>
     <t>Afonso Antunes</t>
   </si>
   <si>
     <t>Bruno Sousa</t>
   </si>
   <si>
     <t>Tiago Maniés</t>
   </si>
   <si>
     <t>LUCA ROBINSON</t>
   </si>
   <si>
     <t>ALFREDO DA VEIGA</t>
   </si>
   <si>
     <t>Miguel Sayanda</t>
   </si>
   <si>
     <t>David Gonçalves</t>
   </si>
   <si>
     <t>Salvador Alves</t>
   </si>
   <si>
-    <t>GONÇALO MARTINHO</t>
+    <t>GONÇALO MOUTINHO</t>
   </si>
   <si>
     <t>GONÇALO GONÇALVES</t>
   </si>
   <si>
     <t xml:space="preserve">Martim  Serra</t>
   </si>
   <si>
     <t>Rodrigo Faria</t>
   </si>
   <si>
     <t xml:space="preserve">Tomás  Teixeira </t>
   </si>
   <si>
     <t>Pedro Rijo</t>
   </si>
   <si>
     <t>Alvaro Martins</t>
   </si>
   <si>
     <t>Academia Recreativa de Linda-a-Velha</t>
   </si>
   <si>
     <t xml:space="preserve">Gonçalo  Magalhães</t>
   </si>
@@ -821,53 +827,50 @@
   <si>
     <t>João Ferreira</t>
   </si>
   <si>
     <t>João Roxo</t>
   </si>
   <si>
     <t>Pedro Lopes</t>
   </si>
   <si>
     <t>João Teles</t>
   </si>
   <si>
     <t>João Moradias</t>
   </si>
   <si>
     <t>Pedro Marques</t>
   </si>
   <si>
     <t>Martim Pereira</t>
   </si>
   <si>
     <t>Gonçalo Gomes</t>
   </si>
   <si>
-    <t xml:space="preserve">Cláudia  Borralho</t>
-[...1 lines deleted...]
-  <si>
     <t>Tomás Mendes</t>
   </si>
   <si>
     <t>Nazariy Kovalyuk</t>
   </si>
   <si>
     <t>Rafael Laranjeira</t>
   </si>
   <si>
     <t>New Me</t>
   </si>
   <si>
     <t>Luis Vaz</t>
   </si>
   <si>
     <t>MARCELO GUERRA</t>
   </si>
   <si>
     <t>RODRIGO OLIVEIRA</t>
   </si>
   <si>
     <t>TAEBAEK TRIANGULO TAEKWONDO</t>
   </si>
   <si>
     <t>Ruben Lopes</t>
@@ -1139,53 +1142,50 @@
   <si>
     <t xml:space="preserve">Hugo  Martins</t>
   </si>
   <si>
     <t>Didier Alexandre</t>
   </si>
   <si>
     <t xml:space="preserve">José  Júnior</t>
   </si>
   <si>
     <t>ANDRÉ FERREIRA</t>
   </si>
   <si>
     <t>Max Letunovskiy</t>
   </si>
   <si>
     <t>JOÃO LOPES</t>
   </si>
   <si>
     <t>PEDRO PINTO</t>
   </si>
   <si>
     <t>ANDRÉ LIMA</t>
   </si>
   <si>
-    <t>Paulo Arrenega</t>
-[...1 lines deleted...]
-  <si>
     <t>GONÇALO PIRES</t>
   </si>
   <si>
     <t xml:space="preserve">Pedro  Costa</t>
   </si>
   <si>
     <t>Orlando Couceiro</t>
   </si>
   <si>
     <t>Fábio Querido</t>
   </si>
   <si>
     <t>Bernardo Almeida</t>
   </si>
   <si>
     <t>Miguel Silva</t>
   </si>
   <si>
     <t>André Teixeira</t>
   </si>
   <si>
     <t>Diogo Inácio</t>
   </si>
   <si>
     <t>João Calafate</t>
@@ -2018,51 +2018,51 @@
   <si>
     <t>João Guterres</t>
   </si>
   <si>
     <t>RUI ALVES</t>
   </si>
   <si>
     <t>Hugo Palmeiro</t>
   </si>
   <si>
     <t xml:space="preserve">FERNANDO   MIRANDA</t>
   </si>
   <si>
     <t xml:space="preserve">JORGE   PINHO</t>
   </si>
   <si>
     <t>Paulo Silva</t>
   </si>
   <si>
     <t>HUGO ADELINO</t>
   </si>
   <si>
     <t>Tiago Rocha</t>
   </si>
   <si>
-    <t>Ruben Dias</t>
+    <t xml:space="preserve">Carlos  Freitas</t>
   </si>
   <si>
     <t>Bruno Afonso</t>
   </si>
   <si>
     <t>JOSÉ GOMES TEIXEIRA</t>
   </si>
   <si>
     <t>Joao Castanheira</t>
   </si>
   <si>
     <t>Nuno Cordeiro</t>
   </si>
   <si>
     <t xml:space="preserve">ARTUR   PEREIRA</t>
   </si>
   <si>
     <t>Nuno Carioca</t>
   </si>
   <si>
     <t xml:space="preserve">Nuno  Queija</t>
   </si>
   <si>
     <t>Bruno A. Sousa</t>
   </si>
@@ -2333,51 +2333,51 @@
   <si>
     <t xml:space="preserve">Maria  Bica</t>
   </si>
   <si>
     <t>MARIA AROUCA</t>
   </si>
   <si>
     <t xml:space="preserve">ANABELA   SANTOS</t>
   </si>
   <si>
     <t xml:space="preserve">Carla  Santos </t>
   </si>
   <si>
     <t>Eva Caballero</t>
   </si>
   <si>
     <t>Sónia Amaro</t>
   </si>
   <si>
     <t>Maria Gonçalves</t>
   </si>
   <si>
     <t>Joana Pedro</t>
   </si>
   <si>
-    <t>Maria Veiga</t>
+    <t xml:space="preserve">CARINA  CARVALHO</t>
   </si>
   <si>
     <t xml:space="preserve">Ana  Nunes</t>
   </si>
   <si>
     <t xml:space="preserve">Ana  Serra</t>
   </si>
   <si>
     <t>Marisa Bettencourt</t>
   </si>
   <si>
     <t xml:space="preserve">SILVIA  TAVARES</t>
   </si>
   <si>
     <t>M 55</t>
   </si>
   <si>
     <t>Francisco Pedro</t>
   </si>
   <si>
     <t>LUIS PEDROSO</t>
   </si>
   <si>
     <t>António Murteira</t>
   </si>
@@ -2466,50 +2466,53 @@
     <t>Antonio Cardoso</t>
   </si>
   <si>
     <t>Luís Abreu</t>
   </si>
   <si>
     <t>Miguel Moradias</t>
   </si>
   <si>
     <t xml:space="preserve">Vasco  Ascensão</t>
   </si>
   <si>
     <t>Sérgio Sota</t>
   </si>
   <si>
     <t xml:space="preserve">Carlos  Silva</t>
   </si>
   <si>
     <t xml:space="preserve">Reinaldo  Santos </t>
   </si>
   <si>
     <t>Bento Raminhos</t>
   </si>
   <si>
     <t>Luís Cotrim</t>
+  </si>
+  <si>
+    <t>Jaime Faria</t>
   </si>
   <si>
     <t>PAULO CORDEIRO</t>
   </si>
   <si>
     <t>Carlos Carvalho</t>
   </si>
   <si>
     <t>Jorge Monteiro</t>
   </si>
   <si>
     <t>Manuel Anastácio</t>
   </si>
   <si>
     <t xml:space="preserve">ANTÓNIO   REGO</t>
   </si>
   <si>
     <t>Luis Gonçalves</t>
   </si>
   <si>
     <t>Marco Silva</t>
   </si>
   <si>
     <t>José Borges</t>
   </si>
@@ -3260,51 +3263,51 @@
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="1" applyFont="1" xfId="0" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="2" applyFont="1" xfId="0" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="2" applyFont="1" xfId="0" applyProtection="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" applyNumberFormat="1" fontId="2" applyFont="1" xfId="0" applyProtection="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" mc:Ignorable="xr">
-  <dimension ref="A1:F1134"/>
+  <dimension ref="A1:F1135"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1" style="1"/>
     <col min="2" max="2" width="15" customWidth="1" style="1"/>
     <col min="3" max="3" width="40" customWidth="1" style="1"/>
     <col min="4" max="4" width="60" customWidth="1" style="1"/>
     <col min="5" max="5" width="15" customWidth="1" style="1"/>
     <col min="6" max="6" width="15" customWidth="1" style="1"/>
     <col min="7" max="16384" width="9.140625" customWidth="1" style="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="4" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="4" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="4" t="s">
         <v>0</v>
       </c>
       <c r="D1" s="4" t="s">
@@ -4068,5990 +4071,5990 @@
         <v>9</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="1">
         <v>6</v>
       </c>
       <c r="B50" s="1">
         <v>3010</v>
       </c>
       <c r="C50" s="1" t="s">
         <v>58</v>
       </c>
       <c r="D50" s="1" t="s">
         <v>34</v>
       </c>
       <c r="E50" s="1">
         <v>8</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="1">
         <v>7</v>
       </c>
       <c r="B51" s="1">
-        <v>3302</v>
+        <v>3192</v>
       </c>
       <c r="C51" s="1" t="s">
         <v>59</v>
       </c>
       <c r="D51" s="1" t="s">
-        <v>19</v>
+        <v>10</v>
       </c>
       <c r="E51" s="1">
         <v>7</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="1">
         <v>8</v>
       </c>
       <c r="B52" s="1">
-        <v>3287</v>
+        <v>3302</v>
       </c>
       <c r="C52" s="1" t="s">
         <v>60</v>
       </c>
       <c r="D52" s="1" t="s">
-        <v>61</v>
+        <v>19</v>
       </c>
       <c r="E52" s="1">
         <v>6</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="1">
         <v>9</v>
       </c>
       <c r="B53" s="1">
-        <v>3259</v>
+        <v>3287</v>
       </c>
       <c r="C53" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="D53" s="1" t="s">
         <v>62</v>
-      </c>
-[...1 lines deleted...]
-        <v>40</v>
       </c>
       <c r="E53" s="1">
         <v>5</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="1">
         <v>10</v>
       </c>
       <c r="B54" s="1">
-        <v>3315</v>
+        <v>3259</v>
       </c>
       <c r="C54" s="1" t="s">
         <v>63</v>
       </c>
       <c r="D54" s="1" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E54" s="1">
         <v>4</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="1">
         <v>11</v>
       </c>
       <c r="B55" s="1">
-        <v>3092</v>
+        <v>3315</v>
       </c>
       <c r="C55" s="1" t="s">
         <v>64</v>
       </c>
       <c r="D55" s="1" t="s">
-        <v>36</v>
+        <v>17</v>
       </c>
       <c r="E55" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="1">
         <v>12</v>
       </c>
       <c r="B56" s="1">
-        <v>3320</v>
+        <v>3092</v>
       </c>
       <c r="C56" s="1" t="s">
         <v>65</v>
       </c>
       <c r="D56" s="1" t="s">
-        <v>17</v>
+        <v>36</v>
       </c>
       <c r="E56" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="1">
         <v>13</v>
       </c>
       <c r="B57" s="1">
-        <v>3186</v>
+        <v>3320</v>
       </c>
       <c r="C57" s="1" t="s">
         <v>66</v>
       </c>
       <c r="D57" s="1" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="E57" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="1">
         <v>14</v>
       </c>
       <c r="B58" s="1">
-        <v>3226</v>
+        <v>3186</v>
       </c>
       <c r="C58" s="1" t="s">
         <v>67</v>
       </c>
       <c r="D58" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E58" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="1">
         <v>15</v>
       </c>
       <c r="B59" s="1">
-        <v>3254</v>
+        <v>3226</v>
       </c>
       <c r="C59" s="1" t="s">
         <v>68</v>
       </c>
       <c r="D59" s="1" t="s">
-        <v>69</v>
+        <v>10</v>
       </c>
       <c r="E59" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="1">
         <v>16</v>
       </c>
       <c r="B60" s="1">
-        <v>3178</v>
+        <v>3254</v>
       </c>
       <c r="C60" s="1" t="s">
+        <v>69</v>
+      </c>
+      <c r="D60" s="1" t="s">
         <v>70</v>
-      </c>
-[...1 lines deleted...]
-        <v>10</v>
       </c>
       <c r="E60" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="1">
         <v>17</v>
       </c>
       <c r="B61" s="1">
-        <v>3213</v>
+        <v>3178</v>
       </c>
       <c r="C61" s="1" t="s">
         <v>71</v>
       </c>
       <c r="D61" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E61" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="1">
         <v>18</v>
       </c>
       <c r="B62" s="1">
-        <v>3209</v>
+        <v>3213</v>
       </c>
       <c r="C62" s="1" t="s">
         <v>72</v>
       </c>
       <c r="D62" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E62" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="1">
         <v>19</v>
       </c>
       <c r="B63" s="1">
-        <v>3112</v>
+        <v>3209</v>
       </c>
       <c r="C63" s="1" t="s">
         <v>73</v>
       </c>
       <c r="D63" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E63" s="1">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="64">
+      <c r="A64" s="1">
+        <v>20</v>
+      </c>
+      <c r="B64" s="1">
+        <v>3112</v>
+      </c>
+      <c r="C64" s="1" t="s">
         <v>74</v>
       </c>
-      <c r="E63" s="1">
-[...4 lines deleted...]
-      <c r="A66" s="3" t="s">
+      <c r="D64" s="1" t="s">
         <v>75</v>
       </c>
-      <c r="B66" s="3" t="s">
-[...9 lines deleted...]
-        <v>75</v>
+      <c r="E64" s="1">
+        <v>3</v>
       </c>
     </row>
     <row r="67">
-      <c r="A67" s="2" t="s">
+      <c r="A67" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="B67" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="C67" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="D67" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="E67" s="3" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="68">
+      <c r="A68" s="2" t="s">
         <v>2</v>
       </c>
-      <c r="B67" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C67" s="2" t="s">
+      <c r="B68" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="C68" s="2" t="s">
         <v>4</v>
       </c>
-      <c r="D67" s="2" t="s">
+      <c r="D68" s="2" t="s">
         <v>5</v>
       </c>
-      <c r="E67" s="2" t="s">
+      <c r="E68" s="2" t="s">
         <v>6</v>
-      </c>
-[...15 lines deleted...]
-        <v>15</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="1">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="B69" s="1">
-        <v>3042</v>
+        <v>3246</v>
       </c>
       <c r="C69" s="1" t="s">
         <v>77</v>
       </c>
       <c r="D69" s="1" t="s">
-        <v>8</v>
+        <v>19</v>
       </c>
       <c r="E69" s="1">
-        <v>13</v>
+        <v>15</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="1">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="B70" s="1">
-        <v>3160</v>
+        <v>3042</v>
       </c>
       <c r="C70" s="1" t="s">
         <v>78</v>
       </c>
       <c r="D70" s="1" t="s">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="E70" s="1">
-        <v>11</v>
+        <v>13</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="1">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="B71" s="1">
-        <v>3002</v>
+        <v>3160</v>
       </c>
       <c r="C71" s="1" t="s">
         <v>79</v>
       </c>
       <c r="D71" s="1" t="s">
-        <v>34</v>
+        <v>10</v>
       </c>
       <c r="E71" s="1">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="1">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="B72" s="1">
-        <v>3047</v>
+        <v>3002</v>
       </c>
       <c r="C72" s="1" t="s">
         <v>80</v>
       </c>
       <c r="D72" s="1" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="E72" s="1">
-        <v>9</v>
+        <v>10</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="1">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="B73" s="1">
-        <v>3340</v>
+        <v>3047</v>
       </c>
       <c r="C73" s="1" t="s">
         <v>81</v>
       </c>
       <c r="D73" s="1" t="s">
-        <v>19</v>
+        <v>38</v>
       </c>
       <c r="E73" s="1">
-        <v>8</v>
+        <v>9</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="1">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="B74" s="1">
-        <v>3143</v>
+        <v>3340</v>
       </c>
       <c r="C74" s="1" t="s">
         <v>82</v>
       </c>
       <c r="D74" s="1" t="s">
-        <v>69</v>
+        <v>19</v>
       </c>
       <c r="E74" s="1">
-        <v>7</v>
+        <v>8</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="1">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="B75" s="1">
-        <v>3044</v>
+        <v>3143</v>
       </c>
       <c r="C75" s="1" t="s">
         <v>83</v>
       </c>
       <c r="D75" s="1" t="s">
-        <v>8</v>
+        <v>70</v>
       </c>
       <c r="E75" s="1">
-        <v>6</v>
+        <v>7</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="1">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="B76" s="1">
-        <v>3003</v>
+        <v>3044</v>
       </c>
       <c r="C76" s="1" t="s">
         <v>84</v>
       </c>
       <c r="D76" s="1" t="s">
-        <v>34</v>
+        <v>8</v>
       </c>
       <c r="E76" s="1">
-        <v>5</v>
+        <v>6</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="1">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="B77" s="1">
-        <v>3027</v>
+        <v>3003</v>
       </c>
       <c r="C77" s="1" t="s">
         <v>85</v>
       </c>
       <c r="D77" s="1" t="s">
-        <v>8</v>
+        <v>34</v>
       </c>
       <c r="E77" s="1">
-        <v>4</v>
+        <v>5</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="1">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="B78" s="1">
-        <v>3004</v>
+        <v>3027</v>
       </c>
       <c r="C78" s="1" t="s">
         <v>86</v>
       </c>
       <c r="D78" s="1" t="s">
-        <v>34</v>
+        <v>8</v>
       </c>
       <c r="E78" s="1">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="1">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="B79" s="1">
-        <v>3171</v>
+        <v>3004</v>
       </c>
       <c r="C79" s="1" t="s">
         <v>87</v>
       </c>
       <c r="D79" s="1" t="s">
-        <v>10</v>
+        <v>34</v>
       </c>
       <c r="E79" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="1">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="B80" s="1">
-        <v>3157</v>
+        <v>3171</v>
       </c>
       <c r="C80" s="1" t="s">
         <v>88</v>
       </c>
       <c r="D80" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E80" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="1">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="B81" s="1">
-        <v>3197</v>
+        <v>3157</v>
       </c>
       <c r="C81" s="1" t="s">
         <v>89</v>
       </c>
       <c r="D81" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E81" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="1">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="B82" s="1">
-        <v>3210</v>
+        <v>3257</v>
       </c>
       <c r="C82" s="1" t="s">
         <v>90</v>
       </c>
       <c r="D82" s="1" t="s">
-        <v>10</v>
+        <v>40</v>
       </c>
       <c r="E82" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="1">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="B83" s="1">
-        <v>3164</v>
+        <v>3197</v>
       </c>
       <c r="C83" s="1" t="s">
         <v>91</v>
       </c>
       <c r="D83" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E83" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="1">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="B84" s="1">
-        <v>3133</v>
+        <v>3210</v>
       </c>
       <c r="C84" s="1" t="s">
         <v>92</v>
       </c>
       <c r="D84" s="1" t="s">
-        <v>69</v>
+        <v>10</v>
       </c>
       <c r="E84" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="1">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="B85" s="1">
-        <v>3059</v>
+        <v>3164</v>
       </c>
       <c r="C85" s="1" t="s">
         <v>93</v>
       </c>
       <c r="D85" s="1" t="s">
-        <v>94</v>
+        <v>10</v>
       </c>
       <c r="E85" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="1">
+        <v>18</v>
+      </c>
+      <c r="B86" s="1">
+        <v>3133</v>
+      </c>
+      <c r="C86" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="D86" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="E86" s="1">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="87">
+      <c r="A87" s="1">
         <v>19</v>
       </c>
-      <c r="B86" s="1">
+      <c r="B87" s="1">
+        <v>3059</v>
+      </c>
+      <c r="C87" s="1" t="s">
+        <v>95</v>
+      </c>
+      <c r="D87" s="1" t="s">
+        <v>96</v>
+      </c>
+      <c r="E87" s="1">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="88">
+      <c r="A88" s="1">
+        <v>20</v>
+      </c>
+      <c r="B88" s="1">
         <v>3299</v>
       </c>
-      <c r="C86" s="1" t="s">
-[...10 lines deleted...]
-      <c r="A89" s="3" t="s">
+      <c r="C88" s="1" t="s">
         <v>97</v>
       </c>
-      <c r="B89" s="3" t="s">
-[...13 lines deleted...]
-      <c r="A90" s="2" t="s">
+      <c r="D88" s="1" t="s">
+        <v>98</v>
+      </c>
+      <c r="E88" s="1">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="91">
+      <c r="A91" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="B91" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="C91" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="D91" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="E91" s="3" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="92">
+      <c r="A92" s="2" t="s">
         <v>2</v>
       </c>
-      <c r="B90" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C90" s="2" t="s">
+      <c r="B92" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="C92" s="2" t="s">
         <v>4</v>
       </c>
-      <c r="D90" s="2" t="s">
+      <c r="D92" s="2" t="s">
         <v>5</v>
       </c>
-      <c r="E90" s="2" t="s">
+      <c r="E92" s="2" t="s">
         <v>6</v>
-      </c>
-[...32 lines deleted...]
-        <v>13</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" s="1">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="B93" s="1">
-        <v>3043</v>
+        <v>3021</v>
       </c>
       <c r="C93" s="1" t="s">
         <v>100</v>
       </c>
       <c r="D93" s="1" t="s">
         <v>8</v>
       </c>
       <c r="E93" s="1">
-        <v>11</v>
+        <v>15</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" s="1">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="B94" s="1">
-        <v>3155</v>
+        <v>3282</v>
       </c>
       <c r="C94" s="1" t="s">
         <v>101</v>
       </c>
       <c r="D94" s="1" t="s">
-        <v>69</v>
+        <v>8</v>
       </c>
       <c r="E94" s="1">
-        <v>10</v>
+        <v>13</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" s="1">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="B95" s="1">
-        <v>3130</v>
+        <v>3043</v>
       </c>
       <c r="C95" s="1" t="s">
         <v>102</v>
       </c>
       <c r="D95" s="1" t="s">
-        <v>69</v>
+        <v>8</v>
       </c>
       <c r="E95" s="1">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" s="1">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="B96" s="1">
-        <v>3119</v>
+        <v>3155</v>
       </c>
       <c r="C96" s="1" t="s">
         <v>103</v>
       </c>
       <c r="D96" s="1" t="s">
-        <v>34</v>
+        <v>70</v>
       </c>
       <c r="E96" s="1">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" s="1">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="B97" s="1">
-        <v>3123</v>
+        <v>3130</v>
       </c>
       <c r="C97" s="1" t="s">
         <v>104</v>
       </c>
       <c r="D97" s="1" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="E97" s="1">
-        <v>7</v>
+        <v>9</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" s="1">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="B98" s="1">
-        <v>3323</v>
+        <v>3119</v>
       </c>
       <c r="C98" s="1" t="s">
         <v>105</v>
       </c>
       <c r="D98" s="1" t="s">
-        <v>17</v>
+        <v>34</v>
       </c>
       <c r="E98" s="1">
-        <v>6</v>
+        <v>8</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" s="1">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="B99" s="1">
-        <v>3126</v>
+        <v>3123</v>
       </c>
       <c r="C99" s="1" t="s">
         <v>106</v>
       </c>
       <c r="D99" s="1" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="E99" s="1">
-        <v>5</v>
+        <v>7</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" s="1">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="B100" s="1">
-        <v>3231</v>
+        <v>3323</v>
       </c>
       <c r="C100" s="1" t="s">
         <v>107</v>
       </c>
       <c r="D100" s="1" t="s">
-        <v>69</v>
+        <v>17</v>
       </c>
       <c r="E100" s="1">
-        <v>4</v>
+        <v>6</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" s="1">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="B101" s="1">
-        <v>3265</v>
+        <v>3126</v>
       </c>
       <c r="C101" s="1" t="s">
         <v>108</v>
       </c>
       <c r="D101" s="1" t="s">
-        <v>40</v>
+        <v>70</v>
       </c>
       <c r="E101" s="1">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" s="1">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="B102" s="1">
-        <v>3303</v>
+        <v>3231</v>
       </c>
       <c r="C102" s="1" t="s">
         <v>109</v>
       </c>
       <c r="D102" s="1" t="s">
-        <v>19</v>
+        <v>70</v>
       </c>
       <c r="E102" s="1">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" s="1">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="B103" s="1">
-        <v>3245</v>
+        <v>3265</v>
       </c>
       <c r="C103" s="1" t="s">
         <v>110</v>
       </c>
       <c r="D103" s="1" t="s">
-        <v>19</v>
+        <v>40</v>
       </c>
       <c r="E103" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" s="1">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="B104" s="1">
-        <v>3167</v>
+        <v>3303</v>
       </c>
       <c r="C104" s="1" t="s">
         <v>111</v>
       </c>
       <c r="D104" s="1" t="s">
-        <v>10</v>
+        <v>19</v>
       </c>
       <c r="E104" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" s="1">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="B105" s="1">
-        <v>3108</v>
+        <v>3245</v>
       </c>
       <c r="C105" s="1" t="s">
         <v>112</v>
       </c>
       <c r="D105" s="1" t="s">
-        <v>74</v>
+        <v>19</v>
       </c>
       <c r="E105" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" s="1">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="B106" s="1">
-        <v>3131</v>
+        <v>3167</v>
       </c>
       <c r="C106" s="1" t="s">
         <v>113</v>
       </c>
       <c r="D106" s="1" t="s">
-        <v>69</v>
+        <v>10</v>
       </c>
       <c r="E106" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" s="1">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="B107" s="1">
-        <v>3146</v>
+        <v>3108</v>
       </c>
       <c r="C107" s="1" t="s">
         <v>114</v>
       </c>
       <c r="D107" s="1" t="s">
-        <v>26</v>
+        <v>75</v>
       </c>
       <c r="E107" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" s="1">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="B108" s="1">
-        <v>3344</v>
+        <v>3131</v>
       </c>
       <c r="C108" s="1" t="s">
         <v>115</v>
       </c>
       <c r="D108" s="1" t="s">
-        <v>19</v>
+        <v>70</v>
       </c>
       <c r="E108" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" s="1">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="B109" s="1">
-        <v>3280</v>
+        <v>3146</v>
       </c>
       <c r="C109" s="1" t="s">
         <v>116</v>
       </c>
       <c r="D109" s="1" t="s">
-        <v>8</v>
+        <v>26</v>
       </c>
       <c r="E109" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" s="1">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="B110" s="1">
-        <v>3283</v>
+        <v>3344</v>
       </c>
       <c r="C110" s="1" t="s">
         <v>117</v>
       </c>
       <c r="D110" s="1" t="s">
-        <v>8</v>
+        <v>19</v>
       </c>
       <c r="E110" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" s="1">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="B111" s="1">
-        <v>3180</v>
+        <v>3280</v>
       </c>
       <c r="C111" s="1" t="s">
         <v>118</v>
       </c>
       <c r="D111" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="E111" s="1">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="112">
+      <c r="A112" s="1">
+        <v>20</v>
+      </c>
+      <c r="B112" s="1">
+        <v>3283</v>
+      </c>
+      <c r="C112" s="1" t="s">
+        <v>119</v>
+      </c>
+      <c r="D112" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="E112" s="1">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="113">
+      <c r="A113" s="1">
+        <v>21</v>
+      </c>
+      <c r="B113" s="1">
+        <v>3180</v>
+      </c>
+      <c r="C113" s="1" t="s">
+        <v>120</v>
+      </c>
+      <c r="D113" s="1" t="s">
         <v>10</v>
       </c>
-      <c r="E111" s="1">
+      <c r="E113" s="1">
         <v>2</v>
       </c>
     </row>
-    <row r="114">
-[...17 lines deleted...]
-      <c r="A115" s="2" t="s">
+    <row r="116">
+      <c r="A116" s="3" t="s">
+        <v>121</v>
+      </c>
+      <c r="B116" s="3" t="s">
+        <v>121</v>
+      </c>
+      <c r="C116" s="3" t="s">
+        <v>121</v>
+      </c>
+      <c r="D116" s="3" t="s">
+        <v>121</v>
+      </c>
+      <c r="E116" s="3" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="117">
+      <c r="A117" s="2" t="s">
         <v>2</v>
       </c>
-      <c r="B115" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C115" s="2" t="s">
+      <c r="B117" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="C117" s="2" t="s">
         <v>4</v>
       </c>
-      <c r="D115" s="2" t="s">
+      <c r="D117" s="2" t="s">
         <v>5</v>
       </c>
-      <c r="E115" s="2" t="s">
+      <c r="E117" s="2" t="s">
         <v>6</v>
-      </c>
-[...32 lines deleted...]
-        <v>13</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" s="1">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="B118" s="1">
-        <v>3285</v>
+        <v>3045</v>
       </c>
       <c r="C118" s="1" t="s">
         <v>122</v>
       </c>
       <c r="D118" s="1" t="s">
         <v>8</v>
       </c>
       <c r="E118" s="1">
-        <v>11</v>
+        <v>15</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" s="1">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="B119" s="1">
-        <v>3030</v>
+        <v>3036</v>
       </c>
       <c r="C119" s="1" t="s">
         <v>123</v>
       </c>
       <c r="D119" s="1" t="s">
         <v>8</v>
       </c>
       <c r="E119" s="1">
-        <v>10</v>
+        <v>13</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" s="1">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="B120" s="1">
-        <v>3023</v>
+        <v>3285</v>
       </c>
       <c r="C120" s="1" t="s">
         <v>124</v>
       </c>
       <c r="D120" s="1" t="s">
         <v>8</v>
       </c>
       <c r="E120" s="1">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" s="1">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="B121" s="1">
-        <v>3252</v>
+        <v>3030</v>
       </c>
       <c r="C121" s="1" t="s">
         <v>125</v>
       </c>
       <c r="D121" s="1" t="s">
-        <v>69</v>
+        <v>8</v>
       </c>
       <c r="E121" s="1">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" s="1">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="B122" s="1">
-        <v>3128</v>
+        <v>3023</v>
       </c>
       <c r="C122" s="1" t="s">
         <v>126</v>
       </c>
       <c r="D122" s="1" t="s">
-        <v>69</v>
+        <v>8</v>
       </c>
       <c r="E122" s="1">
-        <v>7</v>
+        <v>9</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" s="1">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="B123" s="1">
-        <v>3018</v>
+        <v>3252</v>
       </c>
       <c r="C123" s="1" t="s">
         <v>127</v>
       </c>
       <c r="D123" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="E123" s="1">
         <v>8</v>
-      </c>
-[...1 lines deleted...]
-        <v>6</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" s="1">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="B124" s="1">
-        <v>3261</v>
+        <v>3128</v>
       </c>
       <c r="C124" s="1" t="s">
         <v>128</v>
       </c>
       <c r="D124" s="1" t="s">
-        <v>40</v>
+        <v>70</v>
       </c>
       <c r="E124" s="1">
-        <v>5</v>
+        <v>7</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" s="1">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="B125" s="1">
-        <v>3277</v>
+        <v>3018</v>
       </c>
       <c r="C125" s="1" t="s">
         <v>129</v>
       </c>
       <c r="D125" s="1" t="s">
         <v>8</v>
       </c>
       <c r="E125" s="1">
-        <v>4</v>
+        <v>6</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" s="1">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="B126" s="1">
-        <v>3185</v>
+        <v>3261</v>
       </c>
       <c r="C126" s="1" t="s">
         <v>130</v>
       </c>
       <c r="D126" s="1" t="s">
-        <v>10</v>
+        <v>40</v>
       </c>
       <c r="E126" s="1">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" s="1">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="B127" s="1">
-        <v>3114</v>
+        <v>3277</v>
       </c>
       <c r="C127" s="1" t="s">
         <v>131</v>
       </c>
       <c r="D127" s="1" t="s">
-        <v>74</v>
+        <v>8</v>
       </c>
       <c r="E127" s="1">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" s="1">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="B128" s="1">
-        <v>3203</v>
+        <v>3185</v>
       </c>
       <c r="C128" s="1" t="s">
         <v>132</v>
       </c>
       <c r="D128" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E128" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" s="1">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="B129" s="1">
-        <v>3341</v>
+        <v>3114</v>
       </c>
       <c r="C129" s="1" t="s">
         <v>133</v>
       </c>
       <c r="D129" s="1" t="s">
-        <v>19</v>
+        <v>75</v>
       </c>
       <c r="E129" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" s="1">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="B130" s="1">
-        <v>3181</v>
+        <v>3203</v>
       </c>
       <c r="C130" s="1" t="s">
         <v>134</v>
       </c>
       <c r="D130" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E130" s="1">
         <v>3</v>
       </c>
     </row>
-    <row r="133">
-      <c r="A133" s="3" t="s">
+    <row r="131">
+      <c r="A131" s="1">
+        <v>14</v>
+      </c>
+      <c r="B131" s="1">
+        <v>3341</v>
+      </c>
+      <c r="C131" s="1" t="s">
         <v>135</v>
       </c>
-      <c r="B133" s="3" t="s">
-[...13 lines deleted...]
-      <c r="A134" s="2" t="s">
+      <c r="D131" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="E131" s="1">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="132">
+      <c r="A132" s="1">
+        <v>15</v>
+      </c>
+      <c r="B132" s="1">
+        <v>3181</v>
+      </c>
+      <c r="C132" s="1" t="s">
+        <v>136</v>
+      </c>
+      <c r="D132" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E132" s="1">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="135">
+      <c r="A135" s="3" t="s">
+        <v>137</v>
+      </c>
+      <c r="B135" s="3" t="s">
+        <v>137</v>
+      </c>
+      <c r="C135" s="3" t="s">
+        <v>137</v>
+      </c>
+      <c r="D135" s="3" t="s">
+        <v>137</v>
+      </c>
+      <c r="E135" s="3" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="136">
+      <c r="A136" s="2" t="s">
         <v>2</v>
       </c>
-      <c r="B134" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C134" s="2" t="s">
+      <c r="B136" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="C136" s="2" t="s">
         <v>4</v>
       </c>
-      <c r="D134" s="2" t="s">
+      <c r="D136" s="2" t="s">
         <v>5</v>
       </c>
-      <c r="E134" s="2" t="s">
+      <c r="E136" s="2" t="s">
         <v>6</v>
-      </c>
-[...32 lines deleted...]
-        <v>13</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" s="1">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="B137" s="1">
-        <v>3121</v>
+        <v>3243</v>
       </c>
       <c r="C137" s="1" t="s">
         <v>138</v>
       </c>
       <c r="D137" s="1" t="s">
-        <v>69</v>
+        <v>19</v>
       </c>
       <c r="E137" s="1">
-        <v>11</v>
+        <v>15</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" s="1">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="B138" s="1">
-        <v>3032</v>
+        <v>3029</v>
       </c>
       <c r="C138" s="1" t="s">
         <v>139</v>
       </c>
       <c r="D138" s="1" t="s">
         <v>8</v>
       </c>
       <c r="E138" s="1">
-        <v>10</v>
+        <v>13</v>
       </c>
     </row>
     <row r="139">
       <c r="A139" s="1">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="B139" s="1">
-        <v>3329</v>
+        <v>3121</v>
       </c>
       <c r="C139" s="1" t="s">
         <v>140</v>
       </c>
       <c r="D139" s="1" t="s">
-        <v>24</v>
+        <v>70</v>
       </c>
       <c r="E139" s="1">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="140">
       <c r="A140" s="1">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="B140" s="1">
-        <v>3102</v>
+        <v>3032</v>
       </c>
       <c r="C140" s="1" t="s">
         <v>141</v>
       </c>
       <c r="D140" s="1" t="s">
-        <v>36</v>
+        <v>8</v>
       </c>
       <c r="E140" s="1">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="141">
       <c r="A141" s="1">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="B141" s="1">
-        <v>3214</v>
+        <v>3329</v>
       </c>
       <c r="C141" s="1" t="s">
         <v>142</v>
       </c>
       <c r="D141" s="1" t="s">
-        <v>10</v>
+        <v>24</v>
       </c>
       <c r="E141" s="1">
-        <v>7</v>
+        <v>9</v>
       </c>
     </row>
     <row r="142">
       <c r="A142" s="1">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="B142" s="1">
-        <v>3332</v>
+        <v>3102</v>
       </c>
       <c r="C142" s="1" t="s">
         <v>143</v>
       </c>
       <c r="D142" s="1" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="E142" s="1">
-        <v>6</v>
+        <v>8</v>
       </c>
     </row>
     <row r="143">
       <c r="A143" s="1">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="B143" s="1">
-        <v>3312</v>
+        <v>3214</v>
       </c>
       <c r="C143" s="1" t="s">
         <v>144</v>
       </c>
       <c r="D143" s="1" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="E143" s="1">
-        <v>5</v>
+        <v>7</v>
       </c>
     </row>
     <row r="144">
       <c r="A144" s="1">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="B144" s="1">
-        <v>3124</v>
+        <v>3332</v>
       </c>
       <c r="C144" s="1" t="s">
         <v>145</v>
       </c>
       <c r="D144" s="1" t="s">
-        <v>69</v>
+        <v>24</v>
       </c>
       <c r="E144" s="1">
-        <v>4</v>
+        <v>6</v>
       </c>
     </row>
     <row r="145">
       <c r="A145" s="1">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="B145" s="1">
-        <v>3191</v>
+        <v>3312</v>
       </c>
       <c r="C145" s="1" t="s">
         <v>146</v>
       </c>
       <c r="D145" s="1" t="s">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="E145" s="1">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="146">
       <c r="A146" s="1">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="B146" s="1">
-        <v>3149</v>
+        <v>3124</v>
       </c>
       <c r="C146" s="1" t="s">
         <v>147</v>
       </c>
       <c r="D146" s="1" t="s">
-        <v>26</v>
+        <v>70</v>
       </c>
       <c r="E146" s="1">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="147">
       <c r="A147" s="1">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="B147" s="1">
-        <v>3148</v>
+        <v>3191</v>
       </c>
       <c r="C147" s="1" t="s">
         <v>148</v>
       </c>
       <c r="D147" s="1" t="s">
-        <v>26</v>
+        <v>10</v>
       </c>
       <c r="E147" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="148">
       <c r="A148" s="1">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="B148" s="1">
-        <v>3189</v>
+        <v>3149</v>
       </c>
       <c r="C148" s="1" t="s">
         <v>149</v>
       </c>
       <c r="D148" s="1" t="s">
-        <v>10</v>
+        <v>26</v>
       </c>
       <c r="E148" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="149">
       <c r="A149" s="1">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="B149" s="1">
-        <v>3330</v>
+        <v>3148</v>
       </c>
       <c r="C149" s="1" t="s">
         <v>150</v>
       </c>
       <c r="D149" s="1" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="E149" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="150">
       <c r="A150" s="1">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="B150" s="1">
-        <v>3346</v>
+        <v>3189</v>
       </c>
       <c r="C150" s="1" t="s">
         <v>151</v>
       </c>
       <c r="D150" s="1" t="s">
-        <v>19</v>
+        <v>10</v>
       </c>
       <c r="E150" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="151">
       <c r="A151" s="1">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="B151" s="1">
-        <v>3331</v>
+        <v>3330</v>
       </c>
       <c r="C151" s="1" t="s">
         <v>152</v>
       </c>
       <c r="D151" s="1" t="s">
         <v>24</v>
       </c>
       <c r="E151" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="152">
       <c r="A152" s="1">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="B152" s="1">
-        <v>3195</v>
+        <v>3346</v>
       </c>
       <c r="C152" s="1" t="s">
         <v>153</v>
       </c>
       <c r="D152" s="1" t="s">
-        <v>10</v>
+        <v>19</v>
       </c>
       <c r="E152" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="153">
       <c r="A153" s="1">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="B153" s="1">
-        <v>3165</v>
+        <v>3331</v>
       </c>
       <c r="C153" s="1" t="s">
         <v>154</v>
       </c>
       <c r="D153" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="E153" s="1">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="154">
+      <c r="A154" s="1">
+        <v>18</v>
+      </c>
+      <c r="B154" s="1">
+        <v>3195</v>
+      </c>
+      <c r="C154" s="1" t="s">
+        <v>155</v>
+      </c>
+      <c r="D154" s="1" t="s">
         <v>10</v>
       </c>
-      <c r="E153" s="1">
-[...21 lines deleted...]
-      <c r="A157" s="2" t="s">
+      <c r="E154" s="1">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="155">
+      <c r="A155" s="1">
+        <v>19</v>
+      </c>
+      <c r="B155" s="1">
+        <v>3165</v>
+      </c>
+      <c r="C155" s="1" t="s">
+        <v>156</v>
+      </c>
+      <c r="D155" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E155" s="1">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="158">
+      <c r="A158" s="3" t="s">
+        <v>157</v>
+      </c>
+      <c r="B158" s="3" t="s">
+        <v>157</v>
+      </c>
+      <c r="C158" s="3" t="s">
+        <v>157</v>
+      </c>
+      <c r="D158" s="3" t="s">
+        <v>157</v>
+      </c>
+      <c r="E158" s="3" t="s">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="159">
+      <c r="A159" s="2" t="s">
         <v>2</v>
       </c>
-      <c r="B157" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C157" s="2" t="s">
+      <c r="B159" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="C159" s="2" t="s">
         <v>4</v>
       </c>
-      <c r="D157" s="2" t="s">
+      <c r="D159" s="2" t="s">
         <v>5</v>
       </c>
-      <c r="E157" s="2" t="s">
+      <c r="E159" s="2" t="s">
         <v>6</v>
-      </c>
-[...32 lines deleted...]
-        <v>13</v>
       </c>
     </row>
     <row r="160">
       <c r="A160" s="1">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="B160" s="1">
-        <v>3122</v>
+        <v>3031</v>
       </c>
       <c r="C160" s="1" t="s">
         <v>158</v>
       </c>
       <c r="D160" s="1" t="s">
-        <v>69</v>
+        <v>8</v>
       </c>
       <c r="E160" s="1">
-        <v>11</v>
+        <v>15</v>
       </c>
     </row>
     <row r="161">
       <c r="A161" s="1">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="B161" s="1">
-        <v>3034</v>
+        <v>3017</v>
       </c>
       <c r="C161" s="1" t="s">
         <v>159</v>
       </c>
       <c r="D161" s="1" t="s">
         <v>8</v>
       </c>
       <c r="E161" s="1">
-        <v>10</v>
+        <v>13</v>
       </c>
     </row>
     <row r="162">
       <c r="A162" s="1">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="B162" s="1">
-        <v>3104</v>
+        <v>3122</v>
       </c>
       <c r="C162" s="1" t="s">
         <v>160</v>
       </c>
       <c r="D162" s="1" t="s">
-        <v>36</v>
+        <v>70</v>
       </c>
       <c r="E162" s="1">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="163">
       <c r="A163" s="1">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="B163" s="1">
-        <v>3141</v>
+        <v>3034</v>
       </c>
       <c r="C163" s="1" t="s">
         <v>161</v>
       </c>
       <c r="D163" s="1" t="s">
-        <v>69</v>
+        <v>8</v>
       </c>
       <c r="E163" s="1">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="164">
       <c r="A164" s="1">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="B164" s="1">
-        <v>3218</v>
+        <v>3104</v>
       </c>
       <c r="C164" s="1" t="s">
         <v>162</v>
       </c>
       <c r="D164" s="1" t="s">
-        <v>10</v>
+        <v>36</v>
       </c>
       <c r="E164" s="1">
-        <v>7</v>
+        <v>9</v>
       </c>
     </row>
     <row r="165">
       <c r="A165" s="1">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="B165" s="1">
-        <v>3244</v>
+        <v>3141</v>
       </c>
       <c r="C165" s="1" t="s">
         <v>163</v>
       </c>
       <c r="D165" s="1" t="s">
-        <v>19</v>
+        <v>70</v>
       </c>
       <c r="E165" s="1">
-        <v>6</v>
+        <v>8</v>
       </c>
     </row>
     <row r="166">
       <c r="A166" s="1">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="B166" s="1">
-        <v>3349</v>
+        <v>3218</v>
       </c>
       <c r="C166" s="1" t="s">
         <v>164</v>
       </c>
       <c r="D166" s="1" t="s">
-        <v>19</v>
+        <v>10</v>
       </c>
       <c r="E166" s="1">
-        <v>5</v>
+        <v>7</v>
       </c>
     </row>
     <row r="167">
       <c r="A167" s="1">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="B167" s="1">
-        <v>3314</v>
+        <v>3244</v>
       </c>
       <c r="C167" s="1" t="s">
         <v>165</v>
       </c>
       <c r="D167" s="1" t="s">
-        <v>69</v>
+        <v>19</v>
       </c>
       <c r="E167" s="1">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="168">
+      <c r="A168" s="1">
+        <v>9</v>
+      </c>
+      <c r="B168" s="1">
+        <v>3349</v>
+      </c>
+      <c r="C168" s="1" t="s">
+        <v>166</v>
+      </c>
+      <c r="D168" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="E168" s="1">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="169">
+      <c r="A169" s="1">
+        <v>10</v>
+      </c>
+      <c r="B169" s="1">
+        <v>3314</v>
+      </c>
+      <c r="C169" s="1" t="s">
+        <v>167</v>
+      </c>
+      <c r="D169" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="E169" s="1">
         <v>4</v>
       </c>
     </row>
-    <row r="170">
-[...17 lines deleted...]
-      <c r="A171" s="2" t="s">
+    <row r="172">
+      <c r="A172" s="3" t="s">
+        <v>168</v>
+      </c>
+      <c r="B172" s="3" t="s">
+        <v>168</v>
+      </c>
+      <c r="C172" s="3" t="s">
+        <v>168</v>
+      </c>
+      <c r="D172" s="3" t="s">
+        <v>168</v>
+      </c>
+      <c r="E172" s="3" t="s">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="173">
+      <c r="A173" s="2" t="s">
         <v>2</v>
       </c>
-      <c r="B171" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C171" s="2" t="s">
+      <c r="B173" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="C173" s="2" t="s">
         <v>4</v>
       </c>
-      <c r="D171" s="2" t="s">
+      <c r="D173" s="2" t="s">
         <v>5</v>
       </c>
-      <c r="E171" s="2" t="s">
+      <c r="E173" s="2" t="s">
         <v>6</v>
-      </c>
-[...32 lines deleted...]
-        <v>13</v>
       </c>
     </row>
     <row r="174">
       <c r="A174" s="1">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="B174" s="1">
-        <v>1216</v>
+        <v>337</v>
       </c>
       <c r="C174" s="1" t="s">
         <v>169</v>
       </c>
       <c r="D174" s="1" t="s">
-        <v>26</v>
+        <v>8</v>
       </c>
       <c r="E174" s="1">
-        <v>11</v>
+        <v>15</v>
       </c>
     </row>
     <row r="175">
       <c r="A175" s="1">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="B175" s="1">
-        <v>268</v>
+        <v>1222</v>
       </c>
       <c r="C175" s="1" t="s">
         <v>170</v>
       </c>
       <c r="D175" s="1" t="s">
-        <v>8</v>
+        <v>26</v>
       </c>
       <c r="E175" s="1">
-        <v>10</v>
+        <v>13</v>
       </c>
     </row>
     <row r="176">
       <c r="A176" s="1">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="B176" s="1">
-        <v>1720</v>
+        <v>1216</v>
       </c>
       <c r="C176" s="1" t="s">
         <v>171</v>
       </c>
       <c r="D176" s="1" t="s">
-        <v>19</v>
+        <v>26</v>
       </c>
       <c r="E176" s="1">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="177">
       <c r="A177" s="1">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="B177" s="1">
-        <v>316</v>
+        <v>268</v>
       </c>
       <c r="C177" s="1" t="s">
         <v>172</v>
       </c>
       <c r="D177" s="1" t="s">
         <v>8</v>
       </c>
       <c r="E177" s="1">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="178">
       <c r="A178" s="1">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="B178" s="1">
-        <v>76</v>
+        <v>1720</v>
       </c>
       <c r="C178" s="1" t="s">
         <v>173</v>
       </c>
       <c r="D178" s="1" t="s">
-        <v>34</v>
+        <v>19</v>
       </c>
       <c r="E178" s="1">
-        <v>7</v>
+        <v>9</v>
       </c>
     </row>
     <row r="179">
       <c r="A179" s="1">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="B179" s="1">
-        <v>1358</v>
+        <v>316</v>
       </c>
       <c r="C179" s="1" t="s">
         <v>174</v>
       </c>
       <c r="D179" s="1" t="s">
-        <v>19</v>
+        <v>8</v>
       </c>
       <c r="E179" s="1">
-        <v>6</v>
+        <v>8</v>
       </c>
     </row>
     <row r="180">
       <c r="A180" s="1">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="B180" s="1">
-        <v>1218</v>
+        <v>76</v>
       </c>
       <c r="C180" s="1" t="s">
         <v>175</v>
       </c>
       <c r="D180" s="1" t="s">
-        <v>26</v>
+        <v>34</v>
       </c>
       <c r="E180" s="1">
-        <v>5</v>
+        <v>7</v>
       </c>
     </row>
     <row r="181">
       <c r="A181" s="1">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="B181" s="1">
-        <v>1268</v>
+        <v>1358</v>
       </c>
       <c r="C181" s="1" t="s">
         <v>176</v>
       </c>
       <c r="D181" s="1" t="s">
-        <v>10</v>
+        <v>19</v>
       </c>
       <c r="E181" s="1">
-        <v>4</v>
+        <v>6</v>
       </c>
     </row>
     <row r="182">
       <c r="A182" s="1">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="B182" s="1">
-        <v>700</v>
+        <v>1218</v>
       </c>
       <c r="C182" s="1" t="s">
         <v>177</v>
       </c>
       <c r="D182" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="E182" s="1">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="183">
+      <c r="A183" s="1">
+        <v>10</v>
+      </c>
+      <c r="B183" s="1">
+        <v>1268</v>
+      </c>
+      <c r="C183" s="1" t="s">
         <v>178</v>
       </c>
-      <c r="E182" s="1">
-[...4 lines deleted...]
-      <c r="A185" s="3" t="s">
+      <c r="D183" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E183" s="1">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="184">
+      <c r="A184" s="1">
+        <v>11</v>
+      </c>
+      <c r="B184" s="1">
+        <v>700</v>
+      </c>
+      <c r="C184" s="1" t="s">
         <v>179</v>
       </c>
-      <c r="B185" s="3" t="s">
-[...13 lines deleted...]
-      <c r="A186" s="2" t="s">
+      <c r="D184" s="1" t="s">
+        <v>180</v>
+      </c>
+      <c r="E184" s="1">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="187">
+      <c r="A187" s="3" t="s">
+        <v>181</v>
+      </c>
+      <c r="B187" s="3" t="s">
+        <v>181</v>
+      </c>
+      <c r="C187" s="3" t="s">
+        <v>181</v>
+      </c>
+      <c r="D187" s="3" t="s">
+        <v>181</v>
+      </c>
+      <c r="E187" s="3" t="s">
+        <v>181</v>
+      </c>
+    </row>
+    <row r="188">
+      <c r="A188" s="2" t="s">
         <v>2</v>
       </c>
-      <c r="B186" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C186" s="2" t="s">
+      <c r="B188" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="C188" s="2" t="s">
         <v>4</v>
       </c>
-      <c r="D186" s="2" t="s">
+      <c r="D188" s="2" t="s">
         <v>5</v>
       </c>
-      <c r="E186" s="2" t="s">
+      <c r="E188" s="2" t="s">
         <v>6</v>
-      </c>
-[...32 lines deleted...]
-        <v>13</v>
       </c>
     </row>
     <row r="189">
       <c r="A189" s="1">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="B189" s="1">
-        <v>349</v>
+        <v>322</v>
       </c>
       <c r="C189" s="1" t="s">
         <v>182</v>
       </c>
       <c r="D189" s="1" t="s">
         <v>8</v>
       </c>
       <c r="E189" s="1">
-        <v>11</v>
+        <v>15</v>
       </c>
     </row>
     <row r="190">
       <c r="A190" s="1">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="B190" s="1">
-        <v>1019</v>
+        <v>1427</v>
       </c>
       <c r="C190" s="1" t="s">
         <v>183</v>
       </c>
       <c r="D190" s="1" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="E190" s="1">
-        <v>10</v>
+        <v>13</v>
       </c>
     </row>
     <row r="191">
       <c r="A191" s="1">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="B191" s="1">
-        <v>284</v>
+        <v>349</v>
       </c>
       <c r="C191" s="1" t="s">
         <v>184</v>
       </c>
       <c r="D191" s="1" t="s">
         <v>8</v>
       </c>
       <c r="E191" s="1">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="192">
       <c r="A192" s="1">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="B192" s="1">
-        <v>295</v>
+        <v>1019</v>
       </c>
       <c r="C192" s="1" t="s">
-        <v>82</v>
+        <v>185</v>
       </c>
       <c r="D192" s="1" t="s">
-        <v>8</v>
+        <v>70</v>
       </c>
       <c r="E192" s="1">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="193">
       <c r="A193" s="1">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="B193" s="1">
-        <v>904</v>
+        <v>284</v>
       </c>
       <c r="C193" s="1" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="D193" s="1" t="s">
-        <v>74</v>
+        <v>8</v>
       </c>
       <c r="E193" s="1">
-        <v>7</v>
+        <v>9</v>
       </c>
     </row>
     <row r="194">
       <c r="A194" s="1">
+        <v>6</v>
+      </c>
+      <c r="B194" s="1">
+        <v>295</v>
+      </c>
+      <c r="C194" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="D194" s="1" t="s">
         <v>8</v>
       </c>
-      <c r="B194" s="1">
-[...7 lines deleted...]
-      </c>
       <c r="E194" s="1">
-        <v>6</v>
+        <v>8</v>
       </c>
     </row>
     <row r="195">
       <c r="A195" s="1">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="B195" s="1">
-        <v>687</v>
+        <v>904</v>
       </c>
       <c r="C195" s="1" t="s">
         <v>187</v>
       </c>
       <c r="D195" s="1" t="s">
-        <v>178</v>
+        <v>75</v>
       </c>
       <c r="E195" s="1">
-        <v>5</v>
+        <v>7</v>
       </c>
     </row>
     <row r="196">
       <c r="A196" s="1">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="B196" s="1">
-        <v>585</v>
+        <v>869</v>
       </c>
       <c r="C196" s="1" t="s">
         <v>188</v>
       </c>
       <c r="D196" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="E196" s="1">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="197">
+      <c r="A197" s="1">
+        <v>9</v>
+      </c>
+      <c r="B197" s="1">
+        <v>687</v>
+      </c>
+      <c r="C197" s="1" t="s">
+        <v>189</v>
+      </c>
+      <c r="D197" s="1" t="s">
+        <v>180</v>
+      </c>
+      <c r="E197" s="1">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="198">
+      <c r="A198" s="1">
+        <v>10</v>
+      </c>
+      <c r="B198" s="1">
+        <v>585</v>
+      </c>
+      <c r="C198" s="1" t="s">
+        <v>190</v>
+      </c>
+      <c r="D198" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="E196" s="1">
+      <c r="E198" s="1">
         <v>4</v>
       </c>
     </row>
-    <row r="199">
-[...17 lines deleted...]
-      <c r="A200" s="2" t="s">
+    <row r="201">
+      <c r="A201" s="3" t="s">
+        <v>191</v>
+      </c>
+      <c r="B201" s="3" t="s">
+        <v>191</v>
+      </c>
+      <c r="C201" s="3" t="s">
+        <v>191</v>
+      </c>
+      <c r="D201" s="3" t="s">
+        <v>191</v>
+      </c>
+      <c r="E201" s="3" t="s">
+        <v>191</v>
+      </c>
+    </row>
+    <row r="202">
+      <c r="A202" s="2" t="s">
         <v>2</v>
       </c>
-      <c r="B200" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C200" s="2" t="s">
+      <c r="B202" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="C202" s="2" t="s">
         <v>4</v>
       </c>
-      <c r="D200" s="2" t="s">
+      <c r="D202" s="2" t="s">
         <v>5</v>
       </c>
-      <c r="E200" s="2" t="s">
+      <c r="E202" s="2" t="s">
         <v>6</v>
-      </c>
-[...32 lines deleted...]
-        <v>13</v>
       </c>
     </row>
     <row r="203">
       <c r="A203" s="1">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="B203" s="1">
-        <v>289</v>
+        <v>285</v>
       </c>
       <c r="C203" s="1" t="s">
         <v>192</v>
       </c>
       <c r="D203" s="1" t="s">
         <v>8</v>
       </c>
       <c r="E203" s="1">
-        <v>11</v>
+        <v>15</v>
       </c>
     </row>
     <row r="204">
       <c r="A204" s="1">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="B204" s="1">
-        <v>283</v>
+        <v>276</v>
       </c>
       <c r="C204" s="1" t="s">
         <v>193</v>
       </c>
       <c r="D204" s="1" t="s">
         <v>8</v>
       </c>
       <c r="E204" s="1">
-        <v>10</v>
+        <v>13</v>
       </c>
     </row>
     <row r="205">
       <c r="A205" s="1">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="B205" s="1">
-        <v>1420</v>
+        <v>289</v>
       </c>
       <c r="C205" s="1" t="s">
         <v>194</v>
       </c>
       <c r="D205" s="1" t="s">
-        <v>19</v>
+        <v>8</v>
       </c>
       <c r="E205" s="1">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="206">
       <c r="A206" s="1">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="B206" s="1">
-        <v>868</v>
+        <v>283</v>
       </c>
       <c r="C206" s="1" t="s">
         <v>195</v>
       </c>
       <c r="D206" s="1" t="s">
-        <v>74</v>
+        <v>8</v>
       </c>
       <c r="E206" s="1">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="207">
       <c r="A207" s="1">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="B207" s="1">
-        <v>319</v>
+        <v>1420</v>
       </c>
       <c r="C207" s="1" t="s">
         <v>196</v>
       </c>
       <c r="D207" s="1" t="s">
-        <v>8</v>
+        <v>19</v>
       </c>
       <c r="E207" s="1">
-        <v>7</v>
+        <v>9</v>
       </c>
     </row>
     <row r="208">
       <c r="A208" s="1">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="B208" s="1">
-        <v>892</v>
+        <v>868</v>
       </c>
       <c r="C208" s="1" t="s">
         <v>197</v>
       </c>
       <c r="D208" s="1" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="E208" s="1">
-        <v>6</v>
+        <v>8</v>
       </c>
     </row>
     <row r="209">
       <c r="A209" s="1">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="B209" s="1">
-        <v>336</v>
+        <v>319</v>
       </c>
       <c r="C209" s="1" t="s">
         <v>198</v>
       </c>
       <c r="D209" s="1" t="s">
         <v>8</v>
       </c>
       <c r="E209" s="1">
-        <v>5</v>
+        <v>7</v>
       </c>
     </row>
     <row r="210">
       <c r="A210" s="1">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="B210" s="1">
-        <v>1927</v>
+        <v>892</v>
       </c>
       <c r="C210" s="1" t="s">
         <v>199</v>
       </c>
       <c r="D210" s="1" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="E210" s="1">
-        <v>4</v>
+        <v>6</v>
       </c>
     </row>
     <row r="211">
       <c r="A211" s="1">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="B211" s="1">
-        <v>1073</v>
+        <v>336</v>
       </c>
       <c r="C211" s="1" t="s">
         <v>200</v>
       </c>
       <c r="D211" s="1" t="s">
-        <v>69</v>
+        <v>8</v>
       </c>
       <c r="E211" s="1">
-        <v>3</v>
-[...3 lines deleted...]
-      <c r="A214" s="3" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="212">
+      <c r="A212" s="1">
+        <v>10</v>
+      </c>
+      <c r="B212" s="1">
+        <v>1927</v>
+      </c>
+      <c r="C212" s="1" t="s">
         <v>201</v>
       </c>
-      <c r="B214" s="3" t="s">
-[...13 lines deleted...]
-      <c r="A215" s="2" t="s">
+      <c r="D212" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="E212" s="1">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="213">
+      <c r="A213" s="1">
+        <v>11</v>
+      </c>
+      <c r="B213" s="1">
+        <v>1073</v>
+      </c>
+      <c r="C213" s="1" t="s">
+        <v>202</v>
+      </c>
+      <c r="D213" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="E213" s="1">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="216">
+      <c r="A216" s="3" t="s">
+        <v>203</v>
+      </c>
+      <c r="B216" s="3" t="s">
+        <v>203</v>
+      </c>
+      <c r="C216" s="3" t="s">
+        <v>203</v>
+      </c>
+      <c r="D216" s="3" t="s">
+        <v>203</v>
+      </c>
+      <c r="E216" s="3" t="s">
+        <v>203</v>
+      </c>
+    </row>
+    <row r="217">
+      <c r="A217" s="2" t="s">
         <v>2</v>
       </c>
-      <c r="B215" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C215" s="2" t="s">
+      <c r="B217" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="C217" s="2" t="s">
         <v>4</v>
       </c>
-      <c r="D215" s="2" t="s">
+      <c r="D217" s="2" t="s">
         <v>5</v>
       </c>
-      <c r="E215" s="2" t="s">
+      <c r="E217" s="2" t="s">
         <v>6</v>
-      </c>
-[...32 lines deleted...]
-        <v>13</v>
       </c>
     </row>
     <row r="218">
       <c r="A218" s="1">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="B218" s="1">
-        <v>1708</v>
+        <v>857</v>
       </c>
       <c r="C218" s="1" t="s">
         <v>204</v>
       </c>
       <c r="D218" s="1" t="s">
-        <v>19</v>
+        <v>75</v>
       </c>
       <c r="E218" s="1">
-        <v>11</v>
+        <v>15</v>
       </c>
     </row>
     <row r="219">
       <c r="A219" s="1">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="B219" s="1">
-        <v>1659</v>
+        <v>294</v>
       </c>
       <c r="C219" s="1" t="s">
         <v>205</v>
       </c>
       <c r="D219" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="E219" s="1">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="220">
+      <c r="A220" s="1">
+        <v>3</v>
+      </c>
+      <c r="B220" s="1">
+        <v>1708</v>
+      </c>
+      <c r="C220" s="1" t="s">
         <v>206</v>
       </c>
-      <c r="E219" s="1">
+      <c r="D220" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="E220" s="1">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="221">
+      <c r="A221" s="1">
+        <v>4</v>
+      </c>
+      <c r="B221" s="1">
+        <v>1659</v>
+      </c>
+      <c r="C221" s="1" t="s">
+        <v>207</v>
+      </c>
+      <c r="D221" s="1" t="s">
+        <v>208</v>
+      </c>
+      <c r="E221" s="1">
         <v>10</v>
       </c>
     </row>
-    <row r="222">
-[...17 lines deleted...]
-      <c r="A223" s="2" t="s">
+    <row r="224">
+      <c r="A224" s="3" t="s">
+        <v>209</v>
+      </c>
+      <c r="B224" s="3" t="s">
+        <v>209</v>
+      </c>
+      <c r="C224" s="3" t="s">
+        <v>209</v>
+      </c>
+      <c r="D224" s="3" t="s">
+        <v>209</v>
+      </c>
+      <c r="E224" s="3" t="s">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="225">
+      <c r="A225" s="2" t="s">
         <v>2</v>
       </c>
-      <c r="B223" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C223" s="2" t="s">
+      <c r="B225" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="C225" s="2" t="s">
         <v>4</v>
       </c>
-      <c r="D223" s="2" t="s">
+      <c r="D225" s="2" t="s">
         <v>5</v>
       </c>
-      <c r="E223" s="2" t="s">
+      <c r="E225" s="2" t="s">
         <v>6</v>
-      </c>
-[...32 lines deleted...]
-        <v>13</v>
       </c>
     </row>
     <row r="226">
       <c r="A226" s="1">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="B226" s="1">
-        <v>1925</v>
+        <v>675</v>
       </c>
       <c r="C226" s="1" t="s">
         <v>210</v>
       </c>
       <c r="D226" s="1" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="E226" s="1">
-        <v>11</v>
+        <v>15</v>
       </c>
     </row>
     <row r="227">
       <c r="A227" s="1">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="B227" s="1">
-        <v>1422</v>
+        <v>1715</v>
       </c>
       <c r="C227" s="1" t="s">
         <v>211</v>
       </c>
       <c r="D227" s="1" t="s">
         <v>19</v>
       </c>
       <c r="E227" s="1">
-        <v>10</v>
+        <v>13</v>
       </c>
     </row>
     <row r="228">
       <c r="A228" s="1">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="B228" s="1">
-        <v>250</v>
+        <v>1925</v>
       </c>
       <c r="C228" s="1" t="s">
         <v>212</v>
       </c>
       <c r="D228" s="1" t="s">
-        <v>8</v>
+        <v>19</v>
       </c>
       <c r="E228" s="1">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="229">
       <c r="A229" s="1">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="B229" s="1">
-        <v>329</v>
+        <v>1422</v>
       </c>
       <c r="C229" s="1" t="s">
         <v>213</v>
       </c>
       <c r="D229" s="1" t="s">
-        <v>8</v>
+        <v>19</v>
       </c>
       <c r="E229" s="1">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="230">
       <c r="A230" s="1">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="B230" s="1">
-        <v>1791</v>
+        <v>250</v>
       </c>
       <c r="C230" s="1" t="s">
         <v>214</v>
       </c>
       <c r="D230" s="1" t="s">
-        <v>17</v>
+        <v>8</v>
       </c>
       <c r="E230" s="1">
-        <v>7</v>
+        <v>9</v>
       </c>
     </row>
     <row r="231">
       <c r="A231" s="1">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="B231" s="1">
-        <v>834</v>
+        <v>329</v>
       </c>
       <c r="C231" s="1" t="s">
         <v>215</v>
       </c>
       <c r="D231" s="1" t="s">
-        <v>36</v>
+        <v>8</v>
       </c>
       <c r="E231" s="1">
-        <v>6</v>
+        <v>8</v>
       </c>
     </row>
     <row r="232">
       <c r="A232" s="1">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="B232" s="1">
-        <v>109</v>
+        <v>1791</v>
       </c>
       <c r="C232" s="1" t="s">
         <v>216</v>
       </c>
       <c r="D232" s="1" t="s">
-        <v>34</v>
+        <v>17</v>
       </c>
       <c r="E232" s="1">
-        <v>5</v>
+        <v>7</v>
       </c>
     </row>
     <row r="233">
       <c r="A233" s="1">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="B233" s="1">
-        <v>274</v>
+        <v>834</v>
       </c>
       <c r="C233" s="1" t="s">
         <v>217</v>
       </c>
       <c r="D233" s="1" t="s">
-        <v>8</v>
+        <v>36</v>
       </c>
       <c r="E233" s="1">
-        <v>4</v>
+        <v>6</v>
       </c>
     </row>
     <row r="234">
       <c r="A234" s="1">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="B234" s="1">
-        <v>905</v>
+        <v>109</v>
       </c>
       <c r="C234" s="1" t="s">
         <v>218</v>
       </c>
       <c r="D234" s="1" t="s">
-        <v>74</v>
+        <v>34</v>
       </c>
       <c r="E234" s="1">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="235">
       <c r="A235" s="1">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="B235" s="1">
-        <v>1719</v>
+        <v>274</v>
       </c>
       <c r="C235" s="1" t="s">
         <v>219</v>
       </c>
       <c r="D235" s="1" t="s">
-        <v>19</v>
+        <v>8</v>
       </c>
       <c r="E235" s="1">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="236">
       <c r="A236" s="1">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="B236" s="1">
-        <v>831</v>
+        <v>905</v>
       </c>
       <c r="C236" s="1" t="s">
         <v>220</v>
       </c>
       <c r="D236" s="1" t="s">
-        <v>36</v>
+        <v>75</v>
       </c>
       <c r="E236" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="237">
       <c r="A237" s="1">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="B237" s="1">
-        <v>922</v>
+        <v>1719</v>
       </c>
       <c r="C237" s="1" t="s">
         <v>221</v>
       </c>
       <c r="D237" s="1" t="s">
-        <v>74</v>
+        <v>19</v>
       </c>
       <c r="E237" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="238">
       <c r="A238" s="1">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="B238" s="1">
-        <v>529</v>
+        <v>831</v>
       </c>
       <c r="C238" s="1" t="s">
         <v>222</v>
       </c>
       <c r="D238" s="1" t="s">
-        <v>223</v>
+        <v>36</v>
       </c>
       <c r="E238" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="239">
       <c r="A239" s="1">
+        <v>14</v>
+      </c>
+      <c r="B239" s="1">
+        <v>922</v>
+      </c>
+      <c r="C239" s="1" t="s">
+        <v>223</v>
+      </c>
+      <c r="D239" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="E239" s="1">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="240">
+      <c r="A240" s="1">
+        <v>15</v>
+      </c>
+      <c r="B240" s="1">
+        <v>529</v>
+      </c>
+      <c r="C240" s="1" t="s">
+        <v>224</v>
+      </c>
+      <c r="D240" s="1" t="s">
+        <v>225</v>
+      </c>
+      <c r="E240" s="1">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="241">
+      <c r="A241" s="1">
         <v>16</v>
       </c>
-      <c r="B239" s="1">
+      <c r="B241" s="1">
         <v>519</v>
       </c>
-      <c r="C239" s="1" t="s">
-[...10 lines deleted...]
-      <c r="A242" s="3" t="s">
+      <c r="C241" s="1" t="s">
+        <v>226</v>
+      </c>
+      <c r="D241" s="1" t="s">
         <v>225</v>
       </c>
-      <c r="B242" s="3" t="s">
-[...13 lines deleted...]
-      <c r="A243" s="2" t="s">
+      <c r="E241" s="1">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="244">
+      <c r="A244" s="3" t="s">
+        <v>227</v>
+      </c>
+      <c r="B244" s="3" t="s">
+        <v>227</v>
+      </c>
+      <c r="C244" s="3" t="s">
+        <v>227</v>
+      </c>
+      <c r="D244" s="3" t="s">
+        <v>227</v>
+      </c>
+      <c r="E244" s="3" t="s">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="245">
+      <c r="A245" s="2" t="s">
         <v>2</v>
       </c>
-      <c r="B243" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C243" s="2" t="s">
+      <c r="B245" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="C245" s="2" t="s">
         <v>4</v>
       </c>
-      <c r="D243" s="2" t="s">
+      <c r="D245" s="2" t="s">
         <v>5</v>
       </c>
-      <c r="E243" s="2" t="s">
+      <c r="E245" s="2" t="s">
         <v>6</v>
-      </c>
-[...32 lines deleted...]
-        <v>13</v>
       </c>
     </row>
     <row r="246">
       <c r="A246" s="1">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="B246" s="1">
-        <v>1198</v>
+        <v>1220</v>
       </c>
       <c r="C246" s="1" t="s">
         <v>228</v>
       </c>
       <c r="D246" s="1" t="s">
-        <v>69</v>
+        <v>26</v>
       </c>
       <c r="E246" s="1">
-        <v>11</v>
+        <v>15</v>
       </c>
     </row>
     <row r="247">
       <c r="A247" s="1">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="B247" s="1">
-        <v>310</v>
+        <v>1224</v>
       </c>
       <c r="C247" s="1" t="s">
         <v>229</v>
       </c>
       <c r="D247" s="1" t="s">
-        <v>8</v>
+        <v>26</v>
       </c>
       <c r="E247" s="1">
-        <v>10</v>
+        <v>13</v>
       </c>
     </row>
     <row r="248">
       <c r="A248" s="1">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="B248" s="1">
-        <v>796</v>
+        <v>1198</v>
       </c>
       <c r="C248" s="1" t="s">
         <v>230</v>
       </c>
       <c r="D248" s="1" t="s">
-        <v>36</v>
+        <v>70</v>
       </c>
       <c r="E248" s="1">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="249">
       <c r="A249" s="1">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="B249" s="1">
-        <v>646</v>
+        <v>310</v>
       </c>
       <c r="C249" s="1" t="s">
         <v>231</v>
       </c>
       <c r="D249" s="1" t="s">
-        <v>94</v>
+        <v>8</v>
       </c>
       <c r="E249" s="1">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="250">
       <c r="A250" s="1">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="B250" s="1">
-        <v>436</v>
+        <v>796</v>
       </c>
       <c r="C250" s="1" t="s">
         <v>232</v>
       </c>
       <c r="D250" s="1" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="E250" s="1">
-        <v>7</v>
+        <v>9</v>
       </c>
     </row>
     <row r="251">
       <c r="A251" s="1">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="B251" s="1">
-        <v>1637</v>
+        <v>646</v>
       </c>
       <c r="C251" s="1" t="s">
         <v>233</v>
       </c>
       <c r="D251" s="1" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="E251" s="1">
-        <v>6</v>
+        <v>8</v>
       </c>
     </row>
     <row r="252">
       <c r="A252" s="1">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="B252" s="1">
-        <v>1615</v>
+        <v>436</v>
       </c>
       <c r="C252" s="1" t="s">
         <v>234</v>
       </c>
       <c r="D252" s="1" t="s">
-        <v>61</v>
+        <v>38</v>
       </c>
       <c r="E252" s="1">
-        <v>5</v>
+        <v>7</v>
       </c>
     </row>
     <row r="253">
       <c r="A253" s="1">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="B253" s="1">
-        <v>1661</v>
+        <v>1637</v>
       </c>
       <c r="C253" s="1" t="s">
         <v>235</v>
       </c>
       <c r="D253" s="1" t="s">
-        <v>206</v>
+        <v>96</v>
       </c>
       <c r="E253" s="1">
-        <v>4</v>
+        <v>6</v>
       </c>
     </row>
     <row r="254">
       <c r="A254" s="1">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="B254" s="1">
-        <v>260</v>
+        <v>1615</v>
       </c>
       <c r="C254" s="1" t="s">
         <v>236</v>
       </c>
       <c r="D254" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="E254" s="1">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="255">
+      <c r="A255" s="1">
+        <v>10</v>
+      </c>
+      <c r="B255" s="1">
+        <v>1661</v>
+      </c>
+      <c r="C255" s="1" t="s">
+        <v>237</v>
+      </c>
+      <c r="D255" s="1" t="s">
+        <v>208</v>
+      </c>
+      <c r="E255" s="1">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="256">
+      <c r="A256" s="1">
+        <v>11</v>
+      </c>
+      <c r="B256" s="1">
+        <v>260</v>
+      </c>
+      <c r="C256" s="1" t="s">
+        <v>238</v>
+      </c>
+      <c r="D256" s="1" t="s">
         <v>8</v>
       </c>
-      <c r="E254" s="1">
-[...21 lines deleted...]
-      <c r="A258" s="2" t="s">
+      <c r="E256" s="1">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="259">
+      <c r="A259" s="3" t="s">
+        <v>239</v>
+      </c>
+      <c r="B259" s="3" t="s">
+        <v>239</v>
+      </c>
+      <c r="C259" s="3" t="s">
+        <v>239</v>
+      </c>
+      <c r="D259" s="3" t="s">
+        <v>239</v>
+      </c>
+      <c r="E259" s="3" t="s">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="260">
+      <c r="A260" s="2" t="s">
         <v>2</v>
       </c>
-      <c r="B258" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C258" s="2" t="s">
+      <c r="B260" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="C260" s="2" t="s">
         <v>4</v>
       </c>
-      <c r="D258" s="2" t="s">
+      <c r="D260" s="2" t="s">
         <v>5</v>
       </c>
-      <c r="E258" s="2" t="s">
+      <c r="E260" s="2" t="s">
         <v>6</v>
-      </c>
-[...32 lines deleted...]
-        <v>13</v>
       </c>
     </row>
     <row r="261">
       <c r="A261" s="1">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="B261" s="1">
-        <v>1709</v>
+        <v>308</v>
       </c>
       <c r="C261" s="1" t="s">
         <v>240</v>
       </c>
       <c r="D261" s="1" t="s">
-        <v>19</v>
+        <v>8</v>
       </c>
       <c r="E261" s="1">
-        <v>11</v>
+        <v>15</v>
       </c>
     </row>
     <row r="262">
       <c r="A262" s="1">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="B262" s="1">
-        <v>269</v>
+        <v>249</v>
       </c>
       <c r="C262" s="1" t="s">
         <v>241</v>
       </c>
       <c r="D262" s="1" t="s">
         <v>8</v>
       </c>
       <c r="E262" s="1">
-        <v>10</v>
+        <v>13</v>
       </c>
     </row>
     <row r="263">
       <c r="A263" s="1">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="B263" s="1">
-        <v>89</v>
+        <v>1709</v>
       </c>
       <c r="C263" s="1" t="s">
         <v>242</v>
       </c>
       <c r="D263" s="1" t="s">
-        <v>34</v>
+        <v>19</v>
       </c>
       <c r="E263" s="1">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="264">
       <c r="A264" s="1">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="B264" s="1">
-        <v>356</v>
+        <v>269</v>
       </c>
       <c r="C264" s="1" t="s">
         <v>243</v>
       </c>
       <c r="D264" s="1" t="s">
         <v>8</v>
       </c>
       <c r="E264" s="1">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="265">
       <c r="A265" s="1">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="B265" s="1">
-        <v>643</v>
+        <v>89</v>
       </c>
       <c r="C265" s="1" t="s">
         <v>244</v>
       </c>
       <c r="D265" s="1" t="s">
-        <v>94</v>
+        <v>34</v>
       </c>
       <c r="E265" s="1">
-        <v>7</v>
+        <v>9</v>
       </c>
     </row>
     <row r="266">
       <c r="A266" s="1">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="B266" s="1">
-        <v>657</v>
+        <v>356</v>
       </c>
       <c r="C266" s="1" t="s">
         <v>245</v>
       </c>
       <c r="D266" s="1" t="s">
-        <v>94</v>
+        <v>8</v>
       </c>
       <c r="E266" s="1">
-        <v>6</v>
+        <v>8</v>
       </c>
     </row>
     <row r="267">
       <c r="A267" s="1">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="B267" s="1">
-        <v>1335</v>
+        <v>643</v>
       </c>
       <c r="C267" s="1" t="s">
         <v>246</v>
       </c>
       <c r="D267" s="1" t="s">
-        <v>19</v>
+        <v>96</v>
       </c>
       <c r="E267" s="1">
-        <v>5</v>
+        <v>7</v>
       </c>
     </row>
     <row r="268">
       <c r="A268" s="1">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="B268" s="1">
-        <v>494</v>
+        <v>657</v>
       </c>
       <c r="C268" s="1" t="s">
         <v>247</v>
       </c>
       <c r="D268" s="1" t="s">
-        <v>14</v>
+        <v>96</v>
       </c>
       <c r="E268" s="1">
-        <v>4</v>
+        <v>6</v>
       </c>
     </row>
     <row r="269">
       <c r="A269" s="1">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="B269" s="1">
-        <v>1343</v>
+        <v>1335</v>
       </c>
       <c r="C269" s="1" t="s">
         <v>248</v>
       </c>
       <c r="D269" s="1" t="s">
         <v>19</v>
       </c>
       <c r="E269" s="1">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="270">
       <c r="A270" s="1">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="B270" s="1">
-        <v>92</v>
+        <v>494</v>
       </c>
       <c r="C270" s="1" t="s">
         <v>249</v>
       </c>
       <c r="D270" s="1" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="E270" s="1">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="271">
       <c r="A271" s="1">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="B271" s="1">
-        <v>679</v>
+        <v>1343</v>
       </c>
       <c r="C271" s="1" t="s">
         <v>250</v>
       </c>
       <c r="D271" s="1" t="s">
-        <v>94</v>
+        <v>19</v>
       </c>
       <c r="E271" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="272">
       <c r="A272" s="1">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="B272" s="1">
-        <v>671</v>
+        <v>92</v>
       </c>
       <c r="C272" s="1" t="s">
         <v>251</v>
       </c>
       <c r="D272" s="1" t="s">
-        <v>94</v>
+        <v>34</v>
       </c>
       <c r="E272" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="273">
       <c r="A273" s="1">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="B273" s="1">
-        <v>1464</v>
+        <v>679</v>
       </c>
       <c r="C273" s="1" t="s">
         <v>252</v>
       </c>
       <c r="D273" s="1" t="s">
-        <v>40</v>
+        <v>96</v>
       </c>
       <c r="E273" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="274">
       <c r="A274" s="1">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="B274" s="1">
-        <v>1586</v>
+        <v>671</v>
       </c>
       <c r="C274" s="1" t="s">
         <v>253</v>
       </c>
       <c r="D274" s="1" t="s">
-        <v>61</v>
+        <v>96</v>
       </c>
       <c r="E274" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="275">
       <c r="A275" s="1">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="B275" s="1">
-        <v>1514</v>
+        <v>1464</v>
       </c>
       <c r="C275" s="1" t="s">
         <v>254</v>
       </c>
       <c r="D275" s="1" t="s">
-        <v>255</v>
+        <v>40</v>
       </c>
       <c r="E275" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="276">
       <c r="A276" s="1">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="B276" s="1">
-        <v>1760</v>
+        <v>1586</v>
       </c>
       <c r="C276" s="1" t="s">
-        <v>256</v>
+        <v>255</v>
       </c>
       <c r="D276" s="1" t="s">
-        <v>257</v>
+        <v>62</v>
       </c>
       <c r="E276" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="277">
       <c r="A277" s="1">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="B277" s="1">
-        <v>849</v>
+        <v>1514</v>
       </c>
       <c r="C277" s="1" t="s">
-        <v>258</v>
+        <v>256</v>
       </c>
       <c r="D277" s="1" t="s">
-        <v>74</v>
+        <v>257</v>
       </c>
       <c r="E277" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="278">
       <c r="A278" s="1">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="B278" s="1">
-        <v>873</v>
+        <v>1760</v>
       </c>
       <c r="C278" s="1" t="s">
+        <v>258</v>
+      </c>
+      <c r="D278" s="1" t="s">
         <v>259</v>
-      </c>
-[...1 lines deleted...]
-        <v>74</v>
       </c>
       <c r="E278" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="279">
       <c r="A279" s="1">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="B279" s="1">
-        <v>942</v>
+        <v>849</v>
       </c>
       <c r="C279" s="1" t="s">
         <v>260</v>
       </c>
       <c r="D279" s="1" t="s">
-        <v>94</v>
+        <v>75</v>
       </c>
       <c r="E279" s="1">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="280">
       <c r="A280" s="1">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="B280" s="1">
-        <v>715</v>
+        <v>873</v>
       </c>
       <c r="C280" s="1" t="s">
         <v>261</v>
       </c>
       <c r="D280" s="1" t="s">
-        <v>262</v>
+        <v>75</v>
       </c>
       <c r="E280" s="1">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="281">
       <c r="A281" s="1">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="B281" s="1">
-        <v>651</v>
+        <v>942</v>
       </c>
       <c r="C281" s="1" t="s">
-        <v>263</v>
+        <v>262</v>
       </c>
       <c r="D281" s="1" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="E281" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="282">
       <c r="A282" s="1">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="B282" s="1">
-        <v>87</v>
+        <v>715</v>
       </c>
       <c r="C282" s="1" t="s">
+        <v>263</v>
+      </c>
+      <c r="D282" s="1" t="s">
         <v>264</v>
-      </c>
-[...1 lines deleted...]
-        <v>34</v>
       </c>
       <c r="E282" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="283">
       <c r="A283" s="1">
-        <v>25</v>
+        <v>23</v>
       </c>
       <c r="B283" s="1">
-        <v>822</v>
+        <v>651</v>
       </c>
       <c r="C283" s="1" t="s">
         <v>265</v>
       </c>
       <c r="D283" s="1" t="s">
-        <v>36</v>
+        <v>96</v>
       </c>
       <c r="E283" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="284">
       <c r="A284" s="1">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="B284" s="1">
-        <v>93</v>
+        <v>87</v>
       </c>
       <c r="C284" s="1" t="s">
         <v>266</v>
       </c>
       <c r="D284" s="1" t="s">
         <v>34</v>
       </c>
       <c r="E284" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="285">
       <c r="A285" s="1">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="B285" s="1">
-        <v>883</v>
+        <v>822</v>
       </c>
       <c r="C285" s="1" t="s">
         <v>267</v>
       </c>
       <c r="D285" s="1" t="s">
-        <v>74</v>
+        <v>36</v>
       </c>
       <c r="E285" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="286">
       <c r="A286" s="1">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="B286" s="1">
-        <v>1348</v>
+        <v>93</v>
       </c>
       <c r="C286" s="1" t="s">
         <v>268</v>
       </c>
       <c r="D286" s="1" t="s">
-        <v>19</v>
+        <v>34</v>
       </c>
       <c r="E286" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="287">
       <c r="A287" s="1">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="B287" s="1">
-        <v>672</v>
+        <v>883</v>
       </c>
       <c r="C287" s="1" t="s">
         <v>269</v>
       </c>
       <c r="D287" s="1" t="s">
-        <v>94</v>
+        <v>75</v>
       </c>
       <c r="E287" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="288">
       <c r="A288" s="1">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="B288" s="1">
-        <v>1652</v>
+        <v>1348</v>
       </c>
       <c r="C288" s="1" t="s">
         <v>270</v>
       </c>
       <c r="D288" s="1" t="s">
-        <v>206</v>
+        <v>19</v>
       </c>
       <c r="E288" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="289">
       <c r="A289" s="1">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="B289" s="1">
-        <v>1424</v>
+        <v>672</v>
       </c>
       <c r="C289" s="1" t="s">
         <v>271</v>
       </c>
       <c r="D289" s="1" t="s">
-        <v>19</v>
+        <v>96</v>
       </c>
       <c r="E289" s="1">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="290">
       <c r="A290" s="1">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="B290" s="1">
-        <v>449</v>
+        <v>1652</v>
       </c>
       <c r="C290" s="1" t="s">
         <v>272</v>
       </c>
       <c r="D290" s="1" t="s">
-        <v>38</v>
+        <v>208</v>
       </c>
       <c r="E290" s="1">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="291">
       <c r="A291" s="1">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="B291" s="1">
-        <v>1609</v>
+        <v>449</v>
       </c>
       <c r="C291" s="1" t="s">
         <v>273</v>
       </c>
       <c r="D291" s="1" t="s">
-        <v>61</v>
+        <v>38</v>
       </c>
       <c r="E291" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="292">
       <c r="A292" s="1">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="B292" s="1">
-        <v>1689</v>
+        <v>1609</v>
       </c>
       <c r="C292" s="1" t="s">
         <v>274</v>
       </c>
       <c r="D292" s="1" t="s">
-        <v>275</v>
+        <v>62</v>
       </c>
       <c r="E292" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="293">
       <c r="A293" s="1">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="B293" s="1">
-        <v>640</v>
+        <v>1689</v>
       </c>
       <c r="C293" s="1" t="s">
+        <v>275</v>
+      </c>
+      <c r="D293" s="1" t="s">
         <v>276</v>
-      </c>
-[...1 lines deleted...]
-        <v>94</v>
       </c>
       <c r="E293" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="294">
       <c r="A294" s="1">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="B294" s="1">
-        <v>84</v>
+        <v>640</v>
       </c>
       <c r="C294" s="1" t="s">
         <v>277</v>
       </c>
       <c r="D294" s="1" t="s">
-        <v>34</v>
+        <v>96</v>
       </c>
       <c r="E294" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="295">
       <c r="A295" s="1">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="B295" s="1">
-        <v>758</v>
+        <v>84</v>
       </c>
       <c r="C295" s="1" t="s">
         <v>278</v>
       </c>
       <c r="D295" s="1" t="s">
-        <v>279</v>
+        <v>34</v>
       </c>
       <c r="E295" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="296">
       <c r="A296" s="1">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="B296" s="1">
-        <v>366</v>
+        <v>758</v>
       </c>
       <c r="C296" s="1" t="s">
+        <v>279</v>
+      </c>
+      <c r="D296" s="1" t="s">
         <v>280</v>
-      </c>
-[...1 lines deleted...]
-        <v>38</v>
       </c>
       <c r="E296" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="297">
       <c r="A297" s="1">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="B297" s="1">
-        <v>1849</v>
+        <v>366</v>
       </c>
       <c r="C297" s="1" t="s">
         <v>281</v>
       </c>
       <c r="D297" s="1" t="s">
-        <v>17</v>
+        <v>38</v>
       </c>
       <c r="E297" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="298">
       <c r="A298" s="1">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="B298" s="1">
-        <v>90</v>
+        <v>1849</v>
       </c>
       <c r="C298" s="1" t="s">
         <v>282</v>
       </c>
       <c r="D298" s="1" t="s">
-        <v>34</v>
+        <v>17</v>
       </c>
       <c r="E298" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="299">
       <c r="A299" s="1">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="B299" s="1">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="C299" s="1" t="s">
         <v>283</v>
       </c>
       <c r="D299" s="1" t="s">
         <v>34</v>
       </c>
       <c r="E299" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="300">
       <c r="A300" s="1">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="B300" s="1">
-        <v>242</v>
+        <v>91</v>
       </c>
       <c r="C300" s="1" t="s">
         <v>284</v>
       </c>
       <c r="D300" s="1" t="s">
-        <v>285</v>
+        <v>34</v>
       </c>
       <c r="E300" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="301">
       <c r="A301" s="1">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="B301" s="1">
-        <v>1541</v>
+        <v>242</v>
       </c>
       <c r="C301" s="1" t="s">
+        <v>285</v>
+      </c>
+      <c r="D301" s="1" t="s">
         <v>286</v>
-      </c>
-[...1 lines deleted...]
-        <v>96</v>
       </c>
       <c r="E301" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="302">
       <c r="A302" s="1">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="B302" s="1">
-        <v>424</v>
+        <v>1541</v>
       </c>
       <c r="C302" s="1" t="s">
         <v>287</v>
       </c>
       <c r="D302" s="1" t="s">
-        <v>38</v>
+        <v>98</v>
       </c>
       <c r="E302" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="303">
       <c r="A303" s="1">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="B303" s="1">
-        <v>1516</v>
+        <v>424</v>
       </c>
       <c r="C303" s="1" t="s">
         <v>288</v>
       </c>
       <c r="D303" s="1" t="s">
-        <v>94</v>
+        <v>38</v>
       </c>
       <c r="E303" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="304">
       <c r="A304" s="1">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="B304" s="1">
-        <v>848</v>
+        <v>1516</v>
       </c>
       <c r="C304" s="1" t="s">
         <v>289</v>
       </c>
       <c r="D304" s="1" t="s">
-        <v>74</v>
+        <v>96</v>
       </c>
       <c r="E304" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="305">
       <c r="A305" s="1">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="B305" s="1">
-        <v>850</v>
+        <v>848</v>
       </c>
       <c r="C305" s="1" t="s">
         <v>290</v>
       </c>
       <c r="D305" s="1" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="E305" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="306">
       <c r="A306" s="1">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="B306" s="1">
-        <v>438</v>
+        <v>850</v>
       </c>
       <c r="C306" s="1" t="s">
         <v>291</v>
       </c>
       <c r="D306" s="1" t="s">
-        <v>38</v>
+        <v>75</v>
       </c>
       <c r="E306" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="307">
       <c r="A307" s="1">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="B307" s="1">
-        <v>1767</v>
+        <v>438</v>
       </c>
       <c r="C307" s="1" t="s">
         <v>292</v>
       </c>
       <c r="D307" s="1" t="s">
-        <v>257</v>
+        <v>38</v>
       </c>
       <c r="E307" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="308">
       <c r="A308" s="1">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="B308" s="1">
-        <v>682</v>
+        <v>1767</v>
       </c>
       <c r="C308" s="1" t="s">
         <v>293</v>
       </c>
       <c r="D308" s="1" t="s">
-        <v>94</v>
+        <v>259</v>
       </c>
       <c r="E308" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="309">
       <c r="A309" s="1">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="B309" s="1">
-        <v>655</v>
+        <v>682</v>
       </c>
       <c r="C309" s="1" t="s">
         <v>294</v>
       </c>
       <c r="D309" s="1" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="E309" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="310">
       <c r="A310" s="1">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="B310" s="1">
-        <v>647</v>
+        <v>655</v>
       </c>
       <c r="C310" s="1" t="s">
         <v>295</v>
       </c>
       <c r="D310" s="1" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="E310" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="311">
       <c r="A311" s="1">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="B311" s="1">
-        <v>1740</v>
+        <v>647</v>
       </c>
       <c r="C311" s="1" t="s">
         <v>296</v>
       </c>
       <c r="D311" s="1" t="s">
-        <v>36</v>
+        <v>96</v>
       </c>
       <c r="E311" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="312">
       <c r="A312" s="1">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="B312" s="1">
-        <v>83</v>
+        <v>1740</v>
       </c>
       <c r="C312" s="1" t="s">
         <v>297</v>
       </c>
       <c r="D312" s="1" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="E312" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="313">
       <c r="A313" s="1">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="B313" s="1">
-        <v>557</v>
+        <v>83</v>
       </c>
       <c r="C313" s="1" t="s">
         <v>298</v>
       </c>
       <c r="D313" s="1" t="s">
         <v>34</v>
       </c>
       <c r="E313" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="314">
       <c r="A314" s="1">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="B314" s="1">
-        <v>572</v>
+        <v>557</v>
       </c>
       <c r="C314" s="1" t="s">
         <v>299</v>
       </c>
       <c r="D314" s="1" t="s">
-        <v>255</v>
+        <v>34</v>
       </c>
       <c r="E314" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="315">
       <c r="A315" s="1">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="B315" s="1">
-        <v>1307</v>
+        <v>572</v>
       </c>
       <c r="C315" s="1" t="s">
         <v>300</v>
       </c>
       <c r="D315" s="1" t="s">
-        <v>10</v>
+        <v>257</v>
       </c>
       <c r="E315" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="316">
       <c r="A316" s="1">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="B316" s="1">
-        <v>1554</v>
+        <v>1307</v>
       </c>
       <c r="C316" s="1" t="s">
         <v>301</v>
       </c>
       <c r="D316" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E316" s="1">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="317">
+      <c r="A317" s="1">
+        <v>57</v>
+      </c>
+      <c r="B317" s="1">
+        <v>1554</v>
+      </c>
+      <c r="C317" s="1" t="s">
+        <v>302</v>
+      </c>
+      <c r="D317" s="1" t="s">
         <v>34</v>
       </c>
-      <c r="E316" s="1">
-[...17 lines deleted...]
-        <v>302</v>
+      <c r="E317" s="1">
+        <v>1</v>
       </c>
     </row>
     <row r="320">
-      <c r="A320" s="2" t="s">
+      <c r="A320" s="3" t="s">
+        <v>303</v>
+      </c>
+      <c r="B320" s="3" t="s">
+        <v>303</v>
+      </c>
+      <c r="C320" s="3" t="s">
+        <v>303</v>
+      </c>
+      <c r="D320" s="3" t="s">
+        <v>303</v>
+      </c>
+      <c r="E320" s="3" t="s">
+        <v>303</v>
+      </c>
+    </row>
+    <row r="321">
+      <c r="A321" s="2" t="s">
         <v>2</v>
       </c>
-      <c r="B320" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C320" s="2" t="s">
+      <c r="B321" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="C321" s="2" t="s">
         <v>4</v>
       </c>
-      <c r="D320" s="2" t="s">
+      <c r="D321" s="2" t="s">
         <v>5</v>
       </c>
-      <c r="E320" s="2" t="s">
+      <c r="E321" s="2" t="s">
         <v>6</v>
-      </c>
-[...15 lines deleted...]
-        <v>15</v>
       </c>
     </row>
     <row r="322">
       <c r="A322" s="1">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="B322" s="1">
-        <v>926</v>
+        <v>1352</v>
       </c>
       <c r="C322" s="1" t="s">
         <v>304</v>
       </c>
       <c r="D322" s="1" t="s">
-        <v>74</v>
+        <v>19</v>
       </c>
       <c r="E322" s="1">
-        <v>13</v>
+        <v>15</v>
       </c>
     </row>
     <row r="323">
       <c r="A323" s="1">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="B323" s="1">
-        <v>354</v>
+        <v>926</v>
       </c>
       <c r="C323" s="1" t="s">
         <v>305</v>
       </c>
       <c r="D323" s="1" t="s">
-        <v>8</v>
+        <v>75</v>
       </c>
       <c r="E323" s="1">
-        <v>11</v>
+        <v>13</v>
       </c>
     </row>
     <row r="324">
       <c r="A324" s="1">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="B324" s="1">
-        <v>1644</v>
+        <v>354</v>
       </c>
       <c r="C324" s="1" t="s">
         <v>306</v>
       </c>
       <c r="D324" s="1" t="s">
         <v>8</v>
       </c>
       <c r="E324" s="1">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="325">
       <c r="A325" s="1">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="B325" s="1">
-        <v>1041</v>
+        <v>1644</v>
       </c>
       <c r="C325" s="1" t="s">
         <v>307</v>
       </c>
       <c r="D325" s="1" t="s">
-        <v>69</v>
+        <v>8</v>
       </c>
       <c r="E325" s="1">
-        <v>9</v>
+        <v>10</v>
       </c>
     </row>
     <row r="326">
       <c r="A326" s="1">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="B326" s="1">
-        <v>649</v>
+        <v>1041</v>
       </c>
       <c r="C326" s="1" t="s">
         <v>308</v>
       </c>
       <c r="D326" s="1" t="s">
-        <v>94</v>
+        <v>70</v>
       </c>
       <c r="E326" s="1">
-        <v>8</v>
+        <v>9</v>
       </c>
     </row>
     <row r="327">
       <c r="A327" s="1">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="B327" s="1">
-        <v>931</v>
+        <v>649</v>
       </c>
       <c r="C327" s="1" t="s">
         <v>309</v>
       </c>
       <c r="D327" s="1" t="s">
-        <v>74</v>
+        <v>96</v>
       </c>
       <c r="E327" s="1">
-        <v>7</v>
+        <v>8</v>
       </c>
     </row>
     <row r="328">
       <c r="A328" s="1">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="B328" s="1">
-        <v>1682</v>
+        <v>931</v>
       </c>
       <c r="C328" s="1" t="s">
         <v>310</v>
       </c>
       <c r="D328" s="1" t="s">
-        <v>8</v>
+        <v>75</v>
       </c>
       <c r="E328" s="1">
-        <v>6</v>
+        <v>7</v>
       </c>
     </row>
     <row r="329">
       <c r="A329" s="1">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="B329" s="1">
-        <v>722</v>
+        <v>1682</v>
       </c>
       <c r="C329" s="1" t="s">
         <v>311</v>
       </c>
       <c r="D329" s="1" t="s">
-        <v>94</v>
+        <v>8</v>
       </c>
       <c r="E329" s="1">
-        <v>5</v>
+        <v>6</v>
       </c>
     </row>
     <row r="330">
       <c r="A330" s="1">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="B330" s="1">
-        <v>816</v>
+        <v>722</v>
       </c>
       <c r="C330" s="1" t="s">
         <v>312</v>
       </c>
       <c r="D330" s="1" t="s">
-        <v>36</v>
+        <v>96</v>
       </c>
       <c r="E330" s="1">
-        <v>4</v>
+        <v>5</v>
       </c>
     </row>
     <row r="331">
       <c r="A331" s="1">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="B331" s="1">
-        <v>925</v>
+        <v>816</v>
       </c>
       <c r="C331" s="1" t="s">
         <v>313</v>
       </c>
       <c r="D331" s="1" t="s">
-        <v>74</v>
+        <v>36</v>
       </c>
       <c r="E331" s="1">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="332">
       <c r="A332" s="1">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="B332" s="1">
-        <v>858</v>
+        <v>925</v>
       </c>
       <c r="C332" s="1" t="s">
         <v>314</v>
       </c>
       <c r="D332" s="1" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="E332" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="333">
       <c r="A333" s="1">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="B333" s="1">
-        <v>978</v>
+        <v>858</v>
       </c>
       <c r="C333" s="1" t="s">
         <v>315</v>
       </c>
       <c r="D333" s="1" t="s">
-        <v>94</v>
+        <v>75</v>
       </c>
       <c r="E333" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="334">
       <c r="A334" s="1">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="B334" s="1">
-        <v>1595</v>
+        <v>978</v>
       </c>
       <c r="C334" s="1" t="s">
         <v>316</v>
       </c>
       <c r="D334" s="1" t="s">
-        <v>61</v>
+        <v>96</v>
       </c>
       <c r="E334" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="335">
       <c r="A335" s="1">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="B335" s="1">
-        <v>1331</v>
+        <v>1595</v>
       </c>
       <c r="C335" s="1" t="s">
         <v>317</v>
       </c>
       <c r="D335" s="1" t="s">
-        <v>19</v>
+        <v>62</v>
       </c>
       <c r="E335" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="336">
       <c r="A336" s="1">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="B336" s="1">
-        <v>22</v>
+        <v>1331</v>
       </c>
       <c r="C336" s="1" t="s">
         <v>318</v>
       </c>
       <c r="D336" s="1" t="s">
-        <v>34</v>
+        <v>19</v>
       </c>
       <c r="E336" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="337">
       <c r="A337" s="1">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="B337" s="1">
-        <v>1415</v>
+        <v>22</v>
       </c>
       <c r="C337" s="1" t="s">
         <v>319</v>
       </c>
       <c r="D337" s="1" t="s">
-        <v>19</v>
+        <v>34</v>
       </c>
       <c r="E337" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="338">
       <c r="A338" s="1">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="B338" s="1">
-        <v>1713</v>
+        <v>1415</v>
       </c>
       <c r="C338" s="1" t="s">
         <v>320</v>
       </c>
       <c r="D338" s="1" t="s">
         <v>19</v>
       </c>
       <c r="E338" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="339">
       <c r="A339" s="1">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="B339" s="1">
-        <v>660</v>
+        <v>1713</v>
       </c>
       <c r="C339" s="1" t="s">
         <v>321</v>
       </c>
       <c r="D339" s="1" t="s">
-        <v>94</v>
+        <v>19</v>
       </c>
       <c r="E339" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="340">
       <c r="A340" s="1">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="B340" s="1">
-        <v>1866</v>
+        <v>660</v>
       </c>
       <c r="C340" s="1" t="s">
         <v>322</v>
       </c>
       <c r="D340" s="1" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="E340" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="341">
       <c r="A341" s="1">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="B341" s="1">
-        <v>1870</v>
+        <v>1866</v>
       </c>
       <c r="C341" s="1" t="s">
         <v>323</v>
       </c>
       <c r="D341" s="1" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="E341" s="1">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="342">
       <c r="A342" s="1">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="B342" s="1">
-        <v>26</v>
+        <v>1870</v>
       </c>
       <c r="C342" s="1" t="s">
         <v>324</v>
       </c>
       <c r="D342" s="1" t="s">
-        <v>34</v>
+        <v>96</v>
       </c>
       <c r="E342" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="343">
       <c r="A343" s="1">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="B343" s="1">
-        <v>277</v>
+        <v>26</v>
       </c>
       <c r="C343" s="1" t="s">
         <v>325</v>
       </c>
       <c r="D343" s="1" t="s">
-        <v>8</v>
+        <v>34</v>
       </c>
       <c r="E343" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="344">
       <c r="A344" s="1">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="B344" s="1">
-        <v>897</v>
+        <v>277</v>
       </c>
       <c r="C344" s="1" t="s">
         <v>326</v>
       </c>
       <c r="D344" s="1" t="s">
-        <v>74</v>
+        <v>8</v>
       </c>
       <c r="E344" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="345">
       <c r="A345" s="1">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="B345" s="1">
-        <v>728</v>
+        <v>897</v>
       </c>
       <c r="C345" s="1" t="s">
         <v>327</v>
       </c>
       <c r="D345" s="1" t="s">
-        <v>328</v>
+        <v>75</v>
       </c>
       <c r="E345" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="346">
       <c r="A346" s="1">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="B346" s="1">
-        <v>1924</v>
+        <v>728</v>
       </c>
       <c r="C346" s="1" t="s">
+        <v>328</v>
+      </c>
+      <c r="D346" s="1" t="s">
         <v>329</v>
-      </c>
-[...1 lines deleted...]
-        <v>74</v>
       </c>
       <c r="E346" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="347">
       <c r="A347" s="1">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="B347" s="1">
-        <v>1086</v>
+        <v>1924</v>
       </c>
       <c r="C347" s="1" t="s">
         <v>330</v>
       </c>
       <c r="D347" s="1" t="s">
-        <v>96</v>
+        <v>75</v>
       </c>
       <c r="E347" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="348">
       <c r="A348" s="1">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="B348" s="1">
-        <v>1692</v>
+        <v>1086</v>
       </c>
       <c r="C348" s="1" t="s">
         <v>331</v>
       </c>
       <c r="D348" s="1" t="s">
-        <v>275</v>
+        <v>98</v>
       </c>
       <c r="E348" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="349">
       <c r="A349" s="1">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="B349" s="1">
-        <v>1185</v>
+        <v>1692</v>
       </c>
       <c r="C349" s="1" t="s">
         <v>332</v>
       </c>
       <c r="D349" s="1" t="s">
-        <v>94</v>
+        <v>276</v>
       </c>
       <c r="E349" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="350">
       <c r="A350" s="1">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="B350" s="1">
-        <v>1696</v>
+        <v>1185</v>
       </c>
       <c r="C350" s="1" t="s">
         <v>333</v>
       </c>
       <c r="D350" s="1" t="s">
-        <v>275</v>
+        <v>96</v>
       </c>
       <c r="E350" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="351">
       <c r="A351" s="1">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="B351" s="1">
-        <v>1226</v>
+        <v>1696</v>
       </c>
       <c r="C351" s="1" t="s">
         <v>334</v>
       </c>
       <c r="D351" s="1" t="s">
-        <v>94</v>
+        <v>276</v>
       </c>
       <c r="E351" s="1">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="352">
       <c r="A352" s="1">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="B352" s="1">
-        <v>879</v>
+        <v>1226</v>
       </c>
       <c r="C352" s="1" t="s">
         <v>335</v>
       </c>
       <c r="D352" s="1" t="s">
-        <v>74</v>
+        <v>96</v>
       </c>
       <c r="E352" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="353">
       <c r="A353" s="1">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="B353" s="1">
-        <v>1234</v>
+        <v>879</v>
       </c>
       <c r="C353" s="1" t="s">
         <v>336</v>
       </c>
       <c r="D353" s="1" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="E353" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="354">
       <c r="A354" s="1">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="B354" s="1">
-        <v>1266</v>
+        <v>1234</v>
       </c>
       <c r="C354" s="1" t="s">
         <v>337</v>
       </c>
       <c r="D354" s="1" t="s">
-        <v>10</v>
+        <v>75</v>
       </c>
       <c r="E354" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="355">
       <c r="A355" s="1">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="B355" s="1">
-        <v>1611</v>
+        <v>1266</v>
       </c>
       <c r="C355" s="1" t="s">
         <v>338</v>
       </c>
       <c r="D355" s="1" t="s">
-        <v>61</v>
+        <v>10</v>
       </c>
       <c r="E355" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="356">
       <c r="A356" s="1">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="B356" s="1">
-        <v>861</v>
+        <v>1611</v>
       </c>
       <c r="C356" s="1" t="s">
         <v>339</v>
       </c>
       <c r="D356" s="1" t="s">
-        <v>74</v>
+        <v>62</v>
       </c>
       <c r="E356" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="357">
       <c r="A357" s="1">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="B357" s="1">
-        <v>1745</v>
+        <v>861</v>
       </c>
       <c r="C357" s="1" t="s">
         <v>340</v>
       </c>
       <c r="D357" s="1" t="s">
-        <v>206</v>
+        <v>75</v>
       </c>
       <c r="E357" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="358">
       <c r="A358" s="1">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="B358" s="1">
-        <v>1867</v>
+        <v>1745</v>
       </c>
       <c r="C358" s="1" t="s">
         <v>341</v>
       </c>
       <c r="D358" s="1" t="s">
-        <v>94</v>
+        <v>208</v>
       </c>
       <c r="E358" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="359">
       <c r="A359" s="1">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="B359" s="1">
-        <v>956</v>
+        <v>1867</v>
       </c>
       <c r="C359" s="1" t="s">
         <v>342</v>
       </c>
       <c r="D359" s="1" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="E359" s="1">
         <v>1</v>
       </c>
     </row>
-    <row r="362">
-      <c r="A362" s="3" t="s">
+    <row r="360">
+      <c r="A360" s="1">
+        <v>39</v>
+      </c>
+      <c r="B360" s="1">
+        <v>956</v>
+      </c>
+      <c r="C360" s="1" t="s">
         <v>343</v>
       </c>
-      <c r="B362" s="3" t="s">
-[...9 lines deleted...]
-        <v>343</v>
+      <c r="D360" s="1" t="s">
+        <v>96</v>
+      </c>
+      <c r="E360" s="1">
+        <v>1</v>
       </c>
     </row>
     <row r="363">
-      <c r="A363" s="2" t="s">
+      <c r="A363" s="3" t="s">
+        <v>344</v>
+      </c>
+      <c r="B363" s="3" t="s">
+        <v>344</v>
+      </c>
+      <c r="C363" s="3" t="s">
+        <v>344</v>
+      </c>
+      <c r="D363" s="3" t="s">
+        <v>344</v>
+      </c>
+      <c r="E363" s="3" t="s">
+        <v>344</v>
+      </c>
+    </row>
+    <row r="364">
+      <c r="A364" s="2" t="s">
         <v>2</v>
       </c>
-      <c r="B363" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C363" s="2" t="s">
+      <c r="B364" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="C364" s="2" t="s">
         <v>4</v>
       </c>
-      <c r="D363" s="2" t="s">
+      <c r="D364" s="2" t="s">
         <v>5</v>
       </c>
-      <c r="E363" s="2" t="s">
+      <c r="E364" s="2" t="s">
         <v>6</v>
-      </c>
-[...15 lines deleted...]
-        <v>15</v>
       </c>
     </row>
     <row r="365">
       <c r="A365" s="1">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="B365" s="1">
-        <v>101</v>
+        <v>1735</v>
       </c>
       <c r="C365" s="1" t="s">
         <v>345</v>
       </c>
       <c r="D365" s="1" t="s">
-        <v>34</v>
+        <v>19</v>
       </c>
       <c r="E365" s="1">
-        <v>13</v>
+        <v>15</v>
       </c>
     </row>
     <row r="366">
       <c r="A366" s="1">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="B366" s="1">
-        <v>1412</v>
+        <v>101</v>
       </c>
       <c r="C366" s="1" t="s">
         <v>346</v>
       </c>
       <c r="D366" s="1" t="s">
-        <v>19</v>
+        <v>34</v>
       </c>
       <c r="E366" s="1">
-        <v>11</v>
+        <v>13</v>
       </c>
     </row>
     <row r="367">
       <c r="A367" s="1">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="B367" s="1">
-        <v>99</v>
+        <v>1412</v>
       </c>
       <c r="C367" s="1" t="s">
         <v>347</v>
       </c>
       <c r="D367" s="1" t="s">
-        <v>34</v>
+        <v>19</v>
       </c>
       <c r="E367" s="1">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="368">
       <c r="A368" s="1">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="B368" s="1">
-        <v>374</v>
+        <v>99</v>
       </c>
       <c r="C368" s="1" t="s">
         <v>348</v>
       </c>
       <c r="D368" s="1" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="E368" s="1">
-        <v>9</v>
+        <v>10</v>
       </c>
     </row>
     <row r="369">
       <c r="A369" s="1">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="B369" s="1">
-        <v>359</v>
+        <v>374</v>
       </c>
       <c r="C369" s="1" t="s">
         <v>349</v>
       </c>
       <c r="D369" s="1" t="s">
         <v>38</v>
       </c>
       <c r="E369" s="1">
-        <v>8</v>
+        <v>9</v>
       </c>
     </row>
     <row r="370">
       <c r="A370" s="1">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="B370" s="1">
-        <v>843</v>
+        <v>359</v>
       </c>
       <c r="C370" s="1" t="s">
         <v>350</v>
       </c>
       <c r="D370" s="1" t="s">
-        <v>74</v>
+        <v>38</v>
       </c>
       <c r="E370" s="1">
-        <v>7</v>
+        <v>8</v>
       </c>
     </row>
     <row r="371">
       <c r="A371" s="1">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="B371" s="1">
-        <v>1519</v>
+        <v>843</v>
       </c>
       <c r="C371" s="1" t="s">
         <v>351</v>
       </c>
       <c r="D371" s="1" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="E371" s="1">
-        <v>6</v>
+        <v>7</v>
       </c>
     </row>
     <row r="372">
       <c r="A372" s="1">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="B372" s="1">
-        <v>1539</v>
+        <v>1519</v>
       </c>
       <c r="C372" s="1" t="s">
         <v>352</v>
       </c>
       <c r="D372" s="1" t="s">
-        <v>353</v>
+        <v>75</v>
       </c>
       <c r="E372" s="1">
-        <v>5</v>
+        <v>6</v>
       </c>
     </row>
     <row r="373">
       <c r="A373" s="1">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="B373" s="1">
-        <v>1354</v>
+        <v>1539</v>
       </c>
       <c r="C373" s="1" t="s">
+        <v>353</v>
+      </c>
+      <c r="D373" s="1" t="s">
         <v>354</v>
       </c>
-      <c r="D373" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E373" s="1">
-        <v>4</v>
+        <v>5</v>
       </c>
     </row>
     <row r="374">
       <c r="A374" s="1">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="B374" s="1">
-        <v>458</v>
+        <v>1354</v>
       </c>
       <c r="C374" s="1" t="s">
         <v>355</v>
       </c>
       <c r="D374" s="1" t="s">
-        <v>38</v>
+        <v>19</v>
       </c>
       <c r="E374" s="1">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="375">
       <c r="A375" s="1">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="B375" s="1">
-        <v>29</v>
+        <v>458</v>
       </c>
       <c r="C375" s="1" t="s">
         <v>356</v>
       </c>
       <c r="D375" s="1" t="s">
-        <v>34</v>
+        <v>96</v>
       </c>
       <c r="E375" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="376">
       <c r="A376" s="1">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="B376" s="1">
-        <v>1125</v>
+        <v>29</v>
       </c>
       <c r="C376" s="1" t="s">
         <v>357</v>
       </c>
       <c r="D376" s="1" t="s">
-        <v>96</v>
+        <v>34</v>
       </c>
       <c r="E376" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="377">
       <c r="A377" s="1">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="B377" s="1">
-        <v>645</v>
+        <v>1125</v>
       </c>
       <c r="C377" s="1" t="s">
         <v>358</v>
       </c>
       <c r="D377" s="1" t="s">
-        <v>94</v>
+        <v>98</v>
       </c>
       <c r="E377" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="378">
       <c r="A378" s="1">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="B378" s="1">
-        <v>378</v>
+        <v>645</v>
       </c>
       <c r="C378" s="1" t="s">
         <v>359</v>
       </c>
       <c r="D378" s="1" t="s">
-        <v>38</v>
+        <v>96</v>
       </c>
       <c r="E378" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="379">
       <c r="A379" s="1">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="B379" s="1">
-        <v>95</v>
+        <v>378</v>
       </c>
       <c r="C379" s="1" t="s">
         <v>360</v>
       </c>
       <c r="D379" s="1" t="s">
-        <v>34</v>
+        <v>38</v>
       </c>
       <c r="E379" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="380">
       <c r="A380" s="1">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="B380" s="1">
-        <v>568</v>
+        <v>95</v>
       </c>
       <c r="C380" s="1" t="s">
         <v>361</v>
       </c>
       <c r="D380" s="1" t="s">
-        <v>255</v>
+        <v>34</v>
       </c>
       <c r="E380" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="381">
       <c r="A381" s="1">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="B381" s="1">
-        <v>1052</v>
+        <v>568</v>
       </c>
       <c r="C381" s="1" t="s">
         <v>362</v>
       </c>
       <c r="D381" s="1" t="s">
-        <v>69</v>
+        <v>257</v>
       </c>
       <c r="E381" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="382">
       <c r="A382" s="1">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="B382" s="1">
-        <v>1351</v>
+        <v>1052</v>
       </c>
       <c r="C382" s="1" t="s">
         <v>363</v>
       </c>
       <c r="D382" s="1" t="s">
-        <v>19</v>
+        <v>70</v>
       </c>
       <c r="E382" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="383">
       <c r="A383" s="1">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="B383" s="1">
-        <v>793</v>
+        <v>1351</v>
       </c>
       <c r="C383" s="1" t="s">
         <v>364</v>
       </c>
       <c r="D383" s="1" t="s">
-        <v>36</v>
+        <v>19</v>
       </c>
       <c r="E383" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="384">
       <c r="A384" s="1">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="B384" s="1">
-        <v>565</v>
+        <v>793</v>
       </c>
       <c r="C384" s="1" t="s">
         <v>365</v>
       </c>
       <c r="D384" s="1" t="s">
-        <v>14</v>
+        <v>36</v>
       </c>
       <c r="E384" s="1">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="385">
       <c r="A385" s="1">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="B385" s="1">
-        <v>633</v>
+        <v>565</v>
       </c>
       <c r="C385" s="1" t="s">
         <v>366</v>
       </c>
       <c r="D385" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E385" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="386">
       <c r="A386" s="1">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="B386" s="1">
-        <v>1471</v>
+        <v>633</v>
       </c>
       <c r="C386" s="1" t="s">
         <v>367</v>
       </c>
       <c r="D386" s="1" t="s">
-        <v>40</v>
+        <v>12</v>
       </c>
       <c r="E386" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="387">
       <c r="A387" s="1">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="B387" s="1">
-        <v>991</v>
+        <v>1471</v>
       </c>
       <c r="C387" s="1" t="s">
         <v>368</v>
       </c>
       <c r="D387" s="1" t="s">
-        <v>69</v>
+        <v>40</v>
       </c>
       <c r="E387" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="388">
       <c r="A388" s="1">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="B388" s="1">
-        <v>1848</v>
+        <v>991</v>
       </c>
       <c r="C388" s="1" t="s">
         <v>369</v>
       </c>
       <c r="D388" s="1" t="s">
-        <v>17</v>
+        <v>70</v>
       </c>
       <c r="E388" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="389">
       <c r="A389" s="1">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="B389" s="1">
-        <v>567</v>
+        <v>1848</v>
       </c>
       <c r="C389" s="1" t="s">
         <v>370</v>
       </c>
       <c r="D389" s="1" t="s">
-        <v>262</v>
+        <v>17</v>
       </c>
       <c r="E389" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="390">
       <c r="A390" s="1">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="B390" s="1">
-        <v>123</v>
+        <v>567</v>
       </c>
       <c r="C390" s="1" t="s">
         <v>371</v>
       </c>
       <c r="D390" s="1" t="s">
-        <v>34</v>
+        <v>264</v>
       </c>
       <c r="E390" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="391">
       <c r="A391" s="1">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="B391" s="1">
-        <v>231</v>
+        <v>123</v>
       </c>
       <c r="C391" s="1" t="s">
         <v>372</v>
       </c>
       <c r="D391" s="1" t="s">
-        <v>285</v>
+        <v>34</v>
       </c>
       <c r="E391" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="392">
       <c r="A392" s="1">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="B392" s="1">
-        <v>1738</v>
+        <v>231</v>
       </c>
       <c r="C392" s="1" t="s">
         <v>373</v>
       </c>
       <c r="D392" s="1" t="s">
-        <v>275</v>
+        <v>286</v>
       </c>
       <c r="E392" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="393">
       <c r="A393" s="1">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="B393" s="1">
-        <v>126</v>
+        <v>1738</v>
       </c>
       <c r="C393" s="1" t="s">
         <v>374</v>
       </c>
       <c r="D393" s="1" t="s">
-        <v>34</v>
+        <v>276</v>
       </c>
       <c r="E393" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="394">
       <c r="A394" s="1">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="B394" s="1">
-        <v>335</v>
+        <v>126</v>
       </c>
       <c r="C394" s="1" t="s">
         <v>375</v>
       </c>
       <c r="D394" s="1" t="s">
-        <v>8</v>
+        <v>34</v>
       </c>
       <c r="E394" s="1">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="395">
       <c r="A395" s="1">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="B395" s="1">
-        <v>156</v>
+        <v>335</v>
       </c>
       <c r="C395" s="1" t="s">
         <v>376</v>
       </c>
       <c r="D395" s="1" t="s">
-        <v>34</v>
+        <v>8</v>
       </c>
       <c r="E395" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="396">
       <c r="A396" s="1">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="B396" s="1">
-        <v>1359</v>
+        <v>156</v>
       </c>
       <c r="C396" s="1" t="s">
         <v>377</v>
       </c>
       <c r="D396" s="1" t="s">
-        <v>19</v>
+        <v>34</v>
       </c>
       <c r="E396" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="397">
       <c r="A397" s="1">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="B397" s="1">
         <v>632</v>
       </c>
       <c r="C397" s="1" t="s">
         <v>378</v>
       </c>
       <c r="D397" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E397" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="398">
       <c r="A398" s="1">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="B398" s="1">
         <v>241</v>
       </c>
       <c r="C398" s="1" t="s">
         <v>379</v>
       </c>
       <c r="D398" s="1" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="E398" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="399">
       <c r="A399" s="1">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="B399" s="1">
         <v>1836</v>
       </c>
       <c r="C399" s="1" t="s">
         <v>380</v>
       </c>
       <c r="D399" s="1" t="s">
         <v>17</v>
       </c>
       <c r="E399" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="400">
       <c r="A400" s="1">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="B400" s="1">
         <v>1796</v>
       </c>
       <c r="C400" s="1" t="s">
         <v>381</v>
       </c>
       <c r="D400" s="1" t="s">
         <v>17</v>
       </c>
       <c r="E400" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="401">
       <c r="A401" s="1">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="B401" s="1">
         <v>1721</v>
       </c>
       <c r="C401" s="1" t="s">
         <v>382</v>
       </c>
       <c r="D401" s="1" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="E401" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="402">
       <c r="A402" s="1">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="B402" s="1">
         <v>648</v>
       </c>
       <c r="C402" s="1" t="s">
         <v>383</v>
       </c>
       <c r="D402" s="1" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="E402" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="403">
       <c r="A403" s="1">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="B403" s="1">
         <v>1457</v>
       </c>
       <c r="C403" s="1" t="s">
         <v>384</v>
       </c>
       <c r="D403" s="1" t="s">
         <v>40</v>
       </c>
       <c r="E403" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="404">
       <c r="A404" s="1">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="B404" s="1">
         <v>1793</v>
       </c>
       <c r="C404" s="1" t="s">
         <v>385</v>
       </c>
       <c r="D404" s="1" t="s">
         <v>17</v>
       </c>
       <c r="E404" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="405">
       <c r="A405" s="1">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="B405" s="1">
         <v>1520</v>
       </c>
       <c r="C405" s="1" t="s">
         <v>386</v>
       </c>
       <c r="D405" s="1" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="E405" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="406">
       <c r="A406" s="1">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="B406" s="1">
         <v>97</v>
       </c>
       <c r="C406" s="1" t="s">
         <v>387</v>
       </c>
       <c r="D406" s="1" t="s">
         <v>34</v>
       </c>
       <c r="E406" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="407">
       <c r="A407" s="1">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="B407" s="1">
         <v>1377</v>
       </c>
       <c r="C407" s="1" t="s">
         <v>388</v>
       </c>
       <c r="D407" s="1" t="s">
         <v>389</v>
       </c>
       <c r="E407" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="408">
       <c r="A408" s="1">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="B408" s="1">
         <v>1610</v>
       </c>
       <c r="C408" s="1" t="s">
         <v>390</v>
       </c>
       <c r="D408" s="1" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="E408" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="409">
       <c r="A409" s="1">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="B409" s="1">
         <v>96</v>
       </c>
       <c r="C409" s="1" t="s">
         <v>391</v>
       </c>
       <c r="D409" s="1" t="s">
         <v>34</v>
       </c>
       <c r="E409" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="410">
       <c r="A410" s="1">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="B410" s="1">
         <v>1850</v>
       </c>
       <c r="C410" s="1" t="s">
         <v>392</v>
       </c>
       <c r="D410" s="1" t="s">
         <v>17</v>
       </c>
       <c r="E410" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="411">
       <c r="A411" s="1">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="B411" s="1">
         <v>638</v>
       </c>
       <c r="C411" s="1" t="s">
         <v>393</v>
       </c>
       <c r="D411" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E411" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="412">
       <c r="A412" s="1">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="B412" s="1">
         <v>1928</v>
       </c>
       <c r="C412" s="1" t="s">
         <v>394</v>
       </c>
       <c r="D412" s="1" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="E412" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="413">
       <c r="A413" s="1">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="B413" s="1">
         <v>1810</v>
       </c>
       <c r="C413" s="1" t="s">
         <v>395</v>
       </c>
       <c r="D413" s="1" t="s">
         <v>17</v>
       </c>
       <c r="E413" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="414">
       <c r="A414" s="1">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="B414" s="1">
         <v>100</v>
       </c>
       <c r="C414" s="1" t="s">
         <v>396</v>
       </c>
       <c r="D414" s="1" t="s">
         <v>34</v>
       </c>
       <c r="E414" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="415">
       <c r="A415" s="1">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="B415" s="1">
         <v>425</v>
       </c>
       <c r="C415" s="1" t="s">
         <v>397</v>
       </c>
       <c r="D415" s="1" t="s">
         <v>38</v>
       </c>
       <c r="E415" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="416">
       <c r="A416" s="1">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="B416" s="1">
         <v>1881</v>
       </c>
       <c r="C416" s="1" t="s">
         <v>398</v>
       </c>
       <c r="D416" s="1" t="s">
         <v>399</v>
       </c>
       <c r="E416" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="417">
       <c r="A417" s="1">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="B417" s="1">
         <v>1172</v>
       </c>
       <c r="C417" s="1" t="s">
         <v>400</v>
       </c>
       <c r="D417" s="1" t="s">
         <v>34</v>
       </c>
       <c r="E417" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="418">
       <c r="A418" s="1">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="B418" s="1">
         <v>1864</v>
       </c>
       <c r="C418" s="1" t="s">
         <v>401</v>
       </c>
       <c r="D418" s="1" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="E418" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="421">
       <c r="A421" s="3" t="s">
         <v>402</v>
       </c>
       <c r="B421" s="3" t="s">
         <v>402</v>
       </c>
       <c r="C421" s="3" t="s">
         <v>402</v>
       </c>
       <c r="D421" s="3" t="s">
         <v>402</v>
       </c>
       <c r="E421" s="3" t="s">
         <v>402</v>
       </c>
     </row>
     <row r="422">
       <c r="A422" s="2" t="s">
         <v>2</v>
       </c>
       <c r="B422" s="2" t="s">
         <v>3</v>
       </c>
       <c r="C422" s="2" t="s">
         <v>4</v>
       </c>
       <c r="D422" s="2" t="s">
         <v>5</v>
       </c>
       <c r="E422" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="423">
       <c r="A423" s="1">
         <v>1</v>
       </c>
       <c r="B423" s="1">
         <v>1513</v>
       </c>
       <c r="C423" s="1" t="s">
         <v>403</v>
       </c>
       <c r="D423" s="1" t="s">
-        <v>255</v>
+        <v>257</v>
       </c>
       <c r="E423" s="1">
         <v>15</v>
       </c>
     </row>
     <row r="424">
       <c r="A424" s="1">
         <v>2</v>
       </c>
       <c r="B424" s="1">
         <v>1905</v>
       </c>
       <c r="C424" s="1" t="s">
         <v>404</v>
       </c>
       <c r="D424" s="1" t="s">
         <v>24</v>
       </c>
       <c r="E424" s="1">
         <v>13</v>
       </c>
     </row>
     <row r="425">
       <c r="A425" s="1">
         <v>3</v>
       </c>
       <c r="B425" s="1">
         <v>1105</v>
       </c>
       <c r="C425" s="1" t="s">
         <v>405</v>
       </c>
       <c r="D425" s="1" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="E425" s="1">
         <v>11</v>
       </c>
     </row>
     <row r="426">
       <c r="A426" s="1">
         <v>4</v>
       </c>
       <c r="B426" s="1">
         <v>1634</v>
       </c>
       <c r="C426" s="1" t="s">
         <v>406</v>
       </c>
       <c r="D426" s="1" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="E426" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="427">
       <c r="A427" s="1">
         <v>5</v>
       </c>
       <c r="B427" s="1">
         <v>681</v>
       </c>
       <c r="C427" s="1" t="s">
         <v>407</v>
       </c>
       <c r="D427" s="1" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="E427" s="1">
         <v>9</v>
       </c>
     </row>
     <row r="428">
       <c r="A428" s="1">
         <v>6</v>
       </c>
       <c r="B428" s="1">
         <v>1723</v>
       </c>
       <c r="C428" s="1" t="s">
         <v>408</v>
       </c>
       <c r="D428" s="1" t="s">
         <v>19</v>
       </c>
       <c r="E428" s="1">
         <v>8</v>
       </c>
     </row>
     <row r="429">
       <c r="A429" s="1">
         <v>7</v>
       </c>
       <c r="B429" s="1">
         <v>524</v>
       </c>
       <c r="C429" s="1" t="s">
         <v>409</v>
       </c>
       <c r="D429" s="1" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="E429" s="1">
         <v>7</v>
       </c>
     </row>
     <row r="430">
       <c r="A430" s="1">
         <v>8</v>
       </c>
       <c r="B430" s="1">
         <v>1077</v>
       </c>
       <c r="C430" s="1" t="s">
         <v>410</v>
       </c>
       <c r="D430" s="1" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="E430" s="1">
         <v>6</v>
       </c>
     </row>
     <row r="431">
       <c r="A431" s="1">
         <v>9</v>
       </c>
       <c r="B431" s="1">
         <v>581</v>
       </c>
       <c r="C431" s="1" t="s">
         <v>411</v>
       </c>
       <c r="D431" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E431" s="1">
         <v>5</v>
       </c>
     </row>
     <row r="432">
       <c r="A432" s="1">
         <v>10</v>
@@ -10092,153 +10095,153 @@
       </c>
       <c r="B434" s="1">
         <v>380</v>
       </c>
       <c r="C434" s="1" t="s">
         <v>414</v>
       </c>
       <c r="D434" s="1" t="s">
         <v>38</v>
       </c>
       <c r="E434" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="435">
       <c r="A435" s="1">
         <v>13</v>
       </c>
       <c r="B435" s="1">
         <v>644</v>
       </c>
       <c r="C435" s="1" t="s">
         <v>415</v>
       </c>
       <c r="D435" s="1" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="E435" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="436">
       <c r="A436" s="1">
         <v>14</v>
       </c>
       <c r="B436" s="1">
         <v>239</v>
       </c>
       <c r="C436" s="1" t="s">
         <v>416</v>
       </c>
       <c r="D436" s="1" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="E436" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="437">
       <c r="A437" s="1">
         <v>15</v>
       </c>
       <c r="B437" s="1">
         <v>1124</v>
       </c>
       <c r="C437" s="1" t="s">
         <v>417</v>
       </c>
       <c r="D437" s="1" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="E437" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="438">
       <c r="A438" s="1">
         <v>16</v>
       </c>
       <c r="B438" s="1">
         <v>68</v>
       </c>
       <c r="C438" s="1" t="s">
         <v>418</v>
       </c>
       <c r="D438" s="1" t="s">
         <v>34</v>
       </c>
       <c r="E438" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="439">
       <c r="A439" s="1">
         <v>17</v>
       </c>
       <c r="B439" s="1">
         <v>642</v>
       </c>
       <c r="C439" s="1" t="s">
         <v>419</v>
       </c>
       <c r="D439" s="1" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="E439" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="440">
       <c r="A440" s="1">
         <v>18</v>
       </c>
       <c r="B440" s="1">
         <v>286</v>
       </c>
       <c r="C440" s="1" t="s">
         <v>420</v>
       </c>
       <c r="D440" s="1" t="s">
         <v>8</v>
       </c>
       <c r="E440" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="441">
       <c r="A441" s="1">
         <v>19</v>
       </c>
       <c r="B441" s="1">
         <v>652</v>
       </c>
       <c r="C441" s="1" t="s">
         <v>421</v>
       </c>
       <c r="D441" s="1" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="E441" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="442">
       <c r="A442" s="1">
         <v>20</v>
       </c>
       <c r="B442" s="1">
         <v>1470</v>
       </c>
       <c r="C442" s="1" t="s">
         <v>422</v>
       </c>
       <c r="D442" s="1" t="s">
         <v>40</v>
       </c>
       <c r="E442" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="443">
       <c r="A443" s="1">
         <v>21</v>
@@ -10313,153 +10316,153 @@
       </c>
       <c r="B449" s="1">
         <v>245</v>
       </c>
       <c r="C449" s="1" t="s">
         <v>426</v>
       </c>
       <c r="D449" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E449" s="1">
         <v>13</v>
       </c>
     </row>
     <row r="450">
       <c r="A450" s="1">
         <v>3</v>
       </c>
       <c r="B450" s="1">
         <v>1616</v>
       </c>
       <c r="C450" s="1" t="s">
         <v>427</v>
       </c>
       <c r="D450" s="1" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="E450" s="1">
         <v>11</v>
       </c>
     </row>
     <row r="451">
       <c r="A451" s="1">
         <v>4</v>
       </c>
       <c r="B451" s="1">
         <v>912</v>
       </c>
       <c r="C451" s="1" t="s">
         <v>428</v>
       </c>
       <c r="D451" s="1" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="E451" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="452">
       <c r="A452" s="1">
         <v>5</v>
       </c>
       <c r="B452" s="1">
         <v>171</v>
       </c>
       <c r="C452" s="1" t="s">
         <v>429</v>
       </c>
       <c r="D452" s="1" t="s">
         <v>34</v>
       </c>
       <c r="E452" s="1">
         <v>9</v>
       </c>
     </row>
     <row r="453">
       <c r="A453" s="1">
         <v>6</v>
       </c>
       <c r="B453" s="1">
         <v>383</v>
       </c>
       <c r="C453" s="1" t="s">
         <v>430</v>
       </c>
       <c r="D453" s="1" t="s">
         <v>38</v>
       </c>
       <c r="E453" s="1">
         <v>8</v>
       </c>
     </row>
     <row r="454">
       <c r="A454" s="1">
         <v>7</v>
       </c>
       <c r="B454" s="1">
         <v>1155</v>
       </c>
       <c r="C454" s="1" t="s">
         <v>431</v>
       </c>
       <c r="D454" s="1" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="E454" s="1">
         <v>7</v>
       </c>
     </row>
     <row r="455">
       <c r="A455" s="1">
         <v>8</v>
       </c>
       <c r="B455" s="1">
         <v>970</v>
       </c>
       <c r="C455" s="1" t="s">
         <v>432</v>
       </c>
       <c r="D455" s="1" t="s">
         <v>433</v>
       </c>
       <c r="E455" s="1">
         <v>6</v>
       </c>
     </row>
     <row r="456">
       <c r="A456" s="1">
         <v>9</v>
       </c>
       <c r="B456" s="1">
         <v>658</v>
       </c>
       <c r="C456" s="1" t="s">
         <v>434</v>
       </c>
       <c r="D456" s="1" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="E456" s="1">
         <v>5</v>
       </c>
     </row>
     <row r="457">
       <c r="A457" s="1">
         <v>10</v>
       </c>
       <c r="B457" s="1">
         <v>431</v>
       </c>
       <c r="C457" s="1" t="s">
         <v>435</v>
       </c>
       <c r="D457" s="1" t="s">
         <v>38</v>
       </c>
       <c r="E457" s="1">
         <v>4</v>
       </c>
     </row>
     <row r="458">
       <c r="A458" s="1">
         <v>11</v>
@@ -10534,170 +10537,170 @@
       </c>
       <c r="B462" s="1">
         <v>1477</v>
       </c>
       <c r="C462" s="1" t="s">
         <v>440</v>
       </c>
       <c r="D462" s="1" t="s">
         <v>40</v>
       </c>
       <c r="E462" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="463">
       <c r="A463" s="1">
         <v>16</v>
       </c>
       <c r="B463" s="1">
         <v>983</v>
       </c>
       <c r="C463" s="1" t="s">
         <v>441</v>
       </c>
       <c r="D463" s="1" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="E463" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="464">
       <c r="A464" s="1">
         <v>17</v>
       </c>
       <c r="B464" s="1">
         <v>888</v>
       </c>
       <c r="C464" s="1" t="s">
         <v>442</v>
       </c>
       <c r="D464" s="1" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="E464" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="465">
       <c r="A465" s="1">
         <v>18</v>
       </c>
       <c r="B465" s="1">
         <v>1901</v>
       </c>
       <c r="C465" s="1" t="s">
         <v>443</v>
       </c>
       <c r="D465" s="1" t="s">
         <v>24</v>
       </c>
       <c r="E465" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="466">
       <c r="A466" s="1">
         <v>19</v>
       </c>
       <c r="B466" s="1">
         <v>1622</v>
       </c>
       <c r="C466" s="1" t="s">
         <v>444</v>
       </c>
       <c r="D466" s="1" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="E466" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="467">
       <c r="A467" s="1">
         <v>20</v>
       </c>
       <c r="B467" s="1">
         <v>1630</v>
       </c>
       <c r="C467" s="1" t="s">
         <v>445</v>
       </c>
       <c r="D467" s="1" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="E467" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="468">
       <c r="A468" s="1">
         <v>21</v>
       </c>
       <c r="B468" s="1">
         <v>114</v>
       </c>
       <c r="C468" s="1" t="s">
         <v>446</v>
       </c>
       <c r="D468" s="1" t="s">
         <v>34</v>
       </c>
       <c r="E468" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="469">
       <c r="A469" s="1">
         <v>22</v>
       </c>
       <c r="B469" s="1">
         <v>1115</v>
       </c>
       <c r="C469" s="1" t="s">
         <v>447</v>
       </c>
       <c r="D469" s="1" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="E469" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="470">
       <c r="A470" s="1">
         <v>23</v>
       </c>
       <c r="B470" s="1">
         <v>205</v>
       </c>
       <c r="C470" s="1" t="s">
         <v>448</v>
       </c>
       <c r="D470" s="1" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="E470" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="471">
       <c r="A471" s="1">
         <v>24</v>
       </c>
       <c r="B471" s="1">
         <v>1319</v>
       </c>
       <c r="C471" s="1" t="s">
         <v>449</v>
       </c>
       <c r="D471" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E471" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="472">
       <c r="A472" s="1">
         <v>25</v>
@@ -10721,68 +10724,68 @@
       </c>
       <c r="B473" s="1">
         <v>1899</v>
       </c>
       <c r="C473" s="1" t="s">
         <v>451</v>
       </c>
       <c r="D473" s="1" t="s">
         <v>24</v>
       </c>
       <c r="E473" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="474">
       <c r="A474" s="1">
         <v>27</v>
       </c>
       <c r="B474" s="1">
         <v>236</v>
       </c>
       <c r="C474" s="1" t="s">
         <v>452</v>
       </c>
       <c r="D474" s="1" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="E474" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="475">
       <c r="A475" s="1">
         <v>28</v>
       </c>
       <c r="B475" s="1">
         <v>1574</v>
       </c>
       <c r="C475" s="1" t="s">
         <v>453</v>
       </c>
       <c r="D475" s="1" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="E475" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="476">
       <c r="A476" s="1">
         <v>29</v>
       </c>
       <c r="B476" s="1">
         <v>339</v>
       </c>
       <c r="C476" s="1" t="s">
         <v>454</v>
       </c>
       <c r="D476" s="1" t="s">
         <v>8</v>
       </c>
       <c r="E476" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="477">
       <c r="A477" s="1">
         <v>30</v>
@@ -10840,289 +10843,289 @@
       </c>
       <c r="B480" s="1">
         <v>1299</v>
       </c>
       <c r="C480" s="1" t="s">
         <v>458</v>
       </c>
       <c r="D480" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E480" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="481">
       <c r="A481" s="1">
         <v>34</v>
       </c>
       <c r="B481" s="1">
         <v>1122</v>
       </c>
       <c r="C481" s="1" t="s">
         <v>459</v>
       </c>
       <c r="D481" s="1" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="E481" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="482">
       <c r="A482" s="1">
         <v>35</v>
       </c>
       <c r="B482" s="1">
         <v>676</v>
       </c>
       <c r="C482" s="1" t="s">
         <v>460</v>
       </c>
       <c r="D482" s="1" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="E482" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="483">
       <c r="A483" s="1">
         <v>36</v>
       </c>
       <c r="B483" s="1">
         <v>525</v>
       </c>
       <c r="C483" s="1" t="s">
         <v>461</v>
       </c>
       <c r="D483" s="1" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="E483" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="484">
       <c r="A484" s="1">
         <v>37</v>
       </c>
       <c r="B484" s="1">
         <v>583</v>
       </c>
       <c r="C484" s="1" t="s">
         <v>462</v>
       </c>
       <c r="D484" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E484" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="485">
       <c r="A485" s="1">
         <v>38</v>
       </c>
       <c r="B485" s="1">
         <v>495</v>
       </c>
       <c r="C485" s="1" t="s">
         <v>463</v>
       </c>
       <c r="D485" s="1" t="s">
-        <v>262</v>
+        <v>264</v>
       </c>
       <c r="E485" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="486">
       <c r="A486" s="1">
         <v>39</v>
       </c>
       <c r="B486" s="1">
         <v>830</v>
       </c>
       <c r="C486" s="1" t="s">
         <v>464</v>
       </c>
       <c r="D486" s="1" t="s">
         <v>36</v>
       </c>
       <c r="E486" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="487">
       <c r="A487" s="1">
         <v>40</v>
       </c>
       <c r="B487" s="1">
         <v>1129</v>
       </c>
       <c r="C487" s="1" t="s">
         <v>465</v>
       </c>
       <c r="D487" s="1" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="E487" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="488">
       <c r="A488" s="1">
         <v>41</v>
       </c>
       <c r="B488" s="1">
         <v>1232</v>
       </c>
       <c r="C488" s="1" t="s">
         <v>466</v>
       </c>
       <c r="D488" s="1" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="E488" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="489">
       <c r="A489" s="1">
         <v>42</v>
       </c>
       <c r="B489" s="1">
         <v>1847</v>
       </c>
       <c r="C489" s="1" t="s">
         <v>467</v>
       </c>
       <c r="D489" s="1" t="s">
         <v>17</v>
       </c>
       <c r="E489" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="490">
       <c r="A490" s="1">
         <v>43</v>
       </c>
       <c r="B490" s="1">
         <v>753</v>
       </c>
       <c r="C490" s="1" t="s">
         <v>468</v>
       </c>
       <c r="D490" s="1" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="E490" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="491">
       <c r="A491" s="1">
         <v>44</v>
       </c>
       <c r="B491" s="1">
         <v>777</v>
       </c>
       <c r="C491" s="1" t="s">
         <v>469</v>
       </c>
       <c r="D491" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E491" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="492">
       <c r="A492" s="1">
         <v>45</v>
       </c>
       <c r="B492" s="1">
         <v>641</v>
       </c>
       <c r="C492" s="1" t="s">
         <v>470</v>
       </c>
       <c r="D492" s="1" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="E492" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="493">
       <c r="A493" s="1">
         <v>46</v>
       </c>
       <c r="B493" s="1">
         <v>1469</v>
       </c>
       <c r="C493" s="1" t="s">
         <v>471</v>
       </c>
       <c r="D493" s="1" t="s">
         <v>40</v>
       </c>
       <c r="E493" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="494">
       <c r="A494" s="1">
         <v>47</v>
       </c>
       <c r="B494" s="1">
         <v>1302</v>
       </c>
       <c r="C494" s="1" t="s">
         <v>472</v>
       </c>
       <c r="D494" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E494" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="495">
       <c r="A495" s="1">
         <v>48</v>
       </c>
       <c r="B495" s="1">
         <v>1079</v>
       </c>
       <c r="C495" s="1" t="s">
         <v>473</v>
       </c>
       <c r="D495" s="1" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="E495" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="496">
       <c r="A496" s="1">
         <v>49</v>
       </c>
       <c r="B496" s="1">
         <v>1476</v>
       </c>
       <c r="C496" s="1" t="s">
         <v>474</v>
       </c>
       <c r="D496" s="1" t="s">
         <v>40</v>
       </c>
       <c r="E496" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="497">
       <c r="A497" s="1">
         <v>50</v>
@@ -11197,68 +11200,68 @@
       </c>
       <c r="B501" s="1">
         <v>776</v>
       </c>
       <c r="C501" s="1" t="s">
         <v>479</v>
       </c>
       <c r="D501" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E501" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="502">
       <c r="A502" s="1">
         <v>55</v>
       </c>
       <c r="B502" s="1">
         <v>933</v>
       </c>
       <c r="C502" s="1" t="s">
         <v>480</v>
       </c>
       <c r="D502" s="1" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="E502" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="503">
       <c r="A503" s="1">
         <v>56</v>
       </c>
       <c r="B503" s="1">
         <v>560</v>
       </c>
       <c r="C503" s="1" t="s">
         <v>481</v>
       </c>
       <c r="D503" s="1" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="E503" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="504">
       <c r="A504" s="1">
         <v>57</v>
       </c>
       <c r="B504" s="1">
         <v>110</v>
       </c>
       <c r="C504" s="1" t="s">
         <v>482</v>
       </c>
       <c r="D504" s="1" t="s">
         <v>34</v>
       </c>
       <c r="E504" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="505">
       <c r="A505" s="1">
         <v>58</v>
@@ -11282,102 +11285,102 @@
       </c>
       <c r="B506" s="1">
         <v>1846</v>
       </c>
       <c r="C506" s="1" t="s">
         <v>484</v>
       </c>
       <c r="D506" s="1" t="s">
         <v>17</v>
       </c>
       <c r="E506" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="507">
       <c r="A507" s="1">
         <v>60</v>
       </c>
       <c r="B507" s="1">
         <v>521</v>
       </c>
       <c r="C507" s="1" t="s">
         <v>485</v>
       </c>
       <c r="D507" s="1" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="E507" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="508">
       <c r="A508" s="1">
         <v>61</v>
       </c>
       <c r="B508" s="1">
         <v>1082</v>
       </c>
       <c r="C508" s="1" t="s">
         <v>486</v>
       </c>
       <c r="D508" s="1" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="E508" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="509">
       <c r="A509" s="1">
         <v>62</v>
       </c>
       <c r="B509" s="1">
         <v>1579</v>
       </c>
       <c r="C509" s="1" t="s">
         <v>487</v>
       </c>
       <c r="D509" s="1" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="E509" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="510">
       <c r="A510" s="1">
         <v>63</v>
       </c>
       <c r="B510" s="1">
         <v>881</v>
       </c>
       <c r="C510" s="1" t="s">
         <v>488</v>
       </c>
       <c r="D510" s="1" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="E510" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="511">
       <c r="A511" s="1">
         <v>64</v>
       </c>
       <c r="B511" s="1">
         <v>799</v>
       </c>
       <c r="C511" s="1" t="s">
         <v>489</v>
       </c>
       <c r="D511" s="1" t="s">
         <v>36</v>
       </c>
       <c r="E511" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="512">
       <c r="A512" s="1">
         <v>65</v>
@@ -11435,153 +11438,153 @@
       </c>
       <c r="B517" s="1">
         <v>32</v>
       </c>
       <c r="C517" s="1" t="s">
         <v>492</v>
       </c>
       <c r="D517" s="1" t="s">
         <v>34</v>
       </c>
       <c r="E517" s="1">
         <v>15</v>
       </c>
     </row>
     <row r="518">
       <c r="A518" s="1">
         <v>2</v>
       </c>
       <c r="B518" s="1">
         <v>1200</v>
       </c>
       <c r="C518" s="1" t="s">
         <v>493</v>
       </c>
       <c r="D518" s="1" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="E518" s="1">
         <v>13</v>
       </c>
     </row>
     <row r="519">
       <c r="A519" s="1">
         <v>3</v>
       </c>
       <c r="B519" s="1">
         <v>1688</v>
       </c>
       <c r="C519" s="1" t="s">
         <v>494</v>
       </c>
       <c r="D519" s="1" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="E519" s="1">
         <v>11</v>
       </c>
     </row>
     <row r="520">
       <c r="A520" s="1">
         <v>4</v>
       </c>
       <c r="B520" s="1">
         <v>1462</v>
       </c>
       <c r="C520" s="1" t="s">
         <v>495</v>
       </c>
       <c r="D520" s="1" t="s">
         <v>40</v>
       </c>
       <c r="E520" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="521">
       <c r="A521" s="1">
         <v>5</v>
       </c>
       <c r="B521" s="1">
         <v>1246</v>
       </c>
       <c r="C521" s="1" t="s">
         <v>496</v>
       </c>
       <c r="D521" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E521" s="1">
         <v>9</v>
       </c>
     </row>
     <row r="522">
       <c r="A522" s="1">
         <v>6</v>
       </c>
       <c r="B522" s="1">
         <v>1106</v>
       </c>
       <c r="C522" s="1" t="s">
         <v>497</v>
       </c>
       <c r="D522" s="1" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="E522" s="1">
         <v>8</v>
       </c>
     </row>
     <row r="523">
       <c r="A523" s="1">
         <v>7</v>
       </c>
       <c r="B523" s="1">
         <v>856</v>
       </c>
       <c r="C523" s="1" t="s">
         <v>498</v>
       </c>
       <c r="D523" s="1" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="E523" s="1">
         <v>7</v>
       </c>
     </row>
     <row r="524">
       <c r="A524" s="1">
         <v>8</v>
       </c>
       <c r="B524" s="1">
         <v>1691</v>
       </c>
       <c r="C524" s="1" t="s">
         <v>499</v>
       </c>
       <c r="D524" s="1" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="E524" s="1">
         <v>6</v>
       </c>
     </row>
     <row r="525">
       <c r="A525" s="1">
         <v>9</v>
       </c>
       <c r="B525" s="1">
         <v>1316</v>
       </c>
       <c r="C525" s="1" t="s">
         <v>500</v>
       </c>
       <c r="D525" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E525" s="1">
         <v>5</v>
       </c>
     </row>
     <row r="526">
       <c r="A526" s="1">
         <v>10</v>
@@ -11639,85 +11642,85 @@
       </c>
       <c r="B529" s="1">
         <v>404</v>
       </c>
       <c r="C529" s="1" t="s">
         <v>504</v>
       </c>
       <c r="D529" s="1" t="s">
         <v>38</v>
       </c>
       <c r="E529" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="530">
       <c r="A530" s="1">
         <v>14</v>
       </c>
       <c r="B530" s="1">
         <v>1599</v>
       </c>
       <c r="C530" s="1" t="s">
         <v>505</v>
       </c>
       <c r="D530" s="1" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="E530" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="531">
       <c r="A531" s="1">
         <v>15</v>
       </c>
       <c r="B531" s="1">
         <v>37</v>
       </c>
       <c r="C531" s="1" t="s">
         <v>506</v>
       </c>
       <c r="D531" s="1" t="s">
         <v>34</v>
       </c>
       <c r="E531" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="532">
       <c r="A532" s="1">
         <v>16</v>
       </c>
       <c r="B532" s="1">
         <v>1668</v>
       </c>
       <c r="C532" s="1" t="s">
         <v>507</v>
       </c>
       <c r="D532" s="1" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="E532" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="533">
       <c r="A533" s="1">
         <v>17</v>
       </c>
       <c r="B533" s="1">
         <v>391</v>
       </c>
       <c r="C533" s="1" t="s">
         <v>508</v>
       </c>
       <c r="D533" s="1" t="s">
         <v>38</v>
       </c>
       <c r="E533" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="534">
       <c r="A534" s="1">
         <v>18</v>
@@ -11741,153 +11744,153 @@
       </c>
       <c r="B535" s="1">
         <v>1275</v>
       </c>
       <c r="C535" s="1" t="s">
         <v>510</v>
       </c>
       <c r="D535" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E535" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="536">
       <c r="A536" s="1">
         <v>20</v>
       </c>
       <c r="B536" s="1">
         <v>1693</v>
       </c>
       <c r="C536" s="1" t="s">
         <v>511</v>
       </c>
       <c r="D536" s="1" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="E536" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="537">
       <c r="A537" s="1">
         <v>21</v>
       </c>
       <c r="B537" s="1">
         <v>1081</v>
       </c>
       <c r="C537" s="1" t="s">
         <v>512</v>
       </c>
       <c r="D537" s="1" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="E537" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="538">
       <c r="A538" s="1">
         <v>22</v>
       </c>
       <c r="B538" s="1">
         <v>1094</v>
       </c>
       <c r="C538" s="1" t="s">
         <v>513</v>
       </c>
       <c r="D538" s="1" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="E538" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="539">
       <c r="A539" s="1">
         <v>23</v>
       </c>
       <c r="B539" s="1">
         <v>35</v>
       </c>
       <c r="C539" s="1" t="s">
         <v>514</v>
       </c>
       <c r="D539" s="1" t="s">
         <v>34</v>
       </c>
       <c r="E539" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="540">
       <c r="A540" s="1">
         <v>24</v>
       </c>
       <c r="B540" s="1">
         <v>206</v>
       </c>
       <c r="C540" s="1" t="s">
         <v>515</v>
       </c>
       <c r="D540" s="1" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="E540" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="541">
       <c r="A541" s="1">
         <v>25</v>
       </c>
       <c r="B541" s="1">
         <v>1466</v>
       </c>
       <c r="C541" s="1" t="s">
         <v>516</v>
       </c>
       <c r="D541" s="1" t="s">
         <v>40</v>
       </c>
       <c r="E541" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="542">
       <c r="A542" s="1">
         <v>26</v>
       </c>
       <c r="B542" s="1">
         <v>1594</v>
       </c>
       <c r="C542" s="1" t="s">
         <v>517</v>
       </c>
       <c r="D542" s="1" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="E542" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="543">
       <c r="A543" s="1">
         <v>27</v>
       </c>
       <c r="B543" s="1">
         <v>1330</v>
       </c>
       <c r="C543" s="1" t="s">
         <v>518</v>
       </c>
       <c r="D543" s="1" t="s">
         <v>19</v>
       </c>
       <c r="E543" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="544">
       <c r="A544" s="1">
         <v>28</v>
@@ -12010,51 +12013,51 @@
     <row r="553">
       <c r="A553" s="1">
         <v>4</v>
       </c>
       <c r="B553" s="1">
         <v>1902</v>
       </c>
       <c r="C553" s="1" t="s">
         <v>525</v>
       </c>
       <c r="D553" s="1" t="s">
         <v>24</v>
       </c>
       <c r="E553" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="554">
       <c r="A554" s="1">
         <v>5</v>
       </c>
       <c r="B554" s="1">
         <v>1776</v>
       </c>
       <c r="C554" s="1" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="D554" s="1" t="s">
         <v>17</v>
       </c>
       <c r="E554" s="1">
         <v>9</v>
       </c>
     </row>
     <row r="555">
       <c r="A555" s="1">
         <v>6</v>
       </c>
       <c r="B555" s="1">
         <v>472</v>
       </c>
       <c r="C555" s="1" t="s">
         <v>526</v>
       </c>
       <c r="D555" s="1" t="s">
         <v>38</v>
       </c>
       <c r="E555" s="1">
         <v>8</v>
       </c>
     </row>
@@ -12166,68 +12169,68 @@
       </c>
       <c r="B562" s="1">
         <v>120</v>
       </c>
       <c r="C562" s="1" t="s">
         <v>533</v>
       </c>
       <c r="D562" s="1" t="s">
         <v>34</v>
       </c>
       <c r="E562" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="563">
       <c r="A563" s="1">
         <v>14</v>
       </c>
       <c r="B563" s="1">
         <v>1327</v>
       </c>
       <c r="C563" s="1" t="s">
         <v>534</v>
       </c>
       <c r="D563" s="1" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="E563" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="564">
       <c r="A564" s="1">
         <v>15</v>
       </c>
       <c r="B564" s="1">
         <v>1015</v>
       </c>
       <c r="C564" s="1" t="s">
         <v>535</v>
       </c>
       <c r="D564" s="1" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="E564" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="565">
       <c r="A565" s="1">
         <v>16</v>
       </c>
       <c r="B565" s="1">
         <v>119</v>
       </c>
       <c r="C565" s="1" t="s">
         <v>536</v>
       </c>
       <c r="D565" s="1" t="s">
         <v>34</v>
       </c>
       <c r="E565" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="566">
       <c r="A566" s="1">
         <v>17</v>
@@ -12251,51 +12254,51 @@
       </c>
       <c r="B567" s="1">
         <v>1502</v>
       </c>
       <c r="C567" s="1" t="s">
         <v>538</v>
       </c>
       <c r="D567" s="1" t="s">
         <v>40</v>
       </c>
       <c r="E567" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="568">
       <c r="A568" s="1">
         <v>19</v>
       </c>
       <c r="B568" s="1">
         <v>771</v>
       </c>
       <c r="C568" s="1" t="s">
         <v>539</v>
       </c>
       <c r="D568" s="1" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="E568" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="569">
       <c r="A569" s="1">
         <v>20</v>
       </c>
       <c r="B569" s="1">
         <v>368</v>
       </c>
       <c r="C569" s="1" t="s">
         <v>440</v>
       </c>
       <c r="D569" s="1" t="s">
         <v>38</v>
       </c>
       <c r="E569" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="570">
       <c r="A570" s="1">
         <v>21</v>
@@ -12353,51 +12356,51 @@
       </c>
       <c r="B573" s="1">
         <v>402</v>
       </c>
       <c r="C573" s="1" t="s">
         <v>544</v>
       </c>
       <c r="D573" s="1" t="s">
         <v>38</v>
       </c>
       <c r="E573" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="574">
       <c r="A574" s="1">
         <v>25</v>
       </c>
       <c r="B574" s="1">
         <v>1002</v>
       </c>
       <c r="C574" s="1" t="s">
         <v>545</v>
       </c>
       <c r="D574" s="1" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="E574" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="575">
       <c r="A575" s="1">
         <v>26</v>
       </c>
       <c r="B575" s="1">
         <v>1297</v>
       </c>
       <c r="C575" s="1" t="s">
         <v>546</v>
       </c>
       <c r="D575" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E575" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="576">
       <c r="A576" s="1">
         <v>27</v>
@@ -12472,187 +12475,187 @@
       </c>
       <c r="B580" s="1">
         <v>125</v>
       </c>
       <c r="C580" s="1" t="s">
         <v>551</v>
       </c>
       <c r="D580" s="1" t="s">
         <v>34</v>
       </c>
       <c r="E580" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="581">
       <c r="A581" s="1">
         <v>32</v>
       </c>
       <c r="B581" s="1">
         <v>1631</v>
       </c>
       <c r="C581" s="1" t="s">
         <v>552</v>
       </c>
       <c r="D581" s="1" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="E581" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="582">
       <c r="A582" s="1">
         <v>33</v>
       </c>
       <c r="B582" s="1">
         <v>571</v>
       </c>
       <c r="C582" s="1" t="s">
         <v>553</v>
       </c>
       <c r="D582" s="1" t="s">
-        <v>262</v>
+        <v>264</v>
       </c>
       <c r="E582" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="583">
       <c r="A583" s="1">
         <v>34</v>
       </c>
       <c r="B583" s="1">
         <v>621</v>
       </c>
       <c r="C583" s="1" t="s">
         <v>554</v>
       </c>
       <c r="D583" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E583" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="584">
       <c r="A584" s="1">
         <v>35</v>
       </c>
       <c r="B584" s="1">
         <v>755</v>
       </c>
       <c r="C584" s="1" t="s">
         <v>555</v>
       </c>
       <c r="D584" s="1" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="E584" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="585">
       <c r="A585" s="1">
         <v>36</v>
       </c>
       <c r="B585" s="1">
         <v>630</v>
       </c>
       <c r="C585" s="1" t="s">
         <v>556</v>
       </c>
       <c r="D585" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E585" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="586">
       <c r="A586" s="1">
         <v>37</v>
       </c>
       <c r="B586" s="1">
         <v>982</v>
       </c>
       <c r="C586" s="1" t="s">
         <v>557</v>
       </c>
       <c r="D586" s="1" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="E586" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="587">
       <c r="A587" s="1">
         <v>38</v>
       </c>
       <c r="B587" s="1">
         <v>653</v>
       </c>
       <c r="C587" s="1" t="s">
         <v>558</v>
       </c>
       <c r="D587" s="1" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="E587" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="588">
       <c r="A588" s="1">
         <v>39</v>
       </c>
       <c r="B588" s="1">
         <v>951</v>
       </c>
       <c r="C588" s="1" t="s">
         <v>559</v>
       </c>
       <c r="D588" s="1" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="E588" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="589">
       <c r="A589" s="1">
         <v>40</v>
       </c>
       <c r="B589" s="1">
         <v>757</v>
       </c>
       <c r="C589" s="1" t="s">
         <v>560</v>
       </c>
       <c r="D589" s="1" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="E589" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="590">
       <c r="A590" s="1">
         <v>41</v>
       </c>
       <c r="B590" s="1">
         <v>291</v>
       </c>
       <c r="C590" s="1" t="s">
         <v>561</v>
       </c>
       <c r="D590" s="1" t="s">
         <v>8</v>
       </c>
       <c r="E590" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="591">
       <c r="A591" s="1">
         <v>42</v>
@@ -12693,51 +12696,51 @@
       </c>
       <c r="B593" s="1">
         <v>407</v>
       </c>
       <c r="C593" s="1" t="s">
         <v>564</v>
       </c>
       <c r="D593" s="1" t="s">
         <v>38</v>
       </c>
       <c r="E593" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="594">
       <c r="A594" s="1">
         <v>45</v>
       </c>
       <c r="B594" s="1">
         <v>223</v>
       </c>
       <c r="C594" s="1" t="s">
         <v>565</v>
       </c>
       <c r="D594" s="1" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="E594" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="595">
       <c r="A595" s="1">
         <v>46</v>
       </c>
       <c r="B595" s="1">
         <v>1228</v>
       </c>
       <c r="C595" s="1" t="s">
         <v>566</v>
       </c>
       <c r="D595" s="1" t="s">
         <v>36</v>
       </c>
       <c r="E595" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="596">
       <c r="A596" s="1">
         <v>47</v>
@@ -12795,184 +12798,184 @@
       </c>
       <c r="B599" s="1">
         <v>1347</v>
       </c>
       <c r="C599" s="1" t="s">
         <v>570</v>
       </c>
       <c r="D599" s="1" t="s">
         <v>19</v>
       </c>
       <c r="E599" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="600">
       <c r="A600" s="1">
         <v>51</v>
       </c>
       <c r="B600" s="1">
         <v>1100</v>
       </c>
       <c r="C600" s="1" t="s">
         <v>571</v>
       </c>
       <c r="D600" s="1" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="E600" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="601">
       <c r="A601" s="1">
         <v>52</v>
       </c>
       <c r="B601" s="1">
         <v>938</v>
       </c>
       <c r="C601" s="1" t="s">
         <v>572</v>
       </c>
       <c r="D601" s="1" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="E601" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="602">
       <c r="A602" s="1">
         <v>53</v>
       </c>
       <c r="B602" s="1">
         <v>1474</v>
       </c>
       <c r="C602" s="1" t="s">
         <v>573</v>
       </c>
       <c r="D602" s="1" t="s">
         <v>40</v>
       </c>
       <c r="E602" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="603">
       <c r="A603" s="1">
         <v>54</v>
       </c>
       <c r="B603" s="1">
         <v>750</v>
       </c>
       <c r="C603" s="1" t="s">
         <v>574</v>
       </c>
       <c r="D603" s="1" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="E603" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="604">
       <c r="A604" s="1">
         <v>55</v>
       </c>
       <c r="B604" s="1">
         <v>1598</v>
       </c>
       <c r="C604" s="1" t="s">
         <v>575</v>
       </c>
       <c r="D604" s="1" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="E604" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="605">
       <c r="A605" s="1">
         <v>56</v>
       </c>
       <c r="B605" s="1">
         <v>1286</v>
       </c>
       <c r="C605" s="1" t="s">
         <v>576</v>
       </c>
       <c r="D605" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E605" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="606">
       <c r="A606" s="1">
         <v>57</v>
       </c>
       <c r="B606" s="1">
         <v>508</v>
       </c>
       <c r="C606" s="1" t="s">
         <v>577</v>
       </c>
       <c r="D606" s="1" t="s">
-        <v>262</v>
+        <v>264</v>
       </c>
       <c r="E606" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="607">
       <c r="A607" s="1">
         <v>58</v>
       </c>
       <c r="B607" s="1">
         <v>1301</v>
       </c>
       <c r="C607" s="1" t="s">
         <v>578</v>
       </c>
       <c r="D607" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E607" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="608">
       <c r="A608" s="1">
         <v>59</v>
       </c>
       <c r="B608" s="1">
         <v>546</v>
       </c>
       <c r="C608" s="1" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="D608" s="1" t="s">
         <v>543</v>
       </c>
       <c r="E608" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="609">
       <c r="A609" s="1">
         <v>60</v>
       </c>
       <c r="B609" s="1">
         <v>502</v>
       </c>
       <c r="C609" s="1" t="s">
         <v>579</v>
       </c>
       <c r="D609" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E609" s="1">
         <v>1</v>
       </c>
     </row>
@@ -13033,289 +13036,289 @@
       </c>
       <c r="B613" s="1">
         <v>668</v>
       </c>
       <c r="C613" s="1" t="s">
         <v>584</v>
       </c>
       <c r="D613" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E613" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="614">
       <c r="A614" s="1">
         <v>65</v>
       </c>
       <c r="B614" s="1">
         <v>1509</v>
       </c>
       <c r="C614" s="1" t="s">
         <v>585</v>
       </c>
       <c r="D614" s="1" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="E614" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="615">
       <c r="A615" s="1">
         <v>66</v>
       </c>
       <c r="B615" s="1">
         <v>1894</v>
       </c>
       <c r="C615" s="1" t="s">
         <v>586</v>
       </c>
       <c r="D615" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E615" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="616">
       <c r="A616" s="1">
         <v>67</v>
       </c>
       <c r="B616" s="1">
         <v>989</v>
       </c>
       <c r="C616" s="1" t="s">
         <v>587</v>
       </c>
       <c r="D616" s="1" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="E616" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="617">
       <c r="A617" s="1">
         <v>68</v>
       </c>
       <c r="B617" s="1">
         <v>395</v>
       </c>
       <c r="C617" s="1" t="s">
         <v>588</v>
       </c>
       <c r="D617" s="1" t="s">
         <v>38</v>
       </c>
       <c r="E617" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="618">
       <c r="A618" s="1">
         <v>69</v>
       </c>
       <c r="B618" s="1">
         <v>914</v>
       </c>
       <c r="C618" s="1" t="s">
         <v>589</v>
       </c>
       <c r="D618" s="1" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="E618" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="619">
       <c r="A619" s="1">
         <v>70</v>
       </c>
       <c r="B619" s="1">
         <v>1728</v>
       </c>
       <c r="C619" s="1" t="s">
         <v>590</v>
       </c>
       <c r="D619" s="1" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="E619" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="620">
       <c r="A620" s="1">
         <v>71</v>
       </c>
       <c r="B620" s="1">
         <v>238</v>
       </c>
       <c r="C620" s="1" t="s">
         <v>591</v>
       </c>
       <c r="D620" s="1" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="E620" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="621">
       <c r="A621" s="1">
         <v>72</v>
       </c>
       <c r="B621" s="1">
         <v>1095</v>
       </c>
       <c r="C621" s="1" t="s">
         <v>435</v>
       </c>
       <c r="D621" s="1" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="E621" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="622">
       <c r="A622" s="1">
         <v>73</v>
       </c>
       <c r="B622" s="1">
         <v>370</v>
       </c>
       <c r="C622" s="1" t="s">
         <v>592</v>
       </c>
       <c r="D622" s="1" t="s">
         <v>38</v>
       </c>
       <c r="E622" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="623">
       <c r="A623" s="1">
         <v>74</v>
       </c>
       <c r="B623" s="1">
         <v>1600</v>
       </c>
       <c r="C623" s="1" t="s">
         <v>593</v>
       </c>
       <c r="D623" s="1" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="E623" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="624">
       <c r="A624" s="1">
         <v>75</v>
       </c>
       <c r="B624" s="1">
         <v>233</v>
       </c>
       <c r="C624" s="1" t="s">
         <v>594</v>
       </c>
       <c r="D624" s="1" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="E624" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="625">
       <c r="A625" s="1">
         <v>76</v>
       </c>
       <c r="B625" s="1">
         <v>199</v>
       </c>
       <c r="C625" s="1" t="s">
         <v>595</v>
       </c>
       <c r="D625" s="1" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="E625" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="626">
       <c r="A626" s="1">
         <v>77</v>
       </c>
       <c r="B626" s="1">
         <v>924</v>
       </c>
       <c r="C626" s="1" t="s">
         <v>596</v>
       </c>
       <c r="D626" s="1" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="E626" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="627">
       <c r="A627" s="1">
         <v>78</v>
       </c>
       <c r="B627" s="1">
         <v>1664</v>
       </c>
       <c r="C627" s="1" t="s">
         <v>597</v>
       </c>
       <c r="D627" s="1" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="E627" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="628">
       <c r="A628" s="1">
         <v>79</v>
       </c>
       <c r="B628" s="1">
         <v>1553</v>
       </c>
       <c r="C628" s="1" t="s">
         <v>598</v>
       </c>
       <c r="D628" s="1" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="E628" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="629">
       <c r="A629" s="1">
         <v>80</v>
       </c>
       <c r="B629" s="1">
         <v>808</v>
       </c>
       <c r="C629" s="1" t="s">
         <v>599</v>
       </c>
       <c r="D629" s="1" t="s">
         <v>36</v>
       </c>
       <c r="E629" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="630">
       <c r="A630" s="1">
         <v>81</v>
@@ -13373,102 +13376,102 @@
       </c>
       <c r="B633" s="1">
         <v>971</v>
       </c>
       <c r="C633" s="1" t="s">
         <v>604</v>
       </c>
       <c r="D633" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E633" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="634">
       <c r="A634" s="1">
         <v>85</v>
       </c>
       <c r="B634" s="1">
         <v>1113</v>
       </c>
       <c r="C634" s="1" t="s">
         <v>527</v>
       </c>
       <c r="D634" s="1" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="E634" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="635">
       <c r="A635" s="1">
         <v>86</v>
       </c>
       <c r="B635" s="1">
         <v>526</v>
       </c>
       <c r="C635" s="1" t="s">
         <v>605</v>
       </c>
       <c r="D635" s="1" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="E635" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="636">
       <c r="A636" s="1">
         <v>87</v>
       </c>
       <c r="B636" s="1">
         <v>1654</v>
       </c>
       <c r="C636" s="1" t="s">
         <v>606</v>
       </c>
       <c r="D636" s="1" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="E636" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="637">
       <c r="A637" s="1">
         <v>88</v>
       </c>
       <c r="B637" s="1">
         <v>1651</v>
       </c>
       <c r="C637" s="1" t="s">
         <v>607</v>
       </c>
       <c r="D637" s="1" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="E637" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="638">
       <c r="A638" s="1">
         <v>89</v>
       </c>
       <c r="B638" s="1">
         <v>365</v>
       </c>
       <c r="C638" s="1" t="s">
         <v>608</v>
       </c>
       <c r="D638" s="1" t="s">
         <v>38</v>
       </c>
       <c r="E638" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="639">
       <c r="A639" s="1">
         <v>90</v>
@@ -13492,68 +13495,68 @@
       </c>
       <c r="B640" s="1">
         <v>824</v>
       </c>
       <c r="C640" s="1" t="s">
         <v>610</v>
       </c>
       <c r="D640" s="1" t="s">
         <v>36</v>
       </c>
       <c r="E640" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="641">
       <c r="A641" s="1">
         <v>92</v>
       </c>
       <c r="B641" s="1">
         <v>1576</v>
       </c>
       <c r="C641" s="1" t="s">
         <v>611</v>
       </c>
       <c r="D641" s="1" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="E641" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="642">
       <c r="A642" s="1">
         <v>93</v>
       </c>
       <c r="B642" s="1">
         <v>1146</v>
       </c>
       <c r="C642" s="1" t="s">
         <v>612</v>
       </c>
       <c r="D642" s="1" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="E642" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="645">
       <c r="A645" s="3" t="s">
         <v>613</v>
       </c>
       <c r="B645" s="3" t="s">
         <v>613</v>
       </c>
       <c r="C645" s="3" t="s">
         <v>613</v>
       </c>
       <c r="D645" s="3" t="s">
         <v>613</v>
       </c>
       <c r="E645" s="3" t="s">
         <v>613</v>
       </c>
     </row>
     <row r="646">
       <c r="A646" s="2" t="s">
         <v>2</v>
@@ -13577,102 +13580,102 @@
       </c>
       <c r="B647" s="1">
         <v>47</v>
       </c>
       <c r="C647" s="1" t="s">
         <v>614</v>
       </c>
       <c r="D647" s="1" t="s">
         <v>34</v>
       </c>
       <c r="E647" s="1">
         <v>15</v>
       </c>
     </row>
     <row r="648">
       <c r="A648" s="1">
         <v>2</v>
       </c>
       <c r="B648" s="1">
         <v>1046</v>
       </c>
       <c r="C648" s="1" t="s">
         <v>615</v>
       </c>
       <c r="D648" s="1" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="E648" s="1">
         <v>13</v>
       </c>
     </row>
     <row r="649">
       <c r="A649" s="1">
         <v>3</v>
       </c>
       <c r="B649" s="1">
         <v>1907</v>
       </c>
       <c r="C649" s="1" t="s">
         <v>616</v>
       </c>
       <c r="D649" s="1" t="s">
         <v>24</v>
       </c>
       <c r="E649" s="1">
         <v>11</v>
       </c>
     </row>
     <row r="650">
       <c r="A650" s="1">
         <v>4</v>
       </c>
       <c r="B650" s="1">
         <v>235</v>
       </c>
       <c r="C650" s="1" t="s">
         <v>617</v>
       </c>
       <c r="D650" s="1" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="E650" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="651">
       <c r="A651" s="1">
         <v>5</v>
       </c>
       <c r="B651" s="1">
         <v>761</v>
       </c>
       <c r="C651" s="1" t="s">
         <v>618</v>
       </c>
       <c r="D651" s="1" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="E651" s="1">
         <v>9</v>
       </c>
     </row>
     <row r="652">
       <c r="A652" s="1">
         <v>6</v>
       </c>
       <c r="B652" s="1">
         <v>54</v>
       </c>
       <c r="C652" s="1" t="s">
         <v>619</v>
       </c>
       <c r="D652" s="1" t="s">
         <v>34</v>
       </c>
       <c r="E652" s="1">
         <v>8</v>
       </c>
     </row>
     <row r="653">
       <c r="A653" s="1">
         <v>7</v>
@@ -13713,102 +13716,102 @@
       </c>
       <c r="B655" s="1">
         <v>541</v>
       </c>
       <c r="C655" s="1" t="s">
         <v>622</v>
       </c>
       <c r="D655" s="1" t="s">
         <v>543</v>
       </c>
       <c r="E655" s="1">
         <v>5</v>
       </c>
     </row>
     <row r="656">
       <c r="A656" s="1">
         <v>10</v>
       </c>
       <c r="B656" s="1">
         <v>930</v>
       </c>
       <c r="C656" s="1" t="s">
         <v>623</v>
       </c>
       <c r="D656" s="1" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="E656" s="1">
         <v>4</v>
       </c>
     </row>
     <row r="657">
       <c r="A657" s="1">
         <v>11</v>
       </c>
       <c r="B657" s="1">
         <v>1560</v>
       </c>
       <c r="C657" s="1" t="s">
         <v>624</v>
       </c>
       <c r="D657" s="1" t="s">
         <v>8</v>
       </c>
       <c r="E657" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="658">
       <c r="A658" s="1">
         <v>12</v>
       </c>
       <c r="B658" s="1">
         <v>51</v>
       </c>
       <c r="C658" s="1" t="s">
         <v>625</v>
       </c>
       <c r="D658" s="1" t="s">
         <v>34</v>
       </c>
       <c r="E658" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="659">
       <c r="A659" s="1">
         <v>13</v>
       </c>
       <c r="B659" s="1">
         <v>688</v>
       </c>
       <c r="C659" s="1" t="s">
         <v>626</v>
       </c>
       <c r="D659" s="1" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
       <c r="E659" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="660">
       <c r="A660" s="1">
         <v>14</v>
       </c>
       <c r="B660" s="1">
         <v>48</v>
       </c>
       <c r="C660" s="1" t="s">
         <v>627</v>
       </c>
       <c r="D660" s="1" t="s">
         <v>34</v>
       </c>
       <c r="E660" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="661">
       <c r="A661" s="1">
         <v>15</v>
@@ -13883,102 +13886,102 @@
       </c>
       <c r="B665" s="1">
         <v>382</v>
       </c>
       <c r="C665" s="1" t="s">
         <v>632</v>
       </c>
       <c r="D665" s="1" t="s">
         <v>38</v>
       </c>
       <c r="E665" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="666">
       <c r="A666" s="1">
         <v>20</v>
       </c>
       <c r="B666" s="1">
         <v>1111</v>
       </c>
       <c r="C666" s="1" t="s">
         <v>633</v>
       </c>
       <c r="D666" s="1" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="E666" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="667">
       <c r="A667" s="1">
         <v>21</v>
       </c>
       <c r="B667" s="1">
         <v>1621</v>
       </c>
       <c r="C667" s="1" t="s">
         <v>634</v>
       </c>
       <c r="D667" s="1" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="E667" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="668">
       <c r="A668" s="1">
         <v>22</v>
       </c>
       <c r="B668" s="1">
         <v>50</v>
       </c>
       <c r="C668" s="1" t="s">
         <v>635</v>
       </c>
       <c r="D668" s="1" t="s">
         <v>34</v>
       </c>
       <c r="E668" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="669">
       <c r="A669" s="1">
         <v>23</v>
       </c>
       <c r="B669" s="1">
         <v>1575</v>
       </c>
       <c r="C669" s="1" t="s">
         <v>636</v>
       </c>
       <c r="D669" s="1" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="E669" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="670">
       <c r="A670" s="1">
         <v>24</v>
       </c>
       <c r="B670" s="1">
         <v>42</v>
       </c>
       <c r="C670" s="1" t="s">
         <v>637</v>
       </c>
       <c r="D670" s="1" t="s">
         <v>34</v>
       </c>
       <c r="E670" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="671">
       <c r="A671" s="1">
         <v>25</v>
@@ -14036,255 +14039,255 @@
       </c>
       <c r="B674" s="1">
         <v>1294</v>
       </c>
       <c r="C674" s="1" t="s">
         <v>641</v>
       </c>
       <c r="D674" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E674" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="675">
       <c r="A675" s="1">
         <v>29</v>
       </c>
       <c r="B675" s="1">
         <v>1695</v>
       </c>
       <c r="C675" s="1" t="s">
         <v>642</v>
       </c>
       <c r="D675" s="1" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="E675" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="676">
       <c r="A676" s="1">
         <v>30</v>
       </c>
       <c r="B676" s="1">
         <v>1214</v>
       </c>
       <c r="C676" s="1" t="s">
         <v>643</v>
       </c>
       <c r="D676" s="1" t="s">
         <v>26</v>
       </c>
       <c r="E676" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="677">
       <c r="A677" s="1">
         <v>31</v>
       </c>
       <c r="B677" s="1">
         <v>635</v>
       </c>
       <c r="C677" s="1" t="s">
         <v>644</v>
       </c>
       <c r="D677" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E677" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="678">
       <c r="A678" s="1">
         <v>32</v>
       </c>
       <c r="B678" s="1">
         <v>859</v>
       </c>
       <c r="C678" s="1" t="s">
         <v>645</v>
       </c>
       <c r="D678" s="1" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="E678" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="679">
       <c r="A679" s="1">
         <v>33</v>
       </c>
       <c r="B679" s="1">
         <v>320</v>
       </c>
       <c r="C679" s="1" t="s">
         <v>646</v>
       </c>
       <c r="D679" s="1" t="s">
         <v>8</v>
       </c>
       <c r="E679" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="680">
       <c r="A680" s="1">
         <v>34</v>
       </c>
       <c r="B680" s="1">
         <v>45</v>
       </c>
       <c r="C680" s="1" t="s">
         <v>647</v>
       </c>
       <c r="D680" s="1" t="s">
         <v>34</v>
       </c>
       <c r="E680" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="681">
       <c r="A681" s="1">
         <v>35</v>
       </c>
       <c r="B681" s="1">
         <v>1158</v>
       </c>
       <c r="C681" s="1" t="s">
         <v>648</v>
       </c>
       <c r="D681" s="1" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="E681" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="682">
       <c r="A682" s="1">
         <v>36</v>
       </c>
       <c r="B682" s="1">
         <v>1361</v>
       </c>
       <c r="C682" s="1" t="s">
         <v>649</v>
       </c>
       <c r="D682" s="1" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="E682" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="683">
       <c r="A683" s="1">
         <v>37</v>
       </c>
       <c r="B683" s="1">
         <v>953</v>
       </c>
       <c r="C683" s="1" t="s">
         <v>650</v>
       </c>
       <c r="D683" s="1" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="E683" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="684">
       <c r="A684" s="1">
         <v>38</v>
       </c>
       <c r="B684" s="1">
         <v>53</v>
       </c>
       <c r="C684" s="1" t="s">
         <v>651</v>
       </c>
       <c r="D684" s="1" t="s">
         <v>34</v>
       </c>
       <c r="E684" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="685">
       <c r="A685" s="1">
         <v>39</v>
       </c>
       <c r="B685" s="1">
         <v>1170</v>
       </c>
       <c r="C685" s="1" t="s">
         <v>652</v>
       </c>
       <c r="D685" s="1" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="E685" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="686">
       <c r="A686" s="1">
         <v>40</v>
       </c>
       <c r="B686" s="1">
         <v>444</v>
       </c>
       <c r="C686" s="1" t="s">
         <v>653</v>
       </c>
       <c r="D686" s="1" t="s">
         <v>38</v>
       </c>
       <c r="E686" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="687">
       <c r="A687" s="1">
         <v>41</v>
       </c>
       <c r="B687" s="1">
         <v>876</v>
       </c>
       <c r="C687" s="1" t="s">
         <v>654</v>
       </c>
       <c r="D687" s="1" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="E687" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="688">
       <c r="A688" s="1">
         <v>42</v>
       </c>
       <c r="B688" s="1">
         <v>1310</v>
       </c>
       <c r="C688" s="1" t="s">
         <v>655</v>
       </c>
       <c r="D688" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E688" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="689">
       <c r="A689" s="1">
         <v>43</v>
@@ -14393,51 +14396,51 @@
       </c>
       <c r="B697" s="1">
         <v>351</v>
       </c>
       <c r="C697" s="1" t="s">
         <v>661</v>
       </c>
       <c r="D697" s="1" t="s">
         <v>8</v>
       </c>
       <c r="E697" s="1">
         <v>11</v>
       </c>
     </row>
     <row r="698">
       <c r="A698" s="1">
         <v>4</v>
       </c>
       <c r="B698" s="1">
         <v>995</v>
       </c>
       <c r="C698" s="1" t="s">
         <v>662</v>
       </c>
       <c r="D698" s="1" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="E698" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="699">
       <c r="A699" s="1">
         <v>5</v>
       </c>
       <c r="B699" s="1">
         <v>344</v>
       </c>
       <c r="C699" s="1" t="s">
         <v>663</v>
       </c>
       <c r="D699" s="1" t="s">
         <v>8</v>
       </c>
       <c r="E699" s="1">
         <v>9</v>
       </c>
     </row>
     <row r="700">
       <c r="A700" s="1">
         <v>6</v>
@@ -14512,136 +14515,136 @@
       </c>
       <c r="B704" s="1">
         <v>555</v>
       </c>
       <c r="C704" s="1" t="s">
         <v>668</v>
       </c>
       <c r="D704" s="1" t="s">
         <v>34</v>
       </c>
       <c r="E704" s="1">
         <v>4</v>
       </c>
     </row>
     <row r="705">
       <c r="A705" s="1">
         <v>11</v>
       </c>
       <c r="B705" s="1">
         <v>1605</v>
       </c>
       <c r="C705" s="1" t="s">
         <v>669</v>
       </c>
       <c r="D705" s="1" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="E705" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="706">
       <c r="A706" s="1">
         <v>12</v>
       </c>
       <c r="B706" s="1">
         <v>1703</v>
       </c>
       <c r="C706" s="1" t="s">
         <v>670</v>
       </c>
       <c r="D706" s="1" t="s">
         <v>19</v>
       </c>
       <c r="E706" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="707">
       <c r="A707" s="1">
         <v>13</v>
       </c>
       <c r="B707" s="1">
         <v>984</v>
       </c>
       <c r="C707" s="1" t="s">
         <v>671</v>
       </c>
       <c r="D707" s="1" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="E707" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="708">
       <c r="A708" s="1">
         <v>14</v>
       </c>
       <c r="B708" s="1">
         <v>1559</v>
       </c>
       <c r="C708" s="1" t="s">
         <v>672</v>
       </c>
       <c r="D708" s="1" t="s">
         <v>8</v>
       </c>
       <c r="E708" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="709">
       <c r="A709" s="1">
         <v>15</v>
       </c>
       <c r="B709" s="1">
         <v>1742</v>
       </c>
       <c r="C709" s="1" t="s">
         <v>673</v>
       </c>
       <c r="D709" s="1" t="s">
         <v>36</v>
       </c>
       <c r="E709" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="710">
       <c r="A710" s="1">
         <v>16</v>
       </c>
       <c r="B710" s="1">
         <v>1753</v>
       </c>
       <c r="C710" s="1" t="s">
         <v>674</v>
       </c>
       <c r="D710" s="1" t="s">
-        <v>257</v>
+        <v>259</v>
       </c>
       <c r="E710" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="711">
       <c r="A711" s="1">
         <v>17</v>
       </c>
       <c r="B711" s="1">
         <v>139</v>
       </c>
       <c r="C711" s="1" t="s">
         <v>675</v>
       </c>
       <c r="D711" s="1" t="s">
         <v>34</v>
       </c>
       <c r="E711" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="712">
       <c r="A712" s="1">
         <v>18</v>
@@ -14750,85 +14753,85 @@
       </c>
       <c r="B718" s="1">
         <v>281</v>
       </c>
       <c r="C718" s="1" t="s">
         <v>682</v>
       </c>
       <c r="D718" s="1" t="s">
         <v>8</v>
       </c>
       <c r="E718" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="719">
       <c r="A719" s="1">
         <v>25</v>
       </c>
       <c r="B719" s="1">
         <v>864</v>
       </c>
       <c r="C719" s="1" t="s">
         <v>683</v>
       </c>
       <c r="D719" s="1" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="E719" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="720">
       <c r="A720" s="1">
         <v>26</v>
       </c>
       <c r="B720" s="1">
         <v>509</v>
       </c>
       <c r="C720" s="1" t="s">
         <v>684</v>
       </c>
       <c r="D720" s="1" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="E720" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="721">
       <c r="A721" s="1">
         <v>27</v>
       </c>
       <c r="B721" s="1">
         <v>200</v>
       </c>
       <c r="C721" s="1" t="s">
         <v>685</v>
       </c>
       <c r="D721" s="1" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="E721" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="722">
       <c r="A722" s="1">
         <v>28</v>
       </c>
       <c r="B722" s="1">
         <v>157</v>
       </c>
       <c r="C722" s="1" t="s">
         <v>686</v>
       </c>
       <c r="D722" s="1" t="s">
         <v>34</v>
       </c>
       <c r="E722" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="723">
       <c r="A723" s="1">
         <v>29</v>
@@ -14852,51 +14855,51 @@
       </c>
       <c r="B724" s="1">
         <v>1313</v>
       </c>
       <c r="C724" s="1" t="s">
         <v>688</v>
       </c>
       <c r="D724" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E724" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="725">
       <c r="A725" s="1">
         <v>31</v>
       </c>
       <c r="B725" s="1">
         <v>920</v>
       </c>
       <c r="C725" s="1" t="s">
         <v>689</v>
       </c>
       <c r="D725" s="1" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="E725" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="726">
       <c r="A726" s="1">
         <v>32</v>
       </c>
       <c r="B726" s="1">
         <v>619</v>
       </c>
       <c r="C726" s="1" t="s">
         <v>690</v>
       </c>
       <c r="D726" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E726" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="727">
       <c r="A727" s="1">
         <v>33</v>
@@ -14954,51 +14957,51 @@
       </c>
       <c r="B730" s="1">
         <v>1487</v>
       </c>
       <c r="C730" s="1" t="s">
         <v>694</v>
       </c>
       <c r="D730" s="1" t="s">
         <v>40</v>
       </c>
       <c r="E730" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="731">
       <c r="A731" s="1">
         <v>37</v>
       </c>
       <c r="B731" s="1">
         <v>1751</v>
       </c>
       <c r="C731" s="1" t="s">
         <v>695</v>
       </c>
       <c r="D731" s="1" t="s">
-        <v>257</v>
+        <v>259</v>
       </c>
       <c r="E731" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="732">
       <c r="A732" s="1">
         <v>38</v>
       </c>
       <c r="B732" s="1">
         <v>361</v>
       </c>
       <c r="C732" s="1" t="s">
         <v>696</v>
       </c>
       <c r="D732" s="1" t="s">
         <v>38</v>
       </c>
       <c r="E732" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="733">
       <c r="A733" s="1">
         <v>39</v>
@@ -15039,102 +15042,102 @@
       </c>
       <c r="B735" s="1">
         <v>1486</v>
       </c>
       <c r="C735" s="1" t="s">
         <v>699</v>
       </c>
       <c r="D735" s="1" t="s">
         <v>40</v>
       </c>
       <c r="E735" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="736">
       <c r="A736" s="1">
         <v>42</v>
       </c>
       <c r="B736" s="1">
         <v>232</v>
       </c>
       <c r="C736" s="1" t="s">
         <v>700</v>
       </c>
       <c r="D736" s="1" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="E736" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="737">
       <c r="A737" s="1">
         <v>43</v>
       </c>
       <c r="B737" s="1">
         <v>870</v>
       </c>
       <c r="C737" s="1" t="s">
         <v>701</v>
       </c>
       <c r="D737" s="1" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="E737" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="738">
       <c r="A738" s="1">
         <v>44</v>
       </c>
       <c r="B738" s="1">
         <v>217</v>
       </c>
       <c r="C738" s="1" t="s">
         <v>702</v>
       </c>
       <c r="D738" s="1" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="E738" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="739">
       <c r="A739" s="1">
         <v>45</v>
       </c>
       <c r="B739" s="1">
         <v>212</v>
       </c>
       <c r="C739" s="1" t="s">
         <v>703</v>
       </c>
       <c r="D739" s="1" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="E739" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="740">
       <c r="A740" s="1">
         <v>46</v>
       </c>
       <c r="B740" s="1">
         <v>448</v>
       </c>
       <c r="C740" s="1" t="s">
         <v>704</v>
       </c>
       <c r="D740" s="1" t="s">
         <v>38</v>
       </c>
       <c r="E740" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="741">
       <c r="A741" s="1">
         <v>47</v>
@@ -15192,136 +15195,136 @@
       </c>
       <c r="B744" s="1">
         <v>1298</v>
       </c>
       <c r="C744" s="1" t="s">
         <v>708</v>
       </c>
       <c r="D744" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E744" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="745">
       <c r="A745" s="1">
         <v>51</v>
       </c>
       <c r="B745" s="1">
         <v>1601</v>
       </c>
       <c r="C745" s="1" t="s">
         <v>709</v>
       </c>
       <c r="D745" s="1" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="E745" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="746">
       <c r="A746" s="1">
         <v>52</v>
       </c>
       <c r="B746" s="1">
         <v>237</v>
       </c>
       <c r="C746" s="1" t="s">
         <v>710</v>
       </c>
       <c r="D746" s="1" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="E746" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="747">
       <c r="A747" s="1">
         <v>53</v>
       </c>
       <c r="B747" s="1">
         <v>311</v>
       </c>
       <c r="C747" s="1" t="s">
         <v>711</v>
       </c>
       <c r="D747" s="1" t="s">
         <v>8</v>
       </c>
       <c r="E747" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="748">
       <c r="A748" s="1">
         <v>54</v>
       </c>
       <c r="B748" s="1">
         <v>203</v>
       </c>
       <c r="C748" s="1" t="s">
         <v>712</v>
       </c>
       <c r="D748" s="1" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="E748" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="749">
       <c r="A749" s="1">
         <v>55</v>
       </c>
       <c r="B749" s="1">
         <v>1407</v>
       </c>
       <c r="C749" s="1" t="s">
         <v>713</v>
       </c>
       <c r="D749" s="1" t="s">
         <v>19</v>
       </c>
       <c r="E749" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="750">
       <c r="A750" s="1">
         <v>56</v>
       </c>
       <c r="B750" s="1">
         <v>1191</v>
       </c>
       <c r="C750" s="1" t="s">
         <v>714</v>
       </c>
       <c r="D750" s="1" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="E750" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="751">
       <c r="A751" s="1">
         <v>57</v>
       </c>
       <c r="B751" s="1">
         <v>1265</v>
       </c>
       <c r="C751" s="1" t="s">
         <v>715</v>
       </c>
       <c r="D751" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E751" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="752">
       <c r="A752" s="1">
         <v>58</v>
@@ -15379,153 +15382,153 @@
       </c>
       <c r="B755" s="1">
         <v>1303</v>
       </c>
       <c r="C755" s="1" t="s">
         <v>719</v>
       </c>
       <c r="D755" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E755" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="756">
       <c r="A756" s="1">
         <v>62</v>
       </c>
       <c r="B756" s="1">
         <v>985</v>
       </c>
       <c r="C756" s="1" t="s">
         <v>720</v>
       </c>
       <c r="D756" s="1" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="E756" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="757">
       <c r="A757" s="1">
         <v>63</v>
       </c>
       <c r="B757" s="1">
         <v>300</v>
       </c>
       <c r="C757" s="1" t="s">
         <v>721</v>
       </c>
       <c r="D757" s="1" t="s">
         <v>8</v>
       </c>
       <c r="E757" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="758">
       <c r="A758" s="1">
         <v>64</v>
       </c>
       <c r="B758" s="1">
         <v>477</v>
       </c>
       <c r="C758" s="1" t="s">
         <v>722</v>
       </c>
       <c r="D758" s="1" t="s">
         <v>38</v>
       </c>
       <c r="E758" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="759">
       <c r="A759" s="1">
         <v>65</v>
       </c>
       <c r="B759" s="1">
         <v>507</v>
       </c>
       <c r="C759" s="1" t="s">
         <v>723</v>
       </c>
       <c r="D759" s="1" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="E759" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="760">
       <c r="A760" s="1">
         <v>66</v>
       </c>
       <c r="B760" s="1">
         <v>1840</v>
       </c>
       <c r="C760" s="1" t="s">
         <v>719</v>
       </c>
       <c r="D760" s="1" t="s">
         <v>17</v>
       </c>
       <c r="E760" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="761">
       <c r="A761" s="1">
         <v>67</v>
       </c>
       <c r="B761" s="1">
         <v>745</v>
       </c>
       <c r="C761" s="1" t="s">
         <v>724</v>
       </c>
       <c r="D761" s="1" t="s">
         <v>725</v>
       </c>
       <c r="E761" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="762">
       <c r="A762" s="1">
         <v>68</v>
       </c>
       <c r="B762" s="1">
         <v>748</v>
       </c>
       <c r="C762" s="1" t="s">
         <v>726</v>
       </c>
       <c r="D762" s="1" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="E762" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="763">
       <c r="A763" s="1">
         <v>69</v>
       </c>
       <c r="B763" s="1">
         <v>818</v>
       </c>
       <c r="C763" s="1" t="s">
         <v>727</v>
       </c>
       <c r="D763" s="1" t="s">
         <v>36</v>
       </c>
       <c r="E763" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="764">
       <c r="A764" s="1">
         <v>70</v>
@@ -15583,85 +15586,85 @@
       </c>
       <c r="B767" s="1">
         <v>1304</v>
       </c>
       <c r="C767" s="1" t="s">
         <v>731</v>
       </c>
       <c r="D767" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E767" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="768">
       <c r="A768" s="1">
         <v>74</v>
       </c>
       <c r="B768" s="1">
         <v>1649</v>
       </c>
       <c r="C768" s="1" t="s">
         <v>732</v>
       </c>
       <c r="D768" s="1" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="E768" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="769">
       <c r="A769" s="1">
         <v>75</v>
       </c>
       <c r="B769" s="1">
         <v>221</v>
       </c>
       <c r="C769" s="1" t="s">
         <v>471</v>
       </c>
       <c r="D769" s="1" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="E769" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="770">
       <c r="A770" s="1">
         <v>76</v>
       </c>
       <c r="B770" s="1">
         <v>1647</v>
       </c>
       <c r="C770" s="1" t="s">
         <v>733</v>
       </c>
       <c r="D770" s="1" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="E770" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="771">
       <c r="A771" s="1">
         <v>77</v>
       </c>
       <c r="B771" s="1">
         <v>964</v>
       </c>
       <c r="C771" s="1" t="s">
         <v>734</v>
       </c>
       <c r="D771" s="1" t="s">
         <v>34</v>
       </c>
       <c r="E771" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="772">
       <c r="A772" s="1">
         <v>78</v>
@@ -15685,119 +15688,119 @@
       </c>
       <c r="B773" s="1">
         <v>298</v>
       </c>
       <c r="C773" s="1" t="s">
         <v>736</v>
       </c>
       <c r="D773" s="1" t="s">
         <v>8</v>
       </c>
       <c r="E773" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="774">
       <c r="A774" s="1">
         <v>80</v>
       </c>
       <c r="B774" s="1">
         <v>1628</v>
       </c>
       <c r="C774" s="1" t="s">
         <v>737</v>
       </c>
       <c r="D774" s="1" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="E774" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="775">
       <c r="A775" s="1">
         <v>81</v>
       </c>
       <c r="B775" s="1">
         <v>158</v>
       </c>
       <c r="C775" s="1" t="s">
         <v>738</v>
       </c>
       <c r="D775" s="1" t="s">
         <v>34</v>
       </c>
       <c r="E775" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="776">
       <c r="A776" s="1">
         <v>82</v>
       </c>
       <c r="B776" s="1">
         <v>1493</v>
       </c>
       <c r="C776" s="1" t="s">
         <v>739</v>
       </c>
       <c r="D776" s="1" t="s">
         <v>40</v>
       </c>
       <c r="E776" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="777">
       <c r="A777" s="1">
         <v>83</v>
       </c>
       <c r="B777" s="1">
         <v>1130</v>
       </c>
       <c r="C777" s="1" t="s">
         <v>740</v>
       </c>
       <c r="D777" s="1" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="E777" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="778">
       <c r="A778" s="1">
         <v>84</v>
       </c>
       <c r="B778" s="1">
         <v>1135</v>
       </c>
       <c r="C778" s="1" t="s">
         <v>741</v>
       </c>
       <c r="D778" s="1" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="E778" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="779">
       <c r="A779" s="1">
         <v>85</v>
       </c>
       <c r="B779" s="1">
         <v>1499</v>
       </c>
       <c r="C779" s="1" t="s">
         <v>742</v>
       </c>
       <c r="D779" s="1" t="s">
         <v>40</v>
       </c>
       <c r="E779" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="782">
       <c r="A782" s="3" t="s">
         <v>743</v>
@@ -15923,136 +15926,136 @@
       </c>
       <c r="B789" s="1">
         <v>375</v>
       </c>
       <c r="C789" s="1" t="s">
         <v>749</v>
       </c>
       <c r="D789" s="1" t="s">
         <v>38</v>
       </c>
       <c r="E789" s="1">
         <v>8</v>
       </c>
     </row>
     <row r="790">
       <c r="A790" s="1">
         <v>7</v>
       </c>
       <c r="B790" s="1">
         <v>844</v>
       </c>
       <c r="C790" s="1" t="s">
         <v>750</v>
       </c>
       <c r="D790" s="1" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="E790" s="1">
         <v>7</v>
       </c>
     </row>
     <row r="791">
       <c r="A791" s="1">
         <v>8</v>
       </c>
       <c r="B791" s="1">
         <v>62</v>
       </c>
       <c r="C791" s="1" t="s">
         <v>751</v>
       </c>
       <c r="D791" s="1" t="s">
         <v>34</v>
       </c>
       <c r="E791" s="1">
         <v>6</v>
       </c>
     </row>
     <row r="792">
       <c r="A792" s="1">
         <v>9</v>
       </c>
       <c r="B792" s="1">
         <v>1732</v>
       </c>
       <c r="C792" s="1" t="s">
         <v>752</v>
       </c>
       <c r="D792" s="1" t="s">
         <v>19</v>
       </c>
       <c r="E792" s="1">
         <v>5</v>
       </c>
     </row>
     <row r="793">
       <c r="A793" s="1">
         <v>10</v>
       </c>
       <c r="B793" s="1">
         <v>220</v>
       </c>
       <c r="C793" s="1" t="s">
         <v>753</v>
       </c>
       <c r="D793" s="1" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="E793" s="1">
         <v>4</v>
       </c>
     </row>
     <row r="794">
       <c r="A794" s="1">
         <v>11</v>
       </c>
       <c r="B794" s="1">
         <v>1296</v>
       </c>
       <c r="C794" s="1" t="s">
         <v>754</v>
       </c>
       <c r="D794" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E794" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="795">
       <c r="A795" s="1">
         <v>12</v>
       </c>
       <c r="B795" s="1">
         <v>1010</v>
       </c>
       <c r="C795" s="1" t="s">
         <v>755</v>
       </c>
       <c r="D795" s="1" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="E795" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="796">
       <c r="A796" s="1">
         <v>13</v>
       </c>
       <c r="B796" s="1">
         <v>309</v>
       </c>
       <c r="C796" s="1" t="s">
         <v>756</v>
       </c>
       <c r="D796" s="1" t="s">
         <v>8</v>
       </c>
       <c r="E796" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="797">
       <c r="A797" s="1">
         <v>14</v>
@@ -16093,357 +16096,357 @@
       </c>
       <c r="B799" s="1">
         <v>59</v>
       </c>
       <c r="C799" s="1" t="s">
         <v>759</v>
       </c>
       <c r="D799" s="1" t="s">
         <v>34</v>
       </c>
       <c r="E799" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="800">
       <c r="A800" s="1">
         <v>17</v>
       </c>
       <c r="B800" s="1">
         <v>1570</v>
       </c>
       <c r="C800" s="1" t="s">
         <v>760</v>
       </c>
       <c r="D800" s="1" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="E800" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="801">
       <c r="A801" s="1">
         <v>18</v>
       </c>
       <c r="B801" s="1">
         <v>57</v>
       </c>
       <c r="C801" s="1" t="s">
         <v>761</v>
       </c>
       <c r="D801" s="1" t="s">
         <v>34</v>
       </c>
       <c r="E801" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="802">
       <c r="A802" s="1">
         <v>19</v>
       </c>
       <c r="B802" s="1">
         <v>1227</v>
       </c>
       <c r="C802" s="1" t="s">
         <v>762</v>
       </c>
       <c r="D802" s="1" t="s">
         <v>36</v>
       </c>
       <c r="E802" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="803">
       <c r="A803" s="1">
         <v>20</v>
       </c>
       <c r="B803" s="1">
         <v>1109</v>
       </c>
       <c r="C803" s="1" t="s">
         <v>763</v>
       </c>
       <c r="D803" s="1" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="E803" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="804">
       <c r="A804" s="1">
         <v>21</v>
       </c>
       <c r="B804" s="1">
         <v>891</v>
       </c>
       <c r="C804" s="1" t="s">
         <v>764</v>
       </c>
       <c r="D804" s="1" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="E804" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="805">
       <c r="A805" s="1">
         <v>22</v>
       </c>
       <c r="B805" s="1">
         <v>1329</v>
       </c>
       <c r="C805" s="1" t="s">
         <v>765</v>
       </c>
       <c r="D805" s="1" t="s">
         <v>19</v>
       </c>
       <c r="E805" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="806">
       <c r="A806" s="1">
         <v>23</v>
       </c>
       <c r="B806" s="1">
         <v>917</v>
       </c>
       <c r="C806" s="1" t="s">
         <v>766</v>
       </c>
       <c r="D806" s="1" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="E806" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="807">
       <c r="A807" s="1">
         <v>24</v>
       </c>
       <c r="B807" s="1">
         <v>1144</v>
       </c>
       <c r="C807" s="1" t="s">
         <v>767</v>
       </c>
       <c r="D807" s="1" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="E807" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="808">
       <c r="A808" s="1">
         <v>25</v>
       </c>
       <c r="B808" s="1">
         <v>1070</v>
       </c>
       <c r="C808" s="1" t="s">
         <v>768</v>
       </c>
       <c r="D808" s="1" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="E808" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="809">
       <c r="A809" s="1">
         <v>26</v>
       </c>
       <c r="B809" s="1">
         <v>65</v>
       </c>
       <c r="C809" s="1" t="s">
         <v>769</v>
       </c>
       <c r="D809" s="1" t="s">
         <v>34</v>
       </c>
       <c r="E809" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="810">
       <c r="A810" s="1">
         <v>27</v>
       </c>
       <c r="B810" s="1">
         <v>1204</v>
       </c>
       <c r="C810" s="1" t="s">
         <v>770</v>
       </c>
       <c r="D810" s="1" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="E810" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="811">
       <c r="A811" s="1">
         <v>28</v>
       </c>
       <c r="B811" s="1">
         <v>1074</v>
       </c>
       <c r="C811" s="1" t="s">
         <v>771</v>
       </c>
       <c r="D811" s="1" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="E811" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="812">
       <c r="A812" s="1">
         <v>29</v>
       </c>
       <c r="B812" s="1">
         <v>1071</v>
       </c>
       <c r="C812" s="1" t="s">
         <v>406</v>
       </c>
       <c r="D812" s="1" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="E812" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="813">
       <c r="A813" s="1">
         <v>30</v>
       </c>
       <c r="B813" s="1">
         <v>1314</v>
       </c>
       <c r="C813" s="1" t="s">
         <v>772</v>
       </c>
       <c r="D813" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E813" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="814">
       <c r="A814" s="1">
         <v>31</v>
       </c>
       <c r="B814" s="1">
         <v>1468</v>
       </c>
       <c r="C814" s="1" t="s">
         <v>773</v>
       </c>
       <c r="D814" s="1" t="s">
         <v>40</v>
       </c>
       <c r="E814" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="815">
       <c r="A815" s="1">
         <v>32</v>
       </c>
       <c r="B815" s="1">
         <v>1589</v>
       </c>
       <c r="C815" s="1" t="s">
         <v>774</v>
       </c>
       <c r="D815" s="1" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="E815" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="816">
       <c r="A816" s="1">
         <v>33</v>
       </c>
       <c r="B816" s="1">
         <v>1828</v>
       </c>
       <c r="C816" s="1" t="s">
         <v>775</v>
       </c>
       <c r="D816" s="1" t="s">
         <v>17</v>
       </c>
       <c r="E816" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="817">
       <c r="A817" s="1">
         <v>34</v>
       </c>
       <c r="B817" s="1">
         <v>792</v>
       </c>
       <c r="C817" s="1" t="s">
         <v>776</v>
       </c>
       <c r="D817" s="1" t="s">
         <v>36</v>
       </c>
       <c r="E817" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="818">
       <c r="A818" s="1">
         <v>35</v>
       </c>
       <c r="B818" s="1">
         <v>847</v>
       </c>
       <c r="C818" s="1" t="s">
         <v>777</v>
       </c>
       <c r="D818" s="1" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="E818" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="819">
       <c r="A819" s="1">
         <v>36</v>
       </c>
       <c r="B819" s="1">
         <v>406</v>
       </c>
       <c r="C819" s="1" t="s">
         <v>778</v>
       </c>
       <c r="D819" s="1" t="s">
         <v>38</v>
       </c>
       <c r="E819" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="820">
       <c r="A820" s="1">
         <v>37</v>
@@ -16518,51 +16521,51 @@
       </c>
       <c r="B826" s="1">
         <v>314</v>
       </c>
       <c r="C826" s="1" t="s">
         <v>782</v>
       </c>
       <c r="D826" s="1" t="s">
         <v>8</v>
       </c>
       <c r="E826" s="1">
         <v>13</v>
       </c>
     </row>
     <row r="827">
       <c r="A827" s="1">
         <v>3</v>
       </c>
       <c r="B827" s="1">
         <v>1098</v>
       </c>
       <c r="C827" s="1" t="s">
         <v>783</v>
       </c>
       <c r="D827" s="1" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="E827" s="1">
         <v>11</v>
       </c>
     </row>
     <row r="828">
       <c r="A828" s="1">
         <v>4</v>
       </c>
       <c r="B828" s="1">
         <v>267</v>
       </c>
       <c r="C828" s="1" t="s">
         <v>784</v>
       </c>
       <c r="D828" s="1" t="s">
         <v>8</v>
       </c>
       <c r="E828" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="829">
       <c r="A829" s="1">
         <v>5</v>
@@ -16586,85 +16589,85 @@
       </c>
       <c r="B830" s="1">
         <v>381</v>
       </c>
       <c r="C830" s="1" t="s">
         <v>786</v>
       </c>
       <c r="D830" s="1" t="s">
         <v>38</v>
       </c>
       <c r="E830" s="1">
         <v>8</v>
       </c>
     </row>
     <row r="831">
       <c r="A831" s="1">
         <v>7</v>
       </c>
       <c r="B831" s="1">
         <v>1085</v>
       </c>
       <c r="C831" s="1" t="s">
         <v>545</v>
       </c>
       <c r="D831" s="1" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="E831" s="1">
         <v>7</v>
       </c>
     </row>
     <row r="832">
       <c r="A832" s="1">
         <v>8</v>
       </c>
       <c r="B832" s="1">
         <v>288</v>
       </c>
       <c r="C832" s="1" t="s">
         <v>787</v>
       </c>
       <c r="D832" s="1" t="s">
         <v>8</v>
       </c>
       <c r="E832" s="1">
         <v>6</v>
       </c>
     </row>
     <row r="833">
       <c r="A833" s="1">
         <v>9</v>
       </c>
       <c r="B833" s="1">
         <v>1000</v>
       </c>
       <c r="C833" s="1" t="s">
         <v>788</v>
       </c>
       <c r="D833" s="1" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="E833" s="1">
         <v>5</v>
       </c>
     </row>
     <row r="834">
       <c r="A834" s="1">
         <v>10</v>
       </c>
       <c r="B834" s="1">
         <v>163</v>
       </c>
       <c r="C834" s="1" t="s">
         <v>789</v>
       </c>
       <c r="D834" s="1" t="s">
         <v>34</v>
       </c>
       <c r="E834" s="1">
         <v>4</v>
       </c>
     </row>
     <row r="835">
       <c r="A835" s="1">
         <v>11</v>
@@ -16841,119 +16844,119 @@
       </c>
       <c r="B845" s="1">
         <v>1484</v>
       </c>
       <c r="C845" s="1" t="s">
         <v>801</v>
       </c>
       <c r="D845" s="1" t="s">
         <v>40</v>
       </c>
       <c r="E845" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="846">
       <c r="A846" s="1">
         <v>22</v>
       </c>
       <c r="B846" s="1">
         <v>1627</v>
       </c>
       <c r="C846" s="1" t="s">
         <v>802</v>
       </c>
       <c r="D846" s="1" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="E846" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="847">
       <c r="A847" s="1">
         <v>23</v>
       </c>
       <c r="B847" s="1">
         <v>1322</v>
       </c>
       <c r="C847" s="1" t="s">
         <v>803</v>
       </c>
       <c r="D847" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E847" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="848">
       <c r="A848" s="1">
         <v>24</v>
       </c>
       <c r="B848" s="1">
         <v>1588</v>
       </c>
       <c r="C848" s="1" t="s">
         <v>804</v>
       </c>
       <c r="D848" s="1" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="E848" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="849">
       <c r="A849" s="1">
         <v>25</v>
       </c>
       <c r="B849" s="1">
         <v>908</v>
       </c>
       <c r="C849" s="1" t="s">
         <v>805</v>
       </c>
       <c r="D849" s="1" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="E849" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="850">
       <c r="A850" s="1">
         <v>26</v>
       </c>
       <c r="B850" s="1">
         <v>1048</v>
       </c>
       <c r="C850" s="1" t="s">
         <v>806</v>
       </c>
       <c r="D850" s="1" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="E850" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="851">
       <c r="A851" s="1">
         <v>27</v>
       </c>
       <c r="B851" s="1">
         <v>1399</v>
       </c>
       <c r="C851" s="1" t="s">
         <v>807</v>
       </c>
       <c r="D851" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E851" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="852">
       <c r="A852" s="1">
         <v>28</v>
@@ -16977,4547 +16980,4564 @@
       </c>
       <c r="B853" s="1">
         <v>165</v>
       </c>
       <c r="C853" s="1" t="s">
         <v>809</v>
       </c>
       <c r="D853" s="1" t="s">
         <v>34</v>
       </c>
       <c r="E853" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="854">
       <c r="A854" s="1">
         <v>30</v>
       </c>
       <c r="B854" s="1">
         <v>927</v>
       </c>
       <c r="C854" s="1" t="s">
         <v>810</v>
       </c>
       <c r="D854" s="1" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="E854" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="855">
       <c r="A855" s="1">
         <v>31</v>
       </c>
       <c r="B855" s="1">
         <v>1879</v>
       </c>
       <c r="C855" s="1" t="s">
         <v>811</v>
       </c>
       <c r="D855" s="1" t="s">
         <v>399</v>
       </c>
       <c r="E855" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="856">
       <c r="A856" s="1">
         <v>32</v>
       </c>
       <c r="B856" s="1">
         <v>169</v>
       </c>
       <c r="C856" s="1" t="s">
         <v>812</v>
       </c>
       <c r="D856" s="1" t="s">
         <v>34</v>
       </c>
       <c r="E856" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="857">
       <c r="A857" s="1">
         <v>33</v>
       </c>
       <c r="B857" s="1">
         <v>909</v>
       </c>
       <c r="C857" s="1" t="s">
         <v>813</v>
       </c>
       <c r="D857" s="1" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="E857" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="858">
       <c r="A858" s="1">
         <v>34</v>
       </c>
       <c r="B858" s="1">
         <v>1607</v>
       </c>
       <c r="C858" s="1" t="s">
         <v>814</v>
       </c>
       <c r="D858" s="1" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="E858" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="859">
       <c r="A859" s="1">
         <v>35</v>
       </c>
       <c r="B859" s="1">
         <v>1027</v>
       </c>
       <c r="C859" s="1" t="s">
         <v>815</v>
       </c>
       <c r="D859" s="1" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="E859" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="860">
       <c r="A860" s="1">
         <v>36</v>
       </c>
       <c r="B860" s="1">
         <v>562</v>
       </c>
       <c r="C860" s="1" t="s">
         <v>816</v>
       </c>
       <c r="D860" s="1" t="s">
-        <v>262</v>
+        <v>264</v>
       </c>
       <c r="E860" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="861">
       <c r="A861" s="1">
         <v>37</v>
       </c>
       <c r="B861" s="1">
         <v>769</v>
       </c>
       <c r="C861" s="1" t="s">
         <v>817</v>
       </c>
       <c r="D861" s="1" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="E861" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="862">
       <c r="A862" s="1">
         <v>38</v>
       </c>
       <c r="B862" s="1">
         <v>1612</v>
       </c>
       <c r="C862" s="1" t="s">
         <v>818</v>
       </c>
       <c r="D862" s="1" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="E862" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="863">
       <c r="A863" s="1">
         <v>39</v>
       </c>
       <c r="B863" s="1">
         <v>470</v>
       </c>
       <c r="C863" s="1" t="s">
         <v>819</v>
       </c>
       <c r="D863" s="1" t="s">
         <v>38</v>
       </c>
       <c r="E863" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="864">
       <c r="A864" s="1">
         <v>40</v>
       </c>
       <c r="B864" s="1">
-        <v>331</v>
+        <v>240</v>
       </c>
       <c r="C864" s="1" t="s">
         <v>820</v>
       </c>
       <c r="D864" s="1" t="s">
-        <v>8</v>
+        <v>286</v>
       </c>
       <c r="E864" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="865">
       <c r="A865" s="1">
         <v>41</v>
       </c>
       <c r="B865" s="1">
-        <v>1257</v>
+        <v>331</v>
       </c>
       <c r="C865" s="1" t="s">
         <v>821</v>
       </c>
       <c r="D865" s="1" t="s">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="E865" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="866">
       <c r="A866" s="1">
         <v>42</v>
       </c>
       <c r="B866" s="1">
-        <v>987</v>
+        <v>1257</v>
       </c>
       <c r="C866" s="1" t="s">
         <v>822</v>
       </c>
       <c r="D866" s="1" t="s">
-        <v>69</v>
+        <v>10</v>
       </c>
       <c r="E866" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="867">
       <c r="A867" s="1">
         <v>43</v>
       </c>
       <c r="B867" s="1">
-        <v>1548</v>
+        <v>987</v>
       </c>
       <c r="C867" s="1" t="s">
         <v>823</v>
       </c>
       <c r="D867" s="1" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="E867" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="868">
       <c r="A868" s="1">
         <v>44</v>
       </c>
       <c r="B868" s="1">
-        <v>551</v>
+        <v>1548</v>
       </c>
       <c r="C868" s="1" t="s">
         <v>824</v>
       </c>
       <c r="D868" s="1" t="s">
-        <v>34</v>
+        <v>70</v>
       </c>
       <c r="E868" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="869">
       <c r="A869" s="1">
         <v>45</v>
       </c>
       <c r="B869" s="1">
-        <v>1289</v>
+        <v>551</v>
       </c>
       <c r="C869" s="1" t="s">
         <v>825</v>
       </c>
       <c r="D869" s="1" t="s">
-        <v>10</v>
+        <v>34</v>
       </c>
       <c r="E869" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="870">
       <c r="A870" s="1">
         <v>46</v>
       </c>
       <c r="B870" s="1">
-        <v>1291</v>
+        <v>1289</v>
       </c>
       <c r="C870" s="1" t="s">
         <v>826</v>
       </c>
       <c r="D870" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E870" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="871">
       <c r="A871" s="1">
         <v>47</v>
       </c>
       <c r="B871" s="1">
-        <v>752</v>
+        <v>1291</v>
       </c>
       <c r="C871" s="1" t="s">
         <v>827</v>
       </c>
       <c r="D871" s="1" t="s">
-        <v>328</v>
+        <v>10</v>
       </c>
       <c r="E871" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="872">
       <c r="A872" s="1">
         <v>48</v>
       </c>
       <c r="B872" s="1">
-        <v>224</v>
+        <v>752</v>
       </c>
       <c r="C872" s="1" t="s">
         <v>828</v>
       </c>
       <c r="D872" s="1" t="s">
-        <v>285</v>
+        <v>329</v>
       </c>
       <c r="E872" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="873">
       <c r="A873" s="1">
         <v>49</v>
       </c>
       <c r="B873" s="1">
-        <v>1613</v>
+        <v>224</v>
       </c>
       <c r="C873" s="1" t="s">
         <v>829</v>
       </c>
       <c r="D873" s="1" t="s">
-        <v>61</v>
+        <v>286</v>
       </c>
       <c r="E873" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="874">
       <c r="A874" s="1">
         <v>50</v>
       </c>
       <c r="B874" s="1">
-        <v>246</v>
+        <v>1613</v>
       </c>
       <c r="C874" s="1" t="s">
         <v>830</v>
       </c>
       <c r="D874" s="1" t="s">
-        <v>285</v>
+        <v>62</v>
       </c>
       <c r="E874" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="875">
       <c r="A875" s="1">
         <v>51</v>
       </c>
       <c r="B875" s="1">
-        <v>1087</v>
+        <v>246</v>
       </c>
       <c r="C875" s="1" t="s">
         <v>831</v>
       </c>
       <c r="D875" s="1" t="s">
-        <v>96</v>
+        <v>286</v>
       </c>
       <c r="E875" s="1">
         <v>1</v>
       </c>
     </row>
-    <row r="878">
-      <c r="A878" s="3" t="s">
+    <row r="876">
+      <c r="A876" s="1">
+        <v>52</v>
+      </c>
+      <c r="B876" s="1">
+        <v>1087</v>
+      </c>
+      <c r="C876" s="1" t="s">
         <v>832</v>
       </c>
-      <c r="B878" s="3" t="s">
-[...9 lines deleted...]
-        <v>832</v>
+      <c r="D876" s="1" t="s">
+        <v>98</v>
+      </c>
+      <c r="E876" s="1">
+        <v>1</v>
       </c>
     </row>
     <row r="879">
-      <c r="A879" s="2" t="s">
+      <c r="A879" s="3" t="s">
+        <v>833</v>
+      </c>
+      <c r="B879" s="3" t="s">
+        <v>833</v>
+      </c>
+      <c r="C879" s="3" t="s">
+        <v>833</v>
+      </c>
+      <c r="D879" s="3" t="s">
+        <v>833</v>
+      </c>
+      <c r="E879" s="3" t="s">
+        <v>833</v>
+      </c>
+    </row>
+    <row r="880">
+      <c r="A880" s="2" t="s">
         <v>2</v>
       </c>
-      <c r="B879" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C879" s="2" t="s">
+      <c r="B880" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="C880" s="2" t="s">
         <v>4</v>
       </c>
-      <c r="D879" s="2" t="s">
+      <c r="D880" s="2" t="s">
         <v>5</v>
       </c>
-      <c r="E879" s="2" t="s">
+      <c r="E880" s="2" t="s">
         <v>6</v>
-      </c>
-[...15 lines deleted...]
-        <v>15</v>
       </c>
     </row>
     <row r="881">
       <c r="A881" s="1">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="B881" s="1">
-        <v>1080</v>
+        <v>1714</v>
       </c>
       <c r="C881" s="1" t="s">
         <v>834</v>
       </c>
       <c r="D881" s="1" t="s">
-        <v>96</v>
+        <v>19</v>
       </c>
       <c r="E881" s="1">
-        <v>13</v>
+        <v>15</v>
       </c>
     </row>
     <row r="882">
       <c r="A882" s="1">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="B882" s="1">
-        <v>996</v>
+        <v>1080</v>
       </c>
       <c r="C882" s="1" t="s">
         <v>835</v>
       </c>
       <c r="D882" s="1" t="s">
-        <v>69</v>
+        <v>98</v>
       </c>
       <c r="E882" s="1">
-        <v>11</v>
+        <v>13</v>
       </c>
     </row>
     <row r="883">
       <c r="A883" s="1">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="B883" s="1">
-        <v>968</v>
+        <v>996</v>
       </c>
       <c r="C883" s="1" t="s">
         <v>836</v>
       </c>
       <c r="D883" s="1" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="E883" s="1">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="884">
       <c r="A884" s="1">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="B884" s="1">
-        <v>1360</v>
+        <v>968</v>
       </c>
       <c r="C884" s="1" t="s">
         <v>837</v>
       </c>
       <c r="D884" s="1" t="s">
-        <v>19</v>
+        <v>75</v>
       </c>
       <c r="E884" s="1">
-        <v>9</v>
+        <v>10</v>
       </c>
     </row>
     <row r="885">
       <c r="A885" s="1">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="B885" s="1">
-        <v>865</v>
+        <v>1360</v>
       </c>
       <c r="C885" s="1" t="s">
         <v>838</v>
       </c>
       <c r="D885" s="1" t="s">
-        <v>74</v>
+        <v>19</v>
       </c>
       <c r="E885" s="1">
-        <v>8</v>
+        <v>9</v>
       </c>
     </row>
     <row r="886">
       <c r="A886" s="1">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="B886" s="1">
-        <v>1725</v>
+        <v>865</v>
       </c>
       <c r="C886" s="1" t="s">
         <v>839</v>
       </c>
       <c r="D886" s="1" t="s">
-        <v>19</v>
+        <v>75</v>
       </c>
       <c r="E886" s="1">
-        <v>7</v>
+        <v>8</v>
       </c>
     </row>
     <row r="887">
       <c r="A887" s="1">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="B887" s="1">
-        <v>215</v>
+        <v>1725</v>
       </c>
       <c r="C887" s="1" t="s">
         <v>840</v>
       </c>
       <c r="D887" s="1" t="s">
-        <v>285</v>
+        <v>19</v>
       </c>
       <c r="E887" s="1">
-        <v>6</v>
+        <v>7</v>
       </c>
     </row>
     <row r="888">
       <c r="A888" s="1">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="B888" s="1">
-        <v>73</v>
+        <v>215</v>
       </c>
       <c r="C888" s="1" t="s">
         <v>841</v>
       </c>
       <c r="D888" s="1" t="s">
-        <v>34</v>
+        <v>286</v>
       </c>
       <c r="E888" s="1">
-        <v>5</v>
+        <v>6</v>
       </c>
     </row>
     <row r="889">
       <c r="A889" s="1">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="B889" s="1">
-        <v>447</v>
+        <v>73</v>
       </c>
       <c r="C889" s="1" t="s">
         <v>842</v>
       </c>
       <c r="D889" s="1" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="E889" s="1">
-        <v>4</v>
+        <v>5</v>
       </c>
     </row>
     <row r="890">
       <c r="A890" s="1">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="B890" s="1">
-        <v>450</v>
+        <v>447</v>
       </c>
       <c r="C890" s="1" t="s">
         <v>843</v>
       </c>
       <c r="D890" s="1" t="s">
         <v>38</v>
       </c>
       <c r="E890" s="1">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="891">
       <c r="A891" s="1">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="B891" s="1">
-        <v>845</v>
+        <v>450</v>
       </c>
       <c r="C891" s="1" t="s">
         <v>844</v>
       </c>
       <c r="D891" s="1" t="s">
-        <v>74</v>
+        <v>38</v>
       </c>
       <c r="E891" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="892">
       <c r="A892" s="1">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="B892" s="1">
-        <v>456</v>
+        <v>845</v>
       </c>
       <c r="C892" s="1" t="s">
         <v>845</v>
       </c>
       <c r="D892" s="1" t="s">
-        <v>38</v>
+        <v>75</v>
       </c>
       <c r="E892" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="893">
       <c r="A893" s="1">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="B893" s="1">
-        <v>1544</v>
+        <v>456</v>
       </c>
       <c r="C893" s="1" t="s">
         <v>846</v>
       </c>
       <c r="D893" s="1" t="s">
-        <v>69</v>
+        <v>38</v>
       </c>
       <c r="E893" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="894">
       <c r="A894" s="1">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="B894" s="1">
-        <v>944</v>
+        <v>1544</v>
       </c>
       <c r="C894" s="1" t="s">
         <v>847</v>
       </c>
       <c r="D894" s="1" t="s">
-        <v>328</v>
+        <v>70</v>
       </c>
       <c r="E894" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="895">
       <c r="A895" s="1">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="B895" s="1">
-        <v>69</v>
+        <v>944</v>
       </c>
       <c r="C895" s="1" t="s">
         <v>848</v>
       </c>
       <c r="D895" s="1" t="s">
-        <v>34</v>
+        <v>329</v>
       </c>
       <c r="E895" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="896">
       <c r="A896" s="1">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="B896" s="1">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="C896" s="1" t="s">
         <v>849</v>
       </c>
       <c r="D896" s="1" t="s">
         <v>34</v>
       </c>
       <c r="E896" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="897">
       <c r="A897" s="1">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="B897" s="1">
-        <v>225</v>
+        <v>70</v>
       </c>
       <c r="C897" s="1" t="s">
         <v>850</v>
       </c>
       <c r="D897" s="1" t="s">
-        <v>285</v>
+        <v>34</v>
       </c>
       <c r="E897" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="898">
       <c r="A898" s="1">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="B898" s="1">
-        <v>1117</v>
+        <v>225</v>
       </c>
       <c r="C898" s="1" t="s">
         <v>851</v>
       </c>
       <c r="D898" s="1" t="s">
-        <v>96</v>
+        <v>286</v>
       </c>
       <c r="E898" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="899">
       <c r="A899" s="1">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="B899" s="1">
-        <v>1344</v>
+        <v>1117</v>
       </c>
       <c r="C899" s="1" t="s">
         <v>852</v>
       </c>
       <c r="D899" s="1" t="s">
-        <v>19</v>
+        <v>98</v>
       </c>
       <c r="E899" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="900">
       <c r="A900" s="1">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="B900" s="1">
-        <v>1522</v>
+        <v>1344</v>
       </c>
       <c r="C900" s="1" t="s">
         <v>853</v>
       </c>
       <c r="D900" s="1" t="s">
-        <v>34</v>
+        <v>19</v>
       </c>
       <c r="E900" s="1">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="901">
       <c r="A901" s="1">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="B901" s="1">
-        <v>899</v>
+        <v>1522</v>
       </c>
       <c r="C901" s="1" t="s">
         <v>854</v>
       </c>
       <c r="D901" s="1" t="s">
-        <v>74</v>
+        <v>34</v>
       </c>
       <c r="E901" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="902">
       <c r="A902" s="1">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="B902" s="1">
-        <v>1597</v>
+        <v>899</v>
       </c>
       <c r="C902" s="1" t="s">
         <v>855</v>
       </c>
       <c r="D902" s="1" t="s">
-        <v>61</v>
+        <v>75</v>
       </c>
       <c r="E902" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="903">
       <c r="A903" s="1">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="B903" s="1">
-        <v>1016</v>
+        <v>1597</v>
       </c>
       <c r="C903" s="1" t="s">
         <v>856</v>
       </c>
       <c r="D903" s="1" t="s">
-        <v>69</v>
+        <v>62</v>
       </c>
       <c r="E903" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="904">
       <c r="A904" s="1">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="B904" s="1">
-        <v>895</v>
+        <v>1016</v>
       </c>
       <c r="C904" s="1" t="s">
         <v>857</v>
       </c>
       <c r="D904" s="1" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="E904" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="905">
       <c r="A905" s="1">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="B905" s="1">
-        <v>768</v>
+        <v>895</v>
       </c>
       <c r="C905" s="1" t="s">
         <v>858</v>
       </c>
       <c r="D905" s="1" t="s">
-        <v>328</v>
+        <v>75</v>
       </c>
       <c r="E905" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="906">
       <c r="A906" s="1">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="B906" s="1">
-        <v>855</v>
+        <v>768</v>
       </c>
       <c r="C906" s="1" t="s">
         <v>859</v>
       </c>
       <c r="D906" s="1" t="s">
-        <v>74</v>
+        <v>329</v>
       </c>
       <c r="E906" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="907">
       <c r="A907" s="1">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="B907" s="1">
-        <v>297</v>
+        <v>855</v>
       </c>
       <c r="C907" s="1" t="s">
         <v>860</v>
       </c>
       <c r="D907" s="1" t="s">
-        <v>8</v>
+        <v>75</v>
       </c>
       <c r="E907" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="908">
       <c r="A908" s="1">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="B908" s="1">
-        <v>846</v>
+        <v>297</v>
       </c>
       <c r="C908" s="1" t="s">
         <v>861</v>
       </c>
       <c r="D908" s="1" t="s">
-        <v>74</v>
+        <v>8</v>
       </c>
       <c r="E908" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="909">
       <c r="A909" s="1">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="B909" s="1">
-        <v>230</v>
+        <v>846</v>
       </c>
       <c r="C909" s="1" t="s">
         <v>862</v>
       </c>
       <c r="D909" s="1" t="s">
-        <v>285</v>
+        <v>75</v>
       </c>
       <c r="E909" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="910">
       <c r="A910" s="1">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="B910" s="1">
-        <v>428</v>
+        <v>230</v>
       </c>
       <c r="C910" s="1" t="s">
         <v>863</v>
       </c>
       <c r="D910" s="1" t="s">
-        <v>38</v>
+        <v>286</v>
       </c>
       <c r="E910" s="1">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="911">
       <c r="A911" s="1">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="B911" s="1">
-        <v>1293</v>
+        <v>428</v>
       </c>
       <c r="C911" s="1" t="s">
         <v>864</v>
       </c>
       <c r="D911" s="1" t="s">
-        <v>10</v>
+        <v>38</v>
       </c>
       <c r="E911" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="912">
       <c r="A912" s="1">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="B912" s="1">
-        <v>71</v>
+        <v>1293</v>
       </c>
       <c r="C912" s="1" t="s">
         <v>865</v>
       </c>
       <c r="D912" s="1" t="s">
-        <v>34</v>
+        <v>10</v>
       </c>
       <c r="E912" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="913">
       <c r="A913" s="1">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="B913" s="1">
-        <v>1056</v>
+        <v>71</v>
       </c>
       <c r="C913" s="1" t="s">
         <v>866</v>
       </c>
       <c r="D913" s="1" t="s">
-        <v>69</v>
+        <v>34</v>
       </c>
       <c r="E913" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="914">
       <c r="A914" s="1">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="B914" s="1">
-        <v>72</v>
+        <v>1056</v>
       </c>
       <c r="C914" s="1" t="s">
         <v>867</v>
       </c>
       <c r="D914" s="1" t="s">
-        <v>34</v>
+        <v>70</v>
       </c>
       <c r="E914" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="915">
       <c r="A915" s="1">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="B915" s="1">
-        <v>437</v>
+        <v>72</v>
       </c>
       <c r="C915" s="1" t="s">
         <v>868</v>
       </c>
       <c r="D915" s="1" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="E915" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="916">
       <c r="A916" s="1">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="B916" s="1">
-        <v>452</v>
+        <v>437</v>
       </c>
       <c r="C916" s="1" t="s">
         <v>869</v>
       </c>
       <c r="D916" s="1" t="s">
         <v>38</v>
       </c>
       <c r="E916" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="917">
       <c r="A917" s="1">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="B917" s="1">
-        <v>1061</v>
+        <v>452</v>
       </c>
       <c r="C917" s="1" t="s">
         <v>870</v>
       </c>
       <c r="D917" s="1" t="s">
-        <v>69</v>
+        <v>38</v>
       </c>
       <c r="E917" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="918">
       <c r="A918" s="1">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="B918" s="1">
-        <v>669</v>
+        <v>1061</v>
       </c>
       <c r="C918" s="1" t="s">
         <v>871</v>
       </c>
       <c r="D918" s="1" t="s">
-        <v>14</v>
+        <v>70</v>
       </c>
       <c r="E918" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="919">
       <c r="A919" s="1">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="B919" s="1">
-        <v>1028</v>
+        <v>669</v>
       </c>
       <c r="C919" s="1" t="s">
         <v>872</v>
       </c>
       <c r="D919" s="1" t="s">
-        <v>69</v>
+        <v>14</v>
       </c>
       <c r="E919" s="1">
         <v>1</v>
       </c>
     </row>
-    <row r="922">
-      <c r="A922" s="3" t="s">
+    <row r="920">
+      <c r="A920" s="1">
+        <v>40</v>
+      </c>
+      <c r="B920" s="1">
+        <v>1028</v>
+      </c>
+      <c r="C920" s="1" t="s">
         <v>873</v>
       </c>
-      <c r="B922" s="3" t="s">
-[...9 lines deleted...]
-        <v>873</v>
+      <c r="D920" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="E920" s="1">
+        <v>1</v>
       </c>
     </row>
     <row r="923">
-      <c r="A923" s="2" t="s">
+      <c r="A923" s="3" t="s">
+        <v>874</v>
+      </c>
+      <c r="B923" s="3" t="s">
+        <v>874</v>
+      </c>
+      <c r="C923" s="3" t="s">
+        <v>874</v>
+      </c>
+      <c r="D923" s="3" t="s">
+        <v>874</v>
+      </c>
+      <c r="E923" s="3" t="s">
+        <v>874</v>
+      </c>
+    </row>
+    <row r="924">
+      <c r="A924" s="2" t="s">
         <v>2</v>
       </c>
-      <c r="B923" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C923" s="2" t="s">
+      <c r="B924" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="C924" s="2" t="s">
         <v>4</v>
       </c>
-      <c r="D923" s="2" t="s">
+      <c r="D924" s="2" t="s">
         <v>5</v>
       </c>
-      <c r="E923" s="2" t="s">
+      <c r="E924" s="2" t="s">
         <v>6</v>
-      </c>
-[...15 lines deleted...]
-        <v>15</v>
       </c>
     </row>
     <row r="925">
       <c r="A925" s="1">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="B925" s="1">
-        <v>386</v>
+        <v>175</v>
       </c>
       <c r="C925" s="1" t="s">
         <v>875</v>
       </c>
       <c r="D925" s="1" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="E925" s="1">
-        <v>13</v>
+        <v>15</v>
       </c>
     </row>
     <row r="926">
       <c r="A926" s="1">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="B926" s="1">
-        <v>264</v>
+        <v>386</v>
       </c>
       <c r="C926" s="1" t="s">
         <v>876</v>
       </c>
       <c r="D926" s="1" t="s">
-        <v>8</v>
+        <v>38</v>
       </c>
       <c r="E926" s="1">
-        <v>11</v>
+        <v>13</v>
       </c>
     </row>
     <row r="927">
       <c r="A927" s="1">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="B927" s="1">
-        <v>104</v>
+        <v>264</v>
       </c>
       <c r="C927" s="1" t="s">
         <v>877</v>
       </c>
       <c r="D927" s="1" t="s">
-        <v>34</v>
+        <v>8</v>
       </c>
       <c r="E927" s="1">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="928">
       <c r="A928" s="1">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="B928" s="1">
-        <v>1364</v>
+        <v>104</v>
       </c>
       <c r="C928" s="1" t="s">
         <v>878</v>
       </c>
       <c r="D928" s="1" t="s">
-        <v>26</v>
+        <v>34</v>
       </c>
       <c r="E928" s="1">
-        <v>9</v>
+        <v>10</v>
       </c>
     </row>
     <row r="929">
       <c r="A929" s="1">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="B929" s="1">
-        <v>265</v>
+        <v>1364</v>
       </c>
       <c r="C929" s="1" t="s">
         <v>879</v>
       </c>
       <c r="D929" s="1" t="s">
-        <v>8</v>
+        <v>26</v>
       </c>
       <c r="E929" s="1">
-        <v>8</v>
+        <v>9</v>
       </c>
     </row>
     <row r="930">
       <c r="A930" s="1">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="B930" s="1">
-        <v>454</v>
+        <v>265</v>
       </c>
       <c r="C930" s="1" t="s">
         <v>880</v>
       </c>
       <c r="D930" s="1" t="s">
-        <v>38</v>
+        <v>8</v>
       </c>
       <c r="E930" s="1">
-        <v>7</v>
+        <v>8</v>
       </c>
     </row>
     <row r="931">
       <c r="A931" s="1">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="B931" s="1">
-        <v>178</v>
+        <v>454</v>
       </c>
       <c r="C931" s="1" t="s">
         <v>881</v>
       </c>
       <c r="D931" s="1" t="s">
-        <v>34</v>
+        <v>38</v>
       </c>
       <c r="E931" s="1">
-        <v>6</v>
+        <v>7</v>
       </c>
     </row>
     <row r="932">
       <c r="A932" s="1">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="B932" s="1">
-        <v>166</v>
+        <v>178</v>
       </c>
       <c r="C932" s="1" t="s">
         <v>882</v>
       </c>
       <c r="D932" s="1" t="s">
         <v>34</v>
       </c>
       <c r="E932" s="1">
-        <v>5</v>
+        <v>6</v>
       </c>
     </row>
     <row r="933">
       <c r="A933" s="1">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="B933" s="1">
-        <v>1340</v>
+        <v>166</v>
       </c>
       <c r="C933" s="1" t="s">
         <v>883</v>
       </c>
       <c r="D933" s="1" t="s">
-        <v>19</v>
+        <v>34</v>
       </c>
       <c r="E933" s="1">
-        <v>4</v>
+        <v>5</v>
       </c>
     </row>
     <row r="934">
       <c r="A934" s="1">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="B934" s="1">
-        <v>1816</v>
+        <v>1340</v>
       </c>
       <c r="C934" s="1" t="s">
         <v>884</v>
       </c>
       <c r="D934" s="1" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E934" s="1">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="935">
       <c r="A935" s="1">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="B935" s="1">
-        <v>1167</v>
+        <v>1816</v>
       </c>
       <c r="C935" s="1" t="s">
         <v>885</v>
       </c>
       <c r="D935" s="1" t="s">
-        <v>96</v>
+        <v>17</v>
       </c>
       <c r="E935" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="936">
       <c r="A936" s="1">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="B936" s="1">
-        <v>345</v>
+        <v>1167</v>
       </c>
       <c r="C936" s="1" t="s">
         <v>886</v>
       </c>
       <c r="D936" s="1" t="s">
-        <v>8</v>
+        <v>98</v>
       </c>
       <c r="E936" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="937">
       <c r="A937" s="1">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="B937" s="1">
-        <v>1140</v>
+        <v>345</v>
       </c>
       <c r="C937" s="1" t="s">
         <v>887</v>
       </c>
       <c r="D937" s="1" t="s">
-        <v>96</v>
+        <v>8</v>
       </c>
       <c r="E937" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="938">
       <c r="A938" s="1">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="B938" s="1">
-        <v>1855</v>
+        <v>1140</v>
       </c>
       <c r="C938" s="1" t="s">
         <v>888</v>
       </c>
       <c r="D938" s="1" t="s">
-        <v>17</v>
+        <v>98</v>
       </c>
       <c r="E938" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="939">
       <c r="A939" s="1">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="B939" s="1">
-        <v>781</v>
+        <v>1855</v>
       </c>
       <c r="C939" s="1" t="s">
-        <v>680</v>
+        <v>889</v>
       </c>
       <c r="D939" s="1" t="s">
-        <v>328</v>
+        <v>17</v>
       </c>
       <c r="E939" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="940">
       <c r="A940" s="1">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="B940" s="1">
-        <v>1169</v>
+        <v>781</v>
       </c>
       <c r="C940" s="1" t="s">
-        <v>889</v>
+        <v>680</v>
       </c>
       <c r="D940" s="1" t="s">
-        <v>96</v>
+        <v>329</v>
       </c>
       <c r="E940" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="941">
       <c r="A941" s="1">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="B941" s="1">
-        <v>1101</v>
+        <v>1169</v>
       </c>
       <c r="C941" s="1" t="s">
         <v>890</v>
       </c>
       <c r="D941" s="1" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="E941" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="942">
       <c r="A942" s="1">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="B942" s="1">
-        <v>936</v>
+        <v>1101</v>
       </c>
       <c r="C942" s="1" t="s">
         <v>891</v>
       </c>
       <c r="D942" s="1" t="s">
-        <v>74</v>
+        <v>98</v>
       </c>
       <c r="E942" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="943">
       <c r="A943" s="1">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="B943" s="1">
-        <v>226</v>
+        <v>936</v>
       </c>
       <c r="C943" s="1" t="s">
         <v>892</v>
       </c>
       <c r="D943" s="1" t="s">
-        <v>285</v>
+        <v>75</v>
       </c>
       <c r="E943" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="944">
       <c r="A944" s="1">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="B944" s="1">
-        <v>751</v>
+        <v>226</v>
       </c>
       <c r="C944" s="1" t="s">
         <v>893</v>
       </c>
       <c r="D944" s="1" t="s">
-        <v>328</v>
+        <v>286</v>
       </c>
       <c r="E944" s="1">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="945">
       <c r="A945" s="1">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="B945" s="1">
-        <v>839</v>
+        <v>751</v>
       </c>
       <c r="C945" s="1" t="s">
         <v>894</v>
       </c>
       <c r="D945" s="1" t="s">
-        <v>36</v>
+        <v>329</v>
       </c>
       <c r="E945" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="946">
       <c r="A946" s="1">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="B946" s="1">
-        <v>182</v>
+        <v>839</v>
       </c>
       <c r="C946" s="1" t="s">
         <v>895</v>
       </c>
       <c r="D946" s="1" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="E946" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="947">
       <c r="A947" s="1">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="B947" s="1">
-        <v>177</v>
+        <v>182</v>
       </c>
       <c r="C947" s="1" t="s">
         <v>896</v>
       </c>
       <c r="D947" s="1" t="s">
         <v>34</v>
       </c>
       <c r="E947" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="948">
       <c r="A948" s="1">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="B948" s="1">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="C948" s="1" t="s">
         <v>897</v>
       </c>
       <c r="D948" s="1" t="s">
         <v>34</v>
       </c>
       <c r="E948" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="949">
       <c r="A949" s="1">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="B949" s="1">
-        <v>943</v>
+        <v>176</v>
       </c>
       <c r="C949" s="1" t="s">
         <v>898</v>
       </c>
       <c r="D949" s="1" t="s">
-        <v>328</v>
+        <v>34</v>
       </c>
       <c r="E949" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="950">
       <c r="A950" s="1">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="B950" s="1">
-        <v>1405</v>
+        <v>943</v>
       </c>
       <c r="C950" s="1" t="s">
         <v>899</v>
       </c>
       <c r="D950" s="1" t="s">
-        <v>19</v>
+        <v>329</v>
       </c>
       <c r="E950" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="951">
       <c r="A951" s="1">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="B951" s="1">
-        <v>1766</v>
+        <v>1405</v>
       </c>
       <c r="C951" s="1" t="s">
         <v>900</v>
       </c>
       <c r="D951" s="1" t="s">
-        <v>257</v>
+        <v>19</v>
       </c>
       <c r="E951" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="952">
       <c r="A952" s="1">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="B952" s="1">
-        <v>394</v>
+        <v>1766</v>
       </c>
       <c r="C952" s="1" t="s">
         <v>901</v>
       </c>
       <c r="D952" s="1" t="s">
-        <v>38</v>
+        <v>259</v>
       </c>
       <c r="E952" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="953">
       <c r="A953" s="1">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="B953" s="1">
-        <v>332</v>
+        <v>394</v>
       </c>
       <c r="C953" s="1" t="s">
         <v>902</v>
       </c>
       <c r="D953" s="1" t="s">
-        <v>8</v>
+        <v>38</v>
       </c>
       <c r="E953" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="954">
       <c r="A954" s="1">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="B954" s="1">
-        <v>911</v>
+        <v>332</v>
       </c>
       <c r="C954" s="1" t="s">
         <v>903</v>
       </c>
       <c r="D954" s="1" t="s">
-        <v>74</v>
+        <v>8</v>
       </c>
       <c r="E954" s="1">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="955">
       <c r="A955" s="1">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="B955" s="1">
-        <v>1206</v>
+        <v>911</v>
       </c>
       <c r="C955" s="1" t="s">
         <v>904</v>
       </c>
       <c r="D955" s="1" t="s">
-        <v>285</v>
+        <v>75</v>
       </c>
       <c r="E955" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="956">
       <c r="A956" s="1">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="B956" s="1">
-        <v>739</v>
+        <v>1206</v>
       </c>
       <c r="C956" s="1" t="s">
         <v>905</v>
       </c>
       <c r="D956" s="1" t="s">
-        <v>725</v>
+        <v>286</v>
       </c>
       <c r="E956" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="957">
       <c r="A957" s="1">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="B957" s="1">
-        <v>299</v>
+        <v>739</v>
       </c>
       <c r="C957" s="1" t="s">
-        <v>875</v>
+        <v>906</v>
       </c>
       <c r="D957" s="1" t="s">
-        <v>8</v>
+        <v>725</v>
       </c>
       <c r="E957" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="958">
       <c r="A958" s="1">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="B958" s="1">
-        <v>497</v>
+        <v>299</v>
       </c>
       <c r="C958" s="1" t="s">
-        <v>906</v>
+        <v>876</v>
       </c>
       <c r="D958" s="1" t="s">
-        <v>38</v>
+        <v>8</v>
       </c>
       <c r="E958" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="959">
       <c r="A959" s="1">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="B959" s="1">
-        <v>994</v>
+        <v>497</v>
       </c>
       <c r="C959" s="1" t="s">
         <v>907</v>
       </c>
       <c r="D959" s="1" t="s">
-        <v>69</v>
+        <v>38</v>
       </c>
       <c r="E959" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="960">
       <c r="A960" s="1">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="B960" s="1">
-        <v>1750</v>
+        <v>994</v>
       </c>
       <c r="C960" s="1" t="s">
         <v>908</v>
       </c>
       <c r="D960" s="1" t="s">
-        <v>257</v>
+        <v>70</v>
       </c>
       <c r="E960" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="961">
       <c r="A961" s="1">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="B961" s="1">
-        <v>1550</v>
+        <v>1750</v>
       </c>
       <c r="C961" s="1" t="s">
         <v>909</v>
       </c>
       <c r="D961" s="1" t="s">
-        <v>69</v>
+        <v>259</v>
       </c>
       <c r="E961" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="962">
       <c r="A962" s="1">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="B962" s="1">
-        <v>387</v>
+        <v>1550</v>
       </c>
       <c r="C962" s="1" t="s">
         <v>910</v>
       </c>
       <c r="D962" s="1" t="s">
-        <v>38</v>
+        <v>70</v>
       </c>
       <c r="E962" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="963">
       <c r="A963" s="1">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="B963" s="1">
-        <v>1814</v>
+        <v>387</v>
       </c>
       <c r="C963" s="1" t="s">
         <v>911</v>
       </c>
       <c r="D963" s="1" t="s">
-        <v>17</v>
+        <v>38</v>
       </c>
       <c r="E963" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="964">
       <c r="A964" s="1">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="B964" s="1">
-        <v>1127</v>
+        <v>1814</v>
       </c>
       <c r="C964" s="1" t="s">
         <v>912</v>
       </c>
       <c r="D964" s="1" t="s">
-        <v>96</v>
+        <v>17</v>
       </c>
       <c r="E964" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="965">
       <c r="A965" s="1">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="B965" s="1">
-        <v>1118</v>
+        <v>1127</v>
       </c>
       <c r="C965" s="1" t="s">
         <v>913</v>
       </c>
       <c r="D965" s="1" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="E965" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="966">
       <c r="A966" s="1">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="B966" s="1">
-        <v>887</v>
+        <v>1118</v>
       </c>
       <c r="C966" s="1" t="s">
         <v>914</v>
       </c>
       <c r="D966" s="1" t="s">
-        <v>74</v>
+        <v>98</v>
       </c>
       <c r="E966" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="967">
       <c r="A967" s="1">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="B967" s="1">
-        <v>533</v>
+        <v>887</v>
       </c>
       <c r="C967" s="1" t="s">
         <v>915</v>
       </c>
       <c r="D967" s="1" t="s">
-        <v>223</v>
+        <v>75</v>
       </c>
       <c r="E967" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="968">
       <c r="A968" s="1">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="B968" s="1">
-        <v>1402</v>
+        <v>533</v>
       </c>
       <c r="C968" s="1" t="s">
         <v>916</v>
       </c>
       <c r="D968" s="1" t="s">
-        <v>14</v>
+        <v>225</v>
       </c>
       <c r="E968" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="969">
       <c r="A969" s="1">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="B969" s="1">
-        <v>1583</v>
+        <v>1402</v>
       </c>
       <c r="C969" s="1" t="s">
         <v>917</v>
       </c>
       <c r="D969" s="1" t="s">
-        <v>61</v>
+        <v>14</v>
       </c>
       <c r="E969" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="970">
       <c r="A970" s="1">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="B970" s="1">
-        <v>1078</v>
+        <v>1583</v>
       </c>
       <c r="C970" s="1" t="s">
         <v>918</v>
       </c>
       <c r="D970" s="1" t="s">
-        <v>96</v>
+        <v>62</v>
       </c>
       <c r="E970" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="971">
       <c r="A971" s="1">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="B971" s="1">
-        <v>837</v>
+        <v>1078</v>
       </c>
       <c r="C971" s="1" t="s">
         <v>919</v>
       </c>
       <c r="D971" s="1" t="s">
+        <v>98</v>
+      </c>
+      <c r="E971" s="1">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="972">
+      <c r="A972" s="1">
+        <v>48</v>
+      </c>
+      <c r="B972" s="1">
+        <v>837</v>
+      </c>
+      <c r="C972" s="1" t="s">
+        <v>920</v>
+      </c>
+      <c r="D972" s="1" t="s">
         <v>36</v>
       </c>
-      <c r="E971" s="1">
-[...17 lines deleted...]
-        <v>920</v>
+      <c r="E972" s="1">
+        <v>1</v>
       </c>
     </row>
     <row r="975">
-      <c r="A975" s="2" t="s">
+      <c r="A975" s="3" t="s">
+        <v>921</v>
+      </c>
+      <c r="B975" s="3" t="s">
+        <v>921</v>
+      </c>
+      <c r="C975" s="3" t="s">
+        <v>921</v>
+      </c>
+      <c r="D975" s="3" t="s">
+        <v>921</v>
+      </c>
+      <c r="E975" s="3" t="s">
+        <v>921</v>
+      </c>
+    </row>
+    <row r="976">
+      <c r="A976" s="2" t="s">
         <v>2</v>
       </c>
-      <c r="B975" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C975" s="2" t="s">
+      <c r="B976" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="C976" s="2" t="s">
         <v>4</v>
       </c>
-      <c r="D975" s="2" t="s">
+      <c r="D976" s="2" t="s">
         <v>5</v>
       </c>
-      <c r="E975" s="2" t="s">
+      <c r="E976" s="2" t="s">
         <v>6</v>
-      </c>
-[...15 lines deleted...]
-        <v>15</v>
       </c>
     </row>
     <row r="977">
       <c r="A977" s="1">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="B977" s="1">
-        <v>1838</v>
+        <v>1287</v>
       </c>
       <c r="C977" s="1" t="s">
         <v>922</v>
       </c>
       <c r="D977" s="1" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E977" s="1">
-        <v>13</v>
+        <v>15</v>
       </c>
     </row>
     <row r="978">
       <c r="A978" s="1">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="B978" s="1">
-        <v>780</v>
+        <v>1838</v>
       </c>
       <c r="C978" s="1" t="s">
         <v>923</v>
       </c>
       <c r="D978" s="1" t="s">
-        <v>328</v>
+        <v>17</v>
       </c>
       <c r="E978" s="1">
-        <v>11</v>
+        <v>13</v>
       </c>
     </row>
     <row r="979">
       <c r="A979" s="1">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="B979" s="1">
-        <v>376</v>
+        <v>780</v>
       </c>
       <c r="C979" s="1" t="s">
         <v>924</v>
       </c>
       <c r="D979" s="1" t="s">
-        <v>38</v>
+        <v>329</v>
       </c>
       <c r="E979" s="1">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="980">
       <c r="A980" s="1">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="B980" s="1">
-        <v>1103</v>
+        <v>376</v>
       </c>
       <c r="C980" s="1" t="s">
         <v>925</v>
       </c>
       <c r="D980" s="1" t="s">
-        <v>96</v>
+        <v>38</v>
       </c>
       <c r="E980" s="1">
-        <v>9</v>
+        <v>10</v>
       </c>
     </row>
     <row r="981">
       <c r="A981" s="1">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="B981" s="1">
-        <v>1774</v>
+        <v>1103</v>
       </c>
       <c r="C981" s="1" t="s">
         <v>926</v>
       </c>
       <c r="D981" s="1" t="s">
-        <v>17</v>
+        <v>98</v>
       </c>
       <c r="E981" s="1">
-        <v>8</v>
+        <v>9</v>
       </c>
     </row>
     <row r="982">
       <c r="A982" s="1">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="B982" s="1">
-        <v>1338</v>
+        <v>1774</v>
       </c>
       <c r="C982" s="1" t="s">
         <v>927</v>
       </c>
       <c r="D982" s="1" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="E982" s="1">
-        <v>7</v>
+        <v>8</v>
       </c>
     </row>
     <row r="983">
       <c r="A983" s="1">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="B983" s="1">
-        <v>606</v>
+        <v>1338</v>
       </c>
       <c r="C983" s="1" t="s">
         <v>928</v>
       </c>
       <c r="D983" s="1" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="E983" s="1">
-        <v>6</v>
+        <v>7</v>
       </c>
     </row>
     <row r="984">
       <c r="A984" s="1">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="B984" s="1">
-        <v>1020</v>
+        <v>606</v>
       </c>
       <c r="C984" s="1" t="s">
         <v>929</v>
       </c>
       <c r="D984" s="1" t="s">
-        <v>69</v>
+        <v>12</v>
       </c>
       <c r="E984" s="1">
-        <v>5</v>
+        <v>6</v>
       </c>
     </row>
     <row r="985">
       <c r="A985" s="1">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="B985" s="1">
-        <v>427</v>
+        <v>1020</v>
       </c>
       <c r="C985" s="1" t="s">
         <v>930</v>
       </c>
       <c r="D985" s="1" t="s">
-        <v>38</v>
+        <v>70</v>
       </c>
       <c r="E985" s="1">
-        <v>4</v>
+        <v>5</v>
       </c>
     </row>
     <row r="986">
       <c r="A986" s="1">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="B986" s="1">
-        <v>396</v>
+        <v>427</v>
       </c>
       <c r="C986" s="1" t="s">
         <v>931</v>
       </c>
       <c r="D986" s="1" t="s">
         <v>38</v>
       </c>
       <c r="E986" s="1">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="987">
       <c r="A987" s="1">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="B987" s="1">
-        <v>1174</v>
+        <v>396</v>
       </c>
       <c r="C987" s="1" t="s">
         <v>932</v>
       </c>
       <c r="D987" s="1" t="s">
-        <v>328</v>
+        <v>38</v>
       </c>
       <c r="E987" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="988">
       <c r="A988" s="1">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="B988" s="1">
-        <v>915</v>
+        <v>1174</v>
       </c>
       <c r="C988" s="1" t="s">
         <v>933</v>
       </c>
       <c r="D988" s="1" t="s">
-        <v>74</v>
+        <v>329</v>
       </c>
       <c r="E988" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="989">
       <c r="A989" s="1">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="B989" s="1">
-        <v>738</v>
+        <v>915</v>
       </c>
       <c r="C989" s="1" t="s">
         <v>934</v>
       </c>
       <c r="D989" s="1" t="s">
-        <v>725</v>
+        <v>75</v>
       </c>
       <c r="E989" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="990">
       <c r="A990" s="1">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="B990" s="1">
-        <v>262</v>
+        <v>738</v>
       </c>
       <c r="C990" s="1" t="s">
         <v>935</v>
       </c>
       <c r="D990" s="1" t="s">
-        <v>8</v>
+        <v>725</v>
       </c>
       <c r="E990" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="991">
       <c r="A991" s="1">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="B991" s="1">
-        <v>598</v>
+        <v>262</v>
       </c>
       <c r="C991" s="1" t="s">
         <v>936</v>
       </c>
       <c r="D991" s="1" t="s">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="E991" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="992">
       <c r="A992" s="1">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="B992" s="1">
-        <v>1217</v>
+        <v>598</v>
       </c>
       <c r="C992" s="1" t="s">
         <v>937</v>
       </c>
       <c r="D992" s="1" t="s">
-        <v>26</v>
+        <v>12</v>
       </c>
       <c r="E992" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="993">
       <c r="A993" s="1">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="B993" s="1">
-        <v>1926</v>
+        <v>1217</v>
       </c>
       <c r="C993" s="1" t="s">
         <v>938</v>
       </c>
       <c r="D993" s="1" t="s">
-        <v>285</v>
+        <v>26</v>
       </c>
       <c r="E993" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="994">
       <c r="A994" s="1">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="B994" s="1">
-        <v>1686</v>
+        <v>1926</v>
       </c>
       <c r="C994" s="1" t="s">
         <v>939</v>
       </c>
       <c r="D994" s="1" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="E994" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="995">
       <c r="A995" s="1">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="B995" s="1">
-        <v>1439</v>
+        <v>1686</v>
       </c>
       <c r="C995" s="1" t="s">
         <v>940</v>
       </c>
       <c r="D995" s="1" t="s">
-        <v>69</v>
+        <v>286</v>
       </c>
       <c r="E995" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="996">
       <c r="A996" s="1">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="B996" s="1">
-        <v>1031</v>
+        <v>1439</v>
       </c>
       <c r="C996" s="1" t="s">
         <v>941</v>
       </c>
       <c r="D996" s="1" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="E996" s="1">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="997">
       <c r="A997" s="1">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="B997" s="1">
-        <v>1005</v>
+        <v>1031</v>
       </c>
       <c r="C997" s="1" t="s">
         <v>942</v>
       </c>
       <c r="D997" s="1" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="E997" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="998">
       <c r="A998" s="1">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="B998" s="1">
-        <v>1593</v>
+        <v>1005</v>
       </c>
       <c r="C998" s="1" t="s">
         <v>943</v>
       </c>
       <c r="D998" s="1" t="s">
-        <v>61</v>
+        <v>70</v>
       </c>
       <c r="E998" s="1">
         <v>2</v>
       </c>
     </row>
-    <row r="1001">
-      <c r="A1001" s="3" t="s">
+    <row r="999">
+      <c r="A999" s="1">
+        <v>23</v>
+      </c>
+      <c r="B999" s="1">
+        <v>1593</v>
+      </c>
+      <c r="C999" s="1" t="s">
         <v>944</v>
       </c>
-      <c r="B1001" s="3" t="s">
-[...9 lines deleted...]
-        <v>944</v>
+      <c r="D999" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="E999" s="1">
+        <v>2</v>
       </c>
     </row>
     <row r="1002">
-      <c r="A1002" s="2" t="s">
+      <c r="A1002" s="3" t="s">
+        <v>945</v>
+      </c>
+      <c r="B1002" s="3" t="s">
+        <v>945</v>
+      </c>
+      <c r="C1002" s="3" t="s">
+        <v>945</v>
+      </c>
+      <c r="D1002" s="3" t="s">
+        <v>945</v>
+      </c>
+      <c r="E1002" s="3" t="s">
+        <v>945</v>
+      </c>
+    </row>
+    <row r="1003">
+      <c r="A1003" s="2" t="s">
         <v>2</v>
       </c>
-      <c r="B1002" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C1002" s="2" t="s">
+      <c r="B1003" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="C1003" s="2" t="s">
         <v>4</v>
       </c>
-      <c r="D1002" s="2" t="s">
+      <c r="D1003" s="2" t="s">
         <v>5</v>
       </c>
-      <c r="E1002" s="2" t="s">
+      <c r="E1003" s="2" t="s">
         <v>6</v>
-      </c>
-[...15 lines deleted...]
-        <v>15</v>
       </c>
     </row>
     <row r="1004">
       <c r="A1004" s="1">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="B1004" s="1">
-        <v>185</v>
+        <v>196</v>
       </c>
       <c r="C1004" s="1" t="s">
         <v>946</v>
       </c>
       <c r="D1004" s="1" t="s">
         <v>34</v>
       </c>
       <c r="E1004" s="1">
-        <v>13</v>
+        <v>15</v>
       </c>
     </row>
     <row r="1005">
       <c r="A1005" s="1">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="B1005" s="1">
-        <v>717</v>
+        <v>185</v>
       </c>
       <c r="C1005" s="1" t="s">
         <v>947</v>
       </c>
       <c r="D1005" s="1" t="s">
-        <v>178</v>
+        <v>34</v>
       </c>
       <c r="E1005" s="1">
-        <v>11</v>
+        <v>13</v>
       </c>
     </row>
     <row r="1006">
       <c r="A1006" s="1">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="B1006" s="1">
-        <v>1778</v>
+        <v>717</v>
       </c>
       <c r="C1006" s="1" t="s">
         <v>948</v>
       </c>
       <c r="D1006" s="1" t="s">
-        <v>17</v>
+        <v>180</v>
       </c>
       <c r="E1006" s="1">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="1007">
       <c r="A1007" s="1">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="B1007" s="1">
-        <v>1731</v>
+        <v>1778</v>
       </c>
       <c r="C1007" s="1" t="s">
         <v>949</v>
       </c>
       <c r="D1007" s="1" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="E1007" s="1">
-        <v>9</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1008">
       <c r="A1008" s="1">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="B1008" s="1">
-        <v>1037</v>
+        <v>1731</v>
       </c>
       <c r="C1008" s="1" t="s">
         <v>950</v>
       </c>
       <c r="D1008" s="1" t="s">
-        <v>69</v>
+        <v>19</v>
       </c>
       <c r="E1008" s="1">
-        <v>8</v>
+        <v>9</v>
       </c>
     </row>
     <row r="1009">
       <c r="A1009" s="1">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="B1009" s="1">
-        <v>401</v>
+        <v>1037</v>
       </c>
       <c r="C1009" s="1" t="s">
         <v>951</v>
       </c>
       <c r="D1009" s="1" t="s">
-        <v>38</v>
+        <v>70</v>
       </c>
       <c r="E1009" s="1">
-        <v>7</v>
+        <v>8</v>
       </c>
     </row>
     <row r="1010">
       <c r="A1010" s="1">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="B1010" s="1">
-        <v>1211</v>
+        <v>401</v>
       </c>
       <c r="C1010" s="1" t="s">
         <v>952</v>
       </c>
       <c r="D1010" s="1" t="s">
-        <v>26</v>
+        <v>38</v>
       </c>
       <c r="E1010" s="1">
-        <v>6</v>
+        <v>7</v>
       </c>
     </row>
     <row r="1011">
       <c r="A1011" s="1">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="B1011" s="1">
-        <v>188</v>
+        <v>1211</v>
       </c>
       <c r="C1011" s="1" t="s">
         <v>953</v>
       </c>
       <c r="D1011" s="1" t="s">
-        <v>34</v>
+        <v>26</v>
       </c>
       <c r="E1011" s="1">
-        <v>5</v>
+        <v>6</v>
       </c>
     </row>
     <row r="1012">
       <c r="A1012" s="1">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="B1012" s="1">
-        <v>867</v>
+        <v>188</v>
       </c>
       <c r="C1012" s="1" t="s">
         <v>954</v>
       </c>
       <c r="D1012" s="1" t="s">
-        <v>74</v>
+        <v>34</v>
       </c>
       <c r="E1012" s="1">
-        <v>4</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1013">
       <c r="A1013" s="1">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="B1013" s="1">
-        <v>1225</v>
+        <v>867</v>
       </c>
       <c r="C1013" s="1" t="s">
         <v>955</v>
       </c>
       <c r="D1013" s="1" t="s">
-        <v>26</v>
+        <v>75</v>
       </c>
       <c r="E1013" s="1">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="1014">
       <c r="A1014" s="1">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="B1014" s="1">
-        <v>257</v>
+        <v>1225</v>
       </c>
       <c r="C1014" s="1" t="s">
         <v>956</v>
       </c>
       <c r="D1014" s="1" t="s">
-        <v>8</v>
+        <v>26</v>
       </c>
       <c r="E1014" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="1015">
       <c r="A1015" s="1">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="B1015" s="1">
-        <v>574</v>
+        <v>257</v>
       </c>
       <c r="C1015" s="1" t="s">
         <v>957</v>
       </c>
       <c r="D1015" s="1" t="s">
-        <v>255</v>
+        <v>8</v>
       </c>
       <c r="E1015" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="1016">
       <c r="A1016" s="1">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="B1016" s="1">
-        <v>186</v>
+        <v>574</v>
       </c>
       <c r="C1016" s="1" t="s">
         <v>958</v>
       </c>
       <c r="D1016" s="1" t="s">
-        <v>34</v>
+        <v>257</v>
       </c>
       <c r="E1016" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="1017">
       <c r="A1017" s="1">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="B1017" s="1">
-        <v>306</v>
+        <v>186</v>
       </c>
       <c r="C1017" s="1" t="s">
         <v>959</v>
       </c>
       <c r="D1017" s="1" t="s">
-        <v>8</v>
+        <v>34</v>
       </c>
       <c r="E1017" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="1018">
       <c r="A1018" s="1">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="B1018" s="1">
-        <v>1119</v>
+        <v>306</v>
       </c>
       <c r="C1018" s="1" t="s">
         <v>960</v>
       </c>
       <c r="D1018" s="1" t="s">
-        <v>96</v>
+        <v>8</v>
       </c>
       <c r="E1018" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="1019">
       <c r="A1019" s="1">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="B1019" s="1">
-        <v>1883</v>
+        <v>1119</v>
       </c>
       <c r="C1019" s="1" t="s">
         <v>961</v>
       </c>
       <c r="D1019" s="1" t="s">
-        <v>399</v>
+        <v>98</v>
       </c>
       <c r="E1019" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="1020">
       <c r="A1020" s="1">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="B1020" s="1">
-        <v>229</v>
+        <v>1883</v>
       </c>
       <c r="C1020" s="1" t="s">
         <v>962</v>
       </c>
       <c r="D1020" s="1" t="s">
-        <v>285</v>
+        <v>399</v>
       </c>
       <c r="E1020" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="1021">
       <c r="A1021" s="1">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="B1021" s="1">
-        <v>1788</v>
+        <v>229</v>
       </c>
       <c r="C1021" s="1" t="s">
         <v>963</v>
       </c>
       <c r="D1021" s="1" t="s">
-        <v>17</v>
+        <v>286</v>
       </c>
       <c r="E1021" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="1022">
       <c r="A1022" s="1">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="B1022" s="1">
-        <v>429</v>
+        <v>1788</v>
       </c>
       <c r="C1022" s="1" t="s">
         <v>964</v>
       </c>
       <c r="D1022" s="1" t="s">
-        <v>38</v>
+        <v>17</v>
       </c>
       <c r="E1022" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="1023">
       <c r="A1023" s="1">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="B1023" s="1">
-        <v>484</v>
+        <v>429</v>
       </c>
       <c r="C1023" s="1" t="s">
         <v>965</v>
       </c>
       <c r="D1023" s="1" t="s">
         <v>38</v>
       </c>
       <c r="E1023" s="1">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="1024">
       <c r="A1024" s="1">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="B1024" s="1">
-        <v>1447</v>
+        <v>484</v>
       </c>
       <c r="C1024" s="1" t="s">
         <v>966</v>
       </c>
       <c r="D1024" s="1" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="E1024" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="1025">
       <c r="A1025" s="1">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="B1025" s="1">
-        <v>1843</v>
+        <v>1447</v>
       </c>
       <c r="C1025" s="1" t="s">
         <v>967</v>
       </c>
       <c r="D1025" s="1" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E1025" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="1026">
       <c r="A1026" s="1">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="B1026" s="1">
-        <v>1363</v>
+        <v>1843</v>
       </c>
       <c r="C1026" s="1" t="s">
         <v>968</v>
       </c>
       <c r="D1026" s="1" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
       <c r="E1026" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="1027">
       <c r="A1027" s="1">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="B1027" s="1">
-        <v>1102</v>
+        <v>1363</v>
       </c>
       <c r="C1027" s="1" t="s">
         <v>969</v>
       </c>
       <c r="D1027" s="1" t="s">
-        <v>96</v>
+        <v>26</v>
       </c>
       <c r="E1027" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="1028">
       <c r="A1028" s="1">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="B1028" s="1">
-        <v>854</v>
+        <v>1102</v>
       </c>
       <c r="C1028" s="1" t="s">
         <v>970</v>
       </c>
       <c r="D1028" s="1" t="s">
-        <v>74</v>
+        <v>98</v>
       </c>
       <c r="E1028" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="1029">
       <c r="A1029" s="1">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="B1029" s="1">
-        <v>422</v>
+        <v>854</v>
       </c>
       <c r="C1029" s="1" t="s">
         <v>971</v>
       </c>
       <c r="D1029" s="1" t="s">
-        <v>38</v>
+        <v>75</v>
       </c>
       <c r="E1029" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="1030">
       <c r="A1030" s="1">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="B1030" s="1">
-        <v>765</v>
+        <v>422</v>
       </c>
       <c r="C1030" s="1" t="s">
         <v>972</v>
       </c>
       <c r="D1030" s="1" t="s">
-        <v>328</v>
+        <v>38</v>
       </c>
       <c r="E1030" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="1031">
       <c r="A1031" s="1">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="B1031" s="1">
-        <v>921</v>
+        <v>765</v>
       </c>
       <c r="C1031" s="1" t="s">
         <v>973</v>
       </c>
       <c r="D1031" s="1" t="s">
-        <v>74</v>
+        <v>329</v>
       </c>
       <c r="E1031" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="1032">
       <c r="A1032" s="1">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="B1032" s="1">
-        <v>807</v>
+        <v>921</v>
       </c>
       <c r="C1032" s="1" t="s">
         <v>974</v>
       </c>
       <c r="D1032" s="1" t="s">
-        <v>36</v>
+        <v>75</v>
       </c>
       <c r="E1032" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="1033">
       <c r="A1033" s="1">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="B1033" s="1">
-        <v>190</v>
+        <v>807</v>
       </c>
       <c r="C1033" s="1" t="s">
         <v>975</v>
       </c>
       <c r="D1033" s="1" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="E1033" s="1">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="1034">
       <c r="A1034" s="1">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="B1034" s="1">
-        <v>1590</v>
+        <v>190</v>
       </c>
       <c r="C1034" s="1" t="s">
         <v>976</v>
       </c>
       <c r="D1034" s="1" t="s">
-        <v>61</v>
+        <v>34</v>
       </c>
       <c r="E1034" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="1035">
       <c r="A1035" s="1">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="B1035" s="1">
-        <v>737</v>
+        <v>1590</v>
       </c>
       <c r="C1035" s="1" t="s">
         <v>977</v>
       </c>
       <c r="D1035" s="1" t="s">
-        <v>725</v>
+        <v>62</v>
       </c>
       <c r="E1035" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="1036">
       <c r="A1036" s="1">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="B1036" s="1">
-        <v>1116</v>
+        <v>737</v>
       </c>
       <c r="C1036" s="1" t="s">
         <v>978</v>
       </c>
       <c r="D1036" s="1" t="s">
-        <v>96</v>
+        <v>725</v>
       </c>
       <c r="E1036" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="1037">
       <c r="A1037" s="1">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="B1037" s="1">
-        <v>187</v>
+        <v>1116</v>
       </c>
       <c r="C1037" s="1" t="s">
         <v>979</v>
       </c>
       <c r="D1037" s="1" t="s">
-        <v>34</v>
+        <v>98</v>
       </c>
       <c r="E1037" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="1038">
       <c r="A1038" s="1">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="B1038" s="1">
-        <v>518</v>
+        <v>187</v>
       </c>
       <c r="C1038" s="1" t="s">
         <v>980</v>
       </c>
       <c r="D1038" s="1" t="s">
-        <v>223</v>
+        <v>34</v>
       </c>
       <c r="E1038" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="1039">
       <c r="A1039" s="1">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="B1039" s="1">
-        <v>1171</v>
+        <v>518</v>
       </c>
       <c r="C1039" s="1" t="s">
         <v>981</v>
       </c>
       <c r="D1039" s="1" t="s">
-        <v>96</v>
+        <v>225</v>
       </c>
       <c r="E1039" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="1040">
       <c r="A1040" s="1">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="B1040" s="1">
-        <v>885</v>
+        <v>1171</v>
       </c>
       <c r="C1040" s="1" t="s">
         <v>982</v>
       </c>
       <c r="D1040" s="1" t="s">
-        <v>74</v>
+        <v>98</v>
       </c>
       <c r="E1040" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="1041">
       <c r="A1041" s="1">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="B1041" s="1">
-        <v>539</v>
+        <v>885</v>
       </c>
       <c r="C1041" s="1" t="s">
         <v>983</v>
       </c>
       <c r="D1041" s="1" t="s">
-        <v>223</v>
+        <v>75</v>
       </c>
       <c r="E1041" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="1042">
       <c r="A1042" s="1">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="B1042" s="1">
-        <v>1104</v>
+        <v>539</v>
       </c>
       <c r="C1042" s="1" t="s">
         <v>984</v>
       </c>
       <c r="D1042" s="1" t="s">
-        <v>96</v>
+        <v>225</v>
       </c>
       <c r="E1042" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="1043">
       <c r="A1043" s="1">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="B1043" s="1">
-        <v>948</v>
+        <v>1104</v>
       </c>
       <c r="C1043" s="1" t="s">
         <v>985</v>
       </c>
       <c r="D1043" s="1" t="s">
-        <v>255</v>
+        <v>98</v>
       </c>
       <c r="E1043" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="1044">
       <c r="A1044" s="1">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="B1044" s="1">
-        <v>1290</v>
+        <v>948</v>
       </c>
       <c r="C1044" s="1" t="s">
         <v>986</v>
       </c>
       <c r="D1044" s="1" t="s">
-        <v>10</v>
+        <v>257</v>
       </c>
       <c r="E1044" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="1045">
       <c r="A1045" s="1">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="B1045" s="1">
-        <v>1128</v>
+        <v>1290</v>
       </c>
       <c r="C1045" s="1" t="s">
         <v>987</v>
       </c>
       <c r="D1045" s="1" t="s">
-        <v>96</v>
+        <v>10</v>
       </c>
       <c r="E1045" s="1">
         <v>1</v>
       </c>
     </row>
-    <row r="1048">
-      <c r="A1048" s="3" t="s">
+    <row r="1046">
+      <c r="A1046" s="1">
+        <v>43</v>
+      </c>
+      <c r="B1046" s="1">
+        <v>1128</v>
+      </c>
+      <c r="C1046" s="1" t="s">
         <v>988</v>
       </c>
-      <c r="B1048" s="3" t="s">
-[...9 lines deleted...]
-        <v>988</v>
+      <c r="D1046" s="1" t="s">
+        <v>98</v>
+      </c>
+      <c r="E1046" s="1">
+        <v>1</v>
       </c>
     </row>
     <row r="1049">
-      <c r="A1049" s="2" t="s">
+      <c r="A1049" s="3" t="s">
+        <v>989</v>
+      </c>
+      <c r="B1049" s="3" t="s">
+        <v>989</v>
+      </c>
+      <c r="C1049" s="3" t="s">
+        <v>989</v>
+      </c>
+      <c r="D1049" s="3" t="s">
+        <v>989</v>
+      </c>
+      <c r="E1049" s="3" t="s">
+        <v>989</v>
+      </c>
+    </row>
+    <row r="1050">
+      <c r="A1050" s="2" t="s">
         <v>2</v>
       </c>
-      <c r="B1049" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C1049" s="2" t="s">
+      <c r="B1050" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="C1050" s="2" t="s">
         <v>4</v>
       </c>
-      <c r="D1049" s="2" t="s">
+      <c r="D1050" s="2" t="s">
         <v>5</v>
       </c>
-      <c r="E1049" s="2" t="s">
+      <c r="E1050" s="2" t="s">
         <v>6</v>
-      </c>
-[...15 lines deleted...]
-        <v>15</v>
       </c>
     </row>
     <row r="1051">
       <c r="A1051" s="1">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="B1051" s="1">
-        <v>902</v>
+        <v>1153</v>
       </c>
       <c r="C1051" s="1" t="s">
         <v>990</v>
       </c>
       <c r="D1051" s="1" t="s">
-        <v>74</v>
+        <v>98</v>
       </c>
       <c r="E1051" s="1">
-        <v>13</v>
+        <v>15</v>
       </c>
     </row>
     <row r="1052">
       <c r="A1052" s="1">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="B1052" s="1">
-        <v>900</v>
+        <v>902</v>
       </c>
       <c r="C1052" s="1" t="s">
         <v>991</v>
       </c>
       <c r="D1052" s="1" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="E1052" s="1">
-        <v>11</v>
+        <v>13</v>
       </c>
     </row>
     <row r="1053">
       <c r="A1053" s="1">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="B1053" s="1">
-        <v>1032</v>
+        <v>900</v>
       </c>
       <c r="C1053" s="1" t="s">
         <v>992</v>
       </c>
       <c r="D1053" s="1" t="s">
-        <v>69</v>
+        <v>75</v>
       </c>
       <c r="E1053" s="1">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="1054">
       <c r="A1054" s="1">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="B1054" s="1">
-        <v>1804</v>
+        <v>1032</v>
       </c>
       <c r="C1054" s="1" t="s">
         <v>993</v>
       </c>
       <c r="D1054" s="1" t="s">
-        <v>17</v>
+        <v>70</v>
       </c>
       <c r="E1054" s="1">
-        <v>9</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1055">
       <c r="A1055" s="1">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="B1055" s="1">
-        <v>949</v>
+        <v>1804</v>
       </c>
       <c r="C1055" s="1" t="s">
         <v>994</v>
       </c>
       <c r="D1055" s="1" t="s">
-        <v>255</v>
+        <v>17</v>
       </c>
       <c r="E1055" s="1">
-        <v>8</v>
+        <v>9</v>
       </c>
     </row>
     <row r="1056">
       <c r="A1056" s="1">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="B1056" s="1">
-        <v>1271</v>
+        <v>949</v>
       </c>
       <c r="C1056" s="1" t="s">
         <v>995</v>
       </c>
       <c r="D1056" s="1" t="s">
-        <v>10</v>
+        <v>257</v>
       </c>
       <c r="E1056" s="1">
-        <v>7</v>
+        <v>8</v>
       </c>
     </row>
     <row r="1057">
       <c r="A1057" s="1">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="B1057" s="1">
-        <v>842</v>
+        <v>1271</v>
       </c>
       <c r="C1057" s="1" t="s">
         <v>996</v>
       </c>
       <c r="D1057" s="1" t="s">
-        <v>74</v>
+        <v>10</v>
       </c>
       <c r="E1057" s="1">
-        <v>6</v>
+        <v>7</v>
       </c>
     </row>
     <row r="1058">
       <c r="A1058" s="1">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="B1058" s="1">
-        <v>1001</v>
+        <v>842</v>
       </c>
       <c r="C1058" s="1" t="s">
         <v>997</v>
       </c>
       <c r="D1058" s="1" t="s">
-        <v>69</v>
+        <v>75</v>
       </c>
       <c r="E1058" s="1">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="1059">
+      <c r="A1059" s="1">
+        <v>9</v>
+      </c>
+      <c r="B1059" s="1">
+        <v>1001</v>
+      </c>
+      <c r="C1059" s="1" t="s">
+        <v>998</v>
+      </c>
+      <c r="D1059" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="E1059" s="1">
         <v>5</v>
       </c>
     </row>
-    <row r="1061">
-[...15 lines deleted...]
-    </row>
     <row r="1062">
-      <c r="A1062" s="2" t="s">
+      <c r="A1062" s="3" t="s">
+        <v>999</v>
+      </c>
+      <c r="B1062" s="3" t="s">
+        <v>999</v>
+      </c>
+      <c r="C1062" s="3" t="s">
+        <v>999</v>
+      </c>
+      <c r="D1062" s="3" t="s">
+        <v>999</v>
+      </c>
+      <c r="E1062" s="3" t="s">
+        <v>999</v>
+      </c>
+    </row>
+    <row r="1063">
+      <c r="A1063" s="2" t="s">
         <v>2</v>
       </c>
-      <c r="B1062" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C1062" s="2" t="s">
+      <c r="B1063" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="C1063" s="2" t="s">
         <v>4</v>
       </c>
-      <c r="D1062" s="2" t="s">
+      <c r="D1063" s="2" t="s">
         <v>5</v>
       </c>
-      <c r="E1062" s="2" t="s">
+      <c r="E1063" s="2" t="s">
         <v>6</v>
-      </c>
-[...15 lines deleted...]
-        <v>15</v>
       </c>
     </row>
     <row r="1064">
       <c r="A1064" s="1">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="B1064" s="1">
-        <v>305</v>
+        <v>1092</v>
       </c>
       <c r="C1064" s="1" t="s">
         <v>1000</v>
       </c>
       <c r="D1064" s="1" t="s">
-        <v>8</v>
+        <v>98</v>
       </c>
       <c r="E1064" s="1">
-        <v>13</v>
+        <v>15</v>
       </c>
     </row>
     <row r="1065">
       <c r="A1065" s="1">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="B1065" s="1">
-        <v>445</v>
+        <v>305</v>
       </c>
       <c r="C1065" s="1" t="s">
         <v>1001</v>
       </c>
       <c r="D1065" s="1" t="s">
-        <v>38</v>
+        <v>8</v>
       </c>
       <c r="E1065" s="1">
-        <v>11</v>
+        <v>13</v>
       </c>
     </row>
     <row r="1066">
       <c r="A1066" s="1">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="B1066" s="1">
-        <v>735</v>
+        <v>445</v>
       </c>
       <c r="C1066" s="1" t="s">
         <v>1002</v>
       </c>
       <c r="D1066" s="1" t="s">
-        <v>725</v>
+        <v>38</v>
       </c>
       <c r="E1066" s="1">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="1067">
       <c r="A1067" s="1">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="B1067" s="1">
-        <v>1564</v>
+        <v>735</v>
       </c>
       <c r="C1067" s="1" t="s">
         <v>1003</v>
       </c>
       <c r="D1067" s="1" t="s">
-        <v>8</v>
+        <v>725</v>
       </c>
       <c r="E1067" s="1">
-        <v>9</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1068">
       <c r="A1068" s="1">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="B1068" s="1">
-        <v>1121</v>
+        <v>1564</v>
       </c>
       <c r="C1068" s="1" t="s">
         <v>1004</v>
       </c>
       <c r="D1068" s="1" t="s">
-        <v>96</v>
+        <v>8</v>
       </c>
       <c r="E1068" s="1">
-        <v>8</v>
+        <v>9</v>
       </c>
     </row>
     <row r="1069">
       <c r="A1069" s="1">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="B1069" s="1">
-        <v>736</v>
+        <v>1121</v>
       </c>
       <c r="C1069" s="1" t="s">
         <v>1005</v>
       </c>
       <c r="D1069" s="1" t="s">
-        <v>725</v>
+        <v>98</v>
       </c>
       <c r="E1069" s="1">
-        <v>7</v>
+        <v>8</v>
       </c>
     </row>
     <row r="1070">
       <c r="A1070" s="1">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="B1070" s="1">
-        <v>710</v>
+        <v>736</v>
       </c>
       <c r="C1070" s="1" t="s">
         <v>1006</v>
       </c>
       <c r="D1070" s="1" t="s">
-        <v>178</v>
+        <v>725</v>
       </c>
       <c r="E1070" s="1">
-        <v>6</v>
+        <v>7</v>
       </c>
     </row>
     <row r="1071">
       <c r="A1071" s="1">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="B1071" s="1">
-        <v>426</v>
+        <v>710</v>
       </c>
       <c r="C1071" s="1" t="s">
         <v>1007</v>
       </c>
       <c r="D1071" s="1" t="s">
-        <v>38</v>
+        <v>180</v>
       </c>
       <c r="E1071" s="1">
-        <v>5</v>
+        <v>6</v>
       </c>
     </row>
     <row r="1072">
       <c r="A1072" s="1">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="B1072" s="1">
-        <v>742</v>
+        <v>426</v>
       </c>
       <c r="C1072" s="1" t="s">
         <v>1008</v>
       </c>
       <c r="D1072" s="1" t="s">
-        <v>725</v>
+        <v>38</v>
       </c>
       <c r="E1072" s="1">
-        <v>4</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1073">
       <c r="A1073" s="1">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="B1073" s="1">
-        <v>520</v>
+        <v>742</v>
       </c>
       <c r="C1073" s="1" t="s">
         <v>1009</v>
       </c>
       <c r="D1073" s="1" t="s">
-        <v>223</v>
+        <v>725</v>
       </c>
       <c r="E1073" s="1">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="1074">
       <c r="A1074" s="1">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="B1074" s="1">
-        <v>485</v>
+        <v>520</v>
       </c>
       <c r="C1074" s="1" t="s">
         <v>1010</v>
       </c>
       <c r="D1074" s="1" t="s">
-        <v>38</v>
+        <v>225</v>
       </c>
       <c r="E1074" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="1075">
       <c r="A1075" s="1">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="B1075" s="1">
-        <v>685</v>
+        <v>485</v>
       </c>
       <c r="C1075" s="1" t="s">
         <v>1011</v>
       </c>
       <c r="D1075" s="1" t="s">
-        <v>178</v>
+        <v>38</v>
       </c>
       <c r="E1075" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="1076">
       <c r="A1076" s="1">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="B1076" s="1">
-        <v>554</v>
+        <v>685</v>
       </c>
       <c r="C1076" s="1" t="s">
         <v>1012</v>
       </c>
       <c r="D1076" s="1" t="s">
-        <v>34</v>
+        <v>180</v>
       </c>
       <c r="E1076" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="1077">
       <c r="A1077" s="1">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="B1077" s="1">
-        <v>214</v>
+        <v>554</v>
       </c>
       <c r="C1077" s="1" t="s">
         <v>1013</v>
       </c>
       <c r="D1077" s="1" t="s">
-        <v>285</v>
+        <v>34</v>
       </c>
       <c r="E1077" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="1078">
       <c r="A1078" s="1">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="B1078" s="1">
-        <v>251</v>
+        <v>214</v>
       </c>
       <c r="C1078" s="1" t="s">
         <v>1014</v>
       </c>
       <c r="D1078" s="1" t="s">
-        <v>8</v>
+        <v>286</v>
       </c>
       <c r="E1078" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="1079">
       <c r="A1079" s="1">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="B1079" s="1">
-        <v>1288</v>
+        <v>251</v>
       </c>
       <c r="C1079" s="1" t="s">
         <v>1015</v>
       </c>
       <c r="D1079" s="1" t="s">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="E1079" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="1080">
       <c r="A1080" s="1">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="B1080" s="1">
-        <v>420</v>
+        <v>1288</v>
       </c>
       <c r="C1080" s="1" t="s">
         <v>1016</v>
       </c>
       <c r="D1080" s="1" t="s">
-        <v>38</v>
+        <v>10</v>
       </c>
       <c r="E1080" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="1081">
       <c r="A1081" s="1">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="B1081" s="1">
-        <v>1323</v>
+        <v>420</v>
       </c>
       <c r="C1081" s="1" t="s">
         <v>1017</v>
       </c>
       <c r="D1081" s="1" t="s">
-        <v>725</v>
+        <v>38</v>
       </c>
       <c r="E1081" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="1082">
       <c r="A1082" s="1">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="B1082" s="1">
-        <v>192</v>
+        <v>1323</v>
       </c>
       <c r="C1082" s="1" t="s">
         <v>1018</v>
       </c>
       <c r="D1082" s="1" t="s">
-        <v>34</v>
+        <v>725</v>
       </c>
       <c r="E1082" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="1083">
       <c r="A1083" s="1">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="B1083" s="1">
-        <v>1577</v>
+        <v>192</v>
       </c>
       <c r="C1083" s="1" t="s">
         <v>1019</v>
       </c>
       <c r="D1083" s="1" t="s">
-        <v>61</v>
+        <v>34</v>
       </c>
       <c r="E1083" s="1">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="1084">
       <c r="A1084" s="1">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="B1084" s="1">
-        <v>193</v>
+        <v>1577</v>
       </c>
       <c r="C1084" s="1" t="s">
         <v>1020</v>
       </c>
       <c r="D1084" s="1" t="s">
-        <v>34</v>
+        <v>62</v>
       </c>
       <c r="E1084" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="1085">
       <c r="A1085" s="1">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="B1085" s="1">
-        <v>302</v>
+        <v>193</v>
       </c>
       <c r="C1085" s="1" t="s">
         <v>1021</v>
       </c>
       <c r="D1085" s="1" t="s">
-        <v>8</v>
+        <v>34</v>
       </c>
       <c r="E1085" s="1">
         <v>2</v>
       </c>
     </row>
     <row r="1086">
       <c r="A1086" s="1">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="B1086" s="1">
-        <v>490</v>
+        <v>302</v>
       </c>
       <c r="C1086" s="1" t="s">
         <v>1022</v>
       </c>
       <c r="D1086" s="1" t="s">
-        <v>1023</v>
+        <v>8</v>
       </c>
       <c r="E1086" s="1">
         <v>2</v>
       </c>
     </row>
-    <row r="1089">
-      <c r="A1089" s="3" t="s">
+    <row r="1087">
+      <c r="A1087" s="1">
+        <v>24</v>
+      </c>
+      <c r="B1087" s="1">
+        <v>490</v>
+      </c>
+      <c r="C1087" s="1" t="s">
+        <v>1023</v>
+      </c>
+      <c r="D1087" s="1" t="s">
         <v>1024</v>
       </c>
-      <c r="B1089" s="3" t="s">
-[...9 lines deleted...]
-        <v>1024</v>
+      <c r="E1087" s="1">
+        <v>2</v>
       </c>
     </row>
     <row r="1090">
-      <c r="A1090" s="2" t="s">
+      <c r="A1090" s="3" t="s">
+        <v>1025</v>
+      </c>
+      <c r="B1090" s="3" t="s">
+        <v>1025</v>
+      </c>
+      <c r="C1090" s="3" t="s">
+        <v>1025</v>
+      </c>
+      <c r="D1090" s="3" t="s">
+        <v>1025</v>
+      </c>
+      <c r="E1090" s="3" t="s">
+        <v>1025</v>
+      </c>
+    </row>
+    <row r="1091">
+      <c r="A1091" s="2" t="s">
         <v>2</v>
       </c>
-      <c r="B1090" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C1090" s="2" t="s">
+      <c r="B1091" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="C1091" s="2" t="s">
         <v>4</v>
       </c>
-      <c r="D1090" s="2" t="s">
+      <c r="D1091" s="2" t="s">
         <v>5</v>
       </c>
-      <c r="E1090" s="2" t="s">
+      <c r="E1091" s="2" t="s">
         <v>6</v>
-      </c>
-[...15 lines deleted...]
-        <v>15</v>
       </c>
     </row>
     <row r="1092">
       <c r="A1092" s="1">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="B1092" s="1">
-        <v>986</v>
+        <v>1712</v>
       </c>
       <c r="C1092" s="1" t="s">
         <v>1026</v>
       </c>
       <c r="D1092" s="1" t="s">
-        <v>69</v>
+        <v>19</v>
       </c>
       <c r="E1092" s="1">
-        <v>13</v>
+        <v>15</v>
       </c>
     </row>
     <row r="1093">
       <c r="A1093" s="1">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="B1093" s="1">
-        <v>489</v>
+        <v>986</v>
       </c>
       <c r="C1093" s="1" t="s">
         <v>1027</v>
       </c>
       <c r="D1093" s="1" t="s">
-        <v>1023</v>
+        <v>70</v>
       </c>
       <c r="E1093" s="1">
-        <v>11</v>
+        <v>13</v>
       </c>
     </row>
     <row r="1094">
       <c r="A1094" s="1">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="B1094" s="1">
-        <v>1260</v>
+        <v>489</v>
       </c>
       <c r="C1094" s="1" t="s">
         <v>1028</v>
       </c>
       <c r="D1094" s="1" t="s">
-        <v>10</v>
+        <v>1024</v>
       </c>
       <c r="E1094" s="1">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="1095">
       <c r="A1095" s="1">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="B1095" s="1">
-        <v>611</v>
+        <v>1260</v>
       </c>
       <c r="C1095" s="1" t="s">
         <v>1029</v>
       </c>
       <c r="D1095" s="1" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="E1095" s="1">
-        <v>9</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1096">
       <c r="A1096" s="1">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="B1096" s="1">
-        <v>1882</v>
+        <v>611</v>
       </c>
       <c r="C1096" s="1" t="s">
         <v>1030</v>
       </c>
       <c r="D1096" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E1096" s="1">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="1097">
+      <c r="A1097" s="1">
+        <v>6</v>
+      </c>
+      <c r="B1097" s="1">
+        <v>1882</v>
+      </c>
+      <c r="C1097" s="1" t="s">
+        <v>1031</v>
+      </c>
+      <c r="D1097" s="1" t="s">
         <v>399</v>
       </c>
-      <c r="E1096" s="1">
+      <c r="E1097" s="1">
         <v>8</v>
       </c>
     </row>
-    <row r="1099">
-[...15 lines deleted...]
-    </row>
     <row r="1100">
-      <c r="A1100" s="2" t="s">
+      <c r="A1100" s="3" t="s">
+        <v>1032</v>
+      </c>
+      <c r="B1100" s="3" t="s">
+        <v>1032</v>
+      </c>
+      <c r="C1100" s="3" t="s">
+        <v>1032</v>
+      </c>
+      <c r="D1100" s="3" t="s">
+        <v>1032</v>
+      </c>
+      <c r="E1100" s="3" t="s">
+        <v>1032</v>
+      </c>
+    </row>
+    <row r="1101">
+      <c r="A1101" s="2" t="s">
         <v>2</v>
       </c>
-      <c r="B1100" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C1100" s="2" t="s">
+      <c r="B1101" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="C1101" s="2" t="s">
         <v>4</v>
       </c>
-      <c r="D1100" s="2" t="s">
+      <c r="D1101" s="2" t="s">
         <v>5</v>
       </c>
-      <c r="E1100" s="2" t="s">
+      <c r="E1101" s="2" t="s">
         <v>6</v>
-      </c>
-[...15 lines deleted...]
-        <v>15</v>
       </c>
     </row>
     <row r="1102">
       <c r="A1102" s="1">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="B1102" s="1">
-        <v>1083</v>
+        <v>1365</v>
       </c>
       <c r="C1102" s="1" t="s">
         <v>1033</v>
       </c>
       <c r="D1102" s="1" t="s">
-        <v>96</v>
+        <v>14</v>
       </c>
       <c r="E1102" s="1">
-        <v>13</v>
+        <v>15</v>
       </c>
     </row>
     <row r="1103">
       <c r="A1103" s="1">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="B1103" s="1">
-        <v>1831</v>
+        <v>1083</v>
       </c>
       <c r="C1103" s="1" t="s">
         <v>1034</v>
       </c>
       <c r="D1103" s="1" t="s">
-        <v>17</v>
+        <v>98</v>
       </c>
       <c r="E1103" s="1">
-        <v>11</v>
+        <v>13</v>
       </c>
     </row>
     <row r="1104">
       <c r="A1104" s="1">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="B1104" s="1">
-        <v>252</v>
+        <v>1831</v>
       </c>
       <c r="C1104" s="1" t="s">
         <v>1035</v>
       </c>
       <c r="D1104" s="1" t="s">
-        <v>8</v>
+        <v>17</v>
       </c>
       <c r="E1104" s="1">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="1105">
       <c r="A1105" s="1">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="B1105" s="1">
-        <v>1163</v>
+        <v>252</v>
       </c>
       <c r="C1105" s="1" t="s">
         <v>1036</v>
       </c>
       <c r="D1105" s="1" t="s">
-        <v>96</v>
+        <v>8</v>
       </c>
       <c r="E1105" s="1">
-        <v>9</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1106">
       <c r="A1106" s="1">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="B1106" s="1">
-        <v>414</v>
+        <v>1163</v>
       </c>
       <c r="C1106" s="1" t="s">
         <v>1037</v>
       </c>
       <c r="D1106" s="1" t="s">
-        <v>38</v>
+        <v>98</v>
       </c>
       <c r="E1106" s="1">
-        <v>8</v>
+        <v>9</v>
       </c>
     </row>
     <row r="1107">
       <c r="A1107" s="1">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="B1107" s="1">
-        <v>1752</v>
+        <v>414</v>
       </c>
       <c r="C1107" s="1" t="s">
         <v>1038</v>
       </c>
       <c r="D1107" s="1" t="s">
-        <v>257</v>
+        <v>38</v>
       </c>
       <c r="E1107" s="1">
-        <v>7</v>
+        <v>8</v>
       </c>
     </row>
     <row r="1108">
       <c r="A1108" s="1">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="B1108" s="1">
-        <v>1524</v>
+        <v>1752</v>
       </c>
       <c r="C1108" s="1" t="s">
         <v>1039</v>
       </c>
       <c r="D1108" s="1" t="s">
-        <v>725</v>
+        <v>259</v>
       </c>
       <c r="E1108" s="1">
-        <v>6</v>
+        <v>7</v>
       </c>
     </row>
     <row r="1109">
       <c r="A1109" s="1">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="B1109" s="1">
-        <v>194</v>
+        <v>1524</v>
       </c>
       <c r="C1109" s="1" t="s">
         <v>1040</v>
       </c>
       <c r="D1109" s="1" t="s">
-        <v>34</v>
+        <v>725</v>
       </c>
       <c r="E1109" s="1">
-        <v>5</v>
+        <v>6</v>
       </c>
     </row>
     <row r="1110">
       <c r="A1110" s="1">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="B1110" s="1">
-        <v>195</v>
+        <v>194</v>
       </c>
       <c r="C1110" s="1" t="s">
         <v>1041</v>
       </c>
       <c r="D1110" s="1" t="s">
         <v>34</v>
       </c>
       <c r="E1110" s="1">
-        <v>4</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1111">
       <c r="A1111" s="1">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="B1111" s="1">
-        <v>1110</v>
+        <v>195</v>
       </c>
       <c r="C1111" s="1" t="s">
         <v>1042</v>
       </c>
       <c r="D1111" s="1" t="s">
-        <v>96</v>
+        <v>34</v>
       </c>
       <c r="E1111" s="1">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="1112">
       <c r="A1112" s="1">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="B1112" s="1">
-        <v>778</v>
+        <v>1110</v>
       </c>
       <c r="C1112" s="1" t="s">
         <v>1043</v>
       </c>
       <c r="D1112" s="1" t="s">
-        <v>328</v>
+        <v>98</v>
       </c>
       <c r="E1112" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="1113">
       <c r="A1113" s="1">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="B1113" s="1">
-        <v>1089</v>
+        <v>778</v>
       </c>
       <c r="C1113" s="1" t="s">
         <v>1044</v>
       </c>
       <c r="D1113" s="1" t="s">
-        <v>96</v>
+        <v>329</v>
       </c>
       <c r="E1113" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="1114">
       <c r="A1114" s="1">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="B1114" s="1">
-        <v>733</v>
+        <v>1089</v>
       </c>
       <c r="C1114" s="1" t="s">
         <v>1045</v>
       </c>
       <c r="D1114" s="1" t="s">
-        <v>34</v>
+        <v>98</v>
       </c>
       <c r="E1114" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="1115">
       <c r="A1115" s="1">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="B1115" s="1">
-        <v>1626</v>
+        <v>733</v>
       </c>
       <c r="C1115" s="1" t="s">
         <v>1046</v>
       </c>
       <c r="D1115" s="1" t="s">
-        <v>61</v>
+        <v>34</v>
       </c>
       <c r="E1115" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="1116">
       <c r="A1116" s="1">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="B1116" s="1">
-        <v>937</v>
+        <v>1626</v>
       </c>
       <c r="C1116" s="1" t="s">
         <v>1047</v>
       </c>
       <c r="D1116" s="1" t="s">
-        <v>74</v>
+        <v>62</v>
       </c>
       <c r="E1116" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="1117">
       <c r="A1117" s="1">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="B1117" s="1">
-        <v>1084</v>
+        <v>937</v>
       </c>
       <c r="C1117" s="1" t="s">
         <v>1048</v>
       </c>
       <c r="D1117" s="1" t="s">
-        <v>96</v>
+        <v>75</v>
       </c>
       <c r="E1117" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="1118">
       <c r="A1118" s="1">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="B1118" s="1">
-        <v>1608</v>
+        <v>1084</v>
       </c>
       <c r="C1118" s="1" t="s">
         <v>1049</v>
       </c>
       <c r="D1118" s="1" t="s">
-        <v>61</v>
+        <v>98</v>
       </c>
       <c r="E1118" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="1119">
       <c r="A1119" s="1">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="B1119" s="1">
-        <v>256</v>
+        <v>1608</v>
       </c>
       <c r="C1119" s="1" t="s">
         <v>1050</v>
       </c>
       <c r="D1119" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="E1119" s="1">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="1120">
+      <c r="A1120" s="1">
+        <v>19</v>
+      </c>
+      <c r="B1120" s="1">
+        <v>256</v>
+      </c>
+      <c r="C1120" s="1" t="s">
+        <v>1051</v>
+      </c>
+      <c r="D1120" s="1" t="s">
         <v>8</v>
       </c>
-      <c r="E1119" s="1">
-[...17 lines deleted...]
-        <v>1051</v>
+      <c r="E1120" s="1">
+        <v>3</v>
       </c>
     </row>
     <row r="1123">
-      <c r="A1123" s="2" t="s">
+      <c r="A1123" s="3" t="s">
+        <v>1052</v>
+      </c>
+      <c r="B1123" s="3" t="s">
+        <v>1052</v>
+      </c>
+      <c r="C1123" s="3" t="s">
+        <v>1052</v>
+      </c>
+      <c r="D1123" s="3" t="s">
+        <v>1052</v>
+      </c>
+      <c r="E1123" s="3" t="s">
+        <v>1052</v>
+      </c>
+    </row>
+    <row r="1124">
+      <c r="A1124" s="2" t="s">
         <v>2</v>
       </c>
-      <c r="B1123" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C1123" s="2" t="s">
+      <c r="B1124" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="C1124" s="2" t="s">
         <v>4</v>
       </c>
-      <c r="D1123" s="2" t="s">
+      <c r="D1124" s="2" t="s">
         <v>5</v>
       </c>
-      <c r="E1123" s="2" t="s">
+      <c r="E1124" s="2" t="s">
         <v>6</v>
-      </c>
-[...15 lines deleted...]
-        <v>15</v>
       </c>
     </row>
     <row r="1125">
       <c r="A1125" s="1">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="B1125" s="1">
-        <v>197</v>
+        <v>1702</v>
       </c>
       <c r="C1125" s="1" t="s">
         <v>1053</v>
       </c>
       <c r="D1125" s="1" t="s">
-        <v>34</v>
+        <v>19</v>
       </c>
       <c r="E1125" s="1">
-        <v>13</v>
+        <v>15</v>
       </c>
     </row>
     <row r="1126">
       <c r="A1126" s="1">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="B1126" s="1">
-        <v>1120</v>
+        <v>197</v>
       </c>
       <c r="C1126" s="1" t="s">
         <v>1054</v>
       </c>
       <c r="D1126" s="1" t="s">
-        <v>96</v>
+        <v>34</v>
       </c>
       <c r="E1126" s="1">
-        <v>11</v>
+        <v>13</v>
       </c>
     </row>
     <row r="1127">
       <c r="A1127" s="1">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="B1127" s="1">
-        <v>1403</v>
+        <v>1120</v>
       </c>
       <c r="C1127" s="1" t="s">
         <v>1055</v>
       </c>
       <c r="D1127" s="1" t="s">
-        <v>14</v>
+        <v>98</v>
       </c>
       <c r="E1127" s="1">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="1128">
       <c r="A1128" s="1">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="B1128" s="1">
-        <v>691</v>
+        <v>1403</v>
       </c>
       <c r="C1128" s="1" t="s">
         <v>1056</v>
       </c>
       <c r="D1128" s="1" t="s">
-        <v>178</v>
+        <v>14</v>
       </c>
       <c r="E1128" s="1">
-        <v>9</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1129">
       <c r="A1129" s="1">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="B1129" s="1">
-        <v>496</v>
+        <v>691</v>
       </c>
       <c r="C1129" s="1" t="s">
         <v>1057</v>
       </c>
       <c r="D1129" s="1" t="s">
-        <v>14</v>
+        <v>180</v>
       </c>
       <c r="E1129" s="1">
-        <v>8</v>
+        <v>9</v>
       </c>
     </row>
     <row r="1130">
       <c r="A1130" s="1">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="B1130" s="1">
-        <v>11</v>
+        <v>496</v>
       </c>
       <c r="C1130" s="1" t="s">
         <v>1058</v>
       </c>
       <c r="D1130" s="1" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="E1130" s="1">
-        <v>7</v>
+        <v>8</v>
       </c>
     </row>
     <row r="1131">
       <c r="A1131" s="1">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="B1131" s="1">
-        <v>1578</v>
+        <v>11</v>
       </c>
       <c r="C1131" s="1" t="s">
         <v>1059</v>
       </c>
       <c r="D1131" s="1" t="s">
-        <v>61</v>
+        <v>34</v>
       </c>
       <c r="E1131" s="1">
-        <v>6</v>
+        <v>7</v>
       </c>
     </row>
     <row r="1132">
       <c r="A1132" s="1">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="B1132" s="1">
-        <v>301</v>
+        <v>1578</v>
       </c>
       <c r="C1132" s="1" t="s">
         <v>1060</v>
       </c>
       <c r="D1132" s="1" t="s">
-        <v>8</v>
+        <v>62</v>
       </c>
       <c r="E1132" s="1">
-        <v>5</v>
+        <v>6</v>
       </c>
     </row>
     <row r="1133">
       <c r="A1133" s="1">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="B1133" s="1">
-        <v>1815</v>
+        <v>301</v>
       </c>
       <c r="C1133" s="1" t="s">
         <v>1061</v>
       </c>
       <c r="D1133" s="1" t="s">
-        <v>17</v>
+        <v>8</v>
       </c>
       <c r="E1133" s="1">
-        <v>4</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1134">
       <c r="A1134" s="1">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="B1134" s="1">
-        <v>1435</v>
+        <v>1815</v>
       </c>
       <c r="C1134" s="1" t="s">
         <v>1062</v>
       </c>
       <c r="D1134" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="E1134" s="1">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="1135">
+      <c r="A1135" s="1">
+        <v>11</v>
+      </c>
+      <c r="B1135" s="1">
+        <v>1435</v>
+      </c>
+      <c r="C1135" s="1" t="s">
+        <v>1063</v>
+      </c>
+      <c r="D1135" s="1" t="s">
         <v>725</v>
       </c>
-      <c r="E1134" s="1">
+      <c r="E1135" s="1">
         <v>3</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:F2"/>
     <mergeCell ref="A3:E3"/>
     <mergeCell ref="A23:E23"/>
     <mergeCell ref="A43:E43"/>
-    <mergeCell ref="A66:E66"/>
-[...12 lines deleted...]
-    <mergeCell ref="A362:E362"/>
+    <mergeCell ref="A67:E67"/>
+    <mergeCell ref="A91:E91"/>
+    <mergeCell ref="A116:E116"/>
+    <mergeCell ref="A135:E135"/>
+    <mergeCell ref="A158:E158"/>
+    <mergeCell ref="A172:E172"/>
+    <mergeCell ref="A187:E187"/>
+    <mergeCell ref="A201:E201"/>
+    <mergeCell ref="A216:E216"/>
+    <mergeCell ref="A224:E224"/>
+    <mergeCell ref="A244:E244"/>
+    <mergeCell ref="A259:E259"/>
+    <mergeCell ref="A320:E320"/>
+    <mergeCell ref="A363:E363"/>
     <mergeCell ref="A421:E421"/>
     <mergeCell ref="A446:E446"/>
     <mergeCell ref="A515:E515"/>
     <mergeCell ref="A548:E548"/>
     <mergeCell ref="A645:E645"/>
     <mergeCell ref="A693:E693"/>
     <mergeCell ref="A782:E782"/>
     <mergeCell ref="A823:E823"/>
-    <mergeCell ref="A878:E878"/>
-[...7 lines deleted...]
-    <mergeCell ref="A1122:E1122"/>
+    <mergeCell ref="A879:E879"/>
+    <mergeCell ref="A923:E923"/>
+    <mergeCell ref="A975:E975"/>
+    <mergeCell ref="A1002:E1002"/>
+    <mergeCell ref="A1049:E1049"/>
+    <mergeCell ref="A1062:E1062"/>
+    <mergeCell ref="A1090:E1090"/>
+    <mergeCell ref="A1100:E1100"/>
+    <mergeCell ref="A1123:E1123"/>
   </mergeCells>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" mc:Ignorable="xr">
   <dimension ref="A1:D39"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1" style="1"/>
     <col min="2" max="2" width="60" customWidth="1" style="1"/>
     <col min="3" max="3" width="15" customWidth="1" style="1"/>
     <col min="4" max="16384" width="9.140625" customWidth="1" style="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="4" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="4" t="s">
         <v>0</v>
@@ -21562,367 +21582,367 @@
         <v>8</v>
       </c>
       <c r="C4" s="1">
         <v>743</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="1">
         <v>2</v>
       </c>
       <c r="B5" s="1" t="s">
         <v>34</v>
       </c>
       <c r="C5" s="1">
         <v>508</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="1">
         <v>3</v>
       </c>
       <c r="B6" s="1" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="1">
-        <v>406</v>
+        <v>403</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="1">
         <v>4</v>
       </c>
       <c r="B7" s="1" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="C7" s="1">
         <v>283</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="1">
         <v>5</v>
       </c>
       <c r="B8" s="1" t="s">
         <v>38</v>
       </c>
       <c r="C8" s="1">
-        <v>266</v>
+        <v>263</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="1">
         <v>6</v>
       </c>
       <c r="B9" s="1" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="C9" s="1">
         <v>252</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="1">
         <v>7</v>
       </c>
       <c r="B10" s="1" t="s">
         <v>10</v>
       </c>
       <c r="C10" s="1">
-        <v>238</v>
+        <v>245</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="1">
         <v>8</v>
       </c>
       <c r="B11" s="1" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="C11" s="1">
         <v>214</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="1">
         <v>9</v>
       </c>
       <c r="B12" s="1" t="s">
         <v>17</v>
       </c>
       <c r="C12" s="1">
-        <v>150</v>
+        <v>149</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="1">
         <v>10</v>
       </c>
       <c r="B13" s="1" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="C13" s="1">
-        <v>109</v>
+        <v>112</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="1">
         <v>11</v>
       </c>
       <c r="B14" s="1" t="s">
         <v>26</v>
       </c>
       <c r="C14" s="1">
         <v>94</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="1">
         <v>12</v>
       </c>
       <c r="B15" s="1" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="C15" s="1">
-        <v>89</v>
+        <v>88</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="1">
         <v>13</v>
       </c>
       <c r="B16" s="1" t="s">
         <v>36</v>
       </c>
       <c r="C16" s="1">
         <v>86</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="1">
         <v>14</v>
       </c>
       <c r="B17" s="1" t="s">
         <v>40</v>
       </c>
       <c r="C17" s="1">
-        <v>77</v>
+        <v>79</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="1">
         <v>15</v>
       </c>
       <c r="B18" s="1" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="C18" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="1">
         <v>16</v>
       </c>
       <c r="B19" s="1" t="s">
         <v>24</v>
       </c>
       <c r="C19" s="1">
         <v>71</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="1">
         <v>17</v>
       </c>
       <c r="B20" s="1" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="C20" s="1">
-        <v>69</v>
+        <v>70</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="1">
         <v>18</v>
       </c>
       <c r="B21" s="1" t="s">
         <v>12</v>
       </c>
       <c r="C21" s="1">
         <v>61</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="1">
         <v>19</v>
       </c>
       <c r="B22" s="1" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
       <c r="C22" s="1">
         <v>40</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="1">
         <v>20</v>
       </c>
       <c r="B23" s="1" t="s">
         <v>725</v>
       </c>
       <c r="C23" s="1">
         <v>39</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="1">
         <v>21</v>
       </c>
       <c r="B24" s="1" t="s">
-        <v>255</v>
+        <v>257</v>
       </c>
       <c r="C24" s="1">
         <v>34</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="1">
         <v>22</v>
       </c>
       <c r="B25" s="1" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="C25" s="1">
         <v>31</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="1">
         <v>23</v>
       </c>
       <c r="B26" s="1" t="s">
         <v>399</v>
       </c>
       <c r="C26" s="1">
         <v>28</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="1">
         <v>24</v>
       </c>
       <c r="B27" s="1" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="C27" s="1">
         <v>26</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="1">
         <v>25</v>
       </c>
       <c r="B28" s="1" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="C28" s="1">
         <v>22</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="1">
         <v>26</v>
       </c>
       <c r="B29" s="1" t="s">
-        <v>257</v>
+        <v>259</v>
       </c>
       <c r="C29" s="1">
         <v>18</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="1">
         <v>27</v>
       </c>
       <c r="B30" s="1" t="s">
-        <v>1023</v>
+        <v>1024</v>
       </c>
       <c r="C30" s="1">
         <v>13</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="1">
         <v>28</v>
       </c>
       <c r="B31" s="1" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="C31" s="1">
         <v>12</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="1">
         <v>29</v>
       </c>
       <c r="B32" s="1" t="s">
         <v>543</v>
       </c>
       <c r="C32" s="1">
         <v>8</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="1">
         <v>30</v>
       </c>
       <c r="B33" s="1" t="s">
-        <v>262</v>
+        <v>264</v>
       </c>
       <c r="C33" s="1">
         <v>8</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="1">
         <v>31</v>
       </c>
       <c r="B34" s="1" t="s">
         <v>433</v>
       </c>
       <c r="C34" s="1">
         <v>6</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="1">
         <v>32</v>
       </c>
       <c r="B35" s="1" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="C35" s="1">
         <v>5</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="1">
         <v>33</v>
       </c>
       <c r="B36" s="1" t="s">
         <v>793</v>
       </c>
       <c r="C36" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="1">
         <v>34</v>
       </c>
       <c r="B37" s="1" t="s">
         <v>389</v>
       </c>
       <c r="C37" s="1">
         <v>2</v>